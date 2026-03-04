--- v0 (2025-10-13)
+++ v1 (2026-03-04)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="CUUMA" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="191">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="194">
   <si>
     <t>type</t>
   </si>
   <si>
     <t>EPPOCode</t>
   </si>
   <si>
     <t>Pref_name</t>
   </si>
   <si>
     <t>References</t>
   </si>
   <si>
     <t>Experimental</t>
   </si>
   <si>
     <t>AVBO00</t>
   </si>
   <si>
     <t>Cheravirus arracaciae oca strain (as Cucurbitaceae)</t>
   </si>
   <si>
     <t>CRLV00</t>
   </si>
   <si>
@@ -436,50 +436,60 @@
     <t>* Pozzi EA, Luciani CE, Celli MG, Conci VC, Perotto MC (2020) First report of Zucchini lethal chlorosis virus in Argentina infecting squash crops. Plant Disease 104(2), p 602. https://doi.org/10.1094/PDIS-05-19-1064-PDN</t>
   </si>
   <si>
     <t>PHMPOM</t>
   </si>
   <si>
     <t>Phymatotrichopsis omnivora</t>
   </si>
   <si>
     <t>* Anonymous (1960) Index of Plant Diseases in the United States. Agriculture Handbook no 165, USDA-ARS (US) 531 pp.</t>
   </si>
   <si>
     <t>SPFMV0</t>
   </si>
   <si>
     <t>Potyvirus batataplumei</t>
   </si>
   <si>
     <t>* Akel E, Ismail ID, Al-Chaabi S, Fuentes S (2010) New natural weed hosts of Sweet potato feathery mottle virus in Syria. Arab Journal of Plant Protection 28(1), 96-100.</t>
   </si>
   <si>
     <t>PRATCO</t>
   </si>
   <si>
     <t>Pratylenchus coffeae (as Cucurbitaceae)</t>
+  </si>
+  <si>
+    <t>PSEAPE</t>
+  </si>
+  <si>
+    <t>Pseudaulacaspis pentagona (as Cucurbita)</t>
+  </si>
+  <si>
+    <t>* García Morales M, Denno BD, Miller DR, Miller GL, Ben-Dov Y, Hardy NB (2016) ScaleNet: A literature-based model of scale insect biology and systematics. Database. doi: 10.1093/database/bav118. http://scalenet.info [accessed 2026-02].
+* Miller DR &amp; Davidson JA (2005) Armored Scale Insect Pests of Trees and Shrubs. Cornell Univ. Press Ithaca, NY 442 pp.</t>
   </si>
   <si>
     <t>RALSPS</t>
   </si>
   <si>
     <t>Ralstonia pseudosolanacearum</t>
   </si>
   <si>
     <t xml:space="preserve">* Horita M, Tsuchiya K, Suga Y, Yano K, Waki T, Kurose D, Furuya N (2014) Current classification of Ralstonia solanacearum and genetic diversity of the strains in Japan. Journal of general plant pathology 80(6), 455-465.
 * She X, Yu L, Lan G, Tang Y and He Z (2017) Identification and genetic characterization of Ralstonia solanacearum Species Complex isolates from Cucurbita maxima in China. Frontiers in Plant Science 8, 1794. doi: 10.3389/fpls.2017.01794 
 ------- R. pseudosolanacearum [phylotype 1 sequevars PI-17, PI-45 and PI-56] </t>
   </si>
   <si>
     <t>RALSSL</t>
   </si>
   <si>
     <t>Ralstonia solanacearum</t>
   </si>
   <si>
     <t>* Wicker E, Grassart L, Coranson-Beaudu R, Mian D, Guilbaud C, Fegan M, Prior P (2007) Ralstonia solanacearum strains from Martinique (French West Indies) exhibiting a new pathogenic potential. Applied and Environmental Microbiology 73(21), 6790-801. doi: 10.1128/AEM.00841-07</t>
   </si>
   <si>
     <t>RALSSO</t>
   </si>
   <si>
@@ -965,51 +975,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D75"/>
+  <dimension ref="A1:D76"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="15.282" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="61.271" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="404.473" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
@@ -1739,65 +1749,65 @@
     </row>
     <row r="57" spans="1:4">
       <c r="A57" t="s">
         <v>18</v>
       </c>
       <c r="B57" t="s">
         <v>139</v>
       </c>
       <c r="C57" t="s">
         <v>140</v>
       </c>
       <c r="D57" t="s">
         <v>141</v>
       </c>
     </row>
     <row r="58" spans="1:4">
       <c r="A58" t="s">
         <v>18</v>
       </c>
       <c r="B58" t="s">
         <v>142</v>
       </c>
       <c r="C58" t="s">
         <v>143</v>
       </c>
-      <c r="D58"/>
+      <c r="D58" t="s">
+        <v>144</v>
+      </c>
     </row>
     <row r="59" spans="1:4">
       <c r="A59" t="s">
         <v>18</v>
       </c>
       <c r="B59" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="C59" t="s">
-        <v>145</v>
-[...1 lines deleted...]
-      <c r="D59" t="s">
         <v>146</v>
       </c>
+      <c r="D59"/>
     </row>
     <row r="60" spans="1:4">
       <c r="A60" t="s">
         <v>18</v>
       </c>
       <c r="B60" t="s">
         <v>147</v>
       </c>
       <c r="C60" t="s">
         <v>148</v>
       </c>
       <c r="D60" t="s">
         <v>149</v>
       </c>
     </row>
     <row r="61" spans="1:4">
       <c r="A61" t="s">
         <v>18</v>
       </c>
       <c r="B61" t="s">
         <v>150</v>
       </c>
       <c r="C61" t="s">
         <v>151</v>
       </c>
@@ -1849,173 +1859,187 @@
     </row>
     <row r="65" spans="1:4">
       <c r="A65" t="s">
         <v>18</v>
       </c>
       <c r="B65" t="s">
         <v>162</v>
       </c>
       <c r="C65" t="s">
         <v>163</v>
       </c>
       <c r="D65" t="s">
         <v>164</v>
       </c>
     </row>
     <row r="66" spans="1:4">
       <c r="A66" t="s">
         <v>18</v>
       </c>
       <c r="B66" t="s">
         <v>165</v>
       </c>
       <c r="C66" t="s">
         <v>166</v>
       </c>
-      <c r="D66"/>
+      <c r="D66" t="s">
+        <v>167</v>
+      </c>
     </row>
     <row r="67" spans="1:4">
       <c r="A67" t="s">
         <v>18</v>
       </c>
       <c r="B67" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="C67" t="s">
-        <v>168</v>
-[...1 lines deleted...]
-      <c r="D67" t="s">
         <v>169</v>
       </c>
+      <c r="D67"/>
     </row>
     <row r="68" spans="1:4">
       <c r="A68" t="s">
         <v>18</v>
       </c>
       <c r="B68" t="s">
-        <v>167</v>
+        <v>170</v>
       </c>
       <c r="C68" t="s">
-        <v>170</v>
+        <v>171</v>
       </c>
       <c r="D68" t="s">
-        <v>169</v>
+        <v>172</v>
       </c>
     </row>
     <row r="69" spans="1:4">
       <c r="A69" t="s">
-        <v>171</v>
+        <v>18</v>
       </c>
       <c r="B69" t="s">
-        <v>172</v>
+        <v>170</v>
       </c>
       <c r="C69" t="s">
         <v>173</v>
       </c>
       <c r="D69" t="s">
-        <v>174</v>
+        <v>172</v>
       </c>
     </row>
     <row r="70" spans="1:4">
       <c r="A70" t="s">
-        <v>171</v>
+        <v>174</v>
       </c>
       <c r="B70" t="s">
         <v>175</v>
       </c>
       <c r="C70" t="s">
         <v>176</v>
       </c>
       <c r="D70" t="s">
         <v>177</v>
       </c>
     </row>
     <row r="71" spans="1:4">
       <c r="A71" t="s">
-        <v>171</v>
+        <v>174</v>
       </c>
       <c r="B71" t="s">
         <v>178</v>
       </c>
       <c r="C71" t="s">
         <v>179</v>
       </c>
       <c r="D71" t="s">
         <v>180</v>
       </c>
     </row>
     <row r="72" spans="1:4">
       <c r="A72" t="s">
-        <v>171</v>
+        <v>174</v>
       </c>
       <c r="B72" t="s">
         <v>181</v>
       </c>
       <c r="C72" t="s">
         <v>182</v>
       </c>
       <c r="D72" t="s">
         <v>183</v>
       </c>
     </row>
     <row r="73" spans="1:4">
       <c r="A73" t="s">
-        <v>171</v>
+        <v>174</v>
       </c>
       <c r="B73" t="s">
         <v>184</v>
       </c>
       <c r="C73" t="s">
         <v>185</v>
       </c>
       <c r="D73" t="s">
         <v>186</v>
       </c>
     </row>
     <row r="74" spans="1:4">
       <c r="A74" t="s">
-        <v>171</v>
+        <v>174</v>
       </c>
       <c r="B74" t="s">
-        <v>144</v>
+        <v>187</v>
       </c>
       <c r="C74" t="s">
-        <v>187</v>
-[...1 lines deleted...]
-      <c r="D74"/>
+        <v>188</v>
+      </c>
+      <c r="D74" t="s">
+        <v>189</v>
+      </c>
     </row>
     <row r="75" spans="1:4">
       <c r="A75" t="s">
-        <v>188</v>
+        <v>174</v>
       </c>
       <c r="B75" t="s">
-        <v>189</v>
+        <v>147</v>
       </c>
       <c r="C75" t="s">
         <v>190</v>
       </c>
       <c r="D75"/>
+    </row>
+    <row r="76" spans="1:4">
+      <c r="A76" t="s">
+        <v>191</v>
+      </c>
+      <c r="B76" t="s">
+        <v>192</v>
+      </c>
+      <c r="C76" t="s">
+        <v>193</v>
+      </c>
+      <c r="D76"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>