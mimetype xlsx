--- v1 (2026-03-04)
+++ v2 (2026-03-24)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="CUUMA" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="194">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="197">
   <si>
     <t>type</t>
   </si>
   <si>
     <t>EPPOCode</t>
   </si>
   <si>
     <t>Pref_name</t>
   </si>
   <si>
     <t>References</t>
   </si>
   <si>
     <t>Experimental</t>
   </si>
   <si>
     <t>AVBO00</t>
   </si>
   <si>
     <t>Cheravirus arracaciae oca strain (as Cucurbitaceae)</t>
   </si>
   <si>
     <t>CRLV00</t>
   </si>
   <si>
@@ -412,50 +412,59 @@
     <t>Meloidogyne ethiopica (as Cucurbita)</t>
   </si>
   <si>
     <t>CARYPA</t>
   </si>
   <si>
     <t>Myiopardalis pardalina (as Cucurbitaceae)</t>
   </si>
   <si>
     <t>NACOBA</t>
   </si>
   <si>
     <t>Nacobbus aberrans sensu lato</t>
   </si>
   <si>
     <t>* Manzanilla-López RH, Costilla MA, Doucet M, Inserra RN, Lehman PS, Cid del Prado-Vera I, Souza RM, Evans K (2002) The genus Nacobbus Thorne &amp; Allen, 1944 (Nematoda: Pratylenchidae): systematics, distribution, biology and management. Nematropica 32, 149-226.</t>
   </si>
   <si>
     <t>ZLCV00</t>
   </si>
   <si>
     <t>Orthotospovirus cucurbichlorosis</t>
   </si>
   <si>
     <t>* Pozzi EA, Luciani CE, Celli MG, Conci VC, Perotto MC (2020) First report of Zucchini lethal chlorosis virus in Argentina infecting squash crops. Plant Disease 104(2), p 602. https://doi.org/10.1094/PDIS-05-19-1064-PDN</t>
+  </si>
+  <si>
+    <t>MYSVV0</t>
+  </si>
+  <si>
+    <t>Orthotospovirus meloflavi</t>
+  </si>
+  <si>
+    <t>* Supakitthanakorn S, Akarapisan A, Ruangwong OU (2018) First record of melon yellow spot virus in pumpkin and its occurrence in cucurbitaceous crops in Thailand. Australasian Plant Disease Notes 13(1), 32. https://doi.org/10.1007/s13314-018-0314-5</t>
   </si>
   <si>
     <t>PHMPOM</t>
   </si>
   <si>
     <t>Phymatotrichopsis omnivora</t>
   </si>
   <si>
     <t>* Anonymous (1960) Index of Plant Diseases in the United States. Agriculture Handbook no 165, USDA-ARS (US) 531 pp.</t>
   </si>
   <si>
     <t>SPFMV0</t>
   </si>
   <si>
     <t>Potyvirus batataplumei</t>
   </si>
   <si>
     <t>* Akel E, Ismail ID, Al-Chaabi S, Fuentes S (2010) New natural weed hosts of Sweet potato feathery mottle virus in Syria. Arab Journal of Plant Protection 28(1), 96-100.</t>
   </si>
   <si>
     <t>PRATCO</t>
   </si>
   <si>
     <t>Pratylenchus coffeae (as Cucurbitaceae)</t>
   </si>
@@ -975,51 +984,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D76"/>
+  <dimension ref="A1:D77"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="15.282" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="61.271" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="404.473" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
@@ -1695,65 +1704,65 @@
     </row>
     <row r="53" spans="1:4">
       <c r="A53" t="s">
         <v>18</v>
       </c>
       <c r="B53" t="s">
         <v>128</v>
       </c>
       <c r="C53" t="s">
         <v>129</v>
       </c>
       <c r="D53" t="s">
         <v>130</v>
       </c>
     </row>
     <row r="54" spans="1:4">
       <c r="A54" t="s">
         <v>18</v>
       </c>
       <c r="B54" t="s">
         <v>131</v>
       </c>
       <c r="C54" t="s">
         <v>132</v>
       </c>
-      <c r="D54"/>
+      <c r="D54" t="s">
+        <v>133</v>
+      </c>
     </row>
     <row r="55" spans="1:4">
       <c r="A55" t="s">
         <v>18</v>
       </c>
       <c r="B55" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="C55" t="s">
-        <v>134</v>
-[...1 lines deleted...]
-      <c r="D55" t="s">
         <v>135</v>
       </c>
+      <c r="D55"/>
     </row>
     <row r="56" spans="1:4">
       <c r="A56" t="s">
         <v>18</v>
       </c>
       <c r="B56" t="s">
         <v>136</v>
       </c>
       <c r="C56" t="s">
         <v>137</v>
       </c>
       <c r="D56" t="s">
         <v>138</v>
       </c>
     </row>
     <row r="57" spans="1:4">
       <c r="A57" t="s">
         <v>18</v>
       </c>
       <c r="B57" t="s">
         <v>139</v>
       </c>
       <c r="C57" t="s">
         <v>140</v>
       </c>
@@ -1763,65 +1772,65 @@
     </row>
     <row r="58" spans="1:4">
       <c r="A58" t="s">
         <v>18</v>
       </c>
       <c r="B58" t="s">
         <v>142</v>
       </c>
       <c r="C58" t="s">
         <v>143</v>
       </c>
       <c r="D58" t="s">
         <v>144</v>
       </c>
     </row>
     <row r="59" spans="1:4">
       <c r="A59" t="s">
         <v>18</v>
       </c>
       <c r="B59" t="s">
         <v>145</v>
       </c>
       <c r="C59" t="s">
         <v>146</v>
       </c>
-      <c r="D59"/>
+      <c r="D59" t="s">
+        <v>147</v>
+      </c>
     </row>
     <row r="60" spans="1:4">
       <c r="A60" t="s">
         <v>18</v>
       </c>
       <c r="B60" t="s">
-        <v>147</v>
+        <v>148</v>
       </c>
       <c r="C60" t="s">
-        <v>148</v>
-[...1 lines deleted...]
-      <c r="D60" t="s">
         <v>149</v>
       </c>
+      <c r="D60"/>
     </row>
     <row r="61" spans="1:4">
       <c r="A61" t="s">
         <v>18</v>
       </c>
       <c r="B61" t="s">
         <v>150</v>
       </c>
       <c r="C61" t="s">
         <v>151</v>
       </c>
       <c r="D61" t="s">
         <v>152</v>
       </c>
     </row>
     <row r="62" spans="1:4">
       <c r="A62" t="s">
         <v>18</v>
       </c>
       <c r="B62" t="s">
         <v>153</v>
       </c>
       <c r="C62" t="s">
         <v>154</v>
       </c>
@@ -1873,173 +1882,187 @@
     </row>
     <row r="66" spans="1:4">
       <c r="A66" t="s">
         <v>18</v>
       </c>
       <c r="B66" t="s">
         <v>165</v>
       </c>
       <c r="C66" t="s">
         <v>166</v>
       </c>
       <c r="D66" t="s">
         <v>167</v>
       </c>
     </row>
     <row r="67" spans="1:4">
       <c r="A67" t="s">
         <v>18</v>
       </c>
       <c r="B67" t="s">
         <v>168</v>
       </c>
       <c r="C67" t="s">
         <v>169</v>
       </c>
-      <c r="D67"/>
+      <c r="D67" t="s">
+        <v>170</v>
+      </c>
     </row>
     <row r="68" spans="1:4">
       <c r="A68" t="s">
         <v>18</v>
       </c>
       <c r="B68" t="s">
-        <v>170</v>
+        <v>171</v>
       </c>
       <c r="C68" t="s">
-        <v>171</v>
-[...1 lines deleted...]
-      <c r="D68" t="s">
         <v>172</v>
       </c>
+      <c r="D68"/>
     </row>
     <row r="69" spans="1:4">
       <c r="A69" t="s">
         <v>18</v>
       </c>
       <c r="B69" t="s">
-        <v>170</v>
+        <v>173</v>
       </c>
       <c r="C69" t="s">
-        <v>173</v>
+        <v>174</v>
       </c>
       <c r="D69" t="s">
-        <v>172</v>
+        <v>175</v>
       </c>
     </row>
     <row r="70" spans="1:4">
       <c r="A70" t="s">
-        <v>174</v>
+        <v>18</v>
       </c>
       <c r="B70" t="s">
-        <v>175</v>
+        <v>173</v>
       </c>
       <c r="C70" t="s">
         <v>176</v>
       </c>
       <c r="D70" t="s">
-        <v>177</v>
+        <v>175</v>
       </c>
     </row>
     <row r="71" spans="1:4">
       <c r="A71" t="s">
-        <v>174</v>
+        <v>177</v>
       </c>
       <c r="B71" t="s">
         <v>178</v>
       </c>
       <c r="C71" t="s">
         <v>179</v>
       </c>
       <c r="D71" t="s">
         <v>180</v>
       </c>
     </row>
     <row r="72" spans="1:4">
       <c r="A72" t="s">
-        <v>174</v>
+        <v>177</v>
       </c>
       <c r="B72" t="s">
         <v>181</v>
       </c>
       <c r="C72" t="s">
         <v>182</v>
       </c>
       <c r="D72" t="s">
         <v>183</v>
       </c>
     </row>
     <row r="73" spans="1:4">
       <c r="A73" t="s">
-        <v>174</v>
+        <v>177</v>
       </c>
       <c r="B73" t="s">
         <v>184</v>
       </c>
       <c r="C73" t="s">
         <v>185</v>
       </c>
       <c r="D73" t="s">
         <v>186</v>
       </c>
     </row>
     <row r="74" spans="1:4">
       <c r="A74" t="s">
-        <v>174</v>
+        <v>177</v>
       </c>
       <c r="B74" t="s">
         <v>187</v>
       </c>
       <c r="C74" t="s">
         <v>188</v>
       </c>
       <c r="D74" t="s">
         <v>189</v>
       </c>
     </row>
     <row r="75" spans="1:4">
       <c r="A75" t="s">
-        <v>174</v>
+        <v>177</v>
       </c>
       <c r="B75" t="s">
-        <v>147</v>
+        <v>190</v>
       </c>
       <c r="C75" t="s">
-        <v>190</v>
-[...1 lines deleted...]
-      <c r="D75"/>
+        <v>191</v>
+      </c>
+      <c r="D75" t="s">
+        <v>192</v>
+      </c>
     </row>
     <row r="76" spans="1:4">
       <c r="A76" t="s">
-        <v>191</v>
+        <v>177</v>
       </c>
       <c r="B76" t="s">
-        <v>192</v>
+        <v>150</v>
       </c>
       <c r="C76" t="s">
         <v>193</v>
       </c>
       <c r="D76"/>
+    </row>
+    <row r="77" spans="1:4">
+      <c r="A77" t="s">
+        <v>194</v>
+      </c>
+      <c r="B77" t="s">
+        <v>195</v>
+      </c>
+      <c r="C77" t="s">
+        <v>196</v>
+      </c>
+      <c r="D77"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>