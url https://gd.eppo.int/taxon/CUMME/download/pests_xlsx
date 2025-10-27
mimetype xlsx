--- v0 (2025-10-01)
+++ v1 (2025-10-27)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="CUMME" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="263">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="266">
   <si>
     <t>type</t>
   </si>
   <si>
     <t>EPPOCode</t>
   </si>
   <si>
     <t>Pref_name</t>
   </si>
   <si>
     <t>References</t>
   </si>
   <si>
     <t>Alternate</t>
   </si>
   <si>
     <t>CLCUGV</t>
   </si>
   <si>
     <t>Begomovirus gossypigeziraense</t>
   </si>
   <si>
     <t>* Gambley C, Cremer J, Campbell P, Roach R, Abdel-Salam AM (2020) New host records for cotton leaf curl Gezira virus: capsicum and melon in Egypt. Australasian Plant Disease Notes 15, 3. https://doi.org/10.1007/s13314-019-0372-3</t>
   </si>
   <si>
@@ -89,50 +89,60 @@
   </si>
   <si>
     <t>* Ploeg AT,  Edwards S (2024) Host status of melon, carrot, and Meloidogyne incognita-susceptible and-resistant cotton, cowpea, pepper, and tomato for M. floridensis from California. Journal of Nematology, 56(1), e2023. https://doi.org/10.2478/jofnem-2024-0004
 ------- excellent host in pot experiments.</t>
   </si>
   <si>
     <t>Host</t>
   </si>
   <si>
     <t>AGROSE</t>
   </si>
   <si>
     <t>Agrotis segetum (as Cucurbitaceae)</t>
   </si>
   <si>
     <t>ALEDDU</t>
   </si>
   <si>
     <t>Aleurodicus dugesii (as Cucurbitaceae)</t>
   </si>
   <si>
     <t>AMV000</t>
   </si>
   <si>
     <t>Alfamovirus AMV (as Cucurbitaceae)</t>
+  </si>
+  <si>
+    <t>EMPOBI</t>
+  </si>
+  <si>
+    <t>Amrasca biguttula</t>
+  </si>
+  <si>
+    <t>* Saeed R, Razaq M, Hardy IC (2015) The importance of alternative host plants as reservoirs of the cotton leaf hopper, Amrasca devastans, and its natural enemies. Journal of Pest Science 88, 517–531.
+------- true host.</t>
   </si>
   <si>
     <t>ANSTGR</t>
   </si>
   <si>
     <t>Anastrepha grandis (as Cucurbitaceae)</t>
   </si>
   <si>
     <t>* Bolzan A, Nava DE, Garcia FR, Valgas RA, Smaniotto G (2015) Biology of Anastrepha grandis (Diptera: Tephritidae) in different cucurbits. Journal of Economic Entomology 108(3), 1034-1039</t>
   </si>
   <si>
     <t>AONDCI</t>
   </si>
   <si>
     <t>Aonidiella citrina (as Cucurbitaceae)</t>
   </si>
   <si>
     <t>APOMBI</t>
   </si>
   <si>
     <t>Apomecyna binubila (as Cucurbitaceae)</t>
   </si>
   <si>
     <t>ATHEOR</t>
   </si>
@@ -1216,51 +1226,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D100"/>
+  <dimension ref="A1:D101"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="15.282" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="61.271" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="430.466" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
@@ -1358,271 +1368,271 @@
     </row>
     <row r="9" spans="1:4">
       <c r="A9" t="s">
         <v>17</v>
       </c>
       <c r="B9" t="s">
         <v>24</v>
       </c>
       <c r="C9" t="s">
         <v>25</v>
       </c>
       <c r="D9" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="10" spans="1:4">
       <c r="A10" t="s">
         <v>17</v>
       </c>
       <c r="B10" t="s">
         <v>27</v>
       </c>
       <c r="C10" t="s">
         <v>28</v>
       </c>
-      <c r="D10"/>
+      <c r="D10" t="s">
+        <v>29</v>
+      </c>
     </row>
     <row r="11" spans="1:4">
       <c r="A11" t="s">
         <v>17</v>
       </c>
       <c r="B11" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="C11" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="D11"/>
     </row>
     <row r="12" spans="1:4">
       <c r="A12" t="s">
         <v>17</v>
       </c>
       <c r="B12" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="C12" t="s">
-        <v>32</v>
-[...1 lines deleted...]
-      <c r="D12" t="s">
         <v>33</v>
       </c>
+      <c r="D12"/>
     </row>
     <row r="13" spans="1:4">
       <c r="A13" t="s">
         <v>17</v>
       </c>
       <c r="B13" t="s">
         <v>34</v>
       </c>
       <c r="C13" t="s">
         <v>35</v>
       </c>
-      <c r="D13"/>
+      <c r="D13" t="s">
+        <v>36</v>
+      </c>
     </row>
     <row r="14" spans="1:4">
       <c r="A14" t="s">
         <v>17</v>
       </c>
       <c r="B14" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="C14" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="D14"/>
     </row>
     <row r="15" spans="1:4">
       <c r="A15" t="s">
         <v>17</v>
       </c>
       <c r="B15" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="C15" t="s">
-        <v>39</v>
-[...1 lines deleted...]
-      <c r="D15" t="s">
         <v>40</v>
       </c>
+      <c r="D15"/>
     </row>
     <row r="16" spans="1:4">
       <c r="A16" t="s">
         <v>17</v>
       </c>
       <c r="B16" t="s">
         <v>41</v>
       </c>
       <c r="C16" t="s">
         <v>42</v>
       </c>
-      <c r="D16"/>
+      <c r="D16" t="s">
+        <v>43</v>
+      </c>
     </row>
     <row r="17" spans="1:4">
       <c r="A17" t="s">
         <v>17</v>
       </c>
       <c r="B17" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="C17" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="D17"/>
     </row>
     <row r="18" spans="1:4">
       <c r="A18" t="s">
         <v>17</v>
       </c>
       <c r="B18" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="C18" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="D18"/>
     </row>
     <row r="19" spans="1:4">
       <c r="A19" t="s">
         <v>17</v>
       </c>
       <c r="B19" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="C19" t="s">
-        <v>48</v>
-[...1 lines deleted...]
-      <c r="D19" t="s">
         <v>49</v>
       </c>
+      <c r="D19"/>
     </row>
     <row r="20" spans="1:4">
       <c r="A20" t="s">
         <v>17</v>
       </c>
       <c r="B20" t="s">
         <v>50</v>
       </c>
       <c r="C20" t="s">
         <v>51</v>
       </c>
       <c r="D20" t="s">
         <v>52</v>
       </c>
     </row>
     <row r="21" spans="1:4">
       <c r="A21" t="s">
         <v>17</v>
       </c>
       <c r="B21" t="s">
         <v>53</v>
       </c>
       <c r="C21" t="s">
         <v>54</v>
       </c>
-      <c r="D21"/>
+      <c r="D21" t="s">
+        <v>55</v>
+      </c>
     </row>
     <row r="22" spans="1:4">
       <c r="A22" t="s">
         <v>17</v>
       </c>
       <c r="B22" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="C22" t="s">
-        <v>56</v>
-[...1 lines deleted...]
-      <c r="D22" t="s">
         <v>57</v>
       </c>
+      <c r="D22"/>
     </row>
     <row r="23" spans="1:4">
       <c r="A23" t="s">
         <v>17</v>
       </c>
       <c r="B23" t="s">
         <v>58</v>
       </c>
       <c r="C23" t="s">
         <v>59</v>
       </c>
       <c r="D23" t="s">
-        <v>57</v>
+        <v>60</v>
       </c>
     </row>
     <row r="24" spans="1:4">
       <c r="A24" t="s">
         <v>17</v>
       </c>
       <c r="B24" t="s">
+        <v>61</v>
+      </c>
+      <c r="C24" t="s">
+        <v>62</v>
+      </c>
+      <c r="D24" t="s">
         <v>60</v>
-      </c>
-[...4 lines deleted...]
-        <v>62</v>
       </c>
     </row>
     <row r="25" spans="1:4">
       <c r="A25" t="s">
         <v>17</v>
       </c>
       <c r="B25" t="s">
         <v>63</v>
       </c>
       <c r="C25" t="s">
         <v>64</v>
       </c>
-      <c r="D25"/>
+      <c r="D25" t="s">
+        <v>65</v>
+      </c>
     </row>
     <row r="26" spans="1:4">
       <c r="A26" t="s">
         <v>17</v>
       </c>
       <c r="B26" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="C26" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="D26"/>
     </row>
     <row r="27" spans="1:4">
       <c r="A27" t="s">
         <v>17</v>
       </c>
       <c r="B27" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="C27" t="s">
-        <v>68</v>
-[...1 lines deleted...]
-      <c r="D27" t="s">
         <v>69</v>
       </c>
+      <c r="D27"/>
     </row>
     <row r="28" spans="1:4">
       <c r="A28" t="s">
         <v>17</v>
       </c>
       <c r="B28" t="s">
         <v>70</v>
       </c>
       <c r="C28" t="s">
         <v>71</v>
       </c>
       <c r="D28" t="s">
         <v>72</v>
       </c>
     </row>
     <row r="29" spans="1:4">
       <c r="A29" t="s">
         <v>17</v>
       </c>
       <c r="B29" t="s">
         <v>73</v>
       </c>
       <c r="C29" t="s">
         <v>74</v>
       </c>
@@ -1632,169 +1642,169 @@
     </row>
     <row r="30" spans="1:4">
       <c r="A30" t="s">
         <v>17</v>
       </c>
       <c r="B30" t="s">
         <v>76</v>
       </c>
       <c r="C30" t="s">
         <v>77</v>
       </c>
       <c r="D30" t="s">
         <v>78</v>
       </c>
     </row>
     <row r="31" spans="1:4">
       <c r="A31" t="s">
         <v>17</v>
       </c>
       <c r="B31" t="s">
         <v>79</v>
       </c>
       <c r="C31" t="s">
         <v>80</v>
       </c>
-      <c r="D31"/>
+      <c r="D31" t="s">
+        <v>81</v>
+      </c>
     </row>
     <row r="32" spans="1:4">
       <c r="A32" t="s">
         <v>17</v>
       </c>
       <c r="B32" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="C32" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="D32"/>
     </row>
     <row r="33" spans="1:4">
       <c r="A33" t="s">
         <v>17</v>
       </c>
       <c r="B33" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="C33" t="s">
-        <v>84</v>
-[...1 lines deleted...]
-      <c r="D33" t="s">
         <v>85</v>
       </c>
+      <c r="D33"/>
     </row>
     <row r="34" spans="1:4">
       <c r="A34" t="s">
         <v>17</v>
       </c>
       <c r="B34" t="s">
-        <v>83</v>
+        <v>86</v>
       </c>
       <c r="C34" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="D34" t="s">
-        <v>85</v>
+        <v>88</v>
       </c>
     </row>
     <row r="35" spans="1:4">
       <c r="A35" t="s">
         <v>17</v>
       </c>
       <c r="B35" t="s">
-        <v>87</v>
+        <v>86</v>
       </c>
       <c r="C35" t="s">
+        <v>89</v>
+      </c>
+      <c r="D35" t="s">
         <v>88</v>
       </c>
-      <c r="D35"/>
     </row>
     <row r="36" spans="1:4">
       <c r="A36" t="s">
         <v>17</v>
       </c>
       <c r="B36" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="C36" t="s">
-        <v>90</v>
-[...1 lines deleted...]
-      <c r="D36" t="s">
         <v>91</v>
       </c>
+      <c r="D36"/>
     </row>
     <row r="37" spans="1:4">
       <c r="A37" t="s">
         <v>17</v>
       </c>
       <c r="B37" t="s">
         <v>92</v>
       </c>
       <c r="C37" t="s">
         <v>93</v>
       </c>
-      <c r="D37"/>
+      <c r="D37" t="s">
+        <v>94</v>
+      </c>
     </row>
     <row r="38" spans="1:4">
       <c r="A38" t="s">
         <v>17</v>
       </c>
       <c r="B38" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="C38" t="s">
-        <v>95</v>
-[...1 lines deleted...]
-      <c r="D38" t="s">
         <v>96</v>
       </c>
+      <c r="D38"/>
     </row>
     <row r="39" spans="1:4">
       <c r="A39" t="s">
         <v>17</v>
       </c>
       <c r="B39" t="s">
         <v>97</v>
       </c>
       <c r="C39" t="s">
         <v>98</v>
       </c>
-      <c r="D39"/>
+      <c r="D39" t="s">
+        <v>99</v>
+      </c>
     </row>
     <row r="40" spans="1:4">
       <c r="A40" t="s">
         <v>17</v>
       </c>
       <c r="B40" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="C40" t="s">
-        <v>100</v>
-[...1 lines deleted...]
-      <c r="D40" t="s">
         <v>101</v>
       </c>
+      <c r="D40"/>
     </row>
     <row r="41" spans="1:4">
       <c r="A41" t="s">
         <v>17</v>
       </c>
       <c r="B41" t="s">
         <v>102</v>
       </c>
       <c r="C41" t="s">
         <v>103</v>
       </c>
       <c r="D41" t="s">
         <v>104</v>
       </c>
     </row>
     <row r="42" spans="1:4">
       <c r="A42" t="s">
         <v>17</v>
       </c>
       <c r="B42" t="s">
         <v>105</v>
       </c>
       <c r="C42" t="s">
         <v>106</v>
       </c>
@@ -1832,159 +1842,159 @@
     </row>
     <row r="45" spans="1:4">
       <c r="A45" t="s">
         <v>17</v>
       </c>
       <c r="B45" t="s">
         <v>114</v>
       </c>
       <c r="C45" t="s">
         <v>115</v>
       </c>
       <c r="D45" t="s">
         <v>116</v>
       </c>
     </row>
     <row r="46" spans="1:4">
       <c r="A46" t="s">
         <v>17</v>
       </c>
       <c r="B46" t="s">
         <v>117</v>
       </c>
       <c r="C46" t="s">
         <v>118</v>
       </c>
-      <c r="D46"/>
+      <c r="D46" t="s">
+        <v>119</v>
+      </c>
     </row>
     <row r="47" spans="1:4">
       <c r="A47" t="s">
         <v>17</v>
       </c>
       <c r="B47" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="C47" t="s">
-        <v>120</v>
-[...1 lines deleted...]
-      <c r="D47" t="s">
         <v>121</v>
       </c>
+      <c r="D47"/>
     </row>
     <row r="48" spans="1:4">
       <c r="A48" t="s">
         <v>17</v>
       </c>
       <c r="B48" t="s">
         <v>122</v>
       </c>
       <c r="C48" t="s">
         <v>123</v>
       </c>
       <c r="D48" t="s">
         <v>124</v>
       </c>
     </row>
     <row r="49" spans="1:4">
       <c r="A49" t="s">
         <v>17</v>
       </c>
       <c r="B49" t="s">
         <v>125</v>
       </c>
       <c r="C49" t="s">
         <v>126</v>
       </c>
       <c r="D49" t="s">
         <v>127</v>
       </c>
     </row>
     <row r="50" spans="1:4">
       <c r="A50" t="s">
         <v>17</v>
       </c>
       <c r="B50" t="s">
-        <v>125</v>
+        <v>128</v>
       </c>
       <c r="C50" t="s">
-        <v>128</v>
-[...1 lines deleted...]
-      <c r="D50"/>
+        <v>129</v>
+      </c>
+      <c r="D50" t="s">
+        <v>130</v>
+      </c>
     </row>
     <row r="51" spans="1:4">
       <c r="A51" t="s">
         <v>17</v>
       </c>
       <c r="B51" t="s">
-        <v>129</v>
+        <v>128</v>
       </c>
       <c r="C51" t="s">
-        <v>130</v>
-[...1 lines deleted...]
-      <c r="D51" t="s">
         <v>131</v>
       </c>
+      <c r="D51"/>
     </row>
     <row r="52" spans="1:4">
       <c r="A52" t="s">
         <v>17</v>
       </c>
       <c r="B52" t="s">
         <v>132</v>
       </c>
       <c r="C52" t="s">
         <v>133</v>
       </c>
       <c r="D52" t="s">
         <v>134</v>
       </c>
     </row>
     <row r="53" spans="1:4">
       <c r="A53" t="s">
         <v>17</v>
       </c>
       <c r="B53" t="s">
         <v>135</v>
       </c>
       <c r="C53" t="s">
         <v>136</v>
       </c>
-      <c r="D53"/>
+      <c r="D53" t="s">
+        <v>137</v>
+      </c>
     </row>
     <row r="54" spans="1:4">
       <c r="A54" t="s">
         <v>17</v>
       </c>
       <c r="B54" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="C54" t="s">
-        <v>138</v>
-[...1 lines deleted...]
-      <c r="D54" t="s">
         <v>139</v>
       </c>
+      <c r="D54"/>
     </row>
     <row r="55" spans="1:4">
       <c r="A55" t="s">
         <v>17</v>
       </c>
       <c r="B55" t="s">
         <v>140</v>
       </c>
       <c r="C55" t="s">
         <v>141</v>
       </c>
       <c r="D55" t="s">
         <v>142</v>
       </c>
     </row>
     <row r="56" spans="1:4">
       <c r="A56" t="s">
         <v>17</v>
       </c>
       <c r="B56" t="s">
         <v>143</v>
       </c>
       <c r="C56" t="s">
         <v>144</v>
       </c>
@@ -1994,159 +2004,159 @@
     </row>
     <row r="57" spans="1:4">
       <c r="A57" t="s">
         <v>17</v>
       </c>
       <c r="B57" t="s">
         <v>146</v>
       </c>
       <c r="C57" t="s">
         <v>147</v>
       </c>
       <c r="D57" t="s">
         <v>148</v>
       </c>
     </row>
     <row r="58" spans="1:4">
       <c r="A58" t="s">
         <v>17</v>
       </c>
       <c r="B58" t="s">
         <v>149</v>
       </c>
       <c r="C58" t="s">
         <v>150</v>
       </c>
-      <c r="D58"/>
+      <c r="D58" t="s">
+        <v>151</v>
+      </c>
     </row>
     <row r="59" spans="1:4">
       <c r="A59" t="s">
         <v>17</v>
       </c>
       <c r="B59" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
       <c r="C59" t="s">
-        <v>152</v>
-[...1 lines deleted...]
-      <c r="D59" t="s">
         <v>153</v>
       </c>
+      <c r="D59"/>
     </row>
     <row r="60" spans="1:4">
       <c r="A60" t="s">
         <v>17</v>
       </c>
       <c r="B60" t="s">
         <v>154</v>
       </c>
       <c r="C60" t="s">
         <v>155</v>
       </c>
       <c r="D60" t="s">
         <v>156</v>
       </c>
     </row>
     <row r="61" spans="1:4">
       <c r="A61" t="s">
         <v>17</v>
       </c>
       <c r="B61" t="s">
         <v>157</v>
       </c>
       <c r="C61" t="s">
         <v>158</v>
       </c>
-      <c r="D61"/>
+      <c r="D61" t="s">
+        <v>159</v>
+      </c>
     </row>
     <row r="62" spans="1:4">
       <c r="A62" t="s">
         <v>17</v>
       </c>
       <c r="B62" t="s">
-        <v>159</v>
+        <v>160</v>
       </c>
       <c r="C62" t="s">
-        <v>160</v>
-[...1 lines deleted...]
-      <c r="D62" t="s">
         <v>161</v>
       </c>
+      <c r="D62"/>
     </row>
     <row r="63" spans="1:4">
       <c r="A63" t="s">
         <v>17</v>
       </c>
       <c r="B63" t="s">
         <v>162</v>
       </c>
       <c r="C63" t="s">
         <v>163</v>
       </c>
       <c r="D63" t="s">
         <v>164</v>
       </c>
     </row>
     <row r="64" spans="1:4">
       <c r="A64" t="s">
         <v>17</v>
       </c>
       <c r="B64" t="s">
         <v>165</v>
       </c>
       <c r="C64" t="s">
         <v>166</v>
       </c>
       <c r="D64" t="s">
-        <v>164</v>
+        <v>167</v>
       </c>
     </row>
     <row r="65" spans="1:4">
       <c r="A65" t="s">
         <v>17</v>
       </c>
       <c r="B65" t="s">
+        <v>168</v>
+      </c>
+      <c r="C65" t="s">
+        <v>169</v>
+      </c>
+      <c r="D65" t="s">
         <v>167</v>
       </c>
-      <c r="C65" t="s">
-[...2 lines deleted...]
-      <c r="D65"/>
     </row>
     <row r="66" spans="1:4">
       <c r="A66" t="s">
         <v>17</v>
       </c>
       <c r="B66" t="s">
-        <v>169</v>
+        <v>170</v>
       </c>
       <c r="C66" t="s">
-        <v>170</v>
-[...1 lines deleted...]
-      <c r="D66" t="s">
         <v>171</v>
       </c>
+      <c r="D66"/>
     </row>
     <row r="67" spans="1:4">
       <c r="A67" t="s">
         <v>17</v>
       </c>
       <c r="B67" t="s">
         <v>172</v>
       </c>
       <c r="C67" t="s">
         <v>173</v>
       </c>
       <c r="D67" t="s">
         <v>174</v>
       </c>
     </row>
     <row r="68" spans="1:4">
       <c r="A68" t="s">
         <v>17</v>
       </c>
       <c r="B68" t="s">
         <v>175</v>
       </c>
       <c r="C68" t="s">
         <v>176</v>
       </c>
@@ -2204,415 +2214,429 @@
         <v>187</v>
       </c>
       <c r="C72" t="s">
         <v>188</v>
       </c>
       <c r="D72" t="s">
         <v>189</v>
       </c>
     </row>
     <row r="73" spans="1:4">
       <c r="A73" t="s">
         <v>17</v>
       </c>
       <c r="B73" t="s">
         <v>190</v>
       </c>
       <c r="C73" t="s">
         <v>191</v>
       </c>
       <c r="D73" t="s">
         <v>192</v>
       </c>
     </row>
     <row r="74" spans="1:4">
       <c r="A74" t="s">
+        <v>17</v>
+      </c>
+      <c r="B74" t="s">
         <v>193</v>
       </c>
-      <c r="B74" t="s">
+      <c r="C74" t="s">
         <v>194</v>
       </c>
-      <c r="C74" t="s">
+      <c r="D74" t="s">
         <v>195</v>
-      </c>
-[...1 lines deleted...]
-        <v>196</v>
       </c>
     </row>
     <row r="75" spans="1:4">
       <c r="A75" t="s">
-        <v>193</v>
+        <v>196</v>
       </c>
       <c r="B75" t="s">
         <v>197</v>
       </c>
       <c r="C75" t="s">
         <v>198</v>
       </c>
-      <c r="D75"/>
+      <c r="D75" t="s">
+        <v>199</v>
+      </c>
     </row>
     <row r="76" spans="1:4">
       <c r="A76" t="s">
-        <v>193</v>
+        <v>196</v>
       </c>
       <c r="B76" t="s">
-        <v>24</v>
+        <v>200</v>
       </c>
       <c r="C76" t="s">
-        <v>199</v>
-[...3 lines deleted...]
-      </c>
+        <v>201</v>
+      </c>
+      <c r="D76"/>
     </row>
     <row r="77" spans="1:4">
       <c r="A77" t="s">
-        <v>193</v>
+        <v>196</v>
       </c>
       <c r="B77" t="s">
+        <v>27</v>
+      </c>
+      <c r="C77" t="s">
+        <v>202</v>
+      </c>
+      <c r="D77" t="s">
         <v>29</v>
       </c>
-      <c r="C77" t="s">
-[...2 lines deleted...]
-      <c r="D77"/>
     </row>
     <row r="78" spans="1:4">
       <c r="A78" t="s">
-        <v>193</v>
+        <v>196</v>
       </c>
       <c r="B78" t="s">
-        <v>201</v>
+        <v>32</v>
       </c>
       <c r="C78" t="s">
-        <v>202</v>
-[...1 lines deleted...]
-      <c r="D78" t="s">
         <v>203</v>
       </c>
+      <c r="D78"/>
     </row>
     <row r="79" spans="1:4">
       <c r="A79" t="s">
-        <v>193</v>
+        <v>196</v>
       </c>
       <c r="B79" t="s">
         <v>204</v>
       </c>
       <c r="C79" t="s">
         <v>205</v>
       </c>
       <c r="D79" t="s">
         <v>206</v>
       </c>
     </row>
     <row r="80" spans="1:4">
       <c r="A80" t="s">
-        <v>193</v>
+        <v>196</v>
       </c>
       <c r="B80" t="s">
         <v>207</v>
       </c>
       <c r="C80" t="s">
         <v>208</v>
       </c>
       <c r="D80" t="s">
         <v>209</v>
       </c>
     </row>
     <row r="81" spans="1:4">
       <c r="A81" t="s">
-        <v>193</v>
+        <v>196</v>
       </c>
       <c r="B81" t="s">
         <v>210</v>
       </c>
       <c r="C81" t="s">
         <v>211</v>
       </c>
       <c r="D81" t="s">
         <v>212</v>
       </c>
     </row>
     <row r="82" spans="1:4">
       <c r="A82" t="s">
-        <v>193</v>
+        <v>196</v>
       </c>
       <c r="B82" t="s">
         <v>213</v>
       </c>
       <c r="C82" t="s">
         <v>214</v>
       </c>
       <c r="D82" t="s">
         <v>215</v>
       </c>
     </row>
     <row r="83" spans="1:4">
       <c r="A83" t="s">
-        <v>193</v>
+        <v>196</v>
       </c>
       <c r="B83" t="s">
-        <v>65</v>
+        <v>216</v>
       </c>
       <c r="C83" t="s">
-        <v>216</v>
+        <v>217</v>
       </c>
       <c r="D83" t="s">
-        <v>217</v>
+        <v>218</v>
       </c>
     </row>
     <row r="84" spans="1:4">
       <c r="A84" t="s">
-        <v>193</v>
+        <v>196</v>
       </c>
       <c r="B84" t="s">
-        <v>218</v>
+        <v>68</v>
       </c>
       <c r="C84" t="s">
         <v>219</v>
       </c>
       <c r="D84" t="s">
         <v>220</v>
       </c>
     </row>
     <row r="85" spans="1:4">
       <c r="A85" t="s">
-        <v>193</v>
+        <v>196</v>
       </c>
       <c r="B85" t="s">
         <v>221</v>
       </c>
       <c r="C85" t="s">
         <v>222</v>
       </c>
       <c r="D85" t="s">
         <v>223</v>
       </c>
     </row>
     <row r="86" spans="1:4">
       <c r="A86" t="s">
-        <v>193</v>
+        <v>196</v>
       </c>
       <c r="B86" t="s">
         <v>224</v>
       </c>
       <c r="C86" t="s">
         <v>225</v>
       </c>
       <c r="D86" t="s">
         <v>226</v>
       </c>
     </row>
     <row r="87" spans="1:4">
       <c r="A87" t="s">
-        <v>193</v>
+        <v>196</v>
       </c>
       <c r="B87" t="s">
         <v>227</v>
       </c>
       <c r="C87" t="s">
         <v>228</v>
       </c>
       <c r="D87" t="s">
         <v>229</v>
       </c>
     </row>
     <row r="88" spans="1:4">
       <c r="A88" t="s">
-        <v>193</v>
+        <v>196</v>
       </c>
       <c r="B88" t="s">
         <v>230</v>
       </c>
       <c r="C88" t="s">
         <v>231</v>
       </c>
       <c r="D88" t="s">
         <v>232</v>
       </c>
     </row>
     <row r="89" spans="1:4">
       <c r="A89" t="s">
-        <v>193</v>
+        <v>196</v>
       </c>
       <c r="B89" t="s">
-        <v>81</v>
+        <v>233</v>
       </c>
       <c r="C89" t="s">
-        <v>233</v>
-[...1 lines deleted...]
-      <c r="D89"/>
+        <v>234</v>
+      </c>
+      <c r="D89" t="s">
+        <v>235</v>
+      </c>
     </row>
     <row r="90" spans="1:4">
       <c r="A90" t="s">
-        <v>193</v>
+        <v>196</v>
       </c>
       <c r="B90" t="s">
-        <v>234</v>
+        <v>84</v>
       </c>
       <c r="C90" t="s">
-        <v>235</v>
-[...1 lines deleted...]
-      <c r="D90" t="s">
         <v>236</v>
       </c>
+      <c r="D90"/>
     </row>
     <row r="91" spans="1:4">
       <c r="A91" t="s">
-        <v>193</v>
+        <v>196</v>
       </c>
       <c r="B91" t="s">
         <v>237</v>
       </c>
       <c r="C91" t="s">
         <v>238</v>
       </c>
       <c r="D91" t="s">
         <v>239</v>
       </c>
     </row>
     <row r="92" spans="1:4">
       <c r="A92" t="s">
-        <v>193</v>
+        <v>196</v>
       </c>
       <c r="B92" t="s">
-        <v>135</v>
+        <v>240</v>
       </c>
       <c r="C92" t="s">
-        <v>240</v>
+        <v>241</v>
       </c>
       <c r="D92" t="s">
-        <v>241</v>
+        <v>242</v>
       </c>
     </row>
     <row r="93" spans="1:4">
       <c r="A93" t="s">
-        <v>193</v>
+        <v>196</v>
       </c>
       <c r="B93" t="s">
-        <v>242</v>
+        <v>138</v>
       </c>
       <c r="C93" t="s">
         <v>243</v>
       </c>
       <c r="D93" t="s">
         <v>244</v>
       </c>
     </row>
     <row r="94" spans="1:4">
       <c r="A94" t="s">
-        <v>193</v>
+        <v>196</v>
       </c>
       <c r="B94" t="s">
         <v>245</v>
       </c>
       <c r="C94" t="s">
         <v>246</v>
       </c>
       <c r="D94" t="s">
         <v>247</v>
       </c>
     </row>
     <row r="95" spans="1:4">
       <c r="A95" t="s">
-        <v>193</v>
+        <v>196</v>
       </c>
       <c r="B95" t="s">
         <v>248</v>
       </c>
       <c r="C95" t="s">
         <v>249</v>
       </c>
       <c r="D95" t="s">
         <v>250</v>
       </c>
     </row>
     <row r="96" spans="1:4">
       <c r="A96" t="s">
-        <v>193</v>
+        <v>196</v>
       </c>
       <c r="B96" t="s">
         <v>251</v>
       </c>
       <c r="C96" t="s">
         <v>252</v>
       </c>
       <c r="D96" t="s">
         <v>253</v>
       </c>
     </row>
     <row r="97" spans="1:4">
       <c r="A97" t="s">
-        <v>193</v>
+        <v>196</v>
       </c>
       <c r="B97" t="s">
-        <v>251</v>
+        <v>254</v>
       </c>
       <c r="C97" t="s">
-        <v>254</v>
-[...1 lines deleted...]
-      <c r="D97"/>
+        <v>255</v>
+      </c>
+      <c r="D97" t="s">
+        <v>256</v>
+      </c>
     </row>
     <row r="98" spans="1:4">
       <c r="A98" t="s">
-        <v>193</v>
+        <v>196</v>
       </c>
       <c r="B98" t="s">
-        <v>255</v>
+        <v>254</v>
       </c>
       <c r="C98" t="s">
-        <v>256</v>
-[...1 lines deleted...]
-      <c r="D98" t="s">
         <v>257</v>
       </c>
+      <c r="D98"/>
     </row>
     <row r="99" spans="1:4">
       <c r="A99" t="s">
-        <v>193</v>
+        <v>196</v>
       </c>
       <c r="B99" t="s">
         <v>258</v>
       </c>
       <c r="C99" t="s">
         <v>259</v>
       </c>
       <c r="D99" t="s">
         <v>260</v>
       </c>
     </row>
     <row r="100" spans="1:4">
       <c r="A100" t="s">
+        <v>196</v>
+      </c>
+      <c r="B100" t="s">
         <v>261</v>
-      </c>
-[...1 lines deleted...]
-        <v>255</v>
       </c>
       <c r="C100" t="s">
         <v>262</v>
       </c>
-      <c r="D100"/>
+      <c r="D100" t="s">
+        <v>263</v>
+      </c>
+    </row>
+    <row r="101" spans="1:4">
+      <c r="A101" t="s">
+        <v>264</v>
+      </c>
+      <c r="B101" t="s">
+        <v>258</v>
+      </c>
+      <c r="C101" t="s">
+        <v>265</v>
+      </c>
+      <c r="D101"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>