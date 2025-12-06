--- v1 (2025-10-27)
+++ v2 (2025-12-06)
@@ -12,74 +12,62 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="CUMME" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="266">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="265">
   <si>
     <t>type</t>
   </si>
   <si>
     <t>EPPOCode</t>
   </si>
   <si>
     <t>Pref_name</t>
   </si>
   <si>
     <t>References</t>
-  </si>
-[...10 lines deleted...]
-    <t>* Gambley C, Cremer J, Campbell P, Roach R, Abdel-Salam AM (2020) New host records for cotton leaf curl Gezira virus: capsicum and melon in Egypt. Australasian Plant Disease Notes 15, 3. https://doi.org/10.1007/s13314-019-0372-3</t>
   </si>
   <si>
     <t>Experimental</t>
   </si>
   <si>
     <t>AVBO00</t>
   </si>
   <si>
     <t>Cheravirus arracaciae oca strain (as Cucurbitaceae)</t>
   </si>
   <si>
     <t>MELGMY</t>
   </si>
   <si>
     <t>Meloidogyne enterolobii</t>
   </si>
   <si>
     <t>* Bitencourt NV, Silva GS (2010) Reproducao de Meloidogyne enterolobii em olericolas (Reproduction of Meloidogyne enterolobii on vegetables). Nematologia Brasileira 34, 181–183
 * Diniz GMM , Candido WS, Silva EHC, Marin MV, Franco CA, Braz LT,Soares PLM (2016) Screening melon genotypes for resistance to Meloidogyne enterolobii. African Journal of Agricultural Research 11(26), 2271-2276. https://doi.org/10.5897/AJAR2015.11175
 ------- large greenhouse stud
 * Freitas VM, Silva JGP, Gomes CB, Castro JMC, Correa VR (2017) Host status of selected cultivated fruit crops to Meloidogyne enterolobii. European Journal of Plant Pathology 148, 307-319.
 ------- greehouse study</t>
   </si>
   <si>
     <t>MELGFL</t>
@@ -158,50 +146,59 @@
   </si>
   <si>
     <t>Aulacophora abdominalis</t>
   </si>
   <si>
     <t>AUACHI</t>
   </si>
   <si>
     <t>Aulacophora hilaris (as Cucurbitaceae)</t>
   </si>
   <si>
     <t>DACUDO</t>
   </si>
   <si>
     <t>Bactrocera dorsalis</t>
   </si>
   <si>
     <t>* Allwood AJ, Chinajariyawong A, Kritsaneepaiboon S, Drew RAI, Hamacek EL, Hancock DL, Hengsawad C, Jinapin JC, Jirasurat M, Krong CK, Leong CTS, Vijaysegaran S (1999) Host plant records for fruit flies (Diptera: Tephritidae) in Southeast Asia. The Raffles Bulletin of Zoology 47(7), 1-92.
 * He Y, Xu Y, Chen X (2023) Biology, ecology and management of Tephritid fruit flies in China: A review. Insects 14, 196. https://doi.org/10.3390/insects14020196</t>
   </si>
   <si>
     <t>BARIGR</t>
   </si>
   <si>
     <t>Baris granulipennis (as Cucurbitaceae)</t>
+  </si>
+  <si>
+    <t>CLCUGV</t>
+  </si>
+  <si>
+    <t>Begomovirus gossypigeziraense</t>
+  </si>
+  <si>
+    <t>* Gambley C, Cremer J, Campbell P, Roach R, Abdel-Salam AM (2020) New host records for cotton leaf curl Gezira virus: capsicum and melon in Egypt. Australasian Plant Disease Notes 15, 3. https://doi.org/10.1007/s13314-019-0372-3</t>
   </si>
   <si>
     <t>BEMITA</t>
   </si>
   <si>
     <t>Bemisia tabaci (as Cucurbitaceae)</t>
   </si>
   <si>
     <t>CRTZBR</t>
   </si>
   <si>
     <t>Ceratothripoides brunneus</t>
   </si>
   <si>
     <t>CRTZCL</t>
   </si>
   <si>
     <t>Ceratothripoides claratris</t>
   </si>
   <si>
     <t>* Steenken N, Halaweh N (2011) Host plant preference study for Ceratothripoides claratris (Shumsher) (Thysanoptera: Thripidae) and CaCV (Genus Tospovirus; Family Bunyaviridae) in Bangkok, Thailand. Journal of Entomology 8(2), 198-203.</t>
   </si>
   <si>
     <t>HELIVI</t>
   </si>
@@ -1264,1377 +1261,1377 @@
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" t="s">
         <v>4</v>
       </c>
       <c r="B2" t="s">
         <v>5</v>
       </c>
       <c r="C2" t="s">
         <v>6</v>
       </c>
-      <c r="D2" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D2"/>
     </row>
     <row r="3" spans="1:4">
       <c r="A3" t="s">
+        <v>4</v>
+      </c>
+      <c r="B3" t="s">
+        <v>7</v>
+      </c>
+      <c r="C3" t="s">
         <v>8</v>
       </c>
-      <c r="B3" t="s">
+      <c r="D3" t="s">
         <v>9</v>
       </c>
-      <c r="C3" t="s">
-[...2 lines deleted...]
-      <c r="D3"/>
     </row>
     <row r="4" spans="1:4">
       <c r="A4" t="s">
-        <v>8</v>
+        <v>4</v>
       </c>
       <c r="B4" t="s">
+        <v>10</v>
+      </c>
+      <c r="C4" t="s">
         <v>11</v>
       </c>
-      <c r="C4" t="s">
+      <c r="D4" t="s">
         <v>12</v>
-      </c>
-[...1 lines deleted...]
-        <v>13</v>
       </c>
     </row>
     <row r="5" spans="1:4">
       <c r="A5" t="s">
-        <v>8</v>
+        <v>13</v>
       </c>
       <c r="B5" t="s">
         <v>14</v>
       </c>
       <c r="C5" t="s">
         <v>15</v>
       </c>
-      <c r="D5" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D5"/>
     </row>
     <row r="6" spans="1:4">
       <c r="A6" t="s">
+        <v>13</v>
+      </c>
+      <c r="B6" t="s">
+        <v>16</v>
+      </c>
+      <c r="C6" t="s">
         <v>17</v>
-      </c>
-[...4 lines deleted...]
-        <v>19</v>
       </c>
       <c r="D6"/>
     </row>
     <row r="7" spans="1:4">
       <c r="A7" t="s">
-        <v>17</v>
+        <v>13</v>
       </c>
       <c r="B7" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="C7" t="s">
-        <v>21</v>
+        <v>19</v>
       </c>
       <c r="D7"/>
     </row>
     <row r="8" spans="1:4">
       <c r="A8" t="s">
-        <v>17</v>
+        <v>13</v>
       </c>
       <c r="B8" t="s">
+        <v>20</v>
+      </c>
+      <c r="C8" t="s">
+        <v>21</v>
+      </c>
+      <c r="D8" t="s">
         <v>22</v>
       </c>
-      <c r="C8" t="s">
-[...2 lines deleted...]
-      <c r="D8"/>
     </row>
     <row r="9" spans="1:4">
       <c r="A9" t="s">
-        <v>17</v>
+        <v>13</v>
       </c>
       <c r="B9" t="s">
+        <v>23</v>
+      </c>
+      <c r="C9" t="s">
         <v>24</v>
       </c>
-      <c r="C9" t="s">
+      <c r="D9" t="s">
         <v>25</v>
-      </c>
-[...1 lines deleted...]
-        <v>26</v>
       </c>
     </row>
     <row r="10" spans="1:4">
       <c r="A10" t="s">
-        <v>17</v>
+        <v>13</v>
       </c>
       <c r="B10" t="s">
+        <v>26</v>
+      </c>
+      <c r="C10" t="s">
         <v>27</v>
       </c>
-      <c r="C10" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="D10"/>
     </row>
     <row r="11" spans="1:4">
       <c r="A11" t="s">
-        <v>17</v>
+        <v>13</v>
       </c>
       <c r="B11" t="s">
-        <v>30</v>
+        <v>28</v>
       </c>
       <c r="C11" t="s">
-        <v>31</v>
+        <v>29</v>
       </c>
       <c r="D11"/>
     </row>
     <row r="12" spans="1:4">
       <c r="A12" t="s">
-        <v>17</v>
+        <v>13</v>
       </c>
       <c r="B12" t="s">
+        <v>30</v>
+      </c>
+      <c r="C12" t="s">
+        <v>31</v>
+      </c>
+      <c r="D12" t="s">
         <v>32</v>
       </c>
-      <c r="C12" t="s">
-[...2 lines deleted...]
-      <c r="D12"/>
     </row>
     <row r="13" spans="1:4">
       <c r="A13" t="s">
-        <v>17</v>
+        <v>13</v>
       </c>
       <c r="B13" t="s">
+        <v>33</v>
+      </c>
+      <c r="C13" t="s">
         <v>34</v>
       </c>
-      <c r="C13" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="D13"/>
     </row>
     <row r="14" spans="1:4">
       <c r="A14" t="s">
-        <v>17</v>
+        <v>13</v>
       </c>
       <c r="B14" t="s">
-        <v>37</v>
+        <v>35</v>
       </c>
       <c r="C14" t="s">
-        <v>38</v>
+        <v>36</v>
       </c>
       <c r="D14"/>
     </row>
     <row r="15" spans="1:4">
       <c r="A15" t="s">
-        <v>17</v>
+        <v>13</v>
       </c>
       <c r="B15" t="s">
+        <v>37</v>
+      </c>
+      <c r="C15" t="s">
+        <v>38</v>
+      </c>
+      <c r="D15" t="s">
         <v>39</v>
       </c>
-      <c r="C15" t="s">
-[...2 lines deleted...]
-      <c r="D15"/>
     </row>
     <row r="16" spans="1:4">
       <c r="A16" t="s">
-        <v>17</v>
+        <v>13</v>
       </c>
       <c r="B16" t="s">
+        <v>40</v>
+      </c>
+      <c r="C16" t="s">
         <v>41</v>
       </c>
-      <c r="C16" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="D16"/>
     </row>
     <row r="17" spans="1:4">
       <c r="A17" t="s">
-        <v>17</v>
+        <v>13</v>
       </c>
       <c r="B17" t="s">
+        <v>42</v>
+      </c>
+      <c r="C17" t="s">
+        <v>43</v>
+      </c>
+      <c r="D17" t="s">
         <v>44</v>
       </c>
-      <c r="C17" t="s">
-[...2 lines deleted...]
-      <c r="D17"/>
     </row>
     <row r="18" spans="1:4">
       <c r="A18" t="s">
-        <v>17</v>
+        <v>13</v>
       </c>
       <c r="B18" t="s">
+        <v>45</v>
+      </c>
+      <c r="C18" t="s">
         <v>46</v>
-      </c>
-[...1 lines deleted...]
-        <v>47</v>
       </c>
       <c r="D18"/>
     </row>
     <row r="19" spans="1:4">
       <c r="A19" t="s">
-        <v>17</v>
+        <v>13</v>
       </c>
       <c r="B19" t="s">
+        <v>47</v>
+      </c>
+      <c r="C19" t="s">
         <v>48</v>
-      </c>
-[...1 lines deleted...]
-        <v>49</v>
       </c>
       <c r="D19"/>
     </row>
     <row r="20" spans="1:4">
       <c r="A20" t="s">
-        <v>17</v>
+        <v>13</v>
       </c>
       <c r="B20" t="s">
+        <v>49</v>
+      </c>
+      <c r="C20" t="s">
         <v>50</v>
       </c>
-      <c r="C20" t="s">
+      <c r="D20" t="s">
         <v>51</v>
-      </c>
-[...1 lines deleted...]
-        <v>52</v>
       </c>
     </row>
     <row r="21" spans="1:4">
       <c r="A21" t="s">
-        <v>17</v>
+        <v>13</v>
       </c>
       <c r="B21" t="s">
+        <v>52</v>
+      </c>
+      <c r="C21" t="s">
         <v>53</v>
       </c>
-      <c r="C21" t="s">
+      <c r="D21" t="s">
         <v>54</v>
-      </c>
-[...1 lines deleted...]
-        <v>55</v>
       </c>
     </row>
     <row r="22" spans="1:4">
       <c r="A22" t="s">
-        <v>17</v>
+        <v>13</v>
       </c>
       <c r="B22" t="s">
+        <v>55</v>
+      </c>
+      <c r="C22" t="s">
         <v>56</v>
-      </c>
-[...1 lines deleted...]
-        <v>57</v>
       </c>
       <c r="D22"/>
     </row>
     <row r="23" spans="1:4">
       <c r="A23" t="s">
-        <v>17</v>
+        <v>13</v>
       </c>
       <c r="B23" t="s">
+        <v>57</v>
+      </c>
+      <c r="C23" t="s">
         <v>58</v>
       </c>
-      <c r="C23" t="s">
+      <c r="D23" t="s">
         <v>59</v>
-      </c>
-[...1 lines deleted...]
-        <v>60</v>
       </c>
     </row>
     <row r="24" spans="1:4">
       <c r="A24" t="s">
-        <v>17</v>
+        <v>13</v>
       </c>
       <c r="B24" t="s">
+        <v>60</v>
+      </c>
+      <c r="C24" t="s">
         <v>61</v>
       </c>
-      <c r="C24" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D24" t="s">
-        <v>60</v>
+        <v>59</v>
       </c>
     </row>
     <row r="25" spans="1:4">
       <c r="A25" t="s">
-        <v>17</v>
+        <v>13</v>
       </c>
       <c r="B25" t="s">
+        <v>62</v>
+      </c>
+      <c r="C25" t="s">
         <v>63</v>
       </c>
-      <c r="C25" t="s">
+      <c r="D25" t="s">
         <v>64</v>
-      </c>
-[...1 lines deleted...]
-        <v>65</v>
       </c>
     </row>
     <row r="26" spans="1:4">
       <c r="A26" t="s">
-        <v>17</v>
+        <v>13</v>
       </c>
       <c r="B26" t="s">
+        <v>65</v>
+      </c>
+      <c r="C26" t="s">
         <v>66</v>
-      </c>
-[...1 lines deleted...]
-        <v>67</v>
       </c>
       <c r="D26"/>
     </row>
     <row r="27" spans="1:4">
       <c r="A27" t="s">
-        <v>17</v>
+        <v>13</v>
       </c>
       <c r="B27" t="s">
+        <v>67</v>
+      </c>
+      <c r="C27" t="s">
         <v>68</v>
-      </c>
-[...1 lines deleted...]
-        <v>69</v>
       </c>
       <c r="D27"/>
     </row>
     <row r="28" spans="1:4">
       <c r="A28" t="s">
-        <v>17</v>
+        <v>13</v>
       </c>
       <c r="B28" t="s">
+        <v>69</v>
+      </c>
+      <c r="C28" t="s">
         <v>70</v>
       </c>
-      <c r="C28" t="s">
+      <c r="D28" t="s">
         <v>71</v>
-      </c>
-[...1 lines deleted...]
-        <v>72</v>
       </c>
     </row>
     <row r="29" spans="1:4">
       <c r="A29" t="s">
-        <v>17</v>
+        <v>13</v>
       </c>
       <c r="B29" t="s">
+        <v>72</v>
+      </c>
+      <c r="C29" t="s">
         <v>73</v>
       </c>
-      <c r="C29" t="s">
+      <c r="D29" t="s">
         <v>74</v>
-      </c>
-[...1 lines deleted...]
-        <v>75</v>
       </c>
     </row>
     <row r="30" spans="1:4">
       <c r="A30" t="s">
-        <v>17</v>
+        <v>13</v>
       </c>
       <c r="B30" t="s">
+        <v>75</v>
+      </c>
+      <c r="C30" t="s">
         <v>76</v>
       </c>
-      <c r="C30" t="s">
+      <c r="D30" t="s">
         <v>77</v>
-      </c>
-[...1 lines deleted...]
-        <v>78</v>
       </c>
     </row>
     <row r="31" spans="1:4">
       <c r="A31" t="s">
-        <v>17</v>
+        <v>13</v>
       </c>
       <c r="B31" t="s">
+        <v>78</v>
+      </c>
+      <c r="C31" t="s">
         <v>79</v>
       </c>
-      <c r="C31" t="s">
+      <c r="D31" t="s">
         <v>80</v>
-      </c>
-[...1 lines deleted...]
-        <v>81</v>
       </c>
     </row>
     <row r="32" spans="1:4">
       <c r="A32" t="s">
-        <v>17</v>
+        <v>13</v>
       </c>
       <c r="B32" t="s">
+        <v>81</v>
+      </c>
+      <c r="C32" t="s">
         <v>82</v>
-      </c>
-[...1 lines deleted...]
-        <v>83</v>
       </c>
       <c r="D32"/>
     </row>
     <row r="33" spans="1:4">
       <c r="A33" t="s">
-        <v>17</v>
+        <v>13</v>
       </c>
       <c r="B33" t="s">
+        <v>83</v>
+      </c>
+      <c r="C33" t="s">
         <v>84</v>
-      </c>
-[...1 lines deleted...]
-        <v>85</v>
       </c>
       <c r="D33"/>
     </row>
     <row r="34" spans="1:4">
       <c r="A34" t="s">
-        <v>17</v>
+        <v>13</v>
       </c>
       <c r="B34" t="s">
+        <v>85</v>
+      </c>
+      <c r="C34" t="s">
         <v>86</v>
       </c>
-      <c r="C34" t="s">
+      <c r="D34" t="s">
         <v>87</v>
-      </c>
-[...1 lines deleted...]
-        <v>88</v>
       </c>
     </row>
     <row r="35" spans="1:4">
       <c r="A35" t="s">
-        <v>17</v>
+        <v>13</v>
       </c>
       <c r="B35" t="s">
-        <v>86</v>
+        <v>85</v>
       </c>
       <c r="C35" t="s">
-        <v>89</v>
+        <v>88</v>
       </c>
       <c r="D35" t="s">
-        <v>88</v>
+        <v>87</v>
       </c>
     </row>
     <row r="36" spans="1:4">
       <c r="A36" t="s">
-        <v>17</v>
+        <v>13</v>
       </c>
       <c r="B36" t="s">
+        <v>89</v>
+      </c>
+      <c r="C36" t="s">
         <v>90</v>
-      </c>
-[...1 lines deleted...]
-        <v>91</v>
       </c>
       <c r="D36"/>
     </row>
     <row r="37" spans="1:4">
       <c r="A37" t="s">
-        <v>17</v>
+        <v>13</v>
       </c>
       <c r="B37" t="s">
+        <v>91</v>
+      </c>
+      <c r="C37" t="s">
         <v>92</v>
       </c>
-      <c r="C37" t="s">
+      <c r="D37" t="s">
         <v>93</v>
-      </c>
-[...1 lines deleted...]
-        <v>94</v>
       </c>
     </row>
     <row r="38" spans="1:4">
       <c r="A38" t="s">
-        <v>17</v>
+        <v>13</v>
       </c>
       <c r="B38" t="s">
+        <v>94</v>
+      </c>
+      <c r="C38" t="s">
         <v>95</v>
-      </c>
-[...1 lines deleted...]
-        <v>96</v>
       </c>
       <c r="D38"/>
     </row>
     <row r="39" spans="1:4">
       <c r="A39" t="s">
-        <v>17</v>
+        <v>13</v>
       </c>
       <c r="B39" t="s">
+        <v>96</v>
+      </c>
+      <c r="C39" t="s">
         <v>97</v>
       </c>
-      <c r="C39" t="s">
+      <c r="D39" t="s">
         <v>98</v>
-      </c>
-[...1 lines deleted...]
-        <v>99</v>
       </c>
     </row>
     <row r="40" spans="1:4">
       <c r="A40" t="s">
-        <v>17</v>
+        <v>13</v>
       </c>
       <c r="B40" t="s">
+        <v>99</v>
+      </c>
+      <c r="C40" t="s">
         <v>100</v>
-      </c>
-[...1 lines deleted...]
-        <v>101</v>
       </c>
       <c r="D40"/>
     </row>
     <row r="41" spans="1:4">
       <c r="A41" t="s">
-        <v>17</v>
+        <v>13</v>
       </c>
       <c r="B41" t="s">
+        <v>101</v>
+      </c>
+      <c r="C41" t="s">
         <v>102</v>
       </c>
-      <c r="C41" t="s">
+      <c r="D41" t="s">
         <v>103</v>
-      </c>
-[...1 lines deleted...]
-        <v>104</v>
       </c>
     </row>
     <row r="42" spans="1:4">
       <c r="A42" t="s">
-        <v>17</v>
+        <v>13</v>
       </c>
       <c r="B42" t="s">
+        <v>104</v>
+      </c>
+      <c r="C42" t="s">
         <v>105</v>
       </c>
-      <c r="C42" t="s">
+      <c r="D42" t="s">
         <v>106</v>
-      </c>
-[...1 lines deleted...]
-        <v>107</v>
       </c>
     </row>
     <row r="43" spans="1:4">
       <c r="A43" t="s">
-        <v>17</v>
+        <v>13</v>
       </c>
       <c r="B43" t="s">
+        <v>107</v>
+      </c>
+      <c r="C43" t="s">
         <v>108</v>
       </c>
-      <c r="C43" t="s">
+      <c r="D43" t="s">
         <v>109</v>
-      </c>
-[...1 lines deleted...]
-        <v>110</v>
       </c>
     </row>
     <row r="44" spans="1:4">
       <c r="A44" t="s">
-        <v>17</v>
+        <v>13</v>
       </c>
       <c r="B44" t="s">
+        <v>110</v>
+      </c>
+      <c r="C44" t="s">
         <v>111</v>
       </c>
-      <c r="C44" t="s">
+      <c r="D44" t="s">
         <v>112</v>
-      </c>
-[...1 lines deleted...]
-        <v>113</v>
       </c>
     </row>
     <row r="45" spans="1:4">
       <c r="A45" t="s">
-        <v>17</v>
+        <v>13</v>
       </c>
       <c r="B45" t="s">
+        <v>113</v>
+      </c>
+      <c r="C45" t="s">
         <v>114</v>
       </c>
-      <c r="C45" t="s">
+      <c r="D45" t="s">
         <v>115</v>
-      </c>
-[...1 lines deleted...]
-        <v>116</v>
       </c>
     </row>
     <row r="46" spans="1:4">
       <c r="A46" t="s">
-        <v>17</v>
+        <v>13</v>
       </c>
       <c r="B46" t="s">
+        <v>116</v>
+      </c>
+      <c r="C46" t="s">
         <v>117</v>
       </c>
-      <c r="C46" t="s">
+      <c r="D46" t="s">
         <v>118</v>
-      </c>
-[...1 lines deleted...]
-        <v>119</v>
       </c>
     </row>
     <row r="47" spans="1:4">
       <c r="A47" t="s">
-        <v>17</v>
+        <v>13</v>
       </c>
       <c r="B47" t="s">
+        <v>119</v>
+      </c>
+      <c r="C47" t="s">
         <v>120</v>
-      </c>
-[...1 lines deleted...]
-        <v>121</v>
       </c>
       <c r="D47"/>
     </row>
     <row r="48" spans="1:4">
       <c r="A48" t="s">
-        <v>17</v>
+        <v>13</v>
       </c>
       <c r="B48" t="s">
+        <v>121</v>
+      </c>
+      <c r="C48" t="s">
         <v>122</v>
       </c>
-      <c r="C48" t="s">
+      <c r="D48" t="s">
         <v>123</v>
-      </c>
-[...1 lines deleted...]
-        <v>124</v>
       </c>
     </row>
     <row r="49" spans="1:4">
       <c r="A49" t="s">
-        <v>17</v>
+        <v>13</v>
       </c>
       <c r="B49" t="s">
+        <v>124</v>
+      </c>
+      <c r="C49" t="s">
         <v>125</v>
       </c>
-      <c r="C49" t="s">
+      <c r="D49" t="s">
         <v>126</v>
-      </c>
-[...1 lines deleted...]
-        <v>127</v>
       </c>
     </row>
     <row r="50" spans="1:4">
       <c r="A50" t="s">
-        <v>17</v>
+        <v>13</v>
       </c>
       <c r="B50" t="s">
+        <v>127</v>
+      </c>
+      <c r="C50" t="s">
         <v>128</v>
       </c>
-      <c r="C50" t="s">
+      <c r="D50" t="s">
         <v>129</v>
-      </c>
-[...1 lines deleted...]
-        <v>130</v>
       </c>
     </row>
     <row r="51" spans="1:4">
       <c r="A51" t="s">
-        <v>17</v>
+        <v>13</v>
       </c>
       <c r="B51" t="s">
-        <v>128</v>
+        <v>127</v>
       </c>
       <c r="C51" t="s">
-        <v>131</v>
+        <v>130</v>
       </c>
       <c r="D51"/>
     </row>
     <row r="52" spans="1:4">
       <c r="A52" t="s">
-        <v>17</v>
+        <v>13</v>
       </c>
       <c r="B52" t="s">
+        <v>131</v>
+      </c>
+      <c r="C52" t="s">
         <v>132</v>
       </c>
-      <c r="C52" t="s">
+      <c r="D52" t="s">
         <v>133</v>
-      </c>
-[...1 lines deleted...]
-        <v>134</v>
       </c>
     </row>
     <row r="53" spans="1:4">
       <c r="A53" t="s">
-        <v>17</v>
+        <v>13</v>
       </c>
       <c r="B53" t="s">
+        <v>134</v>
+      </c>
+      <c r="C53" t="s">
         <v>135</v>
       </c>
-      <c r="C53" t="s">
+      <c r="D53" t="s">
         <v>136</v>
-      </c>
-[...1 lines deleted...]
-        <v>137</v>
       </c>
     </row>
     <row r="54" spans="1:4">
       <c r="A54" t="s">
-        <v>17</v>
+        <v>13</v>
       </c>
       <c r="B54" t="s">
+        <v>137</v>
+      </c>
+      <c r="C54" t="s">
         <v>138</v>
-      </c>
-[...1 lines deleted...]
-        <v>139</v>
       </c>
       <c r="D54"/>
     </row>
     <row r="55" spans="1:4">
       <c r="A55" t="s">
-        <v>17</v>
+        <v>13</v>
       </c>
       <c r="B55" t="s">
+        <v>139</v>
+      </c>
+      <c r="C55" t="s">
         <v>140</v>
       </c>
-      <c r="C55" t="s">
+      <c r="D55" t="s">
         <v>141</v>
-      </c>
-[...1 lines deleted...]
-        <v>142</v>
       </c>
     </row>
     <row r="56" spans="1:4">
       <c r="A56" t="s">
-        <v>17</v>
+        <v>13</v>
       </c>
       <c r="B56" t="s">
+        <v>142</v>
+      </c>
+      <c r="C56" t="s">
         <v>143</v>
       </c>
-      <c r="C56" t="s">
+      <c r="D56" t="s">
         <v>144</v>
-      </c>
-[...1 lines deleted...]
-        <v>145</v>
       </c>
     </row>
     <row r="57" spans="1:4">
       <c r="A57" t="s">
-        <v>17</v>
+        <v>13</v>
       </c>
       <c r="B57" t="s">
+        <v>145</v>
+      </c>
+      <c r="C57" t="s">
         <v>146</v>
       </c>
-      <c r="C57" t="s">
+      <c r="D57" t="s">
         <v>147</v>
-      </c>
-[...1 lines deleted...]
-        <v>148</v>
       </c>
     </row>
     <row r="58" spans="1:4">
       <c r="A58" t="s">
-        <v>17</v>
+        <v>13</v>
       </c>
       <c r="B58" t="s">
+        <v>148</v>
+      </c>
+      <c r="C58" t="s">
         <v>149</v>
       </c>
-      <c r="C58" t="s">
+      <c r="D58" t="s">
         <v>150</v>
-      </c>
-[...1 lines deleted...]
-        <v>151</v>
       </c>
     </row>
     <row r="59" spans="1:4">
       <c r="A59" t="s">
-        <v>17</v>
+        <v>13</v>
       </c>
       <c r="B59" t="s">
+        <v>151</v>
+      </c>
+      <c r="C59" t="s">
         <v>152</v>
-      </c>
-[...1 lines deleted...]
-        <v>153</v>
       </c>
       <c r="D59"/>
     </row>
     <row r="60" spans="1:4">
       <c r="A60" t="s">
-        <v>17</v>
+        <v>13</v>
       </c>
       <c r="B60" t="s">
+        <v>153</v>
+      </c>
+      <c r="C60" t="s">
         <v>154</v>
       </c>
-      <c r="C60" t="s">
+      <c r="D60" t="s">
         <v>155</v>
-      </c>
-[...1 lines deleted...]
-        <v>156</v>
       </c>
     </row>
     <row r="61" spans="1:4">
       <c r="A61" t="s">
-        <v>17</v>
+        <v>13</v>
       </c>
       <c r="B61" t="s">
+        <v>156</v>
+      </c>
+      <c r="C61" t="s">
         <v>157</v>
       </c>
-      <c r="C61" t="s">
+      <c r="D61" t="s">
         <v>158</v>
-      </c>
-[...1 lines deleted...]
-        <v>159</v>
       </c>
     </row>
     <row r="62" spans="1:4">
       <c r="A62" t="s">
-        <v>17</v>
+        <v>13</v>
       </c>
       <c r="B62" t="s">
+        <v>159</v>
+      </c>
+      <c r="C62" t="s">
         <v>160</v>
-      </c>
-[...1 lines deleted...]
-        <v>161</v>
       </c>
       <c r="D62"/>
     </row>
     <row r="63" spans="1:4">
       <c r="A63" t="s">
-        <v>17</v>
+        <v>13</v>
       </c>
       <c r="B63" t="s">
+        <v>161</v>
+      </c>
+      <c r="C63" t="s">
         <v>162</v>
       </c>
-      <c r="C63" t="s">
+      <c r="D63" t="s">
         <v>163</v>
-      </c>
-[...1 lines deleted...]
-        <v>164</v>
       </c>
     </row>
     <row r="64" spans="1:4">
       <c r="A64" t="s">
-        <v>17</v>
+        <v>13</v>
       </c>
       <c r="B64" t="s">
+        <v>164</v>
+      </c>
+      <c r="C64" t="s">
         <v>165</v>
       </c>
-      <c r="C64" t="s">
+      <c r="D64" t="s">
         <v>166</v>
-      </c>
-[...1 lines deleted...]
-        <v>167</v>
       </c>
     </row>
     <row r="65" spans="1:4">
       <c r="A65" t="s">
-        <v>17</v>
+        <v>13</v>
       </c>
       <c r="B65" t="s">
+        <v>167</v>
+      </c>
+      <c r="C65" t="s">
         <v>168</v>
       </c>
-      <c r="C65" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D65" t="s">
-        <v>167</v>
+        <v>166</v>
       </c>
     </row>
     <row r="66" spans="1:4">
       <c r="A66" t="s">
-        <v>17</v>
+        <v>13</v>
       </c>
       <c r="B66" t="s">
+        <v>169</v>
+      </c>
+      <c r="C66" t="s">
         <v>170</v>
-      </c>
-[...1 lines deleted...]
-        <v>171</v>
       </c>
       <c r="D66"/>
     </row>
     <row r="67" spans="1:4">
       <c r="A67" t="s">
-        <v>17</v>
+        <v>13</v>
       </c>
       <c r="B67" t="s">
+        <v>171</v>
+      </c>
+      <c r="C67" t="s">
         <v>172</v>
       </c>
-      <c r="C67" t="s">
+      <c r="D67" t="s">
         <v>173</v>
-      </c>
-[...1 lines deleted...]
-        <v>174</v>
       </c>
     </row>
     <row r="68" spans="1:4">
       <c r="A68" t="s">
-        <v>17</v>
+        <v>13</v>
       </c>
       <c r="B68" t="s">
+        <v>174</v>
+      </c>
+      <c r="C68" t="s">
         <v>175</v>
       </c>
-      <c r="C68" t="s">
+      <c r="D68" t="s">
         <v>176</v>
-      </c>
-[...1 lines deleted...]
-        <v>177</v>
       </c>
     </row>
     <row r="69" spans="1:4">
       <c r="A69" t="s">
-        <v>17</v>
+        <v>13</v>
       </c>
       <c r="B69" t="s">
+        <v>177</v>
+      </c>
+      <c r="C69" t="s">
         <v>178</v>
       </c>
-      <c r="C69" t="s">
+      <c r="D69" t="s">
         <v>179</v>
-      </c>
-[...1 lines deleted...]
-        <v>180</v>
       </c>
     </row>
     <row r="70" spans="1:4">
       <c r="A70" t="s">
-        <v>17</v>
+        <v>13</v>
       </c>
       <c r="B70" t="s">
+        <v>180</v>
+      </c>
+      <c r="C70" t="s">
         <v>181</v>
       </c>
-      <c r="C70" t="s">
+      <c r="D70" t="s">
         <v>182</v>
-      </c>
-[...1 lines deleted...]
-        <v>183</v>
       </c>
     </row>
     <row r="71" spans="1:4">
       <c r="A71" t="s">
-        <v>17</v>
+        <v>13</v>
       </c>
       <c r="B71" t="s">
+        <v>183</v>
+      </c>
+      <c r="C71" t="s">
         <v>184</v>
       </c>
-      <c r="C71" t="s">
+      <c r="D71" t="s">
         <v>185</v>
-      </c>
-[...1 lines deleted...]
-        <v>186</v>
       </c>
     </row>
     <row r="72" spans="1:4">
       <c r="A72" t="s">
-        <v>17</v>
+        <v>13</v>
       </c>
       <c r="B72" t="s">
+        <v>186</v>
+      </c>
+      <c r="C72" t="s">
         <v>187</v>
       </c>
-      <c r="C72" t="s">
+      <c r="D72" t="s">
         <v>188</v>
-      </c>
-[...1 lines deleted...]
-        <v>189</v>
       </c>
     </row>
     <row r="73" spans="1:4">
       <c r="A73" t="s">
-        <v>17</v>
+        <v>13</v>
       </c>
       <c r="B73" t="s">
+        <v>189</v>
+      </c>
+      <c r="C73" t="s">
         <v>190</v>
       </c>
-      <c r="C73" t="s">
+      <c r="D73" t="s">
         <v>191</v>
-      </c>
-[...1 lines deleted...]
-        <v>192</v>
       </c>
     </row>
     <row r="74" spans="1:4">
       <c r="A74" t="s">
-        <v>17</v>
+        <v>13</v>
       </c>
       <c r="B74" t="s">
+        <v>192</v>
+      </c>
+      <c r="C74" t="s">
         <v>193</v>
       </c>
-      <c r="C74" t="s">
+      <c r="D74" t="s">
         <v>194</v>
-      </c>
-[...1 lines deleted...]
-        <v>195</v>
       </c>
     </row>
     <row r="75" spans="1:4">
       <c r="A75" t="s">
+        <v>195</v>
+      </c>
+      <c r="B75" t="s">
         <v>196</v>
       </c>
-      <c r="B75" t="s">
+      <c r="C75" t="s">
         <v>197</v>
       </c>
-      <c r="C75" t="s">
+      <c r="D75" t="s">
         <v>198</v>
-      </c>
-[...1 lines deleted...]
-        <v>199</v>
       </c>
     </row>
     <row r="76" spans="1:4">
       <c r="A76" t="s">
-        <v>196</v>
+        <v>195</v>
       </c>
       <c r="B76" t="s">
+        <v>199</v>
+      </c>
+      <c r="C76" t="s">
         <v>200</v>
-      </c>
-[...1 lines deleted...]
-        <v>201</v>
       </c>
       <c r="D76"/>
     </row>
     <row r="77" spans="1:4">
       <c r="A77" t="s">
-        <v>196</v>
+        <v>195</v>
       </c>
       <c r="B77" t="s">
-        <v>27</v>
+        <v>23</v>
       </c>
       <c r="C77" t="s">
-        <v>202</v>
+        <v>201</v>
       </c>
       <c r="D77" t="s">
-        <v>29</v>
+        <v>25</v>
       </c>
     </row>
     <row r="78" spans="1:4">
       <c r="A78" t="s">
-        <v>196</v>
+        <v>195</v>
       </c>
       <c r="B78" t="s">
-        <v>32</v>
+        <v>28</v>
       </c>
       <c r="C78" t="s">
-        <v>203</v>
+        <v>202</v>
       </c>
       <c r="D78"/>
     </row>
     <row r="79" spans="1:4">
       <c r="A79" t="s">
-        <v>196</v>
+        <v>195</v>
       </c>
       <c r="B79" t="s">
+        <v>203</v>
+      </c>
+      <c r="C79" t="s">
         <v>204</v>
       </c>
-      <c r="C79" t="s">
+      <c r="D79" t="s">
         <v>205</v>
-      </c>
-[...1 lines deleted...]
-        <v>206</v>
       </c>
     </row>
     <row r="80" spans="1:4">
       <c r="A80" t="s">
-        <v>196</v>
+        <v>195</v>
       </c>
       <c r="B80" t="s">
+        <v>206</v>
+      </c>
+      <c r="C80" t="s">
         <v>207</v>
       </c>
-      <c r="C80" t="s">
+      <c r="D80" t="s">
         <v>208</v>
-      </c>
-[...1 lines deleted...]
-        <v>209</v>
       </c>
     </row>
     <row r="81" spans="1:4">
       <c r="A81" t="s">
-        <v>196</v>
+        <v>195</v>
       </c>
       <c r="B81" t="s">
+        <v>209</v>
+      </c>
+      <c r="C81" t="s">
         <v>210</v>
       </c>
-      <c r="C81" t="s">
+      <c r="D81" t="s">
         <v>211</v>
-      </c>
-[...1 lines deleted...]
-        <v>212</v>
       </c>
     </row>
     <row r="82" spans="1:4">
       <c r="A82" t="s">
-        <v>196</v>
+        <v>195</v>
       </c>
       <c r="B82" t="s">
+        <v>212</v>
+      </c>
+      <c r="C82" t="s">
         <v>213</v>
       </c>
-      <c r="C82" t="s">
+      <c r="D82" t="s">
         <v>214</v>
-      </c>
-[...1 lines deleted...]
-        <v>215</v>
       </c>
     </row>
     <row r="83" spans="1:4">
       <c r="A83" t="s">
-        <v>196</v>
+        <v>195</v>
       </c>
       <c r="B83" t="s">
+        <v>215</v>
+      </c>
+      <c r="C83" t="s">
         <v>216</v>
       </c>
-      <c r="C83" t="s">
+      <c r="D83" t="s">
         <v>217</v>
-      </c>
-[...1 lines deleted...]
-        <v>218</v>
       </c>
     </row>
     <row r="84" spans="1:4">
       <c r="A84" t="s">
-        <v>196</v>
+        <v>195</v>
       </c>
       <c r="B84" t="s">
-        <v>68</v>
+        <v>67</v>
       </c>
       <c r="C84" t="s">
+        <v>218</v>
+      </c>
+      <c r="D84" t="s">
         <v>219</v>
-      </c>
-[...1 lines deleted...]
-        <v>220</v>
       </c>
     </row>
     <row r="85" spans="1:4">
       <c r="A85" t="s">
-        <v>196</v>
+        <v>195</v>
       </c>
       <c r="B85" t="s">
+        <v>220</v>
+      </c>
+      <c r="C85" t="s">
         <v>221</v>
       </c>
-      <c r="C85" t="s">
+      <c r="D85" t="s">
         <v>222</v>
-      </c>
-[...1 lines deleted...]
-        <v>223</v>
       </c>
     </row>
     <row r="86" spans="1:4">
       <c r="A86" t="s">
-        <v>196</v>
+        <v>195</v>
       </c>
       <c r="B86" t="s">
+        <v>223</v>
+      </c>
+      <c r="C86" t="s">
         <v>224</v>
       </c>
-      <c r="C86" t="s">
+      <c r="D86" t="s">
         <v>225</v>
-      </c>
-[...1 lines deleted...]
-        <v>226</v>
       </c>
     </row>
     <row r="87" spans="1:4">
       <c r="A87" t="s">
-        <v>196</v>
+        <v>195</v>
       </c>
       <c r="B87" t="s">
+        <v>226</v>
+      </c>
+      <c r="C87" t="s">
         <v>227</v>
       </c>
-      <c r="C87" t="s">
+      <c r="D87" t="s">
         <v>228</v>
-      </c>
-[...1 lines deleted...]
-        <v>229</v>
       </c>
     </row>
     <row r="88" spans="1:4">
       <c r="A88" t="s">
-        <v>196</v>
+        <v>195</v>
       </c>
       <c r="B88" t="s">
+        <v>229</v>
+      </c>
+      <c r="C88" t="s">
         <v>230</v>
       </c>
-      <c r="C88" t="s">
+      <c r="D88" t="s">
         <v>231</v>
-      </c>
-[...1 lines deleted...]
-        <v>232</v>
       </c>
     </row>
     <row r="89" spans="1:4">
       <c r="A89" t="s">
-        <v>196</v>
+        <v>195</v>
       </c>
       <c r="B89" t="s">
+        <v>232</v>
+      </c>
+      <c r="C89" t="s">
         <v>233</v>
       </c>
-      <c r="C89" t="s">
+      <c r="D89" t="s">
         <v>234</v>
-      </c>
-[...1 lines deleted...]
-        <v>235</v>
       </c>
     </row>
     <row r="90" spans="1:4">
       <c r="A90" t="s">
-        <v>196</v>
+        <v>195</v>
       </c>
       <c r="B90" t="s">
-        <v>84</v>
+        <v>83</v>
       </c>
       <c r="C90" t="s">
-        <v>236</v>
+        <v>235</v>
       </c>
       <c r="D90"/>
     </row>
     <row r="91" spans="1:4">
       <c r="A91" t="s">
-        <v>196</v>
+        <v>195</v>
       </c>
       <c r="B91" t="s">
+        <v>236</v>
+      </c>
+      <c r="C91" t="s">
         <v>237</v>
       </c>
-      <c r="C91" t="s">
+      <c r="D91" t="s">
         <v>238</v>
-      </c>
-[...1 lines deleted...]
-        <v>239</v>
       </c>
     </row>
     <row r="92" spans="1:4">
       <c r="A92" t="s">
-        <v>196</v>
+        <v>195</v>
       </c>
       <c r="B92" t="s">
+        <v>239</v>
+      </c>
+      <c r="C92" t="s">
         <v>240</v>
       </c>
-      <c r="C92" t="s">
+      <c r="D92" t="s">
         <v>241</v>
-      </c>
-[...1 lines deleted...]
-        <v>242</v>
       </c>
     </row>
     <row r="93" spans="1:4">
       <c r="A93" t="s">
-        <v>196</v>
+        <v>195</v>
       </c>
       <c r="B93" t="s">
-        <v>138</v>
+        <v>137</v>
       </c>
       <c r="C93" t="s">
+        <v>242</v>
+      </c>
+      <c r="D93" t="s">
         <v>243</v>
-      </c>
-[...1 lines deleted...]
-        <v>244</v>
       </c>
     </row>
     <row r="94" spans="1:4">
       <c r="A94" t="s">
-        <v>196</v>
+        <v>195</v>
       </c>
       <c r="B94" t="s">
+        <v>244</v>
+      </c>
+      <c r="C94" t="s">
         <v>245</v>
       </c>
-      <c r="C94" t="s">
+      <c r="D94" t="s">
         <v>246</v>
-      </c>
-[...1 lines deleted...]
-        <v>247</v>
       </c>
     </row>
     <row r="95" spans="1:4">
       <c r="A95" t="s">
-        <v>196</v>
+        <v>195</v>
       </c>
       <c r="B95" t="s">
+        <v>247</v>
+      </c>
+      <c r="C95" t="s">
         <v>248</v>
       </c>
-      <c r="C95" t="s">
+      <c r="D95" t="s">
         <v>249</v>
-      </c>
-[...1 lines deleted...]
-        <v>250</v>
       </c>
     </row>
     <row r="96" spans="1:4">
       <c r="A96" t="s">
-        <v>196</v>
+        <v>195</v>
       </c>
       <c r="B96" t="s">
+        <v>250</v>
+      </c>
+      <c r="C96" t="s">
         <v>251</v>
       </c>
-      <c r="C96" t="s">
+      <c r="D96" t="s">
         <v>252</v>
-      </c>
-[...1 lines deleted...]
-        <v>253</v>
       </c>
     </row>
     <row r="97" spans="1:4">
       <c r="A97" t="s">
-        <v>196</v>
+        <v>195</v>
       </c>
       <c r="B97" t="s">
+        <v>253</v>
+      </c>
+      <c r="C97" t="s">
         <v>254</v>
       </c>
-      <c r="C97" t="s">
+      <c r="D97" t="s">
         <v>255</v>
-      </c>
-[...1 lines deleted...]
-        <v>256</v>
       </c>
     </row>
     <row r="98" spans="1:4">
       <c r="A98" t="s">
-        <v>196</v>
+        <v>195</v>
       </c>
       <c r="B98" t="s">
-        <v>254</v>
+        <v>253</v>
       </c>
       <c r="C98" t="s">
-        <v>257</v>
+        <v>256</v>
       </c>
       <c r="D98"/>
     </row>
     <row r="99" spans="1:4">
       <c r="A99" t="s">
-        <v>196</v>
+        <v>195</v>
       </c>
       <c r="B99" t="s">
+        <v>257</v>
+      </c>
+      <c r="C99" t="s">
         <v>258</v>
       </c>
-      <c r="C99" t="s">
+      <c r="D99" t="s">
         <v>259</v>
-      </c>
-[...1 lines deleted...]
-        <v>260</v>
       </c>
     </row>
     <row r="100" spans="1:4">
       <c r="A100" t="s">
-        <v>196</v>
+        <v>195</v>
       </c>
       <c r="B100" t="s">
+        <v>260</v>
+      </c>
+      <c r="C100" t="s">
         <v>261</v>
       </c>
-      <c r="C100" t="s">
+      <c r="D100" t="s">
         <v>262</v>
-      </c>
-[...1 lines deleted...]
-        <v>263</v>
       </c>
     </row>
     <row r="101" spans="1:4">
       <c r="A101" t="s">
+        <v>263</v>
+      </c>
+      <c r="B101" t="s">
+        <v>257</v>
+      </c>
+      <c r="C101" t="s">
         <v>264</v>
-      </c>
-[...4 lines deleted...]
-        <v>265</v>
       </c>
       <c r="D101"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>