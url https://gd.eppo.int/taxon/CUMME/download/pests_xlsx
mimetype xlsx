--- v2 (2025-12-06)
+++ v3 (2026-02-24)
@@ -35,63 +35,50 @@
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="265">
   <si>
     <t>type</t>
   </si>
   <si>
     <t>EPPOCode</t>
   </si>
   <si>
     <t>Pref_name</t>
   </si>
   <si>
     <t>References</t>
   </si>
   <si>
     <t>Experimental</t>
   </si>
   <si>
     <t>AVBO00</t>
   </si>
   <si>
     <t>Cheravirus arracaciae oca strain (as Cucurbitaceae)</t>
   </si>
   <si>
-    <t>MELGMY</t>
-[...6 lines deleted...]
-* Diniz GMM , Candido WS, Silva EHC, Marin MV, Franco CA, Braz LT,Soares PLM (2016) Screening melon genotypes for resistance to Meloidogyne enterolobii. African Journal of Agricultural Research 11(26), 2271-2276. https://doi.org/10.5897/AJAR2015.11175
-------- large greenhouse stud
-* Freitas VM, Silva JGP, Gomes CB, Castro JMC, Correa VR (2017) Host status of selected cultivated fruit crops to Meloidogyne enterolobii. European Journal of Plant Pathology 148, 307-319.
-------- greehouse study</t>
-  </si>
-  <si>
     <t>MELGFL</t>
   </si>
   <si>
     <t>Meloidogyne floridensis</t>
   </si>
   <si>
     <t>* Ploeg AT,  Edwards S (2024) Host status of melon, carrot, and Meloidogyne incognita-susceptible and-resistant cotton, cowpea, pepper, and tomato for M. floridensis from California. Journal of Nematology, 56(1), e2023. https://doi.org/10.2478/jofnem-2024-0004
 ------- excellent host in pot experiments.</t>
   </si>
   <si>
     <t>Host</t>
   </si>
   <si>
     <t>AGROSE</t>
   </si>
   <si>
     <t>Agrotis segetum (as Cucurbitaceae)</t>
   </si>
   <si>
     <t>ALEDDU</t>
   </si>
   <si>
     <t>Aleurodicus dugesii (as Cucurbitaceae)</t>
   </si>
   <si>
@@ -438,50 +425,65 @@
   <si>
     <t>Liriomyza sativae</t>
   </si>
   <si>
     <t>* Araujo EL, Feitosa Nogueira CH , Menezes Netto AC, Carlos,  Souza Bezerra CE (2013). Biological aspects of the leafminer Liriomyza sativae (Diptera: Agromyzidae) on melon (Cucumis melo L.). Ciência Rural, 43(4), 579-582. https://doi.org/10.1590/S0103-84782013000400003
 * Mazumdar S, Bhuiya BA (2017) True flies: biology and plant hosts of vegetable leafminer Liriomyza sativae Blanchard (Diptera: Agromyzidae) from Bangladesh. Bugs R All no 159. In: Zoo’s Print 32(8), 12-21.
 * Spencer KA (1973) Agromyzidae (Diptera) of economic importance. Series Entomologica Volume 9. Dr. W. Junk B.V. The Hague, The Netherlands. 418 pp.
 * Stegmaier CE (1966) Host plants and parasites of Liriomyza munda in Florida (Diptera: Agromyzidae). Florida Entomologist 49(2), 81-86.
 ------- confirmed host. Rearing record
 * Tran DH (2009) Agromyzid leaf miners and their parasitoids on vegetables in Central Vietnam. Journal of the International Society for Southeast Asian Agricultural Sciences 15(2), 21-33.
 ------- confirmed host. Reared from infested leaves collected in commercial vegetable fields</t>
   </si>
   <si>
     <t>LIRITR</t>
   </si>
   <si>
     <t>Liriomyza trifolii</t>
   </si>
   <si>
     <t>* Araujo EL, Fernandes DRR, Geremias LD, Netto ACM, Filgueira MA (2007) Mosca minadora associada à cultura do meloeiro no semi-árido do Rio Grande do Norte [Occurrence of leafminer Liriomyza trifolii (Burgess) (Diptera: Agromyzidae), losts end its parasitoid, in Cucumis melo L., in the semi-arid of the Rio Grande do Norte]. Caatinga 20(3), 210-212.
 * Eiseman CS, Lonsdale O (2018) New State and Host Records for Agromyzidae (Diptera) in the United States, with the Description of Thirty New Species. Zootaxa 4479(1), 1-156.
 * Stegmaier CE Jr (1966) Host plants and parasites of Liriomyza trifolii in Florida (Diptera: Agromyzidae). The Florida Entomologist 49(2), 75-80.</t>
   </si>
   <si>
     <t>Liriomyza trifolii (as Cucumis)</t>
+  </si>
+  <si>
+    <t>MELGMY</t>
+  </si>
+  <si>
+    <t>Meloidogyne enterolobii</t>
+  </si>
+  <si>
+    <t>* Bento EA, Amorim DJ, Gabia JA, Carvalho VR, Carvalho RM, Gabia AA, Furtado EL, Wilcken SR (2026) First report of Meloidogyne enterolobii infecting melon plants in Brazil. Plant Disease (early view). https://doi.org/10.1094/PDIS-10-25-2165-PDN
+------- natural host. RF=10.1
+* Bitencourt NV, Silva GS (2010) Reproducao de Meloidogyne enterolobii em olericolas (Reproduction of Meloidogyne enterolobii on vegetables). Nematologia Brasileira 34, 181–183
+* Diniz GMM , Candido WS, Silva EHC, Marin MV, Franco CA, Braz LT,Soares PLM (2016) Screening melon genotypes for resistance to Meloidogyne enterolobii. African Journal of Agricultural Research 11(26), 2271-2276. https://doi.org/10.5897/AJAR2015.11175
+------- large greenhouse study
+* Freitas VM, Silva JGP, Gomes CB, Castro JMC, Correa VR (2017) Host status of selected cultivated fruit crops to Meloidogyne enterolobii. European Journal of Plant Pathology 148, 307-319.
+------- greenhouse study</t>
   </si>
   <si>
     <t>MELGET</t>
   </si>
   <si>
     <t>Meloidogyne ethiopica</t>
   </si>
   <si>
     <t>* Bellé C, Kuhn PR, Kaspary TE, Groth MZ, Cocco KLT (2017) Meloidogyne ethiopica parasitizing melon fields in Rio Grande do Sul State, Brazil. Journal of Plant Diseases and Protection 124(4), 393-397.
 --------- In Rio Grande do Sul, Brazil.</t>
   </si>
   <si>
     <t>MELGLC</t>
   </si>
   <si>
     <t>Meloidogyne luci</t>
   </si>
   <si>
     <t>* Sen F, Aydinli (2021) Host status of cultivated crops to Meloidogyne luci. European Journal of Plant Pathology 161(3), 607-618.
 ------- In experiments, cultivars tested showed variable host status from poor host (cvs. Ananas, Bt Akhisar Topan 016, Kirkagac 637), to good host (cv. Hasanbey).
 * Strajnar P, Širca S, Geric Stare B &amp; Urek G (2009) Characterization of the root-knot nematode, Meloidogyne ethiopica Whitehead, 1968, from Slovenia. Russian Journal of Nematology 17, 135-142.</t>
   </si>
   <si>
     <t>CARYPA</t>
   </si>
@@ -1279,1040 +1281,1040 @@
       </c>
       <c r="B2" t="s">
         <v>5</v>
       </c>
       <c r="C2" t="s">
         <v>6</v>
       </c>
       <c r="D2"/>
     </row>
     <row r="3" spans="1:4">
       <c r="A3" t="s">
         <v>4</v>
       </c>
       <c r="B3" t="s">
         <v>7</v>
       </c>
       <c r="C3" t="s">
         <v>8</v>
       </c>
       <c r="D3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="4" spans="1:4">
       <c r="A4" t="s">
-        <v>4</v>
+        <v>10</v>
       </c>
       <c r="B4" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="C4" t="s">
-        <v>11</v>
-[...1 lines deleted...]
-      <c r="D4" t="s">
         <v>12</v>
       </c>
+      <c r="D4"/>
     </row>
     <row r="5" spans="1:4">
       <c r="A5" t="s">
+        <v>10</v>
+      </c>
+      <c r="B5" t="s">
         <v>13</v>
       </c>
-      <c r="B5" t="s">
+      <c r="C5" t="s">
         <v>14</v>
-      </c>
-[...1 lines deleted...]
-        <v>15</v>
       </c>
       <c r="D5"/>
     </row>
     <row r="6" spans="1:4">
       <c r="A6" t="s">
-        <v>13</v>
+        <v>10</v>
       </c>
       <c r="B6" t="s">
+        <v>15</v>
+      </c>
+      <c r="C6" t="s">
         <v>16</v>
-      </c>
-[...1 lines deleted...]
-        <v>17</v>
       </c>
       <c r="D6"/>
     </row>
     <row r="7" spans="1:4">
       <c r="A7" t="s">
-        <v>13</v>
+        <v>10</v>
       </c>
       <c r="B7" t="s">
+        <v>17</v>
+      </c>
+      <c r="C7" t="s">
         <v>18</v>
       </c>
-      <c r="C7" t="s">
+      <c r="D7" t="s">
         <v>19</v>
       </c>
-      <c r="D7"/>
     </row>
     <row r="8" spans="1:4">
       <c r="A8" t="s">
-        <v>13</v>
+        <v>10</v>
       </c>
       <c r="B8" t="s">
         <v>20</v>
       </c>
       <c r="C8" t="s">
         <v>21</v>
       </c>
       <c r="D8" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="9" spans="1:4">
       <c r="A9" t="s">
-        <v>13</v>
+        <v>10</v>
       </c>
       <c r="B9" t="s">
         <v>23</v>
       </c>
       <c r="C9" t="s">
         <v>24</v>
       </c>
-      <c r="D9" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D9"/>
     </row>
     <row r="10" spans="1:4">
       <c r="A10" t="s">
-        <v>13</v>
+        <v>10</v>
       </c>
       <c r="B10" t="s">
+        <v>25</v>
+      </c>
+      <c r="C10" t="s">
         <v>26</v>
-      </c>
-[...1 lines deleted...]
-        <v>27</v>
       </c>
       <c r="D10"/>
     </row>
     <row r="11" spans="1:4">
       <c r="A11" t="s">
-        <v>13</v>
+        <v>10</v>
       </c>
       <c r="B11" t="s">
+        <v>27</v>
+      </c>
+      <c r="C11" t="s">
         <v>28</v>
       </c>
-      <c r="C11" t="s">
+      <c r="D11" t="s">
         <v>29</v>
       </c>
-      <c r="D11"/>
     </row>
     <row r="12" spans="1:4">
       <c r="A12" t="s">
-        <v>13</v>
+        <v>10</v>
       </c>
       <c r="B12" t="s">
         <v>30</v>
       </c>
       <c r="C12" t="s">
         <v>31</v>
       </c>
-      <c r="D12" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D12"/>
     </row>
     <row r="13" spans="1:4">
       <c r="A13" t="s">
-        <v>13</v>
+        <v>10</v>
       </c>
       <c r="B13" t="s">
+        <v>32</v>
+      </c>
+      <c r="C13" t="s">
         <v>33</v>
-      </c>
-[...1 lines deleted...]
-        <v>34</v>
       </c>
       <c r="D13"/>
     </row>
     <row r="14" spans="1:4">
       <c r="A14" t="s">
-        <v>13</v>
+        <v>10</v>
       </c>
       <c r="B14" t="s">
+        <v>34</v>
+      </c>
+      <c r="C14" t="s">
         <v>35</v>
       </c>
-      <c r="C14" t="s">
+      <c r="D14" t="s">
         <v>36</v>
       </c>
-      <c r="D14"/>
     </row>
     <row r="15" spans="1:4">
       <c r="A15" t="s">
-        <v>13</v>
+        <v>10</v>
       </c>
       <c r="B15" t="s">
         <v>37</v>
       </c>
       <c r="C15" t="s">
         <v>38</v>
       </c>
-      <c r="D15" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D15"/>
     </row>
     <row r="16" spans="1:4">
       <c r="A16" t="s">
-        <v>13</v>
+        <v>10</v>
       </c>
       <c r="B16" t="s">
+        <v>39</v>
+      </c>
+      <c r="C16" t="s">
         <v>40</v>
       </c>
-      <c r="C16" t="s">
+      <c r="D16" t="s">
         <v>41</v>
       </c>
-      <c r="D16"/>
     </row>
     <row r="17" spans="1:4">
       <c r="A17" t="s">
-        <v>13</v>
+        <v>10</v>
       </c>
       <c r="B17" t="s">
         <v>42</v>
       </c>
       <c r="C17" t="s">
         <v>43</v>
       </c>
-      <c r="D17" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D17"/>
     </row>
     <row r="18" spans="1:4">
       <c r="A18" t="s">
-        <v>13</v>
+        <v>10</v>
       </c>
       <c r="B18" t="s">
+        <v>44</v>
+      </c>
+      <c r="C18" t="s">
         <v>45</v>
-      </c>
-[...1 lines deleted...]
-        <v>46</v>
       </c>
       <c r="D18"/>
     </row>
     <row r="19" spans="1:4">
       <c r="A19" t="s">
-        <v>13</v>
+        <v>10</v>
       </c>
       <c r="B19" t="s">
+        <v>46</v>
+      </c>
+      <c r="C19" t="s">
         <v>47</v>
       </c>
-      <c r="C19" t="s">
+      <c r="D19" t="s">
         <v>48</v>
       </c>
-      <c r="D19"/>
     </row>
     <row r="20" spans="1:4">
       <c r="A20" t="s">
-        <v>13</v>
+        <v>10</v>
       </c>
       <c r="B20" t="s">
         <v>49</v>
       </c>
       <c r="C20" t="s">
         <v>50</v>
       </c>
       <c r="D20" t="s">
         <v>51</v>
       </c>
     </row>
     <row r="21" spans="1:4">
       <c r="A21" t="s">
-        <v>13</v>
+        <v>10</v>
       </c>
       <c r="B21" t="s">
         <v>52</v>
       </c>
       <c r="C21" t="s">
         <v>53</v>
       </c>
-      <c r="D21" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D21"/>
     </row>
     <row r="22" spans="1:4">
       <c r="A22" t="s">
-        <v>13</v>
+        <v>10</v>
       </c>
       <c r="B22" t="s">
+        <v>54</v>
+      </c>
+      <c r="C22" t="s">
         <v>55</v>
       </c>
-      <c r="C22" t="s">
+      <c r="D22" t="s">
         <v>56</v>
       </c>
-      <c r="D22"/>
     </row>
     <row r="23" spans="1:4">
       <c r="A23" t="s">
-        <v>13</v>
+        <v>10</v>
       </c>
       <c r="B23" t="s">
         <v>57</v>
       </c>
       <c r="C23" t="s">
         <v>58</v>
       </c>
       <c r="D23" t="s">
-        <v>59</v>
+        <v>56</v>
       </c>
     </row>
     <row r="24" spans="1:4">
       <c r="A24" t="s">
-        <v>13</v>
+        <v>10</v>
       </c>
       <c r="B24" t="s">
+        <v>59</v>
+      </c>
+      <c r="C24" t="s">
         <v>60</v>
       </c>
-      <c r="C24" t="s">
+      <c r="D24" t="s">
         <v>61</v>
-      </c>
-[...1 lines deleted...]
-        <v>59</v>
       </c>
     </row>
     <row r="25" spans="1:4">
       <c r="A25" t="s">
-        <v>13</v>
+        <v>10</v>
       </c>
       <c r="B25" t="s">
         <v>62</v>
       </c>
       <c r="C25" t="s">
         <v>63</v>
       </c>
-      <c r="D25" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D25"/>
     </row>
     <row r="26" spans="1:4">
       <c r="A26" t="s">
-        <v>13</v>
+        <v>10</v>
       </c>
       <c r="B26" t="s">
+        <v>64</v>
+      </c>
+      <c r="C26" t="s">
         <v>65</v>
-      </c>
-[...1 lines deleted...]
-        <v>66</v>
       </c>
       <c r="D26"/>
     </row>
     <row r="27" spans="1:4">
       <c r="A27" t="s">
-        <v>13</v>
+        <v>10</v>
       </c>
       <c r="B27" t="s">
+        <v>66</v>
+      </c>
+      <c r="C27" t="s">
         <v>67</v>
       </c>
-      <c r="C27" t="s">
+      <c r="D27" t="s">
         <v>68</v>
       </c>
-      <c r="D27"/>
     </row>
     <row r="28" spans="1:4">
       <c r="A28" t="s">
-        <v>13</v>
+        <v>10</v>
       </c>
       <c r="B28" t="s">
         <v>69</v>
       </c>
       <c r="C28" t="s">
         <v>70</v>
       </c>
       <c r="D28" t="s">
         <v>71</v>
       </c>
     </row>
     <row r="29" spans="1:4">
       <c r="A29" t="s">
-        <v>13</v>
+        <v>10</v>
       </c>
       <c r="B29" t="s">
         <v>72</v>
       </c>
       <c r="C29" t="s">
         <v>73</v>
       </c>
       <c r="D29" t="s">
         <v>74</v>
       </c>
     </row>
     <row r="30" spans="1:4">
       <c r="A30" t="s">
-        <v>13</v>
+        <v>10</v>
       </c>
       <c r="B30" t="s">
         <v>75</v>
       </c>
       <c r="C30" t="s">
         <v>76</v>
       </c>
       <c r="D30" t="s">
         <v>77</v>
       </c>
     </row>
     <row r="31" spans="1:4">
       <c r="A31" t="s">
-        <v>13</v>
+        <v>10</v>
       </c>
       <c r="B31" t="s">
         <v>78</v>
       </c>
       <c r="C31" t="s">
         <v>79</v>
       </c>
-      <c r="D31" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D31"/>
     </row>
     <row r="32" spans="1:4">
       <c r="A32" t="s">
-        <v>13</v>
+        <v>10</v>
       </c>
       <c r="B32" t="s">
+        <v>80</v>
+      </c>
+      <c r="C32" t="s">
         <v>81</v>
-      </c>
-[...1 lines deleted...]
-        <v>82</v>
       </c>
       <c r="D32"/>
     </row>
     <row r="33" spans="1:4">
       <c r="A33" t="s">
-        <v>13</v>
+        <v>10</v>
       </c>
       <c r="B33" t="s">
+        <v>82</v>
+      </c>
+      <c r="C33" t="s">
         <v>83</v>
       </c>
-      <c r="C33" t="s">
+      <c r="D33" t="s">
         <v>84</v>
       </c>
-      <c r="D33"/>
     </row>
     <row r="34" spans="1:4">
       <c r="A34" t="s">
-        <v>13</v>
+        <v>10</v>
       </c>
       <c r="B34" t="s">
+        <v>82</v>
+      </c>
+      <c r="C34" t="s">
         <v>85</v>
       </c>
-      <c r="C34" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D34" t="s">
-        <v>87</v>
+        <v>84</v>
       </c>
     </row>
     <row r="35" spans="1:4">
       <c r="A35" t="s">
-        <v>13</v>
+        <v>10</v>
       </c>
       <c r="B35" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="C35" t="s">
-        <v>88</v>
-[...1 lines deleted...]
-      <c r="D35" t="s">
         <v>87</v>
       </c>
+      <c r="D35"/>
     </row>
     <row r="36" spans="1:4">
       <c r="A36" t="s">
-        <v>13</v>
+        <v>10</v>
       </c>
       <c r="B36" t="s">
+        <v>88</v>
+      </c>
+      <c r="C36" t="s">
         <v>89</v>
       </c>
-      <c r="C36" t="s">
+      <c r="D36" t="s">
         <v>90</v>
       </c>
-      <c r="D36"/>
     </row>
     <row r="37" spans="1:4">
       <c r="A37" t="s">
-        <v>13</v>
+        <v>10</v>
       </c>
       <c r="B37" t="s">
         <v>91</v>
       </c>
       <c r="C37" t="s">
         <v>92</v>
       </c>
-      <c r="D37" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D37"/>
     </row>
     <row r="38" spans="1:4">
       <c r="A38" t="s">
-        <v>13</v>
+        <v>10</v>
       </c>
       <c r="B38" t="s">
+        <v>93</v>
+      </c>
+      <c r="C38" t="s">
         <v>94</v>
       </c>
-      <c r="C38" t="s">
+      <c r="D38" t="s">
         <v>95</v>
       </c>
-      <c r="D38"/>
     </row>
     <row r="39" spans="1:4">
       <c r="A39" t="s">
-        <v>13</v>
+        <v>10</v>
       </c>
       <c r="B39" t="s">
         <v>96</v>
       </c>
       <c r="C39" t="s">
         <v>97</v>
       </c>
-      <c r="D39" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D39"/>
     </row>
     <row r="40" spans="1:4">
       <c r="A40" t="s">
-        <v>13</v>
+        <v>10</v>
       </c>
       <c r="B40" t="s">
+        <v>98</v>
+      </c>
+      <c r="C40" t="s">
         <v>99</v>
       </c>
-      <c r="C40" t="s">
+      <c r="D40" t="s">
         <v>100</v>
       </c>
-      <c r="D40"/>
     </row>
     <row r="41" spans="1:4">
       <c r="A41" t="s">
-        <v>13</v>
+        <v>10</v>
       </c>
       <c r="B41" t="s">
         <v>101</v>
       </c>
       <c r="C41" t="s">
         <v>102</v>
       </c>
       <c r="D41" t="s">
         <v>103</v>
       </c>
     </row>
     <row r="42" spans="1:4">
       <c r="A42" t="s">
-        <v>13</v>
+        <v>10</v>
       </c>
       <c r="B42" t="s">
         <v>104</v>
       </c>
       <c r="C42" t="s">
         <v>105</v>
       </c>
       <c r="D42" t="s">
         <v>106</v>
       </c>
     </row>
     <row r="43" spans="1:4">
       <c r="A43" t="s">
-        <v>13</v>
+        <v>10</v>
       </c>
       <c r="B43" t="s">
         <v>107</v>
       </c>
       <c r="C43" t="s">
         <v>108</v>
       </c>
       <c r="D43" t="s">
         <v>109</v>
       </c>
     </row>
     <row r="44" spans="1:4">
       <c r="A44" t="s">
-        <v>13</v>
+        <v>10</v>
       </c>
       <c r="B44" t="s">
         <v>110</v>
       </c>
       <c r="C44" t="s">
         <v>111</v>
       </c>
       <c r="D44" t="s">
         <v>112</v>
       </c>
     </row>
     <row r="45" spans="1:4">
       <c r="A45" t="s">
-        <v>13</v>
+        <v>10</v>
       </c>
       <c r="B45" t="s">
         <v>113</v>
       </c>
       <c r="C45" t="s">
         <v>114</v>
       </c>
       <c r="D45" t="s">
         <v>115</v>
       </c>
     </row>
     <row r="46" spans="1:4">
       <c r="A46" t="s">
-        <v>13</v>
+        <v>10</v>
       </c>
       <c r="B46" t="s">
         <v>116</v>
       </c>
       <c r="C46" t="s">
         <v>117</v>
       </c>
-      <c r="D46" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D46"/>
     </row>
     <row r="47" spans="1:4">
       <c r="A47" t="s">
-        <v>13</v>
+        <v>10</v>
       </c>
       <c r="B47" t="s">
+        <v>118</v>
+      </c>
+      <c r="C47" t="s">
         <v>119</v>
       </c>
-      <c r="C47" t="s">
+      <c r="D47" t="s">
         <v>120</v>
       </c>
-      <c r="D47"/>
     </row>
     <row r="48" spans="1:4">
       <c r="A48" t="s">
-        <v>13</v>
+        <v>10</v>
       </c>
       <c r="B48" t="s">
         <v>121</v>
       </c>
       <c r="C48" t="s">
         <v>122</v>
       </c>
       <c r="D48" t="s">
         <v>123</v>
       </c>
     </row>
     <row r="49" spans="1:4">
       <c r="A49" t="s">
-        <v>13</v>
+        <v>10</v>
       </c>
       <c r="B49" t="s">
         <v>124</v>
       </c>
       <c r="C49" t="s">
         <v>125</v>
       </c>
       <c r="D49" t="s">
         <v>126</v>
       </c>
     </row>
     <row r="50" spans="1:4">
       <c r="A50" t="s">
-        <v>13</v>
+        <v>10</v>
       </c>
       <c r="B50" t="s">
+        <v>124</v>
+      </c>
+      <c r="C50" t="s">
         <v>127</v>
       </c>
-      <c r="C50" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="D50"/>
     </row>
     <row r="51" spans="1:4">
       <c r="A51" t="s">
-        <v>13</v>
+        <v>10</v>
       </c>
       <c r="B51" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="C51" t="s">
+        <v>129</v>
+      </c>
+      <c r="D51" t="s">
         <v>130</v>
       </c>
-      <c r="D51"/>
     </row>
     <row r="52" spans="1:4">
       <c r="A52" t="s">
-        <v>13</v>
+        <v>10</v>
       </c>
       <c r="B52" t="s">
         <v>131</v>
       </c>
       <c r="C52" t="s">
         <v>132</v>
       </c>
       <c r="D52" t="s">
         <v>133</v>
       </c>
     </row>
     <row r="53" spans="1:4">
       <c r="A53" t="s">
-        <v>13</v>
+        <v>10</v>
       </c>
       <c r="B53" t="s">
         <v>134</v>
       </c>
       <c r="C53" t="s">
         <v>135</v>
       </c>
       <c r="D53" t="s">
         <v>136</v>
       </c>
     </row>
     <row r="54" spans="1:4">
       <c r="A54" t="s">
-        <v>13</v>
+        <v>10</v>
       </c>
       <c r="B54" t="s">
         <v>137</v>
       </c>
       <c r="C54" t="s">
         <v>138</v>
       </c>
       <c r="D54"/>
     </row>
     <row r="55" spans="1:4">
       <c r="A55" t="s">
-        <v>13</v>
+        <v>10</v>
       </c>
       <c r="B55" t="s">
         <v>139</v>
       </c>
       <c r="C55" t="s">
         <v>140</v>
       </c>
       <c r="D55" t="s">
         <v>141</v>
       </c>
     </row>
     <row r="56" spans="1:4">
       <c r="A56" t="s">
-        <v>13</v>
+        <v>10</v>
       </c>
       <c r="B56" t="s">
         <v>142</v>
       </c>
       <c r="C56" t="s">
         <v>143</v>
       </c>
       <c r="D56" t="s">
         <v>144</v>
       </c>
     </row>
     <row r="57" spans="1:4">
       <c r="A57" t="s">
-        <v>13</v>
+        <v>10</v>
       </c>
       <c r="B57" t="s">
         <v>145</v>
       </c>
       <c r="C57" t="s">
         <v>146</v>
       </c>
       <c r="D57" t="s">
         <v>147</v>
       </c>
     </row>
     <row r="58" spans="1:4">
       <c r="A58" t="s">
-        <v>13</v>
+        <v>10</v>
       </c>
       <c r="B58" t="s">
         <v>148</v>
       </c>
       <c r="C58" t="s">
         <v>149</v>
       </c>
       <c r="D58" t="s">
         <v>150</v>
       </c>
     </row>
     <row r="59" spans="1:4">
       <c r="A59" t="s">
-        <v>13</v>
+        <v>10</v>
       </c>
       <c r="B59" t="s">
         <v>151</v>
       </c>
       <c r="C59" t="s">
         <v>152</v>
       </c>
       <c r="D59"/>
     </row>
     <row r="60" spans="1:4">
       <c r="A60" t="s">
-        <v>13</v>
+        <v>10</v>
       </c>
       <c r="B60" t="s">
         <v>153</v>
       </c>
       <c r="C60" t="s">
         <v>154</v>
       </c>
       <c r="D60" t="s">
         <v>155</v>
       </c>
     </row>
     <row r="61" spans="1:4">
       <c r="A61" t="s">
-        <v>13</v>
+        <v>10</v>
       </c>
       <c r="B61" t="s">
         <v>156</v>
       </c>
       <c r="C61" t="s">
         <v>157</v>
       </c>
       <c r="D61" t="s">
         <v>158</v>
       </c>
     </row>
     <row r="62" spans="1:4">
       <c r="A62" t="s">
-        <v>13</v>
+        <v>10</v>
       </c>
       <c r="B62" t="s">
         <v>159</v>
       </c>
       <c r="C62" t="s">
         <v>160</v>
       </c>
       <c r="D62"/>
     </row>
     <row r="63" spans="1:4">
       <c r="A63" t="s">
-        <v>13</v>
+        <v>10</v>
       </c>
       <c r="B63" t="s">
         <v>161</v>
       </c>
       <c r="C63" t="s">
         <v>162</v>
       </c>
       <c r="D63" t="s">
         <v>163</v>
       </c>
     </row>
     <row r="64" spans="1:4">
       <c r="A64" t="s">
-        <v>13</v>
+        <v>10</v>
       </c>
       <c r="B64" t="s">
         <v>164</v>
       </c>
       <c r="C64" t="s">
         <v>165</v>
       </c>
       <c r="D64" t="s">
         <v>166</v>
       </c>
     </row>
     <row r="65" spans="1:4">
       <c r="A65" t="s">
-        <v>13</v>
+        <v>10</v>
       </c>
       <c r="B65" t="s">
         <v>167</v>
       </c>
       <c r="C65" t="s">
         <v>168</v>
       </c>
       <c r="D65" t="s">
         <v>166</v>
       </c>
     </row>
     <row r="66" spans="1:4">
       <c r="A66" t="s">
-        <v>13</v>
+        <v>10</v>
       </c>
       <c r="B66" t="s">
         <v>169</v>
       </c>
       <c r="C66" t="s">
         <v>170</v>
       </c>
       <c r="D66"/>
     </row>
     <row r="67" spans="1:4">
       <c r="A67" t="s">
-        <v>13</v>
+        <v>10</v>
       </c>
       <c r="B67" t="s">
         <v>171</v>
       </c>
       <c r="C67" t="s">
         <v>172</v>
       </c>
       <c r="D67" t="s">
         <v>173</v>
       </c>
     </row>
     <row r="68" spans="1:4">
       <c r="A68" t="s">
-        <v>13</v>
+        <v>10</v>
       </c>
       <c r="B68" t="s">
         <v>174</v>
       </c>
       <c r="C68" t="s">
         <v>175</v>
       </c>
       <c r="D68" t="s">
         <v>176</v>
       </c>
     </row>
     <row r="69" spans="1:4">
       <c r="A69" t="s">
-        <v>13</v>
+        <v>10</v>
       </c>
       <c r="B69" t="s">
         <v>177</v>
       </c>
       <c r="C69" t="s">
         <v>178</v>
       </c>
       <c r="D69" t="s">
         <v>179</v>
       </c>
     </row>
     <row r="70" spans="1:4">
       <c r="A70" t="s">
-        <v>13</v>
+        <v>10</v>
       </c>
       <c r="B70" t="s">
         <v>180</v>
       </c>
       <c r="C70" t="s">
         <v>181</v>
       </c>
       <c r="D70" t="s">
         <v>182</v>
       </c>
     </row>
     <row r="71" spans="1:4">
       <c r="A71" t="s">
-        <v>13</v>
+        <v>10</v>
       </c>
       <c r="B71" t="s">
         <v>183</v>
       </c>
       <c r="C71" t="s">
         <v>184</v>
       </c>
       <c r="D71" t="s">
         <v>185</v>
       </c>
     </row>
     <row r="72" spans="1:4">
       <c r="A72" t="s">
-        <v>13</v>
+        <v>10</v>
       </c>
       <c r="B72" t="s">
         <v>186</v>
       </c>
       <c r="C72" t="s">
         <v>187</v>
       </c>
       <c r="D72" t="s">
         <v>188</v>
       </c>
     </row>
     <row r="73" spans="1:4">
       <c r="A73" t="s">
-        <v>13</v>
+        <v>10</v>
       </c>
       <c r="B73" t="s">
         <v>189</v>
       </c>
       <c r="C73" t="s">
         <v>190</v>
       </c>
       <c r="D73" t="s">
         <v>191</v>
       </c>
     </row>
     <row r="74" spans="1:4">
       <c r="A74" t="s">
-        <v>13</v>
+        <v>10</v>
       </c>
       <c r="B74" t="s">
         <v>192</v>
       </c>
       <c r="C74" t="s">
         <v>193</v>
       </c>
       <c r="D74" t="s">
         <v>194</v>
       </c>
     </row>
     <row r="75" spans="1:4">
       <c r="A75" t="s">
         <v>195</v>
       </c>
       <c r="B75" t="s">
         <v>196</v>
       </c>
       <c r="C75" t="s">
         <v>197</v>
       </c>
       <c r="D75" t="s">
         <v>198</v>
       </c>
     </row>
     <row r="76" spans="1:4">
       <c r="A76" t="s">
         <v>195</v>
       </c>
       <c r="B76" t="s">
         <v>199</v>
       </c>
       <c r="C76" t="s">
         <v>200</v>
       </c>
       <c r="D76"/>
     </row>
     <row r="77" spans="1:4">
       <c r="A77" t="s">
         <v>195</v>
       </c>
       <c r="B77" t="s">
-        <v>23</v>
+        <v>20</v>
       </c>
       <c r="C77" t="s">
         <v>201</v>
       </c>
       <c r="D77" t="s">
-        <v>25</v>
+        <v>22</v>
       </c>
     </row>
     <row r="78" spans="1:4">
       <c r="A78" t="s">
         <v>195</v>
       </c>
       <c r="B78" t="s">
-        <v>28</v>
+        <v>25</v>
       </c>
       <c r="C78" t="s">
         <v>202</v>
       </c>
       <c r="D78"/>
     </row>
     <row r="79" spans="1:4">
       <c r="A79" t="s">
         <v>195</v>
       </c>
       <c r="B79" t="s">
         <v>203</v>
       </c>
       <c r="C79" t="s">
         <v>204</v>
       </c>
       <c r="D79" t="s">
         <v>205</v>
       </c>
     </row>
     <row r="80" spans="1:4">
       <c r="A80" t="s">
         <v>195</v>
       </c>
       <c r="B80" t="s">
@@ -2350,51 +2352,51 @@
         <v>213</v>
       </c>
       <c r="D82" t="s">
         <v>214</v>
       </c>
     </row>
     <row r="83" spans="1:4">
       <c r="A83" t="s">
         <v>195</v>
       </c>
       <c r="B83" t="s">
         <v>215</v>
       </c>
       <c r="C83" t="s">
         <v>216</v>
       </c>
       <c r="D83" t="s">
         <v>217</v>
       </c>
     </row>
     <row r="84" spans="1:4">
       <c r="A84" t="s">
         <v>195</v>
       </c>
       <c r="B84" t="s">
-        <v>67</v>
+        <v>64</v>
       </c>
       <c r="C84" t="s">
         <v>218</v>
       </c>
       <c r="D84" t="s">
         <v>219</v>
       </c>
     </row>
     <row r="85" spans="1:4">
       <c r="A85" t="s">
         <v>195</v>
       </c>
       <c r="B85" t="s">
         <v>220</v>
       </c>
       <c r="C85" t="s">
         <v>221</v>
       </c>
       <c r="D85" t="s">
         <v>222</v>
       </c>
     </row>
     <row r="86" spans="1:4">
       <c r="A86" t="s">
         <v>195</v>
@@ -2434,51 +2436,51 @@
         <v>230</v>
       </c>
       <c r="D88" t="s">
         <v>231</v>
       </c>
     </row>
     <row r="89" spans="1:4">
       <c r="A89" t="s">
         <v>195</v>
       </c>
       <c r="B89" t="s">
         <v>232</v>
       </c>
       <c r="C89" t="s">
         <v>233</v>
       </c>
       <c r="D89" t="s">
         <v>234</v>
       </c>
     </row>
     <row r="90" spans="1:4">
       <c r="A90" t="s">
         <v>195</v>
       </c>
       <c r="B90" t="s">
-        <v>83</v>
+        <v>80</v>
       </c>
       <c r="C90" t="s">
         <v>235</v>
       </c>
       <c r="D90"/>
     </row>
     <row r="91" spans="1:4">
       <c r="A91" t="s">
         <v>195</v>
       </c>
       <c r="B91" t="s">
         <v>236</v>
       </c>
       <c r="C91" t="s">
         <v>237</v>
       </c>
       <c r="D91" t="s">
         <v>238</v>
       </c>
     </row>
     <row r="92" spans="1:4">
       <c r="A92" t="s">
         <v>195</v>
       </c>
       <c r="B92" t="s">