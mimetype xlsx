--- v3 (2026-02-24)
+++ v4 (2026-03-17)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="CUMME" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="265">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="268">
   <si>
     <t>type</t>
   </si>
   <si>
     <t>EPPOCode</t>
   </si>
   <si>
     <t>Pref_name</t>
   </si>
   <si>
     <t>References</t>
   </si>
   <si>
     <t>Experimental</t>
   </si>
   <si>
     <t>AVBO00</t>
   </si>
   <si>
     <t>Cheravirus arracaciae oca strain (as Cucurbitaceae)</t>
   </si>
   <si>
     <t>MELGFL</t>
   </si>
   <si>
@@ -148,50 +148,59 @@
   </si>
   <si>
     <t>* Allwood AJ, Chinajariyawong A, Kritsaneepaiboon S, Drew RAI, Hamacek EL, Hancock DL, Hengsawad C, Jinapin JC, Jirasurat M, Krong CK, Leong CTS, Vijaysegaran S (1999) Host plant records for fruit flies (Diptera: Tephritidae) in Southeast Asia. The Raffles Bulletin of Zoology 47(7), 1-92.
 * He Y, Xu Y, Chen X (2023) Biology, ecology and management of Tephritid fruit flies in China: A review. Insects 14, 196. https://doi.org/10.3390/insects14020196</t>
   </si>
   <si>
     <t>BARIGR</t>
   </si>
   <si>
     <t>Baris granulipennis (as Cucurbitaceae)</t>
   </si>
   <si>
     <t>CLCUGV</t>
   </si>
   <si>
     <t>Begomovirus gossypigeziraense</t>
   </si>
   <si>
     <t>* Gambley C, Cremer J, Campbell P, Roach R, Abdel-Salam AM (2020) New host records for cotton leaf curl Gezira virus: capsicum and melon in Egypt. Australasian Plant Disease Notes 15, 3. https://doi.org/10.1007/s13314-019-0372-3</t>
   </si>
   <si>
     <t>BEMITA</t>
   </si>
   <si>
     <t>Bemisia tabaci (as Cucurbitaceae)</t>
+  </si>
+  <si>
+    <t>CPMMV0</t>
+  </si>
+  <si>
+    <t>Carlavirus vignae</t>
+  </si>
+  <si>
+    <t>* Silva BA, Kauffmann CM, Cardenas SB, Queiroz PS, Batista AM, Mota HB, Inoue-Nagata AK, Freitas DM, Nagata T (2026) First report of melon and cucumber plants as natural hosts of cowpea mild mottle virus. Journal of Plant Pathology 24 1-2 https://doi.org/10.1007/s42161-026-02122-1</t>
   </si>
   <si>
     <t>CRTZBR</t>
   </si>
   <si>
     <t>Ceratothripoides brunneus</t>
   </si>
   <si>
     <t>CRTZCL</t>
   </si>
   <si>
     <t>Ceratothripoides claratris</t>
   </si>
   <si>
     <t>* Steenken N, Halaweh N (2011) Host plant preference study for Ceratothripoides claratris (Shumsher) (Thysanoptera: Thripidae) and CaCV (Genus Tospovirus; Family Bunyaviridae) in Bangkok, Thailand. Journal of Entomology 8(2), 198-203.</t>
   </si>
   <si>
     <t>HELIVI</t>
   </si>
   <si>
     <t>Chloridea virescens</t>
   </si>
   <si>
     <t>* Capinera JL (2001) Heliothis virescens (Fabricius) (Insecta: Lepidoptera: Noctuidae) EENY-219 (latest revision Dec. 2018). Featured Creatures. University of Florida. https://entnemdept.ufl.edu/creatures/field/tobacco_budworm.htm
 * Kogan M, Helm CG, Kogan J, Brewer E (1989) Distribution and economic importance of Heliothis virescens and Heliothis zea in North, Central, and South America and of their Natural Enemies and Host Plants. pp 241-297 In Proceedings of the Workshop on Biological Control of Heliothis: Increasing the effectiveness of natural enemies. USDA.
@@ -1225,51 +1234,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D101"/>
+  <dimension ref="A1:D102"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="15.282" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="61.271" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="430.466" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
@@ -1467,171 +1476,171 @@
         <v>41</v>
       </c>
     </row>
     <row r="17" spans="1:4">
       <c r="A17" t="s">
         <v>10</v>
       </c>
       <c r="B17" t="s">
         <v>42</v>
       </c>
       <c r="C17" t="s">
         <v>43</v>
       </c>
       <c r="D17"/>
     </row>
     <row r="18" spans="1:4">
       <c r="A18" t="s">
         <v>10</v>
       </c>
       <c r="B18" t="s">
         <v>44</v>
       </c>
       <c r="C18" t="s">
         <v>45</v>
       </c>
-      <c r="D18"/>
+      <c r="D18" t="s">
+        <v>46</v>
+      </c>
     </row>
     <row r="19" spans="1:4">
       <c r="A19" t="s">
         <v>10</v>
       </c>
       <c r="B19" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="C19" t="s">
-        <v>47</v>
-[...1 lines deleted...]
-      <c r="D19" t="s">
         <v>48</v>
       </c>
+      <c r="D19"/>
     </row>
     <row r="20" spans="1:4">
       <c r="A20" t="s">
         <v>10</v>
       </c>
       <c r="B20" t="s">
         <v>49</v>
       </c>
       <c r="C20" t="s">
         <v>50</v>
       </c>
       <c r="D20" t="s">
         <v>51</v>
       </c>
     </row>
     <row r="21" spans="1:4">
       <c r="A21" t="s">
         <v>10</v>
       </c>
       <c r="B21" t="s">
         <v>52</v>
       </c>
       <c r="C21" t="s">
         <v>53</v>
       </c>
-      <c r="D21"/>
+      <c r="D21" t="s">
+        <v>54</v>
+      </c>
     </row>
     <row r="22" spans="1:4">
       <c r="A22" t="s">
         <v>10</v>
       </c>
       <c r="B22" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="C22" t="s">
-        <v>55</v>
-[...1 lines deleted...]
-      <c r="D22" t="s">
         <v>56</v>
       </c>
+      <c r="D22"/>
     </row>
     <row r="23" spans="1:4">
       <c r="A23" t="s">
         <v>10</v>
       </c>
       <c r="B23" t="s">
         <v>57</v>
       </c>
       <c r="C23" t="s">
         <v>58</v>
       </c>
       <c r="D23" t="s">
-        <v>56</v>
+        <v>59</v>
       </c>
     </row>
     <row r="24" spans="1:4">
       <c r="A24" t="s">
         <v>10</v>
       </c>
       <c r="B24" t="s">
+        <v>60</v>
+      </c>
+      <c r="C24" t="s">
+        <v>61</v>
+      </c>
+      <c r="D24" t="s">
         <v>59</v>
-      </c>
-[...4 lines deleted...]
-        <v>61</v>
       </c>
     </row>
     <row r="25" spans="1:4">
       <c r="A25" t="s">
         <v>10</v>
       </c>
       <c r="B25" t="s">
         <v>62</v>
       </c>
       <c r="C25" t="s">
         <v>63</v>
       </c>
-      <c r="D25"/>
+      <c r="D25" t="s">
+        <v>64</v>
+      </c>
     </row>
     <row r="26" spans="1:4">
       <c r="A26" t="s">
         <v>10</v>
       </c>
       <c r="B26" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="C26" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="D26"/>
     </row>
     <row r="27" spans="1:4">
       <c r="A27" t="s">
         <v>10</v>
       </c>
       <c r="B27" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="C27" t="s">
-        <v>67</v>
-[...1 lines deleted...]
-      <c r="D27" t="s">
         <v>68</v>
       </c>
+      <c r="D27"/>
     </row>
     <row r="28" spans="1:4">
       <c r="A28" t="s">
         <v>10</v>
       </c>
       <c r="B28" t="s">
         <v>69</v>
       </c>
       <c r="C28" t="s">
         <v>70</v>
       </c>
       <c r="D28" t="s">
         <v>71</v>
       </c>
     </row>
     <row r="29" spans="1:4">
       <c r="A29" t="s">
         <v>10</v>
       </c>
       <c r="B29" t="s">
         <v>72</v>
       </c>
       <c r="C29" t="s">
         <v>73</v>
       </c>
@@ -1641,169 +1650,169 @@
     </row>
     <row r="30" spans="1:4">
       <c r="A30" t="s">
         <v>10</v>
       </c>
       <c r="B30" t="s">
         <v>75</v>
       </c>
       <c r="C30" t="s">
         <v>76</v>
       </c>
       <c r="D30" t="s">
         <v>77</v>
       </c>
     </row>
     <row r="31" spans="1:4">
       <c r="A31" t="s">
         <v>10</v>
       </c>
       <c r="B31" t="s">
         <v>78</v>
       </c>
       <c r="C31" t="s">
         <v>79</v>
       </c>
-      <c r="D31"/>
+      <c r="D31" t="s">
+        <v>80</v>
+      </c>
     </row>
     <row r="32" spans="1:4">
       <c r="A32" t="s">
         <v>10</v>
       </c>
       <c r="B32" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="C32" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="D32"/>
     </row>
     <row r="33" spans="1:4">
       <c r="A33" t="s">
         <v>10</v>
       </c>
       <c r="B33" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="C33" t="s">
-        <v>83</v>
-[...1 lines deleted...]
-      <c r="D33" t="s">
         <v>84</v>
       </c>
+      <c r="D33"/>
     </row>
     <row r="34" spans="1:4">
       <c r="A34" t="s">
         <v>10</v>
       </c>
       <c r="B34" t="s">
-        <v>82</v>
+        <v>85</v>
       </c>
       <c r="C34" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="D34" t="s">
-        <v>84</v>
+        <v>87</v>
       </c>
     </row>
     <row r="35" spans="1:4">
       <c r="A35" t="s">
         <v>10</v>
       </c>
       <c r="B35" t="s">
-        <v>86</v>
+        <v>85</v>
       </c>
       <c r="C35" t="s">
+        <v>88</v>
+      </c>
+      <c r="D35" t="s">
         <v>87</v>
       </c>
-      <c r="D35"/>
     </row>
     <row r="36" spans="1:4">
       <c r="A36" t="s">
         <v>10</v>
       </c>
       <c r="B36" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="C36" t="s">
-        <v>89</v>
-[...1 lines deleted...]
-      <c r="D36" t="s">
         <v>90</v>
       </c>
+      <c r="D36"/>
     </row>
     <row r="37" spans="1:4">
       <c r="A37" t="s">
         <v>10</v>
       </c>
       <c r="B37" t="s">
         <v>91</v>
       </c>
       <c r="C37" t="s">
         <v>92</v>
       </c>
-      <c r="D37"/>
+      <c r="D37" t="s">
+        <v>93</v>
+      </c>
     </row>
     <row r="38" spans="1:4">
       <c r="A38" t="s">
         <v>10</v>
       </c>
       <c r="B38" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="C38" t="s">
-        <v>94</v>
-[...1 lines deleted...]
-      <c r="D38" t="s">
         <v>95</v>
       </c>
+      <c r="D38"/>
     </row>
     <row r="39" spans="1:4">
       <c r="A39" t="s">
         <v>10</v>
       </c>
       <c r="B39" t="s">
         <v>96</v>
       </c>
       <c r="C39" t="s">
         <v>97</v>
       </c>
-      <c r="D39"/>
+      <c r="D39" t="s">
+        <v>98</v>
+      </c>
     </row>
     <row r="40" spans="1:4">
       <c r="A40" t="s">
         <v>10</v>
       </c>
       <c r="B40" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="C40" t="s">
-        <v>99</v>
-[...1 lines deleted...]
-      <c r="D40" t="s">
         <v>100</v>
       </c>
+      <c r="D40"/>
     </row>
     <row r="41" spans="1:4">
       <c r="A41" t="s">
         <v>10</v>
       </c>
       <c r="B41" t="s">
         <v>101</v>
       </c>
       <c r="C41" t="s">
         <v>102</v>
       </c>
       <c r="D41" t="s">
         <v>103</v>
       </c>
     </row>
     <row r="42" spans="1:4">
       <c r="A42" t="s">
         <v>10</v>
       </c>
       <c r="B42" t="s">
         <v>104</v>
       </c>
       <c r="C42" t="s">
         <v>105</v>
       </c>
@@ -1841,173 +1850,173 @@
     </row>
     <row r="45" spans="1:4">
       <c r="A45" t="s">
         <v>10</v>
       </c>
       <c r="B45" t="s">
         <v>113</v>
       </c>
       <c r="C45" t="s">
         <v>114</v>
       </c>
       <c r="D45" t="s">
         <v>115</v>
       </c>
     </row>
     <row r="46" spans="1:4">
       <c r="A46" t="s">
         <v>10</v>
       </c>
       <c r="B46" t="s">
         <v>116</v>
       </c>
       <c r="C46" t="s">
         <v>117</v>
       </c>
-      <c r="D46"/>
+      <c r="D46" t="s">
+        <v>118</v>
+      </c>
     </row>
     <row r="47" spans="1:4">
       <c r="A47" t="s">
         <v>10</v>
       </c>
       <c r="B47" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="C47" t="s">
-        <v>119</v>
-[...1 lines deleted...]
-      <c r="D47" t="s">
         <v>120</v>
       </c>
+      <c r="D47"/>
     </row>
     <row r="48" spans="1:4">
       <c r="A48" t="s">
         <v>10</v>
       </c>
       <c r="B48" t="s">
         <v>121</v>
       </c>
       <c r="C48" t="s">
         <v>122</v>
       </c>
       <c r="D48" t="s">
         <v>123</v>
       </c>
     </row>
     <row r="49" spans="1:4">
       <c r="A49" t="s">
         <v>10</v>
       </c>
       <c r="B49" t="s">
         <v>124</v>
       </c>
       <c r="C49" t="s">
         <v>125</v>
       </c>
       <c r="D49" t="s">
         <v>126</v>
       </c>
     </row>
     <row r="50" spans="1:4">
       <c r="A50" t="s">
         <v>10</v>
       </c>
       <c r="B50" t="s">
-        <v>124</v>
+        <v>127</v>
       </c>
       <c r="C50" t="s">
-        <v>127</v>
-[...1 lines deleted...]
-      <c r="D50"/>
+        <v>128</v>
+      </c>
+      <c r="D50" t="s">
+        <v>129</v>
+      </c>
     </row>
     <row r="51" spans="1:4">
       <c r="A51" t="s">
         <v>10</v>
       </c>
       <c r="B51" t="s">
-        <v>128</v>
+        <v>127</v>
       </c>
       <c r="C51" t="s">
-        <v>129</v>
-[...1 lines deleted...]
-      <c r="D51" t="s">
         <v>130</v>
       </c>
+      <c r="D51"/>
     </row>
     <row r="52" spans="1:4">
       <c r="A52" t="s">
         <v>10</v>
       </c>
       <c r="B52" t="s">
         <v>131</v>
       </c>
       <c r="C52" t="s">
         <v>132</v>
       </c>
       <c r="D52" t="s">
         <v>133</v>
       </c>
     </row>
     <row r="53" spans="1:4">
       <c r="A53" t="s">
         <v>10</v>
       </c>
       <c r="B53" t="s">
         <v>134</v>
       </c>
       <c r="C53" t="s">
         <v>135</v>
       </c>
       <c r="D53" t="s">
         <v>136</v>
       </c>
     </row>
     <row r="54" spans="1:4">
       <c r="A54" t="s">
         <v>10</v>
       </c>
       <c r="B54" t="s">
         <v>137</v>
       </c>
       <c r="C54" t="s">
         <v>138</v>
       </c>
-      <c r="D54"/>
+      <c r="D54" t="s">
+        <v>139</v>
+      </c>
     </row>
     <row r="55" spans="1:4">
       <c r="A55" t="s">
         <v>10</v>
       </c>
       <c r="B55" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="C55" t="s">
-        <v>140</v>
-[...1 lines deleted...]
-      <c r="D55" t="s">
         <v>141</v>
       </c>
+      <c r="D55"/>
     </row>
     <row r="56" spans="1:4">
       <c r="A56" t="s">
         <v>10</v>
       </c>
       <c r="B56" t="s">
         <v>142</v>
       </c>
       <c r="C56" t="s">
         <v>143</v>
       </c>
       <c r="D56" t="s">
         <v>144</v>
       </c>
     </row>
     <row r="57" spans="1:4">
       <c r="A57" t="s">
         <v>10</v>
       </c>
       <c r="B57" t="s">
         <v>145</v>
       </c>
       <c r="C57" t="s">
         <v>146</v>
       </c>
@@ -2017,159 +2026,159 @@
     </row>
     <row r="58" spans="1:4">
       <c r="A58" t="s">
         <v>10</v>
       </c>
       <c r="B58" t="s">
         <v>148</v>
       </c>
       <c r="C58" t="s">
         <v>149</v>
       </c>
       <c r="D58" t="s">
         <v>150</v>
       </c>
     </row>
     <row r="59" spans="1:4">
       <c r="A59" t="s">
         <v>10</v>
       </c>
       <c r="B59" t="s">
         <v>151</v>
       </c>
       <c r="C59" t="s">
         <v>152</v>
       </c>
-      <c r="D59"/>
+      <c r="D59" t="s">
+        <v>153</v>
+      </c>
     </row>
     <row r="60" spans="1:4">
       <c r="A60" t="s">
         <v>10</v>
       </c>
       <c r="B60" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
       <c r="C60" t="s">
-        <v>154</v>
-[...1 lines deleted...]
-      <c r="D60" t="s">
         <v>155</v>
       </c>
+      <c r="D60"/>
     </row>
     <row r="61" spans="1:4">
       <c r="A61" t="s">
         <v>10</v>
       </c>
       <c r="B61" t="s">
         <v>156</v>
       </c>
       <c r="C61" t="s">
         <v>157</v>
       </c>
       <c r="D61" t="s">
         <v>158</v>
       </c>
     </row>
     <row r="62" spans="1:4">
       <c r="A62" t="s">
         <v>10</v>
       </c>
       <c r="B62" t="s">
         <v>159</v>
       </c>
       <c r="C62" t="s">
         <v>160</v>
       </c>
-      <c r="D62"/>
+      <c r="D62" t="s">
+        <v>161</v>
+      </c>
     </row>
     <row r="63" spans="1:4">
       <c r="A63" t="s">
         <v>10</v>
       </c>
       <c r="B63" t="s">
-        <v>161</v>
+        <v>162</v>
       </c>
       <c r="C63" t="s">
-        <v>162</v>
-[...1 lines deleted...]
-      <c r="D63" t="s">
         <v>163</v>
       </c>
+      <c r="D63"/>
     </row>
     <row r="64" spans="1:4">
       <c r="A64" t="s">
         <v>10</v>
       </c>
       <c r="B64" t="s">
         <v>164</v>
       </c>
       <c r="C64" t="s">
         <v>165</v>
       </c>
       <c r="D64" t="s">
         <v>166</v>
       </c>
     </row>
     <row r="65" spans="1:4">
       <c r="A65" t="s">
         <v>10</v>
       </c>
       <c r="B65" t="s">
         <v>167</v>
       </c>
       <c r="C65" t="s">
         <v>168</v>
       </c>
       <c r="D65" t="s">
-        <v>166</v>
+        <v>169</v>
       </c>
     </row>
     <row r="66" spans="1:4">
       <c r="A66" t="s">
         <v>10</v>
       </c>
       <c r="B66" t="s">
+        <v>170</v>
+      </c>
+      <c r="C66" t="s">
+        <v>171</v>
+      </c>
+      <c r="D66" t="s">
         <v>169</v>
       </c>
-      <c r="C66" t="s">
-[...2 lines deleted...]
-      <c r="D66"/>
     </row>
     <row r="67" spans="1:4">
       <c r="A67" t="s">
         <v>10</v>
       </c>
       <c r="B67" t="s">
-        <v>171</v>
+        <v>172</v>
       </c>
       <c r="C67" t="s">
-        <v>172</v>
-[...1 lines deleted...]
-      <c r="D67" t="s">
         <v>173</v>
       </c>
+      <c r="D67"/>
     </row>
     <row r="68" spans="1:4">
       <c r="A68" t="s">
         <v>10</v>
       </c>
       <c r="B68" t="s">
         <v>174</v>
       </c>
       <c r="C68" t="s">
         <v>175</v>
       </c>
       <c r="D68" t="s">
         <v>176</v>
       </c>
     </row>
     <row r="69" spans="1:4">
       <c r="A69" t="s">
         <v>10</v>
       </c>
       <c r="B69" t="s">
         <v>177</v>
       </c>
       <c r="C69" t="s">
         <v>178</v>
       </c>
@@ -2227,415 +2236,429 @@
         <v>189</v>
       </c>
       <c r="C73" t="s">
         <v>190</v>
       </c>
       <c r="D73" t="s">
         <v>191</v>
       </c>
     </row>
     <row r="74" spans="1:4">
       <c r="A74" t="s">
         <v>10</v>
       </c>
       <c r="B74" t="s">
         <v>192</v>
       </c>
       <c r="C74" t="s">
         <v>193</v>
       </c>
       <c r="D74" t="s">
         <v>194</v>
       </c>
     </row>
     <row r="75" spans="1:4">
       <c r="A75" t="s">
+        <v>10</v>
+      </c>
+      <c r="B75" t="s">
         <v>195</v>
       </c>
-      <c r="B75" t="s">
+      <c r="C75" t="s">
         <v>196</v>
       </c>
-      <c r="C75" t="s">
+      <c r="D75" t="s">
         <v>197</v>
-      </c>
-[...1 lines deleted...]
-        <v>198</v>
       </c>
     </row>
     <row r="76" spans="1:4">
       <c r="A76" t="s">
-        <v>195</v>
+        <v>198</v>
       </c>
       <c r="B76" t="s">
         <v>199</v>
       </c>
       <c r="C76" t="s">
         <v>200</v>
       </c>
-      <c r="D76"/>
+      <c r="D76" t="s">
+        <v>201</v>
+      </c>
     </row>
     <row r="77" spans="1:4">
       <c r="A77" t="s">
-        <v>195</v>
+        <v>198</v>
       </c>
       <c r="B77" t="s">
-        <v>20</v>
+        <v>202</v>
       </c>
       <c r="C77" t="s">
-        <v>201</v>
-[...3 lines deleted...]
-      </c>
+        <v>203</v>
+      </c>
+      <c r="D77"/>
     </row>
     <row r="78" spans="1:4">
       <c r="A78" t="s">
-        <v>195</v>
+        <v>198</v>
       </c>
       <c r="B78" t="s">
-        <v>25</v>
+        <v>20</v>
       </c>
       <c r="C78" t="s">
-        <v>202</v>
-[...1 lines deleted...]
-      <c r="D78"/>
+        <v>204</v>
+      </c>
+      <c r="D78" t="s">
+        <v>22</v>
+      </c>
     </row>
     <row r="79" spans="1:4">
       <c r="A79" t="s">
-        <v>195</v>
+        <v>198</v>
       </c>
       <c r="B79" t="s">
-        <v>203</v>
+        <v>25</v>
       </c>
       <c r="C79" t="s">
-        <v>204</v>
-[...1 lines deleted...]
-      <c r="D79" t="s">
         <v>205</v>
       </c>
+      <c r="D79"/>
     </row>
     <row r="80" spans="1:4">
       <c r="A80" t="s">
-        <v>195</v>
+        <v>198</v>
       </c>
       <c r="B80" t="s">
         <v>206</v>
       </c>
       <c r="C80" t="s">
         <v>207</v>
       </c>
       <c r="D80" t="s">
         <v>208</v>
       </c>
     </row>
     <row r="81" spans="1:4">
       <c r="A81" t="s">
-        <v>195</v>
+        <v>198</v>
       </c>
       <c r="B81" t="s">
         <v>209</v>
       </c>
       <c r="C81" t="s">
         <v>210</v>
       </c>
       <c r="D81" t="s">
         <v>211</v>
       </c>
     </row>
     <row r="82" spans="1:4">
       <c r="A82" t="s">
-        <v>195</v>
+        <v>198</v>
       </c>
       <c r="B82" t="s">
         <v>212</v>
       </c>
       <c r="C82" t="s">
         <v>213</v>
       </c>
       <c r="D82" t="s">
         <v>214</v>
       </c>
     </row>
     <row r="83" spans="1:4">
       <c r="A83" t="s">
-        <v>195</v>
+        <v>198</v>
       </c>
       <c r="B83" t="s">
         <v>215</v>
       </c>
       <c r="C83" t="s">
         <v>216</v>
       </c>
       <c r="D83" t="s">
         <v>217</v>
       </c>
     </row>
     <row r="84" spans="1:4">
       <c r="A84" t="s">
-        <v>195</v>
+        <v>198</v>
       </c>
       <c r="B84" t="s">
-        <v>64</v>
+        <v>218</v>
       </c>
       <c r="C84" t="s">
-        <v>218</v>
+        <v>219</v>
       </c>
       <c r="D84" t="s">
-        <v>219</v>
+        <v>220</v>
       </c>
     </row>
     <row r="85" spans="1:4">
       <c r="A85" t="s">
-        <v>195</v>
+        <v>198</v>
       </c>
       <c r="B85" t="s">
-        <v>220</v>
+        <v>67</v>
       </c>
       <c r="C85" t="s">
         <v>221</v>
       </c>
       <c r="D85" t="s">
         <v>222</v>
       </c>
     </row>
     <row r="86" spans="1:4">
       <c r="A86" t="s">
-        <v>195</v>
+        <v>198</v>
       </c>
       <c r="B86" t="s">
         <v>223</v>
       </c>
       <c r="C86" t="s">
         <v>224</v>
       </c>
       <c r="D86" t="s">
         <v>225</v>
       </c>
     </row>
     <row r="87" spans="1:4">
       <c r="A87" t="s">
-        <v>195</v>
+        <v>198</v>
       </c>
       <c r="B87" t="s">
         <v>226</v>
       </c>
       <c r="C87" t="s">
         <v>227</v>
       </c>
       <c r="D87" t="s">
         <v>228</v>
       </c>
     </row>
     <row r="88" spans="1:4">
       <c r="A88" t="s">
-        <v>195</v>
+        <v>198</v>
       </c>
       <c r="B88" t="s">
         <v>229</v>
       </c>
       <c r="C88" t="s">
         <v>230</v>
       </c>
       <c r="D88" t="s">
         <v>231</v>
       </c>
     </row>
     <row r="89" spans="1:4">
       <c r="A89" t="s">
-        <v>195</v>
+        <v>198</v>
       </c>
       <c r="B89" t="s">
         <v>232</v>
       </c>
       <c r="C89" t="s">
         <v>233</v>
       </c>
       <c r="D89" t="s">
         <v>234</v>
       </c>
     </row>
     <row r="90" spans="1:4">
       <c r="A90" t="s">
-        <v>195</v>
+        <v>198</v>
       </c>
       <c r="B90" t="s">
-        <v>80</v>
+        <v>235</v>
       </c>
       <c r="C90" t="s">
-        <v>235</v>
-[...1 lines deleted...]
-      <c r="D90"/>
+        <v>236</v>
+      </c>
+      <c r="D90" t="s">
+        <v>237</v>
+      </c>
     </row>
     <row r="91" spans="1:4">
       <c r="A91" t="s">
-        <v>195</v>
+        <v>198</v>
       </c>
       <c r="B91" t="s">
-        <v>236</v>
+        <v>83</v>
       </c>
       <c r="C91" t="s">
-        <v>237</v>
-[...1 lines deleted...]
-      <c r="D91" t="s">
         <v>238</v>
       </c>
+      <c r="D91"/>
     </row>
     <row r="92" spans="1:4">
       <c r="A92" t="s">
-        <v>195</v>
+        <v>198</v>
       </c>
       <c r="B92" t="s">
         <v>239</v>
       </c>
       <c r="C92" t="s">
         <v>240</v>
       </c>
       <c r="D92" t="s">
         <v>241</v>
       </c>
     </row>
     <row r="93" spans="1:4">
       <c r="A93" t="s">
-        <v>195</v>
+        <v>198</v>
       </c>
       <c r="B93" t="s">
-        <v>137</v>
+        <v>242</v>
       </c>
       <c r="C93" t="s">
-        <v>242</v>
+        <v>243</v>
       </c>
       <c r="D93" t="s">
-        <v>243</v>
+        <v>244</v>
       </c>
     </row>
     <row r="94" spans="1:4">
       <c r="A94" t="s">
-        <v>195</v>
+        <v>198</v>
       </c>
       <c r="B94" t="s">
-        <v>244</v>
+        <v>140</v>
       </c>
       <c r="C94" t="s">
         <v>245</v>
       </c>
       <c r="D94" t="s">
         <v>246</v>
       </c>
     </row>
     <row r="95" spans="1:4">
       <c r="A95" t="s">
-        <v>195</v>
+        <v>198</v>
       </c>
       <c r="B95" t="s">
         <v>247</v>
       </c>
       <c r="C95" t="s">
         <v>248</v>
       </c>
       <c r="D95" t="s">
         <v>249</v>
       </c>
     </row>
     <row r="96" spans="1:4">
       <c r="A96" t="s">
-        <v>195</v>
+        <v>198</v>
       </c>
       <c r="B96" t="s">
         <v>250</v>
       </c>
       <c r="C96" t="s">
         <v>251</v>
       </c>
       <c r="D96" t="s">
         <v>252</v>
       </c>
     </row>
     <row r="97" spans="1:4">
       <c r="A97" t="s">
-        <v>195</v>
+        <v>198</v>
       </c>
       <c r="B97" t="s">
         <v>253</v>
       </c>
       <c r="C97" t="s">
         <v>254</v>
       </c>
       <c r="D97" t="s">
         <v>255</v>
       </c>
     </row>
     <row r="98" spans="1:4">
       <c r="A98" t="s">
-        <v>195</v>
+        <v>198</v>
       </c>
       <c r="B98" t="s">
-        <v>253</v>
+        <v>256</v>
       </c>
       <c r="C98" t="s">
-        <v>256</v>
-[...1 lines deleted...]
-      <c r="D98"/>
+        <v>257</v>
+      </c>
+      <c r="D98" t="s">
+        <v>258</v>
+      </c>
     </row>
     <row r="99" spans="1:4">
       <c r="A99" t="s">
-        <v>195</v>
+        <v>198</v>
       </c>
       <c r="B99" t="s">
-        <v>257</v>
+        <v>256</v>
       </c>
       <c r="C99" t="s">
-        <v>258</v>
-[...1 lines deleted...]
-      <c r="D99" t="s">
         <v>259</v>
       </c>
+      <c r="D99"/>
     </row>
     <row r="100" spans="1:4">
       <c r="A100" t="s">
-        <v>195</v>
+        <v>198</v>
       </c>
       <c r="B100" t="s">
         <v>260</v>
       </c>
       <c r="C100" t="s">
         <v>261</v>
       </c>
       <c r="D100" t="s">
         <v>262</v>
       </c>
     </row>
     <row r="101" spans="1:4">
       <c r="A101" t="s">
+        <v>198</v>
+      </c>
+      <c r="B101" t="s">
         <v>263</v>
-      </c>
-[...1 lines deleted...]
-        <v>257</v>
       </c>
       <c r="C101" t="s">
         <v>264</v>
       </c>
-      <c r="D101"/>
+      <c r="D101" t="s">
+        <v>265</v>
+      </c>
+    </row>
+    <row r="102" spans="1:4">
+      <c r="A102" t="s">
+        <v>266</v>
+      </c>
+      <c r="B102" t="s">
+        <v>260</v>
+      </c>
+      <c r="C102" t="s">
+        <v>267</v>
+      </c>
+      <c r="D102"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>