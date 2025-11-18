--- v0 (2025-10-08)
+++ v1 (2025-11-18)
@@ -281,51 +281,51 @@
               <w:t xml:space="preserve">Citrus tristeza virus</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> bud-union decline of citrus, die-back of lime, quick decline of citrus, seedling yellows of citrus, stem pitting of grapefruit, tristeza of citrus</w:t>
             </w:r>
-            <w:hyperlink r:id="rId987468e6caae4eeda" w:history="1">
+            <w:hyperlink r:id="rId3730691c013bbc556" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -341,51 +341,51 @@
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 Quarantine pest (Annex II A), PZ Quarantine pest (Annex III), RNQP (Annex IV)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId174168e6caae4ef41" w:history="1">
+            <w:hyperlink r:id="rId6333691c013bbc5c5" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -399,86 +399,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> CTV000</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="993694" name="name163168e6caae4f697" descr="485.jpg"/>
+                  <wp:docPr id="77352311" name="name7414691c013bbcf03" descr="485.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="485.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId530168e6caae4f695" cstate="print"/>
+                          <a:blip r:embed="rId6701691c013bbcf02" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId488268e6caae4f796" w:history="1">
+            <w:hyperlink r:id="rId8322691c013bbd08b" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
@@ -1356,63 +1356,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">., 2015).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="77917948" name="name437068e6caae50ab2" descr="CTV000_distribution_map.jpg"/>
+            <wp:docPr id="73453710" name="name6812691c013bbe7f9" descr="CTV000_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="CTV000_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId528468e6caae50aaf" cstate="print"/>
+                    <a:blip r:embed="rId8838691c013bbe7f7" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -4748,72 +4748,72 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Journal of Plant Pathology </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">100</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 351. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId103468e6caae52314" w:history="1">
+      <w:hyperlink r:id="rId4227691c013bbffe7" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s42161-018-0059-1</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
-      <w:hyperlink r:id="rId615568e6caae52341" w:history="1"/>
+      <w:hyperlink r:id="rId1844691c013bc0011" w:history="1"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Ayllón MA, Gowda S, Satyanayanana T, Karasev AV, Adkins, S, Mawassi M, Guerri J, Moreno P &amp; Dawson WO (2003) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
@@ -5167,51 +5167,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">European Journal of Plant Pathology </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">120</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 177-188.  </w:t>
       </w:r>
-      <w:hyperlink r:id="rId733968e6caae525f0" w:history="1">
+      <w:hyperlink r:id="rId6514691c013bc02a1" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s10658-007-9206-9</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5344,51 +5344,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Cambra M, Vidal E, Martinez C &amp; Bertolini E (2015) Tissue print and squash capture real-time RT-PCR method for direct detection of Citrus tristeza virus (CTV) in plant or vector tissues. In: Antonino F. Catara et al. (eds.), Citrus tristeza virus: Methods and protocols, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Methods in Molecular Biology,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> vol. 2015, Chapter 5. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId512568e6caae52728" w:history="1">
+      <w:hyperlink r:id="rId9314691c013bc03c3" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/978-1-4939-9558-5_5</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="000000"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:t xml:space="preserve"> </w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5523,51 +5523,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">European Journal of Plant Pathology </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">124</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, p 701. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId166668e6caae52856" w:history="1">
+      <w:hyperlink r:id="rId2837691c013bc04de" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s10658-009-9444-0</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="000000"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:t xml:space="preserve"> </w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5893,51 +5893,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">54</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 55-63. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId421668e6caae52abb" w:history="1">
+      <w:hyperlink r:id="rId2514691c013bc0738" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.14601/Phytopathol_Mediterr-14503</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="000000"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:t xml:space="preserve"> </w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -7926,51 +7926,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Roberts PD, McGovern RJ, Lee RF &amp; Niblett CL (2001) Tristeza</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Florida Cooperative Extension Service</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, Institute of Food and Agricultural Sciences, University of Florida, Gainesville, 10 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId105268e6caae53a40" w:history="1">
+      <w:hyperlink r:id="rId3434691c013bc1662" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://plantpath.ifas.ufl.edu</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -8161,51 +8161,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. 28 pp </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Roistacher CN (2006) EcoPort slide shows on the internet related to citrus and citrus diseases. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId940168e6caae53bc9" w:history="1">
+      <w:hyperlink r:id="rId8247691c013bc17e3" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://ecoport.org/ep?SearchType=domainContents&amp;id=9&amp;type=group</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -9073,51 +9073,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Closterovirus tristezae</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId841168e6caae54257" w:history="1">
+      <w:hyperlink r:id="rId4505691c013bc1fd0" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -9206,63 +9206,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">8</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 91-99.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="94691197" name="name928768e6caae543af" descr="eu_funding_250.png"/>
+            <wp:docPr id="97050449" name="name4542691c013bc2137" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId377268e6caae543ae" cstate="print"/>
+                    <a:blip r:embed="rId4521691c013bc2136" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -9360,137 +9360,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="41863061">
+  <w:abstractNum w:abstractNumId="14936118">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="19619352">
+    <w:lvl w:ilvl="0" w:tplc="51804830">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="19619352" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="51804830" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="19619352" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="51804830" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="19619352" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="51804830" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="19619352" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="51804830" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="19619352" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="51804830" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="19619352" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="51804830" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="19619352" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="51804830" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="19619352" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="51804830" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="41863060">
+  <w:abstractNum w:abstractNumId="14936117">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="68323325">
+    <w:lvl w:ilvl="0" w:tplc="35787431">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -10242,55 +10242,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="41863060">
-    <w:abstractNumId w:val="41863060"/>
+  <w:num w:numId="14936117">
+    <w:abstractNumId w:val="14936117"/>
   </w:num>
-  <w:num w:numId="41863061">
-    <w:abstractNumId w:val="41863061"/>
+  <w:num w:numId="14936118">
+    <w:abstractNumId w:val="14936118"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -21840,51 +21840,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId390665878" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId877345544" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId987468e6caae4eeda" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CTV000/" TargetMode="External"/><Relationship Id="rId174168e6caae4ef41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CTV000/categorization" TargetMode="External"/><Relationship Id="rId488268e6caae4f796" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CTV000/photos" TargetMode="External"/><Relationship Id="rId103468e6caae52314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s42161-018-0059-1" TargetMode="External"/><Relationship Id="rId615568e6caae52341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s42161-018-0059-1" TargetMode="External"/><Relationship Id="rId733968e6caae525f0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s10658-007-9206-9" TargetMode="External"/><Relationship Id="rId512568e6caae52728" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/978-1-4939-9558-5_5" TargetMode="External"/><Relationship Id="rId166668e6caae52856" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s10658-009-9444-0" TargetMode="External"/><Relationship Id="rId421668e6caae52abb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.14601/Phytopathol_Mediterr-14503" TargetMode="External"/><Relationship Id="rId105268e6caae53a40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://plantpath.ifas.ufl.edu" TargetMode="External"/><Relationship Id="rId940168e6caae53bc9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ecoport.org/ep?SearchType=domainContents&amp;id=9&amp;type=group" TargetMode="External"/><Relationship Id="rId841168e6caae54257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId530168e6caae4f695" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId530168e6caae4f695.jpg"/><Relationship Id="rId528468e6caae50aaf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId528468e6caae50aaf.jpg"/><Relationship Id="rId377268e6caae543ae" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId377268e6caae543ae.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId957750654" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId737689371" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId3730691c013bbc556" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CTV000/" TargetMode="External"/><Relationship Id="rId6333691c013bbc5c5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CTV000/categorization" TargetMode="External"/><Relationship Id="rId8322691c013bbd08b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CTV000/photos" TargetMode="External"/><Relationship Id="rId4227691c013bbffe7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s42161-018-0059-1" TargetMode="External"/><Relationship Id="rId1844691c013bc0011" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s42161-018-0059-1" TargetMode="External"/><Relationship Id="rId6514691c013bc02a1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s10658-007-9206-9" TargetMode="External"/><Relationship Id="rId9314691c013bc03c3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/978-1-4939-9558-5_5" TargetMode="External"/><Relationship Id="rId2837691c013bc04de" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s10658-009-9444-0" TargetMode="External"/><Relationship Id="rId2514691c013bc0738" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.14601/Phytopathol_Mediterr-14503" TargetMode="External"/><Relationship Id="rId3434691c013bc1662" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://plantpath.ifas.ufl.edu" TargetMode="External"/><Relationship Id="rId8247691c013bc17e3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ecoport.org/ep?SearchType=domainContents&amp;id=9&amp;type=group" TargetMode="External"/><Relationship Id="rId4505691c013bc1fd0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId6701691c013bbcf02" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId6701691c013bbcf02.jpg"/><Relationship Id="rId8838691c013bbe7f7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId8838691c013bbe7f7.jpg"/><Relationship Id="rId4521691c013bc2136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId4521691c013bc2136.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>