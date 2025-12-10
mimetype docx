--- v1 (2025-11-18)
+++ v2 (2025-12-10)
@@ -281,51 +281,51 @@
               <w:t xml:space="preserve">Citrus tristeza virus</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> bud-union decline of citrus, die-back of lime, quick decline of citrus, seedling yellows of citrus, stem pitting of grapefruit, tristeza of citrus</w:t>
             </w:r>
-            <w:hyperlink r:id="rId3730691c013bbc556" w:history="1">
+            <w:hyperlink r:id="rId38466939919605912" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -341,51 +341,51 @@
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 Quarantine pest (Annex II A), PZ Quarantine pest (Annex III), RNQP (Annex IV)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId6333691c013bbc5c5" w:history="1">
+            <w:hyperlink r:id="rId9501693991960597d" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -399,86 +399,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> CTV000</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="77352311" name="name7414691c013bbcf03" descr="485.jpg"/>
+                  <wp:docPr id="56768434" name="name70626939919605a67" descr="485.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="485.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId6701691c013bbcf02" cstate="print"/>
+                          <a:blip r:embed="rId81646939919605a66" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId8322691c013bbd08b" w:history="1">
+            <w:hyperlink r:id="rId41636939919605b9e" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
@@ -1356,63 +1356,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">., 2015).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="73453710" name="name6812691c013bbe7f9" descr="CTV000_distribution_map.jpg"/>
+            <wp:docPr id="5663499" name="name80516939919606e64" descr="CTV000_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="CTV000_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId8838691c013bbe7f7" cstate="print"/>
+                    <a:blip r:embed="rId12426939919606e61" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -4748,72 +4748,72 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Journal of Plant Pathology </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">100</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 351. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4227691c013bbffe7" w:history="1">
+      <w:hyperlink r:id="rId340369399196085f6" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s42161-018-0059-1</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
-      <w:hyperlink r:id="rId1844691c013bc0011" w:history="1"/>
+      <w:hyperlink r:id="rId22146939919608621" w:history="1"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Ayllón MA, Gowda S, Satyanayanana T, Karasev AV, Adkins, S, Mawassi M, Guerri J, Moreno P &amp; Dawson WO (2003) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
@@ -5167,51 +5167,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">European Journal of Plant Pathology </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">120</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 177-188.  </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6514691c013bc02a1" w:history="1">
+      <w:hyperlink r:id="rId888369399196088a7" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s10658-007-9206-9</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5344,51 +5344,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Cambra M, Vidal E, Martinez C &amp; Bertolini E (2015) Tissue print and squash capture real-time RT-PCR method for direct detection of Citrus tristeza virus (CTV) in plant or vector tissues. In: Antonino F. Catara et al. (eds.), Citrus tristeza virus: Methods and protocols, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Methods in Molecular Biology,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> vol. 2015, Chapter 5. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9314691c013bc03c3" w:history="1">
+      <w:hyperlink r:id="rId163669399196089c7" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/978-1-4939-9558-5_5</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="000000"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:t xml:space="preserve"> </w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5523,51 +5523,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">European Journal of Plant Pathology </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">124</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, p 701. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2837691c013bc04de" w:history="1">
+      <w:hyperlink r:id="rId86646939919608ae0" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s10658-009-9444-0</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="000000"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:t xml:space="preserve"> </w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5893,51 +5893,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">54</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 55-63. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2514691c013bc0738" w:history="1">
+      <w:hyperlink r:id="rId88536939919608d36" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.14601/Phytopathol_Mediterr-14503</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="000000"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:t xml:space="preserve"> </w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -7926,51 +7926,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Roberts PD, McGovern RJ, Lee RF &amp; Niblett CL (2001) Tristeza</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Florida Cooperative Extension Service</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, Institute of Food and Agricultural Sciences, University of Florida, Gainesville, 10 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3434691c013bc1662" w:history="1">
+      <w:hyperlink r:id="rId22026939919609a1a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://plantpath.ifas.ufl.edu</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -8161,51 +8161,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. 28 pp </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Roistacher CN (2006) EcoPort slide shows on the internet related to citrus and citrus diseases. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8247691c013bc17e3" w:history="1">
+      <w:hyperlink r:id="rId42076939919609b94" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://ecoport.org/ep?SearchType=domainContents&amp;id=9&amp;type=group</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -9073,51 +9073,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Closterovirus tristezae</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4505691c013bc1fd0" w:history="1">
+      <w:hyperlink r:id="rId5929693991960a17a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -9206,63 +9206,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">8</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 91-99.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="97050449" name="name4542691c013bc2137" descr="eu_funding_250.png"/>
+            <wp:docPr id="29155449" name="name2807693991960a2b7" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId4521691c013bc2136" cstate="print"/>
+                    <a:blip r:embed="rId6143693991960a2b5" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -9360,137 +9360,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="14936118">
+  <w:abstractNum w:abstractNumId="17124813">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="51804830">
+    <w:lvl w:ilvl="0" w:tplc="79410120">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="51804830" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="79410120" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="51804830" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="79410120" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="51804830" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="79410120" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="51804830" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="79410120" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="51804830" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="79410120" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="51804830" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="79410120" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="51804830" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="79410120" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="51804830" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="79410120" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="14936117">
+  <w:abstractNum w:abstractNumId="17124812">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="35787431">
+    <w:lvl w:ilvl="0" w:tplc="65926157">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -10242,55 +10242,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="14936117">
-    <w:abstractNumId w:val="14936117"/>
+  <w:num w:numId="17124812">
+    <w:abstractNumId w:val="17124812"/>
   </w:num>
-  <w:num w:numId="14936118">
-    <w:abstractNumId w:val="14936118"/>
+  <w:num w:numId="17124813">
+    <w:abstractNumId w:val="17124813"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -21840,51 +21840,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId957750654" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId737689371" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId3730691c013bbc556" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CTV000/" TargetMode="External"/><Relationship Id="rId6333691c013bbc5c5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CTV000/categorization" TargetMode="External"/><Relationship Id="rId8322691c013bbd08b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CTV000/photos" TargetMode="External"/><Relationship Id="rId4227691c013bbffe7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s42161-018-0059-1" TargetMode="External"/><Relationship Id="rId1844691c013bc0011" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s42161-018-0059-1" TargetMode="External"/><Relationship Id="rId6514691c013bc02a1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s10658-007-9206-9" TargetMode="External"/><Relationship Id="rId9314691c013bc03c3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/978-1-4939-9558-5_5" TargetMode="External"/><Relationship Id="rId2837691c013bc04de" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s10658-009-9444-0" TargetMode="External"/><Relationship Id="rId2514691c013bc0738" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.14601/Phytopathol_Mediterr-14503" TargetMode="External"/><Relationship Id="rId3434691c013bc1662" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://plantpath.ifas.ufl.edu" TargetMode="External"/><Relationship Id="rId8247691c013bc17e3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ecoport.org/ep?SearchType=domainContents&amp;id=9&amp;type=group" TargetMode="External"/><Relationship Id="rId4505691c013bc1fd0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId6701691c013bbcf02" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId6701691c013bbcf02.jpg"/><Relationship Id="rId8838691c013bbe7f7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId8838691c013bbe7f7.jpg"/><Relationship Id="rId4521691c013bc2136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId4521691c013bc2136.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId864742095" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId221473714" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId38466939919605912" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CTV000/" TargetMode="External"/><Relationship Id="rId9501693991960597d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CTV000/categorization" TargetMode="External"/><Relationship Id="rId41636939919605b9e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CTV000/photos" TargetMode="External"/><Relationship Id="rId340369399196085f6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s42161-018-0059-1" TargetMode="External"/><Relationship Id="rId22146939919608621" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s42161-018-0059-1" TargetMode="External"/><Relationship Id="rId888369399196088a7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s10658-007-9206-9" TargetMode="External"/><Relationship Id="rId163669399196089c7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/978-1-4939-9558-5_5" TargetMode="External"/><Relationship Id="rId86646939919608ae0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s10658-009-9444-0" TargetMode="External"/><Relationship Id="rId88536939919608d36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.14601/Phytopathol_Mediterr-14503" TargetMode="External"/><Relationship Id="rId22026939919609a1a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://plantpath.ifas.ufl.edu" TargetMode="External"/><Relationship Id="rId42076939919609b94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ecoport.org/ep?SearchType=domainContents&amp;id=9&amp;type=group" TargetMode="External"/><Relationship Id="rId5929693991960a17a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId81646939919605a66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId81646939919605a66.jpg"/><Relationship Id="rId12426939919606e61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId12426939919606e61.jpg"/><Relationship Id="rId6143693991960a2b5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId6143693991960a2b5.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>