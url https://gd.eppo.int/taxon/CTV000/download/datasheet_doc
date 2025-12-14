--- v2 (2025-12-10)
+++ v3 (2025-12-14)
@@ -281,51 +281,51 @@
               <w:t xml:space="preserve">Citrus tristeza virus</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> bud-union decline of citrus, die-back of lime, quick decline of citrus, seedling yellows of citrus, stem pitting of grapefruit, tristeza of citrus</w:t>
             </w:r>
-            <w:hyperlink r:id="rId38466939919605912" w:history="1">
+            <w:hyperlink r:id="rId1314693ed647a5636" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -341,51 +341,51 @@
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 Quarantine pest (Annex II A), PZ Quarantine pest (Annex III), RNQP (Annex IV)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9501693991960597d" w:history="1">
+            <w:hyperlink r:id="rId7910693ed647a56f4" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -399,86 +399,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> CTV000</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="56768434" name="name70626939919605a67" descr="485.jpg"/>
+                  <wp:docPr id="54760294" name="name5421693ed647a5c7f" descr="485.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="485.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId81646939919605a66" cstate="print"/>
+                          <a:blip r:embed="rId2468693ed647a5c7d" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId41636939919605b9e" w:history="1">
+            <w:hyperlink r:id="rId9680693ed647a5e11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
@@ -1356,63 +1356,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">., 2015).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="5663499" name="name80516939919606e64" descr="CTV000_distribution_map.jpg"/>
+            <wp:docPr id="70411534" name="name6651693ed647a724f" descr="CTV000_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="CTV000_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId12426939919606e61" cstate="print"/>
+                    <a:blip r:embed="rId2576693ed647a724c" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -4748,72 +4748,72 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Journal of Plant Pathology </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">100</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 351. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId340369399196085f6" w:history="1">
+      <w:hyperlink r:id="rId5500693ed647a9740" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s42161-018-0059-1</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
-      <w:hyperlink r:id="rId22146939919608621" w:history="1"/>
+      <w:hyperlink r:id="rId5153693ed647a9770" w:history="1"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Ayllón MA, Gowda S, Satyanayanana T, Karasev AV, Adkins, S, Mawassi M, Guerri J, Moreno P &amp; Dawson WO (2003) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
@@ -5167,51 +5167,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">European Journal of Plant Pathology </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">120</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 177-188.  </w:t>
       </w:r>
-      <w:hyperlink r:id="rId888369399196088a7" w:history="1">
+      <w:hyperlink r:id="rId4335693ed647a9a85" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s10658-007-9206-9</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5344,51 +5344,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Cambra M, Vidal E, Martinez C &amp; Bertolini E (2015) Tissue print and squash capture real-time RT-PCR method for direct detection of Citrus tristeza virus (CTV) in plant or vector tissues. In: Antonino F. Catara et al. (eds.), Citrus tristeza virus: Methods and protocols, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Methods in Molecular Biology,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> vol. 2015, Chapter 5. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId163669399196089c7" w:history="1">
+      <w:hyperlink r:id="rId6072693ed647a9c41" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/978-1-4939-9558-5_5</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="000000"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:t xml:space="preserve"> </w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5523,51 +5523,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">European Journal of Plant Pathology </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">124</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, p 701. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId86646939919608ae0" w:history="1">
+      <w:hyperlink r:id="rId5638693ed647a9d6a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s10658-009-9444-0</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="000000"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:t xml:space="preserve"> </w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5893,51 +5893,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">54</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 55-63. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId88536939919608d36" w:history="1">
+      <w:hyperlink r:id="rId4330693ed647aa1c7" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.14601/Phytopathol_Mediterr-14503</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="000000"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:t xml:space="preserve"> </w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -7926,51 +7926,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Roberts PD, McGovern RJ, Lee RF &amp; Niblett CL (2001) Tristeza</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Florida Cooperative Extension Service</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, Institute of Food and Agricultural Sciences, University of Florida, Gainesville, 10 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId22026939919609a1a" w:history="1">
+      <w:hyperlink r:id="rId8580693ed647ab3b4" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://plantpath.ifas.ufl.edu</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -8161,51 +8161,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. 28 pp </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Roistacher CN (2006) EcoPort slide shows on the internet related to citrus and citrus diseases. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId42076939919609b94" w:history="1">
+      <w:hyperlink r:id="rId2785693ed647ab5af" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://ecoport.org/ep?SearchType=domainContents&amp;id=9&amp;type=group</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -9073,51 +9073,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Closterovirus tristezae</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5929693991960a17a" w:history="1">
+      <w:hyperlink r:id="rId6787693ed647ac2de" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -9206,63 +9206,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">8</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 91-99.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="29155449" name="name2807693991960a2b7" descr="eu_funding_250.png"/>
+            <wp:docPr id="6941897" name="name6324693ed647ac517" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId6143693991960a2b5" cstate="print"/>
+                    <a:blip r:embed="rId4548693ed647ac515" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -9360,137 +9360,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="17124813">
+  <w:abstractNum w:abstractNumId="90499349">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="79410120">
+    <w:lvl w:ilvl="0" w:tplc="71348762">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="79410120" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="71348762" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="79410120" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="71348762" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="79410120" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="71348762" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="79410120" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="71348762" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="79410120" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="71348762" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="79410120" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="71348762" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="79410120" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="71348762" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="79410120" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="71348762" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="17124812">
+  <w:abstractNum w:abstractNumId="90499348">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="65926157">
+    <w:lvl w:ilvl="0" w:tplc="29710516">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -10242,55 +10242,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="17124812">
-    <w:abstractNumId w:val="17124812"/>
+  <w:num w:numId="90499348">
+    <w:abstractNumId w:val="90499348"/>
   </w:num>
-  <w:num w:numId="17124813">
-    <w:abstractNumId w:val="17124813"/>
+  <w:num w:numId="90499349">
+    <w:abstractNumId w:val="90499349"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -21840,51 +21840,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId864742095" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId221473714" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId38466939919605912" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CTV000/" TargetMode="External"/><Relationship Id="rId9501693991960597d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CTV000/categorization" TargetMode="External"/><Relationship Id="rId41636939919605b9e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CTV000/photos" TargetMode="External"/><Relationship Id="rId340369399196085f6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s42161-018-0059-1" TargetMode="External"/><Relationship Id="rId22146939919608621" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s42161-018-0059-1" TargetMode="External"/><Relationship Id="rId888369399196088a7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s10658-007-9206-9" TargetMode="External"/><Relationship Id="rId163669399196089c7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/978-1-4939-9558-5_5" TargetMode="External"/><Relationship Id="rId86646939919608ae0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s10658-009-9444-0" TargetMode="External"/><Relationship Id="rId88536939919608d36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.14601/Phytopathol_Mediterr-14503" TargetMode="External"/><Relationship Id="rId22026939919609a1a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://plantpath.ifas.ufl.edu" TargetMode="External"/><Relationship Id="rId42076939919609b94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ecoport.org/ep?SearchType=domainContents&amp;id=9&amp;type=group" TargetMode="External"/><Relationship Id="rId5929693991960a17a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId81646939919605a66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId81646939919605a66.jpg"/><Relationship Id="rId12426939919606e61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId12426939919606e61.jpg"/><Relationship Id="rId6143693991960a2b5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId6143693991960a2b5.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId467216239" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId259657043" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId1314693ed647a5636" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CTV000/" TargetMode="External"/><Relationship Id="rId7910693ed647a56f4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CTV000/categorization" TargetMode="External"/><Relationship Id="rId9680693ed647a5e11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CTV000/photos" TargetMode="External"/><Relationship Id="rId5500693ed647a9740" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s42161-018-0059-1" TargetMode="External"/><Relationship Id="rId5153693ed647a9770" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s42161-018-0059-1" TargetMode="External"/><Relationship Id="rId4335693ed647a9a85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s10658-007-9206-9" TargetMode="External"/><Relationship Id="rId6072693ed647a9c41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/978-1-4939-9558-5_5" TargetMode="External"/><Relationship Id="rId5638693ed647a9d6a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s10658-009-9444-0" TargetMode="External"/><Relationship Id="rId4330693ed647aa1c7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.14601/Phytopathol_Mediterr-14503" TargetMode="External"/><Relationship Id="rId8580693ed647ab3b4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://plantpath.ifas.ufl.edu" TargetMode="External"/><Relationship Id="rId2785693ed647ab5af" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ecoport.org/ep?SearchType=domainContents&amp;id=9&amp;type=group" TargetMode="External"/><Relationship Id="rId6787693ed647ac2de" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId2468693ed647a5c7d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId2468693ed647a5c7d.jpg"/><Relationship Id="rId2576693ed647a724c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId2576693ed647a724c.jpg"/><Relationship Id="rId4548693ed647ac515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId4548693ed647ac515.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>