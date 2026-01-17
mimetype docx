--- v3 (2025-12-14)
+++ v4 (2026-01-17)
@@ -281,51 +281,51 @@
               <w:t xml:space="preserve">Citrus tristeza virus</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> bud-union decline of citrus, die-back of lime, quick decline of citrus, seedling yellows of citrus, stem pitting of grapefruit, tristeza of citrus</w:t>
             </w:r>
-            <w:hyperlink r:id="rId1314693ed647a5636" w:history="1">
+            <w:hyperlink r:id="rId3025696b13792207a" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -341,51 +341,51 @@
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 Quarantine pest (Annex II A), PZ Quarantine pest (Annex III), RNQP (Annex IV)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId7910693ed647a56f4" w:history="1">
+            <w:hyperlink r:id="rId8358696b1379220e5" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -399,86 +399,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> CTV000</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="54760294" name="name5421693ed647a5c7f" descr="485.jpg"/>
+                  <wp:docPr id="87816254" name="name3161696b1379227de" descr="485.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="485.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId2468693ed647a5c7d" cstate="print"/>
+                          <a:blip r:embed="rId1918696b1379227dd" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId9680693ed647a5e11" w:history="1">
+            <w:hyperlink r:id="rId1411696b137922915" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
@@ -1356,63 +1356,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">., 2015).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="70411534" name="name6651693ed647a724f" descr="CTV000_distribution_map.jpg"/>
+            <wp:docPr id="46587214" name="name7081696b137923d83" descr="CTV000_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="CTV000_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId2576693ed647a724c" cstate="print"/>
+                    <a:blip r:embed="rId8167696b137923d80" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -4748,72 +4748,72 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Journal of Plant Pathology </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">100</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 351. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5500693ed647a9740" w:history="1">
+      <w:hyperlink r:id="rId8974696b1379254f6" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s42161-018-0059-1</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
-      <w:hyperlink r:id="rId5153693ed647a9770" w:history="1"/>
+      <w:hyperlink r:id="rId9740696b137925521" w:history="1"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Ayllón MA, Gowda S, Satyanayanana T, Karasev AV, Adkins, S, Mawassi M, Guerri J, Moreno P &amp; Dawson WO (2003) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
@@ -5167,51 +5167,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">European Journal of Plant Pathology </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">120</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 177-188.  </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4335693ed647a9a85" w:history="1">
+      <w:hyperlink r:id="rId1384696b1379257a9" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s10658-007-9206-9</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5344,51 +5344,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Cambra M, Vidal E, Martinez C &amp; Bertolini E (2015) Tissue print and squash capture real-time RT-PCR method for direct detection of Citrus tristeza virus (CTV) in plant or vector tissues. In: Antonino F. Catara et al. (eds.), Citrus tristeza virus: Methods and protocols, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Methods in Molecular Biology,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> vol. 2015, Chapter 5. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6072693ed647a9c41" w:history="1">
+      <w:hyperlink r:id="rId7690696b1379258cb" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/978-1-4939-9558-5_5</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="000000"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:t xml:space="preserve"> </w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5523,51 +5523,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">European Journal of Plant Pathology </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">124</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, p 701. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5638693ed647a9d6a" w:history="1">
+      <w:hyperlink r:id="rId9727696b1379259e8" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s10658-009-9444-0</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="000000"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:t xml:space="preserve"> </w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5893,51 +5893,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">54</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 55-63. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4330693ed647aa1c7" w:history="1">
+      <w:hyperlink r:id="rId2171696b137925c44" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.14601/Phytopathol_Mediterr-14503</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="000000"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:t xml:space="preserve"> </w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -7926,51 +7926,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Roberts PD, McGovern RJ, Lee RF &amp; Niblett CL (2001) Tristeza</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Florida Cooperative Extension Service</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, Institute of Food and Agricultural Sciences, University of Florida, Gainesville, 10 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8580693ed647ab3b4" w:history="1">
+      <w:hyperlink r:id="rId8892696b137926a0e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://plantpath.ifas.ufl.edu</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -8161,51 +8161,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. 28 pp </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Roistacher CN (2006) EcoPort slide shows on the internet related to citrus and citrus diseases. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2785693ed647ab5af" w:history="1">
+      <w:hyperlink r:id="rId1908696b137926dd0" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://ecoport.org/ep?SearchType=domainContents&amp;id=9&amp;type=group</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -9051,73 +9051,73 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">How to cite this datasheet?</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">EPPO (2025) </w:t>
+        <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Closterovirus tristezae</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6787693ed647ac2de" w:history="1">
+      <w:hyperlink r:id="rId4316696b1379275e9" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -9206,63 +9206,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">8</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 91-99.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="6941897" name="name6324693ed647ac517" descr="eu_funding_250.png"/>
+            <wp:docPr id="98393842" name="name1895696b13792775f" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId4548693ed647ac515" cstate="print"/>
+                    <a:blip r:embed="rId6681696b13792775d" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -9360,137 +9360,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="90499349">
+  <w:abstractNum w:abstractNumId="28938462">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="71348762">
+    <w:lvl w:ilvl="0" w:tplc="47740789">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="71348762" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="47740789" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="71348762" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="47740789" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="71348762" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="47740789" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="71348762" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="47740789" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="71348762" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="47740789" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="71348762" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="47740789" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="71348762" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="47740789" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="71348762" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="47740789" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="90499348">
+  <w:abstractNum w:abstractNumId="28938461">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="29710516">
+    <w:lvl w:ilvl="0" w:tplc="10100485">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -10242,55 +10242,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="90499348">
-    <w:abstractNumId w:val="90499348"/>
+  <w:num w:numId="28938461">
+    <w:abstractNumId w:val="28938461"/>
   </w:num>
-  <w:num w:numId="90499349">
-    <w:abstractNumId w:val="90499349"/>
+  <w:num w:numId="28938462">
+    <w:abstractNumId w:val="28938462"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -21840,51 +21840,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId467216239" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId259657043" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId1314693ed647a5636" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CTV000/" TargetMode="External"/><Relationship Id="rId7910693ed647a56f4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CTV000/categorization" TargetMode="External"/><Relationship Id="rId9680693ed647a5e11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CTV000/photos" TargetMode="External"/><Relationship Id="rId5500693ed647a9740" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s42161-018-0059-1" TargetMode="External"/><Relationship Id="rId5153693ed647a9770" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s42161-018-0059-1" TargetMode="External"/><Relationship Id="rId4335693ed647a9a85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s10658-007-9206-9" TargetMode="External"/><Relationship Id="rId6072693ed647a9c41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/978-1-4939-9558-5_5" TargetMode="External"/><Relationship Id="rId5638693ed647a9d6a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s10658-009-9444-0" TargetMode="External"/><Relationship Id="rId4330693ed647aa1c7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.14601/Phytopathol_Mediterr-14503" TargetMode="External"/><Relationship Id="rId8580693ed647ab3b4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://plantpath.ifas.ufl.edu" TargetMode="External"/><Relationship Id="rId2785693ed647ab5af" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ecoport.org/ep?SearchType=domainContents&amp;id=9&amp;type=group" TargetMode="External"/><Relationship Id="rId6787693ed647ac2de" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId2468693ed647a5c7d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId2468693ed647a5c7d.jpg"/><Relationship Id="rId2576693ed647a724c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId2576693ed647a724c.jpg"/><Relationship Id="rId4548693ed647ac515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId4548693ed647ac515.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId157724144" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId453737583" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId3025696b13792207a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CTV000/" TargetMode="External"/><Relationship Id="rId8358696b1379220e5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CTV000/categorization" TargetMode="External"/><Relationship Id="rId1411696b137922915" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CTV000/photos" TargetMode="External"/><Relationship Id="rId8974696b1379254f6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s42161-018-0059-1" TargetMode="External"/><Relationship Id="rId9740696b137925521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s42161-018-0059-1" TargetMode="External"/><Relationship Id="rId1384696b1379257a9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s10658-007-9206-9" TargetMode="External"/><Relationship Id="rId7690696b1379258cb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/978-1-4939-9558-5_5" TargetMode="External"/><Relationship Id="rId9727696b1379259e8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s10658-009-9444-0" TargetMode="External"/><Relationship Id="rId2171696b137925c44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.14601/Phytopathol_Mediterr-14503" TargetMode="External"/><Relationship Id="rId8892696b137926a0e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://plantpath.ifas.ufl.edu" TargetMode="External"/><Relationship Id="rId1908696b137926dd0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ecoport.org/ep?SearchType=domainContents&amp;id=9&amp;type=group" TargetMode="External"/><Relationship Id="rId4316696b1379275e9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId1918696b1379227dd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId1918696b1379227dd.jpg"/><Relationship Id="rId8167696b137923d80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId8167696b137923d80.jpg"/><Relationship Id="rId6681696b13792775d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId6681696b13792775d.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>