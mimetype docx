--- v4 (2026-01-17)
+++ v5 (2026-02-06)
@@ -281,51 +281,51 @@
               <w:t xml:space="preserve">Citrus tristeza virus</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> bud-union decline of citrus, die-back of lime, quick decline of citrus, seedling yellows of citrus, stem pitting of grapefruit, tristeza of citrus</w:t>
             </w:r>
-            <w:hyperlink r:id="rId3025696b13792207a" w:history="1">
+            <w:hyperlink r:id="rId68216985fcaa26321" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -339,53 +339,53 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve"> A1 Quarantine pest (Annex II A), PZ Quarantine pest (Annex III), RNQP (Annex IV)</w:t>
+              <w:t xml:space="preserve"> Quarantine pest ((EU) 2019/2072 Annex II A), PZ Quarantine pest ((EU) 2019/2072 Annex III), RNQP ((EU) 2019/2072 Annex IV)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8358696b1379220e5" w:history="1">
+            <w:hyperlink r:id="rId83106985fcaa2638a" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -399,86 +399,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> CTV000</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="87816254" name="name3161696b1379227de" descr="485.jpg"/>
+                  <wp:docPr id="40305771" name="name67876985fcaa269ca" descr="485.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="485.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId1918696b1379227dd" cstate="print"/>
+                          <a:blip r:embed="rId83906985fcaa269c8" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId1411696b137922915" w:history="1">
+            <w:hyperlink r:id="rId34156985fcaa26af6" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
@@ -1351,100 +1351,68 @@
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">., 2009; Yahiaoui </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">., 2015).</w:t>
       </w:r>
     </w:p>
+    <w:p/>
     <w:p>
-      <w:r>
-[...37 lines deleted...]
-      </w:r>
+      <w:pPr>
+        <w:widowControl w:val="on"/>
+        <w:pBdr/>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:br/>
         <w:t xml:space="preserve">EPPO Region:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Albania, Algeria, Bosnia and Herzegovina, Croatia, Cyprus, France (Corse), Georgia, Greece (mainland, Kriti), Israel, Italy (mainland, Sardegna, Sicilia), Jordan, Malta, Montenegro, Morocco, Portugal (mainland, Madeira), Spain (mainland), Tunisia, Türkiye</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">Africa:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
@@ -4748,72 +4716,72 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Journal of Plant Pathology </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">100</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 351. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8974696b1379254f6" w:history="1">
+      <w:hyperlink r:id="rId19646985fcaa28ba8" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s42161-018-0059-1</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
-      <w:hyperlink r:id="rId9740696b137925521" w:history="1"/>
+      <w:hyperlink r:id="rId45206985fcaa28bd5" w:history="1"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Ayllón MA, Gowda S, Satyanayanana T, Karasev AV, Adkins, S, Mawassi M, Guerri J, Moreno P &amp; Dawson WO (2003) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
@@ -5167,51 +5135,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">European Journal of Plant Pathology </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">120</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 177-188.  </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1384696b1379257a9" w:history="1">
+      <w:hyperlink r:id="rId79416985fcaa28e59" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s10658-007-9206-9</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5344,51 +5312,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Cambra M, Vidal E, Martinez C &amp; Bertolini E (2015) Tissue print and squash capture real-time RT-PCR method for direct detection of Citrus tristeza virus (CTV) in plant or vector tissues. In: Antonino F. Catara et al. (eds.), Citrus tristeza virus: Methods and protocols, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Methods in Molecular Biology,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> vol. 2015, Chapter 5. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7690696b1379258cb" w:history="1">
+      <w:hyperlink r:id="rId82116985fcaa28f77" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/978-1-4939-9558-5_5</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="000000"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:t xml:space="preserve"> </w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5523,51 +5491,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">European Journal of Plant Pathology </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">124</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, p 701. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9727696b1379259e8" w:history="1">
+      <w:hyperlink r:id="rId55196985fcaa290b1" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s10658-009-9444-0</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="000000"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:t xml:space="preserve"> </w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5893,51 +5861,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">54</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 55-63. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2171696b137925c44" w:history="1">
+      <w:hyperlink r:id="rId56386985fcaa29432" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.14601/Phytopathol_Mediterr-14503</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="000000"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:t xml:space="preserve"> </w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -7926,51 +7894,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Roberts PD, McGovern RJ, Lee RF &amp; Niblett CL (2001) Tristeza</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Florida Cooperative Extension Service</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, Institute of Food and Agricultural Sciences, University of Florida, Gainesville, 10 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8892696b137926a0e" w:history="1">
+      <w:hyperlink r:id="rId95166985fcaa2a234" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://plantpath.ifas.ufl.edu</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -8161,51 +8129,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. 28 pp </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Roistacher CN (2006) EcoPort slide shows on the internet related to citrus and citrus diseases. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1908696b137926dd0" w:history="1">
+      <w:hyperlink r:id="rId53776985fcaa2a3d6" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://ecoport.org/ep?SearchType=domainContents&amp;id=9&amp;type=group</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -9073,51 +9041,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Closterovirus tristezae</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4316696b1379275e9" w:history="1">
+      <w:hyperlink r:id="rId91786985fcaa2aa56" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -9206,63 +9174,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">8</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 91-99.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="98393842" name="name1895696b13792775f" descr="eu_funding_250.png"/>
+            <wp:docPr id="89077614" name="name29686985fcaa2ab7d" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId6681696b13792775d" cstate="print"/>
+                    <a:blip r:embed="rId26486985fcaa2ab7c" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -9360,137 +9328,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="28938462">
+  <w:abstractNum w:abstractNumId="49017846">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="47740789">
+    <w:lvl w:ilvl="0" w:tplc="57655047">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="47740789" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="57655047" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="47740789" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="57655047" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="47740789" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="57655047" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="47740789" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="57655047" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="47740789" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="57655047" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="47740789" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="57655047" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="47740789" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="57655047" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="47740789" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="57655047" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="28938461">
+  <w:abstractNum w:abstractNumId="49017845">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="10100485">
+    <w:lvl w:ilvl="0" w:tplc="35884917">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -10242,55 +10210,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="28938461">
-    <w:abstractNumId w:val="28938461"/>
+  <w:num w:numId="49017845">
+    <w:abstractNumId w:val="49017845"/>
   </w:num>
-  <w:num w:numId="28938462">
-    <w:abstractNumId w:val="28938462"/>
+  <w:num w:numId="49017846">
+    <w:abstractNumId w:val="49017846"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -21840,51 +21808,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId157724144" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId453737583" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId3025696b13792207a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CTV000/" TargetMode="External"/><Relationship Id="rId8358696b1379220e5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CTV000/categorization" TargetMode="External"/><Relationship Id="rId1411696b137922915" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CTV000/photos" TargetMode="External"/><Relationship Id="rId8974696b1379254f6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s42161-018-0059-1" TargetMode="External"/><Relationship Id="rId9740696b137925521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s42161-018-0059-1" TargetMode="External"/><Relationship Id="rId1384696b1379257a9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s10658-007-9206-9" TargetMode="External"/><Relationship Id="rId7690696b1379258cb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/978-1-4939-9558-5_5" TargetMode="External"/><Relationship Id="rId9727696b1379259e8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s10658-009-9444-0" TargetMode="External"/><Relationship Id="rId2171696b137925c44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.14601/Phytopathol_Mediterr-14503" TargetMode="External"/><Relationship Id="rId8892696b137926a0e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://plantpath.ifas.ufl.edu" TargetMode="External"/><Relationship Id="rId1908696b137926dd0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ecoport.org/ep?SearchType=domainContents&amp;id=9&amp;type=group" TargetMode="External"/><Relationship Id="rId4316696b1379275e9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId1918696b1379227dd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId1918696b1379227dd.jpg"/><Relationship Id="rId8167696b137923d80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId8167696b137923d80.jpg"/><Relationship Id="rId6681696b13792775d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId6681696b13792775d.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId839234618" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId168858577" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId68216985fcaa26321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CTV000/" TargetMode="External"/><Relationship Id="rId83106985fcaa2638a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CTV000/categorization" TargetMode="External"/><Relationship Id="rId34156985fcaa26af6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CTV000/photos" TargetMode="External"/><Relationship Id="rId19646985fcaa28ba8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s42161-018-0059-1" TargetMode="External"/><Relationship Id="rId45206985fcaa28bd5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s42161-018-0059-1" TargetMode="External"/><Relationship Id="rId79416985fcaa28e59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s10658-007-9206-9" TargetMode="External"/><Relationship Id="rId82116985fcaa28f77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/978-1-4939-9558-5_5" TargetMode="External"/><Relationship Id="rId55196985fcaa290b1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s10658-009-9444-0" TargetMode="External"/><Relationship Id="rId56386985fcaa29432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.14601/Phytopathol_Mediterr-14503" TargetMode="External"/><Relationship Id="rId95166985fcaa2a234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://plantpath.ifas.ufl.edu" TargetMode="External"/><Relationship Id="rId53776985fcaa2a3d6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ecoport.org/ep?SearchType=domainContents&amp;id=9&amp;type=group" TargetMode="External"/><Relationship Id="rId91786985fcaa2aa56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId83906985fcaa269c8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId83906985fcaa269c8.jpg"/><Relationship Id="rId26486985fcaa2ab7c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId26486985fcaa2ab7c.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>