--- v5 (2026-02-06)
+++ v6 (2026-02-28)
@@ -281,51 +281,51 @@
               <w:t xml:space="preserve">Citrus tristeza virus</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> bud-union decline of citrus, die-back of lime, quick decline of citrus, seedling yellows of citrus, stem pitting of grapefruit, tristeza of citrus</w:t>
             </w:r>
-            <w:hyperlink r:id="rId68216985fcaa26321" w:history="1">
+            <w:hyperlink r:id="rId935569a2400037654" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -341,51 +341,51 @@
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Quarantine pest ((EU) 2019/2072 Annex II A), PZ Quarantine pest ((EU) 2019/2072 Annex III), RNQP ((EU) 2019/2072 Annex IV)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId83106985fcaa2638a" w:history="1">
+            <w:hyperlink r:id="rId116369a24000376c8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -399,86 +399,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> CTV000</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="40305771" name="name67876985fcaa269ca" descr="485.jpg"/>
+                  <wp:docPr id="94177602" name="name531069a2400037792" descr="485.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="485.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId83906985fcaa269c8" cstate="print"/>
+                          <a:blip r:embed="rId897869a2400037791" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId34156985fcaa26af6" w:history="1">
+            <w:hyperlink r:id="rId610869a2400037c57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
@@ -1351,68 +1351,100 @@
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">., 2009; Yahiaoui </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">., 2015).</w:t>
       </w:r>
     </w:p>
-    <w:p/>
     <w:p>
-      <w:pPr>
-[...5 lines deleted...]
-      </w:pPr>
+      <w:r>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0">
+            <wp:extent cx="6120000" cy="3067200"/>
+            <wp:docPr id="59225226" name="name769669a2400039055" descr="CTV000_distribution_map.jpg"/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="0" name="CTV000_distribution_map.jpg"/>
+                    <pic:cNvPicPr/>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId645469a2400039052" cstate="print"/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr>
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="6120000" cy="3067200"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                    <a:ln w="0">
+                      <a:noFill/>
+                    </a:ln>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
+        <w:br/>
         <w:t xml:space="preserve">EPPO Region:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Albania, Algeria, Bosnia and Herzegovina, Croatia, Cyprus, France (Corse), Georgia, Greece (mainland, Kriti), Israel, Italy (mainland, Sardegna, Sicilia), Jordan, Malta, Montenegro, Morocco, Portugal (mainland, Madeira), Spain (mainland), Tunisia, Türkiye</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">Africa:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
@@ -4716,72 +4748,72 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Journal of Plant Pathology </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">100</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 351. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId19646985fcaa28ba8" w:history="1">
+      <w:hyperlink r:id="rId517569a240003a749" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s42161-018-0059-1</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
-      <w:hyperlink r:id="rId45206985fcaa28bd5" w:history="1"/>
+      <w:hyperlink r:id="rId358469a240003a773" w:history="1"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Ayllón MA, Gowda S, Satyanayanana T, Karasev AV, Adkins, S, Mawassi M, Guerri J, Moreno P &amp; Dawson WO (2003) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
@@ -5135,51 +5167,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">European Journal of Plant Pathology </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">120</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 177-188.  </w:t>
       </w:r>
-      <w:hyperlink r:id="rId79416985fcaa28e59" w:history="1">
+      <w:hyperlink r:id="rId269969a240003aa10" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s10658-007-9206-9</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5312,51 +5344,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Cambra M, Vidal E, Martinez C &amp; Bertolini E (2015) Tissue print and squash capture real-time RT-PCR method for direct detection of Citrus tristeza virus (CTV) in plant or vector tissues. In: Antonino F. Catara et al. (eds.), Citrus tristeza virus: Methods and protocols, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Methods in Molecular Biology,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> vol. 2015, Chapter 5. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId82116985fcaa28f77" w:history="1">
+      <w:hyperlink r:id="rId763069a240003ab2f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/978-1-4939-9558-5_5</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="000000"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:t xml:space="preserve"> </w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5491,51 +5523,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">European Journal of Plant Pathology </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">124</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, p 701. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId55196985fcaa290b1" w:history="1">
+      <w:hyperlink r:id="rId545869a240003ac47" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s10658-009-9444-0</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="000000"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:t xml:space="preserve"> </w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5861,51 +5893,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">54</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 55-63. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId56386985fcaa29432" w:history="1">
+      <w:hyperlink r:id="rId216969a240003ae7e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.14601/Phytopathol_Mediterr-14503</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="000000"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:t xml:space="preserve"> </w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -7894,51 +7926,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Roberts PD, McGovern RJ, Lee RF &amp; Niblett CL (2001) Tristeza</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Florida Cooperative Extension Service</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, Institute of Food and Agricultural Sciences, University of Florida, Gainesville, 10 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId95166985fcaa2a234" w:history="1">
+      <w:hyperlink r:id="rId112169a240003bb37" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://plantpath.ifas.ufl.edu</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -8129,51 +8161,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. 28 pp </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Roistacher CN (2006) EcoPort slide shows on the internet related to citrus and citrus diseases. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId53776985fcaa2a3d6" w:history="1">
+      <w:hyperlink r:id="rId492469a240003bcaf" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://ecoport.org/ep?SearchType=domainContents&amp;id=9&amp;type=group</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -9041,51 +9073,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Closterovirus tristezae</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId91786985fcaa2aa56" w:history="1">
+      <w:hyperlink r:id="rId176269a240003c269" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -9174,63 +9206,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">8</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 91-99.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="89077614" name="name29686985fcaa2ab7d" descr="eu_funding_250.png"/>
+            <wp:docPr id="94383054" name="name734369a240003c390" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId26486985fcaa2ab7c" cstate="print"/>
+                    <a:blip r:embed="rId340069a240003c38f" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -9328,137 +9360,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="49017846">
+  <w:abstractNum w:abstractNumId="46677229">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="57655047">
+    <w:lvl w:ilvl="0" w:tplc="36799273">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="57655047" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="36799273" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="57655047" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="36799273" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="57655047" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="36799273" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="57655047" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="36799273" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="57655047" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="36799273" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="57655047" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="36799273" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="57655047" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="36799273" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="57655047" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="36799273" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="49017845">
+  <w:abstractNum w:abstractNumId="46677228">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="35884917">
+    <w:lvl w:ilvl="0" w:tplc="75094860">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -10210,55 +10242,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="49017845">
-    <w:abstractNumId w:val="49017845"/>
+  <w:num w:numId="46677228">
+    <w:abstractNumId w:val="46677228"/>
   </w:num>
-  <w:num w:numId="49017846">
-    <w:abstractNumId w:val="49017846"/>
+  <w:num w:numId="46677229">
+    <w:abstractNumId w:val="46677229"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -21808,51 +21840,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId839234618" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId168858577" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId68216985fcaa26321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CTV000/" TargetMode="External"/><Relationship Id="rId83106985fcaa2638a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CTV000/categorization" TargetMode="External"/><Relationship Id="rId34156985fcaa26af6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CTV000/photos" TargetMode="External"/><Relationship Id="rId19646985fcaa28ba8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s42161-018-0059-1" TargetMode="External"/><Relationship Id="rId45206985fcaa28bd5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s42161-018-0059-1" TargetMode="External"/><Relationship Id="rId79416985fcaa28e59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s10658-007-9206-9" TargetMode="External"/><Relationship Id="rId82116985fcaa28f77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/978-1-4939-9558-5_5" TargetMode="External"/><Relationship Id="rId55196985fcaa290b1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s10658-009-9444-0" TargetMode="External"/><Relationship Id="rId56386985fcaa29432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.14601/Phytopathol_Mediterr-14503" TargetMode="External"/><Relationship Id="rId95166985fcaa2a234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://plantpath.ifas.ufl.edu" TargetMode="External"/><Relationship Id="rId53776985fcaa2a3d6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ecoport.org/ep?SearchType=domainContents&amp;id=9&amp;type=group" TargetMode="External"/><Relationship Id="rId91786985fcaa2aa56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId83906985fcaa269c8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId83906985fcaa269c8.jpg"/><Relationship Id="rId26486985fcaa2ab7c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId26486985fcaa2ab7c.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId444317460" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId496051274" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId935569a2400037654" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CTV000/" TargetMode="External"/><Relationship Id="rId116369a24000376c8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CTV000/categorization" TargetMode="External"/><Relationship Id="rId610869a2400037c57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CTV000/photos" TargetMode="External"/><Relationship Id="rId517569a240003a749" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s42161-018-0059-1" TargetMode="External"/><Relationship Id="rId358469a240003a773" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s42161-018-0059-1" TargetMode="External"/><Relationship Id="rId269969a240003aa10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s10658-007-9206-9" TargetMode="External"/><Relationship Id="rId763069a240003ab2f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/978-1-4939-9558-5_5" TargetMode="External"/><Relationship Id="rId545869a240003ac47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s10658-009-9444-0" TargetMode="External"/><Relationship Id="rId216969a240003ae7e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.14601/Phytopathol_Mediterr-14503" TargetMode="External"/><Relationship Id="rId112169a240003bb37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://plantpath.ifas.ufl.edu" TargetMode="External"/><Relationship Id="rId492469a240003bcaf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ecoport.org/ep?SearchType=domainContents&amp;id=9&amp;type=group" TargetMode="External"/><Relationship Id="rId176269a240003c269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId897869a2400037791" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId897869a2400037791.jpg"/><Relationship Id="rId645469a2400039052" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId645469a2400039052.jpg"/><Relationship Id="rId340069a240003c38f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId340069a240003c38f.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>