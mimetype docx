--- v6 (2026-02-28)
+++ v7 (2026-03-20)
@@ -281,51 +281,51 @@
               <w:t xml:space="preserve">Citrus tristeza virus</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> bud-union decline of citrus, die-back of lime, quick decline of citrus, seedling yellows of citrus, stem pitting of grapefruit, tristeza of citrus</w:t>
             </w:r>
-            <w:hyperlink r:id="rId935569a2400037654" w:history="1">
+            <w:hyperlink r:id="rId571369bcb1b62445e" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -341,51 +341,51 @@
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Quarantine pest ((EU) 2019/2072 Annex II A), PZ Quarantine pest ((EU) 2019/2072 Annex III), RNQP ((EU) 2019/2072 Annex IV)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId116369a24000376c8" w:history="1">
+            <w:hyperlink r:id="rId836869bcb1b6244c7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -399,86 +399,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> CTV000</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="94177602" name="name531069a2400037792" descr="485.jpg"/>
+                  <wp:docPr id="36049028" name="name569369bcb1b624783" descr="485.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="485.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId897869a2400037791" cstate="print"/>
+                          <a:blip r:embed="rId404669bcb1b624782" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId610869a2400037c57" w:history="1">
+            <w:hyperlink r:id="rId402069bcb1b6248c9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
@@ -1356,63 +1356,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">., 2015).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="59225226" name="name769669a2400039055" descr="CTV000_distribution_map.jpg"/>
+            <wp:docPr id="61333400" name="name745369bcb1b625ac5" descr="CTV000_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="CTV000_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId645469a2400039052" cstate="print"/>
+                    <a:blip r:embed="rId236869bcb1b625ac2" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -4748,72 +4748,72 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Journal of Plant Pathology </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">100</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 351. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId517569a240003a749" w:history="1">
+      <w:hyperlink r:id="rId904569bcb1b6271fa" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s42161-018-0059-1</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
-      <w:hyperlink r:id="rId358469a240003a773" w:history="1"/>
+      <w:hyperlink r:id="rId281069bcb1b627225" w:history="1"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Ayllón MA, Gowda S, Satyanayanana T, Karasev AV, Adkins, S, Mawassi M, Guerri J, Moreno P &amp; Dawson WO (2003) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
@@ -5167,51 +5167,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">European Journal of Plant Pathology </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">120</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 177-188.  </w:t>
       </w:r>
-      <w:hyperlink r:id="rId269969a240003aa10" w:history="1">
+      <w:hyperlink r:id="rId836569bcb1b6274ad" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s10658-007-9206-9</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5344,51 +5344,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Cambra M, Vidal E, Martinez C &amp; Bertolini E (2015) Tissue print and squash capture real-time RT-PCR method for direct detection of Citrus tristeza virus (CTV) in plant or vector tissues. In: Antonino F. Catara et al. (eds.), Citrus tristeza virus: Methods and protocols, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Methods in Molecular Biology,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> vol. 2015, Chapter 5. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId763069a240003ab2f" w:history="1">
+      <w:hyperlink r:id="rId209369bcb1b6275cb" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/978-1-4939-9558-5_5</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="000000"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:t xml:space="preserve"> </w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5523,51 +5523,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">European Journal of Plant Pathology </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">124</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, p 701. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId545869a240003ac47" w:history="1">
+      <w:hyperlink r:id="rId605969bcb1b6276e1" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s10658-009-9444-0</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="000000"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:t xml:space="preserve"> </w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5893,51 +5893,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">54</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 55-63. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId216969a240003ae7e" w:history="1">
+      <w:hyperlink r:id="rId103669bcb1b627922" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.14601/Phytopathol_Mediterr-14503</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="000000"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:t xml:space="preserve"> </w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -7926,51 +7926,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Roberts PD, McGovern RJ, Lee RF &amp; Niblett CL (2001) Tristeza</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Florida Cooperative Extension Service</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, Institute of Food and Agricultural Sciences, University of Florida, Gainesville, 10 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId112169a240003bb37" w:history="1">
+      <w:hyperlink r:id="rId229769bcb1b628606" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://plantpath.ifas.ufl.edu</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -8161,51 +8161,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. 28 pp </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Roistacher CN (2006) EcoPort slide shows on the internet related to citrus and citrus diseases. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId492469a240003bcaf" w:history="1">
+      <w:hyperlink r:id="rId100369bcb1b62877b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://ecoport.org/ep?SearchType=domainContents&amp;id=9&amp;type=group</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -9073,51 +9073,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Closterovirus tristezae</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId176269a240003c269" w:history="1">
+      <w:hyperlink r:id="rId623469bcb1b628d3d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -9206,63 +9206,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">8</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 91-99.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="94383054" name="name734369a240003c390" descr="eu_funding_250.png"/>
+            <wp:docPr id="7975222" name="name258569bcb1b628e72" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId340069a240003c38f" cstate="print"/>
+                    <a:blip r:embed="rId843269bcb1b628e71" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -9360,137 +9360,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="46677229">
+  <w:abstractNum w:abstractNumId="62448852">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="36799273">
+    <w:lvl w:ilvl="0" w:tplc="65318785">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="36799273" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="65318785" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="36799273" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="65318785" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="36799273" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="65318785" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="36799273" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="65318785" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="36799273" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="65318785" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="36799273" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="65318785" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="36799273" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="65318785" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="36799273" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="65318785" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="46677228">
+  <w:abstractNum w:abstractNumId="62448851">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="75094860">
+    <w:lvl w:ilvl="0" w:tplc="67168244">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -10242,55 +10242,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="46677228">
-    <w:abstractNumId w:val="46677228"/>
+  <w:num w:numId="62448851">
+    <w:abstractNumId w:val="62448851"/>
   </w:num>
-  <w:num w:numId="46677229">
-    <w:abstractNumId w:val="46677229"/>
+  <w:num w:numId="62448852">
+    <w:abstractNumId w:val="62448852"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -21840,51 +21840,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId444317460" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId496051274" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId935569a2400037654" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CTV000/" TargetMode="External"/><Relationship Id="rId116369a24000376c8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CTV000/categorization" TargetMode="External"/><Relationship Id="rId610869a2400037c57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CTV000/photos" TargetMode="External"/><Relationship Id="rId517569a240003a749" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s42161-018-0059-1" TargetMode="External"/><Relationship Id="rId358469a240003a773" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s42161-018-0059-1" TargetMode="External"/><Relationship Id="rId269969a240003aa10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s10658-007-9206-9" TargetMode="External"/><Relationship Id="rId763069a240003ab2f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/978-1-4939-9558-5_5" TargetMode="External"/><Relationship Id="rId545869a240003ac47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s10658-009-9444-0" TargetMode="External"/><Relationship Id="rId216969a240003ae7e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.14601/Phytopathol_Mediterr-14503" TargetMode="External"/><Relationship Id="rId112169a240003bb37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://plantpath.ifas.ufl.edu" TargetMode="External"/><Relationship Id="rId492469a240003bcaf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ecoport.org/ep?SearchType=domainContents&amp;id=9&amp;type=group" TargetMode="External"/><Relationship Id="rId176269a240003c269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId897869a2400037791" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId897869a2400037791.jpg"/><Relationship Id="rId645469a2400039052" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId645469a2400039052.jpg"/><Relationship Id="rId340069a240003c38f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId340069a240003c38f.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId792197314" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId362952186" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId571369bcb1b62445e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CTV000/" TargetMode="External"/><Relationship Id="rId836869bcb1b6244c7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CTV000/categorization" TargetMode="External"/><Relationship Id="rId402069bcb1b6248c9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CTV000/photos" TargetMode="External"/><Relationship Id="rId904569bcb1b6271fa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s42161-018-0059-1" TargetMode="External"/><Relationship Id="rId281069bcb1b627225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s42161-018-0059-1" TargetMode="External"/><Relationship Id="rId836569bcb1b6274ad" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s10658-007-9206-9" TargetMode="External"/><Relationship Id="rId209369bcb1b6275cb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/978-1-4939-9558-5_5" TargetMode="External"/><Relationship Id="rId605969bcb1b6276e1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s10658-009-9444-0" TargetMode="External"/><Relationship Id="rId103669bcb1b627922" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.14601/Phytopathol_Mediterr-14503" TargetMode="External"/><Relationship Id="rId229769bcb1b628606" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://plantpath.ifas.ufl.edu" TargetMode="External"/><Relationship Id="rId100369bcb1b62877b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ecoport.org/ep?SearchType=domainContents&amp;id=9&amp;type=group" TargetMode="External"/><Relationship Id="rId623469bcb1b628d3d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId404669bcb1b624782" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId404669bcb1b624782.jpg"/><Relationship Id="rId236869bcb1b625ac2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId236869bcb1b625ac2.jpg"/><Relationship Id="rId843269bcb1b628e71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId843269bcb1b628e71.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>