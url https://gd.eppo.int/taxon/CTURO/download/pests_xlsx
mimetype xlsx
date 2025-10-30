--- v0 (2025-10-01)
+++ v1 (2025-10-30)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="CTURO" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="93">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="96">
   <si>
     <t>type</t>
   </si>
   <si>
     <t>EPPOCode</t>
   </si>
   <si>
     <t>Pref_name</t>
   </si>
   <si>
     <t>References</t>
   </si>
   <si>
     <t>Doubtful host</t>
   </si>
   <si>
     <t>PHYPPH</t>
   </si>
   <si>
     <t>'Candidatus Phytoplasma phoenicium'</t>
   </si>
   <si>
     <t>* Barbosa JC, Eckstein B, Bergamin Filho A, Bedendo IP, Kitajima EW (2012) Molecular characterization of a phytoplasma of group 16SrIX related to ‘Ca. Phytoplasma phoenicium’ in periwinkle in Brazil. Tropical Plant Pathology 37, 130-135.
 ------- related strain.</t>
   </si>
@@ -156,50 +156,60 @@
     <t>* Gobatto D, Araújo de Oliveira L, Andrade de Siqueira Franco D, Velásquez N, Daròs J-A, Eiras M (2019) Surveys in the chrysanthemum production areas of Brazil and Colombia reveal that weeds are potential reservoirs of Chrysanthemum stunt viroid. Viruses 11, 355. https://doi.org/10.3390/v11040355</t>
   </si>
   <si>
     <t>PVT000</t>
   </si>
   <si>
     <t>Tepovirus tafsolani</t>
   </si>
   <si>
     <t>* Salazar LF, Harrison BD (1978) Host range, purification and properties of potato virus T. Annals of Applied Biology 89, 223-235.
 ------- As Vinca rosea.</t>
   </si>
   <si>
     <t>TOBRFV</t>
   </si>
   <si>
     <t>Tobamovirus fructirugosum</t>
   </si>
   <si>
     <t xml:space="preserve">* Chanda B, Gilliard A, Jaiswal N, Ling KS (2021) Comparative analysis of host range, ability to infect tomato cultivars with Tm-22 gene, and Real-Time Reverse Transcription PCR detection of tomato brown rugose fruit virus. Plant Disease 105(11), 3643–3652.
 ------- asymptomatic host in inoculation study.
 </t>
   </si>
   <si>
     <t>Host</t>
+  </si>
+  <si>
+    <t>PYDV00</t>
+  </si>
+  <si>
+    <t>Alphanucleorhabdovirus tuberosum</t>
+  </si>
+  <si>
+    <t>* Falk, B. W.; Weathers, L. G.; Greer, F. C. (1981) Plant Disease 65 (1), 81-83.
+------- as Vinca rosea.</t>
   </si>
   <si>
     <t>TOLCND</t>
   </si>
   <si>
     <t>Begomovirus solanumdelhiense</t>
   </si>
   <si>
     <t xml:space="preserve">* Zaidi SSEA, Martin DP, Amin I, Farooq M, and Mansoor S (2017) Tomato leaf curl New Delhi virus: a widespread bipartite begomovirus in the territory of monopartite begomoviruses. Molecular Plant Pathology, 18, 901–911. (online supplemental material)
 ------- uncertain host. noted as "Aleyrodes brassicae infecting Catharanthus roseus"
 </t>
   </si>
   <si>
     <t>PHYPAS</t>
   </si>
   <si>
     <t>'Candidatus Phytoplasma asteris'</t>
   </si>
   <si>
     <t>* Villalobos W, Coto-Morales T, Sandoval-Carvajal I, Garita L, Montero-Astúa M, Moreira L (2019) ‘Candidatus Phytoplasma asteris’ host species in Costa Rica. Phytopathogenic Mollicutes 9(1) 21-22. DOI:10.5958/2249-4677.2019.00011.2</t>
   </si>
   <si>
     <t>PHYP07</t>
   </si>
   <si>
@@ -655,51 +665,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D31"/>
+  <dimension ref="A1:D32"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="16.425" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="58.843" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="351.486" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
@@ -1027,120 +1037,134 @@
     </row>
     <row r="25" spans="1:4">
       <c r="A25" t="s">
         <v>44</v>
       </c>
       <c r="B25" t="s">
         <v>75</v>
       </c>
       <c r="C25" t="s">
         <v>76</v>
       </c>
       <c r="D25" t="s">
         <v>77</v>
       </c>
     </row>
     <row r="26" spans="1:4">
       <c r="A26" t="s">
         <v>44</v>
       </c>
       <c r="B26" t="s">
         <v>78</v>
       </c>
       <c r="C26" t="s">
         <v>79</v>
       </c>
-      <c r="D26"/>
+      <c r="D26" t="s">
+        <v>80</v>
+      </c>
     </row>
     <row r="27" spans="1:4">
       <c r="A27" t="s">
         <v>44</v>
       </c>
       <c r="B27" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="C27" t="s">
-        <v>81</v>
-[...1 lines deleted...]
-      <c r="D27" t="s">
         <v>82</v>
       </c>
+      <c r="D27"/>
     </row>
     <row r="28" spans="1:4">
       <c r="A28" t="s">
         <v>44</v>
       </c>
       <c r="B28" t="s">
         <v>83</v>
       </c>
       <c r="C28" t="s">
         <v>84</v>
       </c>
       <c r="D28" t="s">
         <v>85</v>
       </c>
     </row>
     <row r="29" spans="1:4">
       <c r="A29" t="s">
         <v>44</v>
       </c>
       <c r="B29" t="s">
-        <v>83</v>
+        <v>86</v>
       </c>
       <c r="C29" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="D29" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
     </row>
     <row r="30" spans="1:4">
       <c r="A30" t="s">
         <v>44</v>
       </c>
       <c r="B30" t="s">
-        <v>88</v>
+        <v>86</v>
       </c>
       <c r="C30" t="s">
         <v>89</v>
       </c>
       <c r="D30" t="s">
         <v>90</v>
       </c>
     </row>
     <row r="31" spans="1:4">
       <c r="A31" t="s">
         <v>44</v>
       </c>
       <c r="B31" t="s">
-        <v>88</v>
+        <v>91</v>
       </c>
       <c r="C31" t="s">
+        <v>92</v>
+      </c>
+      <c r="D31" t="s">
+        <v>93</v>
+      </c>
+    </row>
+    <row r="32" spans="1:4">
+      <c r="A32" t="s">
+        <v>44</v>
+      </c>
+      <c r="B32" t="s">
         <v>91</v>
       </c>
-      <c r="D31" t="s">
-        <v>92</v>
+      <c r="C32" t="s">
+        <v>94</v>
+      </c>
+      <c r="D32" t="s">
+        <v>95</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">