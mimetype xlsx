--- v1 (2025-10-30)
+++ v2 (2026-03-07)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="CTURO" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="96">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="100">
   <si>
     <t>type</t>
   </si>
   <si>
     <t>EPPOCode</t>
   </si>
   <si>
     <t>Pref_name</t>
   </si>
   <si>
     <t>References</t>
   </si>
   <si>
     <t>Doubtful host</t>
   </si>
   <si>
     <t>PHYPPH</t>
   </si>
   <si>
     <t>'Candidatus Phytoplasma phoenicium'</t>
   </si>
   <si>
     <t>* Barbosa JC, Eckstein B, Bergamin Filho A, Bedendo IP, Kitajima EW (2012) Molecular characterization of a phytoplasma of group 16SrIX related to ‘Ca. Phytoplasma phoenicium’ in periwinkle in Brazil. Tropical Plant Pathology 37, 130-135.
 ------- related strain.</t>
   </si>
@@ -96,50 +96,59 @@
   <si>
     <t>'Candidatus Phytoplasma mali'</t>
   </si>
   <si>
     <t>* Seemüller E, Carraro L, Jarausch W, Schneider B (2011) Apple proliferation phytoplasma. In: Hadidi A, Barba M, Candresse T, Jelkmann W (Eds) Virus and Virus-like Diseases of Pome and Stone fruits, APS, pp 67-73.</t>
   </si>
   <si>
     <t>PHYPPN</t>
   </si>
   <si>
     <t>'Candidatus Phytoplasma pruni'</t>
   </si>
   <si>
     <t>* Jensen DD (1971) Herbaceous host plants of western X-disease agent. Phytopathology 61, 1465-1470.</t>
   </si>
   <si>
     <t>PHYPPY</t>
   </si>
   <si>
     <t>'Candidatus Phytoplasma pyri'</t>
   </si>
   <si>
     <t>* Caglayan K, Gazel M, Ulubaş Serçe C &amp; Can F (2010) Experimental transmission trials by Cacopsylla pyri, collected from pear decline. Julius-Kühn-Archiv 427, 403–406.</t>
   </si>
   <si>
+    <t>PHYPRU</t>
+  </si>
+  <si>
+    <t>'Candidatus Phytoplasma rubi'</t>
+  </si>
+  <si>
+    <t>* Rufo R, Batlle A, Camprubi A, Montesinos E, Calvet C (2017) Control of rubus stunt and stolbur diseases in Madagascar periwinkle with mycorrhizae and a synthetic antibacterial peptide. Plant Pathology 66(4), 551-558.</t>
+  </si>
+  <si>
     <t>PHYPSO</t>
   </si>
   <si>
     <t>'Candidatus Phytoplasma solani'</t>
   </si>
   <si>
     <t>* Quaglino F, Zhao Y, Casati P, Bulgari D, Bianco PA, Wei W, Davis RE (2013) ‘Candidatus Phytoplasma solani’, a novel taxon associated with stolbur- and bois noir-related diseases of plants. International Journal of Systematic and Evolutionary Microbiology 63, 2879-2894.</t>
   </si>
   <si>
     <t>PBRSV0</t>
   </si>
   <si>
     <t>Nepovirus solani</t>
   </si>
   <si>
     <t>* Salazar LF, Harrison BD (1978) Host range and properties of potato black ringspot virus. Annals of Applied Biology 90, 375-386.
 ------- PBRSV. As Vinca rosea.</t>
   </si>
   <si>
     <t>PHYP30</t>
   </si>
   <si>
     <t>Peach rosette phytoplasma</t>
   </si>
   <si>
@@ -276,50 +285,53 @@
 ------- Confirmed host.</t>
   </si>
   <si>
     <t>PHENSO</t>
   </si>
   <si>
     <t>Phenacoccus solenopsis</t>
   </si>
   <si>
     <t>* Ülgentürk S, Ercan C, Yaşar B, Kaydan MB (2022) Checklist of Turkish Coccoidea (Hemiptera: Sternorryncha) species. Trakya University Journal of Natural Sciences 23(Special Issue), S113-S129. https://doi.org/10.23902/trkjnat.1123152</t>
   </si>
   <si>
     <t>LMV000</t>
   </si>
   <si>
     <t>Potyvirus lactucae</t>
   </si>
   <si>
     <t>* Elbeshehy EK, Al-Zahrani HS, Aldhebiani AY, Elbeaino T (2017) Viruses infecting periwinkle (Catharanthus roseus L.) in western Saudi Arabia. Phytopathologia Mediterranea 56(3), 479-485.</t>
   </si>
   <si>
     <t>PSEAPE</t>
   </si>
   <si>
     <t>Pseudaulacaspis pentagona</t>
+  </si>
+  <si>
+    <t>* García Morales M, Denno BD, Miller DR, Miller GL, Ben-Dov Y, Hardy NB (2016) ScaleNet: A literature-based model of scale insect biology and systematics. Database. doi: 10.1093/database/bav118. http://scalenet.info [accessed 2026-02].</t>
   </si>
   <si>
     <t>SPIRCI</t>
   </si>
   <si>
     <t>Spiroplasma citri</t>
   </si>
   <si>
     <t>* Sagouti T, Belabess Z, Rhallabi N, Barka EA, Tahiri A, Lahlali R (2022) Citrus Stubborn Disease: current insights on an enigmatic problem prevailing in Citrus orchards. Microorganisms 10(1), 183. https://doi.org/10.3390/microorganisms10010183</t>
   </si>
   <si>
     <t>XYLEFA</t>
   </si>
   <si>
     <t>Xylella fastidiosa</t>
   </si>
   <si>
     <t>* EFSA (2024) Update of the Xylella spp. host plant database – Systematic literature search up to 31 December 2023. EFSA Journal 22, e8898. https://efsa.onlinelibrary.wiley.com/doi/epdf/10.2903/j.efsa.2024.8898
 ------- Subspecies (pauca) and undetermined.</t>
   </si>
   <si>
     <t>Xylella fastidiosa (as Catharanthus)</t>
   </si>
   <si>
     <t>* Commission database of host plants found to be susceptible to Xylella fastidiosa in the Union Territory (update 12 of 2019-04-11).
@@ -665,51 +677,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D32"/>
+  <dimension ref="A1:D33"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="16.425" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="58.843" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="351.486" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
@@ -875,296 +887,312 @@
         <v>38</v>
       </c>
       <c r="C13" t="s">
         <v>39</v>
       </c>
       <c r="D13" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="14" spans="1:4">
       <c r="A14" t="s">
         <v>8</v>
       </c>
       <c r="B14" t="s">
         <v>41</v>
       </c>
       <c r="C14" t="s">
         <v>42</v>
       </c>
       <c r="D14" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="15" spans="1:4">
       <c r="A15" t="s">
+        <v>8</v>
+      </c>
+      <c r="B15" t="s">
         <v>44</v>
       </c>
-      <c r="B15" t="s">
+      <c r="C15" t="s">
         <v>45</v>
       </c>
-      <c r="C15" t="s">
+      <c r="D15" t="s">
         <v>46</v>
-      </c>
-[...1 lines deleted...]
-        <v>47</v>
       </c>
     </row>
     <row r="16" spans="1:4">
       <c r="A16" t="s">
-        <v>44</v>
+        <v>47</v>
       </c>
       <c r="B16" t="s">
         <v>48</v>
       </c>
       <c r="C16" t="s">
         <v>49</v>
       </c>
       <c r="D16" t="s">
         <v>50</v>
       </c>
     </row>
     <row r="17" spans="1:4">
       <c r="A17" t="s">
-        <v>44</v>
+        <v>47</v>
       </c>
       <c r="B17" t="s">
         <v>51</v>
       </c>
       <c r="C17" t="s">
         <v>52</v>
       </c>
       <c r="D17" t="s">
         <v>53</v>
       </c>
     </row>
     <row r="18" spans="1:4">
       <c r="A18" t="s">
-        <v>44</v>
+        <v>47</v>
       </c>
       <c r="B18" t="s">
         <v>54</v>
       </c>
       <c r="C18" t="s">
         <v>55</v>
       </c>
       <c r="D18" t="s">
         <v>56</v>
       </c>
     </row>
     <row r="19" spans="1:4">
       <c r="A19" t="s">
-        <v>44</v>
+        <v>47</v>
       </c>
       <c r="B19" t="s">
         <v>57</v>
       </c>
       <c r="C19" t="s">
         <v>58</v>
       </c>
       <c r="D19" t="s">
         <v>59</v>
       </c>
     </row>
     <row r="20" spans="1:4">
       <c r="A20" t="s">
-        <v>44</v>
+        <v>47</v>
       </c>
       <c r="B20" t="s">
         <v>60</v>
       </c>
       <c r="C20" t="s">
         <v>61</v>
       </c>
       <c r="D20" t="s">
         <v>62</v>
       </c>
     </row>
     <row r="21" spans="1:4">
       <c r="A21" t="s">
-        <v>44</v>
+        <v>47</v>
       </c>
       <c r="B21" t="s">
         <v>63</v>
       </c>
       <c r="C21" t="s">
         <v>64</v>
       </c>
       <c r="D21" t="s">
         <v>65</v>
       </c>
     </row>
     <row r="22" spans="1:4">
       <c r="A22" t="s">
-        <v>44</v>
+        <v>47</v>
       </c>
       <c r="B22" t="s">
         <v>66</v>
       </c>
       <c r="C22" t="s">
         <v>67</v>
       </c>
       <c r="D22" t="s">
         <v>68</v>
       </c>
     </row>
     <row r="23" spans="1:4">
       <c r="A23" t="s">
-        <v>44</v>
+        <v>47</v>
       </c>
       <c r="B23" t="s">
         <v>69</v>
       </c>
       <c r="C23" t="s">
         <v>70</v>
       </c>
       <c r="D23" t="s">
         <v>71</v>
       </c>
     </row>
     <row r="24" spans="1:4">
       <c r="A24" t="s">
-        <v>44</v>
+        <v>47</v>
       </c>
       <c r="B24" t="s">
         <v>72</v>
       </c>
       <c r="C24" t="s">
         <v>73</v>
       </c>
       <c r="D24" t="s">
         <v>74</v>
       </c>
     </row>
     <row r="25" spans="1:4">
       <c r="A25" t="s">
-        <v>44</v>
+        <v>47</v>
       </c>
       <c r="B25" t="s">
         <v>75</v>
       </c>
       <c r="C25" t="s">
         <v>76</v>
       </c>
       <c r="D25" t="s">
         <v>77</v>
       </c>
     </row>
     <row r="26" spans="1:4">
       <c r="A26" t="s">
-        <v>44</v>
+        <v>47</v>
       </c>
       <c r="B26" t="s">
         <v>78</v>
       </c>
       <c r="C26" t="s">
         <v>79</v>
       </c>
       <c r="D26" t="s">
         <v>80</v>
       </c>
     </row>
     <row r="27" spans="1:4">
       <c r="A27" t="s">
-        <v>44</v>
+        <v>47</v>
       </c>
       <c r="B27" t="s">
         <v>81</v>
       </c>
       <c r="C27" t="s">
         <v>82</v>
       </c>
-      <c r="D27"/>
+      <c r="D27" t="s">
+        <v>83</v>
+      </c>
     </row>
     <row r="28" spans="1:4">
       <c r="A28" t="s">
-        <v>44</v>
+        <v>47</v>
       </c>
       <c r="B28" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="C28" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="D28" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
     </row>
     <row r="29" spans="1:4">
       <c r="A29" t="s">
-        <v>44</v>
+        <v>47</v>
       </c>
       <c r="B29" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="C29" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="D29" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
     </row>
     <row r="30" spans="1:4">
       <c r="A30" t="s">
-        <v>44</v>
+        <v>47</v>
       </c>
       <c r="B30" t="s">
-        <v>86</v>
+        <v>90</v>
       </c>
       <c r="C30" t="s">
-        <v>89</v>
+        <v>91</v>
       </c>
       <c r="D30" t="s">
-        <v>90</v>
+        <v>92</v>
       </c>
     </row>
     <row r="31" spans="1:4">
       <c r="A31" t="s">
-        <v>44</v>
+        <v>47</v>
       </c>
       <c r="B31" t="s">
-        <v>91</v>
+        <v>90</v>
       </c>
       <c r="C31" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="D31" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
     </row>
     <row r="32" spans="1:4">
       <c r="A32" t="s">
-        <v>44</v>
+        <v>47</v>
       </c>
       <c r="B32" t="s">
-        <v>91</v>
+        <v>95</v>
       </c>
       <c r="C32" t="s">
-        <v>94</v>
+        <v>96</v>
       </c>
       <c r="D32" t="s">
+        <v>97</v>
+      </c>
+    </row>
+    <row r="33" spans="1:4">
+      <c r="A33" t="s">
+        <v>47</v>
+      </c>
+      <c r="B33" t="s">
         <v>95</v>
+      </c>
+      <c r="C33" t="s">
+        <v>98</v>
+      </c>
+      <c r="D33" t="s">
+        <v>99</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">