--- v0 (2025-10-15)
+++ v1 (2026-03-07)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="CTLSP" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="35">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="38">
   <si>
     <t>type</t>
   </si>
   <si>
     <t>EPPOCode</t>
   </si>
   <si>
     <t>Pref_name</t>
   </si>
   <si>
     <t>References</t>
   </si>
   <si>
     <t>Host</t>
   </si>
   <si>
     <t>ANOLCN</t>
   </si>
   <si>
     <t>Anoplophora chinensis (as Catalpa)</t>
   </si>
   <si>
     <t>* Sjöman H, Östberg J &amp; Nilsson J (2014) Review of host trees for the wood-boring pests Anoplophora glabripennis and Anoplophora chinensis: an urban forest perspective. Arboriculture &amp; Urban Forestry 40(3), 143–164.</t>
   </si>
   <si>
@@ -102,50 +102,60 @@
   </si>
   <si>
     <t>Halyomorpha halys</t>
   </si>
   <si>
     <t>* Holthouse MC, Spears LR, Alston DG (2021) Urban host plant utilisation by the invasive Halyomorpha halys (Stål) (Hemiptera, Pentatomidae) in northern Utah. NeoBiota 64, 87–101. https://doi.org/10.3897/neobiota.64.60050</t>
   </si>
   <si>
     <t>HEMELE</t>
   </si>
   <si>
     <t>Orgyia leucostigma</t>
   </si>
   <si>
     <t>* Heppner JB (2003) Lepidoptera of Florida. Part 1. Introduction and catalog. Volume 17 of Arthropods of Florida and neighboring land areas. Division of Plant Industry. Florida Department of Agriculture and Consumer Services. Gainesville, Florida. 670 pp
 * Robinson GS, Ackery PR, Kitching IJ, Beccaloni GW &amp; Hernández LM (2010) HOST - A database of the world's Lepidopteran hostplants. Natural History Museum, London. https://www.nhm.ac.uk (Accessed on 7 December 2020 and 21 March 2021)</t>
   </si>
   <si>
     <t>PHMPOM</t>
   </si>
   <si>
     <t>Phymatotrichopsis omnivora</t>
   </si>
   <si>
     <t>* Anonymous (1960) Index of Plant Diseases in the United States. Agriculture Handbook no 165, USDA-ARS (US) 531 pp.</t>
+  </si>
+  <si>
+    <t>PSEAPE</t>
+  </si>
+  <si>
+    <t>Pseudaulacaspis pentagona (as Catalpa)</t>
+  </si>
+  <si>
+    <t>* García Morales M, Denno BD, Miller DR, Miller GL, Ben-Dov Y, Hardy NB (2016) ScaleNet: A literature-based model of scale insect biology and systematics. Database. doi: 10.1093/database/bav118. http://scalenet.info [accessed 2026-02].
+* Miller DR &amp; Davidson JA (2005) Armored Scale Insect Pests of Trees and Shrubs. Cornell Univ. Press Ithaca, NY 442 pp.</t>
   </si>
   <si>
     <t>VSD000</t>
   </si>
   <si>
     <t>Vascular streak dieback agent</t>
   </si>
   <si>
     <t>* Bily D, Rodriguez Salamanca L, Bush E (2023) Vascular Streak Dieback: an emerging problem on woody ornamentals in the U.S. VCE Publications. SPES-483P (SPES-587P). https://www.pubs.ext.vt.edu/content/pubs_ext_vt_edu/en/SPES/spes-483/spes-483.html</t>
   </si>
   <si>
     <t>Major host</t>
   </si>
   <si>
     <t>Orgyia leucostigma (as Catalpa)</t>
   </si>
   <si>
     <t>* Heppner JB (2003) Lepidoptera of Florida. Part 1. Introduction and catalog. Volume 17 of Arthropods of Florida and neighboring land areas. Division of Plant Industry. Florida Department of Agriculture and Consumer Services. Gainesville, Florida. 670 pp
 * Webster RL (1916) The White-Marked Tussock-Moth. Circular. Paper 33. https://lib.dr.iastate.edu/iaes_circulars/39</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
@@ -468,61 +478,61 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D11"/>
+  <dimension ref="A1:D12"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="10.569" bestFit="true" customWidth="true" style="0"/>
-    <col min="3" max="3" width="42.418" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="45.846" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="334.918" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" t="s">
         <v>4</v>
       </c>
       <c r="B2" t="s">
         <v>5</v>
       </c>
       <c r="C2" t="s">
@@ -624,60 +634,74 @@
         <v>26</v>
       </c>
       <c r="C9" t="s">
         <v>27</v>
       </c>
       <c r="D9" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="10" spans="1:4">
       <c r="A10" t="s">
         <v>4</v>
       </c>
       <c r="B10" t="s">
         <v>29</v>
       </c>
       <c r="C10" t="s">
         <v>30</v>
       </c>
       <c r="D10" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="11" spans="1:4">
       <c r="A11" t="s">
+        <v>4</v>
+      </c>
+      <c r="B11" t="s">
         <v>32</v>
-      </c>
-[...1 lines deleted...]
-        <v>23</v>
       </c>
       <c r="C11" t="s">
         <v>33</v>
       </c>
       <c r="D11" t="s">
         <v>34</v>
+      </c>
+    </row>
+    <row r="12" spans="1:4">
+      <c r="A12" t="s">
+        <v>35</v>
+      </c>
+      <c r="B12" t="s">
+        <v>23</v>
+      </c>
+      <c r="C12" t="s">
+        <v>36</v>
+      </c>
+      <c r="D12" t="s">
+        <v>37</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">