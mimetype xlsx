--- v0 (2025-10-20)
+++ v1 (2026-02-20)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="CSYV00" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="110">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="116">
   <si>
     <t>type</t>
   </si>
   <si>
     <t>EPPOCode</t>
   </si>
   <si>
     <t>Pref_name</t>
   </si>
   <si>
     <t>References</t>
   </si>
   <si>
     <t>Major host</t>
   </si>
   <si>
     <t>CIDAU</t>
   </si>
   <si>
     <t>Citrus x aurantium</t>
   </si>
   <si>
     <t>* Liu C, Liu H, Hurst J, Timko MP, Zhou C (2020) Recent advances on citrus yellow vein clearing virus in Citrus. Horticultural Plant Journal 6(4), 216-222. https://www.sciencedirect.com/science/article/pii/S2468014120300431
 * Zhou Y, Chen HM, Cao MJ, Wang XF, Jin X, Liu KH, Zhou CY (2017) Occurrence, distribution, and molecular characterization of Citrus yellow vein clearing virus in China. Plant Disease 101(1), 137-143.</t>
   </si>
@@ -82,50 +82,60 @@
   </si>
   <si>
     <t>* Önelge N, Bozan O, Gök-Güler P (2016) First report of Citrus yellow vein clearing virus infecting new natural host plants in Turkey. Journal of Plant Pathology 98(2), p 373.
 ------- Symptomless.</t>
   </si>
   <si>
     <t>RANAR</t>
   </si>
   <si>
     <t>Ranunculus arvensis</t>
   </si>
   <si>
     <t>SINAR</t>
   </si>
   <si>
     <t>Sinapis arvensis</t>
   </si>
   <si>
     <t>SOLNI</t>
   </si>
   <si>
     <t>Solanum nigrum</t>
   </si>
   <si>
     <t>Host</t>
+  </si>
+  <si>
+    <t>CJCSS</t>
+  </si>
+  <si>
+    <t>Citroncirus sp.</t>
+  </si>
+  <si>
+    <t>* NPPO of Spain (2026-02)
+-----asymptomatic, tested positive in Comunidad Valenciana in September to October 2025.</t>
   </si>
   <si>
     <t>CIDHX</t>
   </si>
   <si>
     <t>Citrus hybrids</t>
   </si>
   <si>
     <t>* Abrahamian P, Tian T, Posis K, Guo Y, Yu D, Blomquist CL, Wei G, Adducci B, Vidalakis G, Bodaghi S, Osman F(2024) Genetic analysis of the emerging citrus yellow vein clearing virus reveals a divergent virus population in American isolates. Plant Disease108(6), 1544-1554.
 ------- Citrus x aurantium var unshiu x Fortunella japonica, Citrus maxima x Citrus reticulata Blanco (= Citrus hybrid Cocktail)
 * Wang Q, Wang Y, Yang Z, He S, Wu Q, Li J, Li Z, Zhou Y (2020) Distribution and molecular characterization of Citrus yellow vein clearing virus in Yunnan Province of China. Chilean journal of agricultural research 80(1), 133-139.  
 ------- Citrus x aurantium var. sinensis x Citrus reticulata Asumi, Citrus reticulata × Citrus x aurantium var. sinensis</t>
   </si>
   <si>
     <t>CIDHY</t>
   </si>
   <si>
     <t>Citrus hystrix</t>
   </si>
   <si>
     <t>* Sun YD, Yokomi R (2024) Genotype sequencing and phylogenetic analysis revealed the origins of citrus yellow vein clearing virus California isolates. Viruses 16(2), 188. https://doi.org/10.3390/v16020188</t>
   </si>
   <si>
     <t>CIDGR</t>
   </si>
@@ -167,50 +177,60 @@
   </si>
   <si>
     <t>* Zhou Y, Chen HM, Cao MJ, Wang XF, Jin X, Liu KH, Zhou CY (2017) Occurrence, distribution, and molecular characterization of Citrus yellow vein clearing virus in China. Plant Disease 101(1), 137-143.</t>
   </si>
   <si>
     <t>PMITR</t>
   </si>
   <si>
     <t>Citrus trifoliata</t>
   </si>
   <si>
     <t>* Zhou Y, Chen HM, Cao MJ, Wang XF, Jin X, Liu KH, Zhou CY (2017) Occurrence, distribution, and molecular characterization of Citrus yellow vein clearing virus in China. Plant Disease 101(1), 137-143.
 ------- As Poncirus trifoliata.</t>
   </si>
   <si>
     <t>CIDAF</t>
   </si>
   <si>
     <t>Citrus x aurantiifolia</t>
   </si>
   <si>
     <t xml:space="preserve">* Abrahamian P, Tian T, Posis K, Guo Y, Yu D, Blomquist CL, Wei G, Adducci B, Vidalakis G, Bodaghi S, Osman F(2024) Genetic analysis of the emerging citrus yellow vein clearing virus reveals a divergent virus population in American isolates. Plant Disease108(6), 1544-1554.
 * Liu C, Liu H, Hurst J, Timko MP, Zhou C (2020) Recent advances on citrus yellow vein clearing virus in Citrus. Horticultural Plant Journal 6(4), 216-222. https://www.sciencedirect.com/science/article/pii/S2468014120300431
 ------- As Citrus aurantifolia
 </t>
+  </si>
+  <si>
+    <t>CIDCL</t>
+  </si>
+  <si>
+    <t>Citrus x aurantium var. clementina</t>
+  </si>
+  <si>
+    <t xml:space="preserve">* NPPO of Spain (2026-02). 
+----found to be asymptomatic but tested positive for CYVCV in Comunidad Valenciana </t>
   </si>
   <si>
     <t>CIDPA</t>
   </si>
   <si>
     <t>Citrus x aurantium var. paradisi</t>
   </si>
   <si>
     <t>* Liu C, Liu H, Hurst J, Timko MP, Zhou C (2020) Recent advances on citrus yellow vein clearing virus in Citrus. Horticultural Plant Journal 6(4), 216-222. https://www.sciencedirect.com/science/article/pii/S2468014120300431</t>
   </si>
   <si>
     <t>CIDSI</t>
   </si>
   <si>
     <t>Citrus x aurantium var. sinensis</t>
   </si>
   <si>
     <t>CIDTG</t>
   </si>
   <si>
     <t>Citrus x aurantium var. tangerina</t>
   </si>
   <si>
     <t>* Abrahamian P, Tian T, Posis K, Guo Y, Yu D, Blomquist CL, Wei G, Adducci B, Vidalakis G, Bodaghi S, Osman F(2024) Genetic analysis of the emerging citrus yellow vein clearing virus reveals a divergent virus population in American isolates. Plant Disease108(6), 1544-1554.
 ------- as Citrus tangerina.</t>
@@ -721,51 +741,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D38"/>
+  <dimension ref="A1:D40"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="15.282" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="47.131" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="364.482" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
@@ -970,345 +990,373 @@
     <row r="16" spans="1:4">
       <c r="A16" t="s">
         <v>21</v>
       </c>
       <c r="B16" t="s">
         <v>46</v>
       </c>
       <c r="C16" t="s">
         <v>47</v>
       </c>
       <c r="D16" t="s">
         <v>48</v>
       </c>
     </row>
     <row r="17" spans="1:4">
       <c r="A17" t="s">
         <v>21</v>
       </c>
       <c r="B17" t="s">
         <v>49</v>
       </c>
       <c r="C17" t="s">
         <v>50</v>
       </c>
       <c r="D17" t="s">
-        <v>36</v>
+        <v>51</v>
       </c>
     </row>
     <row r="18" spans="1:4">
       <c r="A18" t="s">
         <v>21</v>
       </c>
       <c r="B18" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="C18" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="D18" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
     </row>
     <row r="19" spans="1:4">
       <c r="A19" t="s">
         <v>21</v>
       </c>
       <c r="B19" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="C19" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="D19" t="s">
-        <v>56</v>
+        <v>39</v>
       </c>
     </row>
     <row r="20" spans="1:4">
       <c r="A20" t="s">
         <v>21</v>
       </c>
       <c r="B20" t="s">
         <v>57</v>
       </c>
       <c r="C20" t="s">
         <v>58</v>
       </c>
       <c r="D20" t="s">
         <v>59</v>
       </c>
     </row>
     <row r="21" spans="1:4">
       <c r="A21" t="s">
         <v>21</v>
       </c>
       <c r="B21" t="s">
         <v>60</v>
       </c>
       <c r="C21" t="s">
         <v>61</v>
       </c>
       <c r="D21" t="s">
-        <v>39</v>
+        <v>62</v>
       </c>
     </row>
     <row r="22" spans="1:4">
       <c r="A22" t="s">
         <v>21</v>
       </c>
       <c r="B22" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="C22" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="D22" t="s">
-        <v>48</v>
+        <v>65</v>
       </c>
     </row>
     <row r="23" spans="1:4">
       <c r="A23" t="s">
         <v>21</v>
       </c>
       <c r="B23" t="s">
-        <v>64</v>
+        <v>66</v>
       </c>
       <c r="C23" t="s">
-        <v>65</v>
+        <v>67</v>
       </c>
       <c r="D23" t="s">
-        <v>66</v>
+        <v>42</v>
       </c>
     </row>
     <row r="24" spans="1:4">
       <c r="A24" t="s">
         <v>21</v>
       </c>
       <c r="B24" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="C24" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="D24" t="s">
-        <v>69</v>
+        <v>54</v>
       </c>
     </row>
     <row r="25" spans="1:4">
       <c r="A25" t="s">
         <v>21</v>
       </c>
       <c r="B25" t="s">
         <v>70</v>
       </c>
       <c r="C25" t="s">
         <v>71</v>
       </c>
       <c r="D25" t="s">
         <v>72</v>
       </c>
     </row>
     <row r="26" spans="1:4">
       <c r="A26" t="s">
         <v>21</v>
       </c>
       <c r="B26" t="s">
         <v>73</v>
       </c>
       <c r="C26" t="s">
         <v>74</v>
       </c>
       <c r="D26" t="s">
-        <v>69</v>
+        <v>75</v>
       </c>
     </row>
     <row r="27" spans="1:4">
       <c r="A27" t="s">
         <v>21</v>
       </c>
       <c r="B27" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="C27" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="D27" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
     </row>
     <row r="28" spans="1:4">
       <c r="A28" t="s">
         <v>21</v>
       </c>
       <c r="B28" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="C28" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="D28" t="s">
-        <v>27</v>
+        <v>75</v>
       </c>
     </row>
     <row r="29" spans="1:4">
       <c r="A29" t="s">
         <v>21</v>
       </c>
       <c r="B29" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="C29" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="D29" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
     </row>
     <row r="30" spans="1:4">
       <c r="A30" t="s">
         <v>21</v>
       </c>
       <c r="B30" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="C30" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="D30" t="s">
-        <v>85</v>
+        <v>30</v>
       </c>
     </row>
     <row r="31" spans="1:4">
       <c r="A31" t="s">
+        <v>21</v>
+      </c>
+      <c r="B31" t="s">
         <v>86</v>
       </c>
-      <c r="B31" t="s">
+      <c r="C31" t="s">
         <v>87</v>
       </c>
-      <c r="C31" t="s">
+      <c r="D31" t="s">
         <v>88</v>
-      </c>
-[...1 lines deleted...]
-        <v>89</v>
       </c>
     </row>
     <row r="32" spans="1:4">
       <c r="A32" t="s">
-        <v>86</v>
+        <v>21</v>
       </c>
       <c r="B32" t="s">
+        <v>89</v>
+      </c>
+      <c r="C32" t="s">
         <v>90</v>
       </c>
-      <c r="C32" t="s">
+      <c r="D32" t="s">
         <v>91</v>
-      </c>
-[...1 lines deleted...]
-        <v>92</v>
       </c>
     </row>
     <row r="33" spans="1:4">
       <c r="A33" t="s">
-        <v>86</v>
+        <v>92</v>
       </c>
       <c r="B33" t="s">
         <v>93</v>
       </c>
       <c r="C33" t="s">
         <v>94</v>
       </c>
       <c r="D33" t="s">
         <v>95</v>
       </c>
     </row>
     <row r="34" spans="1:4">
       <c r="A34" t="s">
-        <v>86</v>
+        <v>92</v>
       </c>
       <c r="B34" t="s">
         <v>96</v>
       </c>
       <c r="C34" t="s">
         <v>97</v>
       </c>
       <c r="D34" t="s">
         <v>98</v>
       </c>
     </row>
     <row r="35" spans="1:4">
       <c r="A35" t="s">
-        <v>86</v>
+        <v>92</v>
       </c>
       <c r="B35" t="s">
         <v>99</v>
       </c>
       <c r="C35" t="s">
         <v>100</v>
       </c>
       <c r="D35" t="s">
         <v>101</v>
       </c>
     </row>
     <row r="36" spans="1:4">
       <c r="A36" t="s">
-        <v>86</v>
+        <v>92</v>
       </c>
       <c r="B36" t="s">
         <v>102</v>
       </c>
       <c r="C36" t="s">
         <v>103</v>
       </c>
       <c r="D36" t="s">
         <v>104</v>
       </c>
     </row>
     <row r="37" spans="1:4">
       <c r="A37" t="s">
-        <v>86</v>
+        <v>92</v>
       </c>
       <c r="B37" t="s">
         <v>105</v>
       </c>
       <c r="C37" t="s">
         <v>106</v>
       </c>
       <c r="D37" t="s">
-        <v>101</v>
+        <v>107</v>
       </c>
     </row>
     <row r="38" spans="1:4">
       <c r="A38" t="s">
-        <v>86</v>
+        <v>92</v>
       </c>
       <c r="B38" t="s">
+        <v>108</v>
+      </c>
+      <c r="C38" t="s">
+        <v>109</v>
+      </c>
+      <c r="D38" t="s">
+        <v>110</v>
+      </c>
+    </row>
+    <row r="39" spans="1:4">
+      <c r="A39" t="s">
+        <v>92</v>
+      </c>
+      <c r="B39" t="s">
+        <v>111</v>
+      </c>
+      <c r="C39" t="s">
+        <v>112</v>
+      </c>
+      <c r="D39" t="s">
         <v>107</v>
       </c>
-      <c r="C38" t="s">
-[...3 lines deleted...]
-        <v>109</v>
+    </row>
+    <row r="40" spans="1:4">
+      <c r="A40" t="s">
+        <v>92</v>
+      </c>
+      <c r="B40" t="s">
+        <v>113</v>
+      </c>
+      <c r="C40" t="s">
+        <v>114</v>
+      </c>
+      <c r="D40" t="s">
+        <v>115</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">