--- v0 (2025-11-11)
+++ v1 (2026-02-20)
@@ -437,51 +437,51 @@
   <si>
     <t>Lithuania</t>
   </si>
   <si>
     <t>LT</t>
   </si>
   <si>
     <t>Netherlands</t>
   </si>
   <si>
     <t>NL</t>
   </si>
   <si>
     <t>Norway</t>
   </si>
   <si>
     <t>NO</t>
   </si>
   <si>
     <t>Poland</t>
   </si>
   <si>
     <t>PL</t>
   </si>
   <si>
-    <t>Russian Federation (the)</t>
+    <t>Russian Federation</t>
   </si>
   <si>
     <t>RU</t>
   </si>
   <si>
     <t>Central Russia</t>
   </si>
   <si>
     <t>cr</t>
   </si>
   <si>
     <t>Far East</t>
   </si>
   <si>
     <t>fe</t>
   </si>
   <si>
     <t>Slovenia</t>
   </si>
   <si>
     <t>SI</t>
   </si>
   <si>
     <t>Spain</t>
   </si>