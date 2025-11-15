--- v0 (2025-10-08)
+++ v1 (2025-11-15)
@@ -303,51 +303,51 @@
               <w:t xml:space="preserve">Chrysanthemum stunt viroid</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> measles of chrysanthemum, stunt of chrysanthemum</w:t>
             </w:r>
-            <w:hyperlink r:id="rId395368e625724f65a" w:history="1">
+            <w:hyperlink r:id="rId60646917d02e9f941" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -363,51 +363,51 @@
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> RNQP (Annex IV)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId605368e625724f6c5" w:history="1">
+            <w:hyperlink r:id="rId35386917d02e9f9ac" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -421,86 +421,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> CSVD00</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="93964646" name="name542468e625724fea8" descr="15976.jpg"/>
+                  <wp:docPr id="24073696" name="name17546917d02ea013c" descr="15976.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="15976.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId955268e625724fea6" cstate="print"/>
+                          <a:blip r:embed="rId83446917d02ea013a" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId999468e625724ffae" w:history="1">
+            <w:hyperlink r:id="rId67396917d02ea0265" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -533,51 +533,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Ratification by the International Committee on Taxonomy of Viruses (ICTV) of the new species name </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Pospiviroid impedichrysanthemi</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> is pending (</w:t>
       </w:r>
-      <w:hyperlink r:id="rId504868e62572500a2" w:history="1">
+      <w:hyperlink r:id="rId65956917d02ea036e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:b/>
             <w:bCs/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">ICTV website</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, proposal n. 2023.032P) and expected to be adopted early in 2024.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
@@ -1512,92 +1512,92 @@
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">GEOGRAPHICAL DISTRIBUTION</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CSVd has been reported in several countries worldwide with recent reports in South America. Several accessions (MT995842-MT995845) in </w:t>
       </w:r>
-      <w:hyperlink r:id="rId658168e6257250729" w:history="1">
+      <w:hyperlink r:id="rId40286917d02ea09b7" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:b/>
             <w:bCs/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">GenBank</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> also suggest its presence in Malaysia. Over the years, CSVd has been reported in several other countries from which it has now been eradicated. However, since CSVd infections may remain symptomless in several hosts, there is some uncertainty concerning the current distribution.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="22157134" name="name389868e625725143f" descr="CSVD00_distribution_map.jpg"/>
+            <wp:docPr id="21265348" name="name33326917d02ea1448" descr="CSVD00_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="CSVD00_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId675768e625725143c" cstate="print"/>
+                    <a:blip r:embed="rId84816917d02ea1445" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -1782,51 +1782,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2021). The complete genome of CSVd was first determined at the beginning of the 1980s (Haseloff and Symons, 1981; Gross </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1982) and nowadays several hundred CSVd variants of different geographic or host origin have been completely sequenced (</w:t>
       </w:r>
-      <w:hyperlink r:id="rId610868e625725171d" w:history="1">
+      <w:hyperlink r:id="rId67026917d02ea1762" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:b/>
             <w:bCs/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">NCBI</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, consulted on 16/10/2023). The genome of most CSVd variants ranges in size between 354 and 356 nt (Palukaitis, 2017). CSVd is classified in a species belonging to the genus </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -3537,51 +3537,51 @@
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Phytosanitary risk</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">There are no known ecoclimatic constraints for the establishment of CSVd in new areas, except those affecting its hosts. Due to the severity of the disease induced in commercial chrysanthemum cultivars, CSVd is included in the EPPO A2 list of pests recommended for regulation as a quarantine pest. CSVd is considered as a quarantine pest in several countries worldwide (</w:t>
       </w:r>
-      <w:hyperlink r:id="rId825568e62572522c7" w:history="1">
+      <w:hyperlink r:id="rId54766917d02ea2376" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:b/>
             <w:bCs/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">EPPO global database</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">). In the EU, CSVd is currently included in the list of regulated non-quarantine pests for plants for planting (other than seeds) of </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -4220,51 +4220,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">102</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 001543. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId728668e6257252748" w:history="1">
+      <w:hyperlink r:id="rId59726917d02ea27eb" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1099/jgv.0.001543</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4502,51 +4502,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">32</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 105-114. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId938068e625725291a" w:history="1">
+      <w:hyperlink r:id="rId45196917d02ea29cb" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/taxon/CSVD00/documents</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4572,51 +4572,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">38</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 31-52. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId359768e625725299b" w:history="1">
+      <w:hyperlink r:id="rId90266917d02ea2a43" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/taxon/CSVD00/documents</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4682,51 +4682,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">51</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 144-177. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId796268e6257252a48" w:history="1">
+      <w:hyperlink r:id="rId82446917d02ea2af5" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/taxon/CSVD00/documents</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4752,51 +4752,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">11</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 355. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId961068e6257252b04" w:history="1">
+      <w:hyperlink r:id="rId68636917d02ea2b6a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3390/v11040355</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5277,51 +5277,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Planta </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">220</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 64-70. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId439568e6257252e51" w:history="1">
+      <w:hyperlink r:id="rId93556917d02ea2ec9" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s00425-004-1318-2</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5630,51 +5630,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">95</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1196-1196. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId458468e62572530aa" w:history="1">
+      <w:hyperlink r:id="rId16666917d02ea310f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PDIS-05-11-0398</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6155,51 +6155,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">10</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 719. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId274768e625725344d" w:history="1">
+      <w:hyperlink r:id="rId49886917d02ea4aba" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3390/v10120719</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6283,51 +6283,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">8</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 305-325. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId626468e6257253524" w:history="1">
+      <w:hyperlink r:id="rId53436917d02ea4cf3" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1146/annurev-virology-091919-092331</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7292,51 +7292,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">90</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1359. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId334168e6257253b6e" w:history="1">
+      <w:hyperlink r:id="rId63136917d02ea5840" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PD-90-1359A</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -7371,101 +7371,101 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">7</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">: 224. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId198968e6257253bec" w:history="1">
+      <w:hyperlink r:id="rId11226917d02ea58fa" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi/org/10.3389/fmicb.2016.00224</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI resources used when preparing this datasheet</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI Datasheet on Chrysanthemum stunt viroid (measles of chrysanthemum) CABI Compendium. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId557968e6257253c43" w:history="1">
+      <w:hyperlink r:id="rId71136917d02ea597b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.cabidigitallibrary.org/doi/10.1079/cabicompendium.13283</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -7531,51 +7531,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Pospiviroid impedichrysanthemi</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId364368e6257253cfb" w:history="1">
+      <w:hyperlink r:id="rId25906917d02ea5a8c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -7748,81 +7748,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">8</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 6 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId409568e6257253e60" w:history="1">
+      <w:hyperlink r:id="rId13776917d02ea5c8e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://onlinelibrary.wiley.com/doi/epdf/10.1111/j.1365-2338.1978.tb02777.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="56037557" name="name373168e6257253ef3" descr="eu_funding_250.png"/>
+            <wp:docPr id="77515490" name="name31776917d02ea5d2c" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId916968e6257253ef2" cstate="print"/>
+                    <a:blip r:embed="rId24776917d02ea5d2b" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -7920,137 +7920,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="63254474">
+  <w:abstractNum w:abstractNumId="74759753">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="67856344">
+    <w:lvl w:ilvl="0" w:tplc="15457119">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="67856344" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="15457119" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="67856344" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="15457119" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="67856344" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="15457119" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="67856344" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="15457119" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="67856344" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="15457119" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="67856344" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="15457119" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="67856344" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="15457119" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="67856344" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="15457119" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="63254473">
+  <w:abstractNum w:abstractNumId="74759752">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="80402625">
+    <w:lvl w:ilvl="0" w:tplc="77254101">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -8802,55 +8802,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="63254473">
-    <w:abstractNumId w:val="63254473"/>
+  <w:num w:numId="74759752">
+    <w:abstractNumId w:val="74759752"/>
   </w:num>
-  <w:num w:numId="63254474">
-    <w:abstractNumId w:val="63254474"/>
+  <w:num w:numId="74759753">
+    <w:abstractNumId w:val="74759753"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -20400,51 +20400,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId363593700" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId746937498" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId395368e625724f65a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CSVD00/" TargetMode="External"/><Relationship Id="rId605368e625724f6c5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CSVD00/categorization" TargetMode="External"/><Relationship Id="rId999468e625724ffae" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CSVD00/photos" TargetMode="External"/><Relationship Id="rId504868e62572500a2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ictv.global/files/proposals/pending?fid=11742#block-teamplus-page-title" TargetMode="External"/><Relationship Id="rId658168e6257250729" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/nuccore" TargetMode="External"/><Relationship Id="rId610868e625725171d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/nuccore" TargetMode="External"/><Relationship Id="rId825568e62572522c7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/" TargetMode="External"/><Relationship Id="rId728668e6257252748" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1099/jgv.0.001543" TargetMode="External"/><Relationship Id="rId938068e625725291a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CSVD00/documents" TargetMode="External"/><Relationship Id="rId359768e625725299b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CSVD00/documents" TargetMode="External"/><Relationship Id="rId796268e6257252a48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CSVD00/documents" TargetMode="External"/><Relationship Id="rId961068e6257252b04" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/v11040355" TargetMode="External"/><Relationship Id="rId439568e6257252e51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s00425-004-1318-2" TargetMode="External"/><Relationship Id="rId458468e62572530aa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-05-11-0398" TargetMode="External"/><Relationship Id="rId274768e625725344d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/v10120719" TargetMode="External"/><Relationship Id="rId626468e6257253524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1146/annurev-virology-091919-092331" TargetMode="External"/><Relationship Id="rId334168e6257253b6e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PD-90-1359A" TargetMode="External"/><Relationship Id="rId198968e6257253bec" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi/org/10.3389/fmicb.2016.00224" TargetMode="External"/><Relationship Id="rId557968e6257253c43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabidigitallibrary.org/doi/10.1079/cabicompendium.13283" TargetMode="External"/><Relationship Id="rId364368e6257253cfb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId409568e6257253e60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/doi/epdf/10.1111/j.1365-2338.1978.tb02777.x" TargetMode="External"/><Relationship Id="rId955268e625724fea6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId955268e625724fea6.jpg"/><Relationship Id="rId675768e625725143c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId675768e625725143c.jpg"/><Relationship Id="rId916968e6257253ef2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId916968e6257253ef2.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId280589606" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId665271720" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId60646917d02e9f941" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CSVD00/" TargetMode="External"/><Relationship Id="rId35386917d02e9f9ac" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CSVD00/categorization" TargetMode="External"/><Relationship Id="rId67396917d02ea0265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CSVD00/photos" TargetMode="External"/><Relationship Id="rId65956917d02ea036e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ictv.global/files/proposals/pending?fid=11742#block-teamplus-page-title" TargetMode="External"/><Relationship Id="rId40286917d02ea09b7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/nuccore" TargetMode="External"/><Relationship Id="rId67026917d02ea1762" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/nuccore" TargetMode="External"/><Relationship Id="rId54766917d02ea2376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/" TargetMode="External"/><Relationship Id="rId59726917d02ea27eb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1099/jgv.0.001543" TargetMode="External"/><Relationship Id="rId45196917d02ea29cb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CSVD00/documents" TargetMode="External"/><Relationship Id="rId90266917d02ea2a43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CSVD00/documents" TargetMode="External"/><Relationship Id="rId82446917d02ea2af5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CSVD00/documents" TargetMode="External"/><Relationship Id="rId68636917d02ea2b6a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/v11040355" TargetMode="External"/><Relationship Id="rId93556917d02ea2ec9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s00425-004-1318-2" TargetMode="External"/><Relationship Id="rId16666917d02ea310f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-05-11-0398" TargetMode="External"/><Relationship Id="rId49886917d02ea4aba" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/v10120719" TargetMode="External"/><Relationship Id="rId53436917d02ea4cf3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1146/annurev-virology-091919-092331" TargetMode="External"/><Relationship Id="rId63136917d02ea5840" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PD-90-1359A" TargetMode="External"/><Relationship Id="rId11226917d02ea58fa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi/org/10.3389/fmicb.2016.00224" TargetMode="External"/><Relationship Id="rId71136917d02ea597b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabidigitallibrary.org/doi/10.1079/cabicompendium.13283" TargetMode="External"/><Relationship Id="rId25906917d02ea5a8c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId13776917d02ea5c8e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/doi/epdf/10.1111/j.1365-2338.1978.tb02777.x" TargetMode="External"/><Relationship Id="rId83446917d02ea013a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId83446917d02ea013a.jpg"/><Relationship Id="rId84816917d02ea1445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId84816917d02ea1445.jpg"/><Relationship Id="rId24776917d02ea5d2b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId24776917d02ea5d2b.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>