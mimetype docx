--- v1 (2025-11-15)
+++ v2 (2025-12-05)
@@ -303,51 +303,51 @@
               <w:t xml:space="preserve">Chrysanthemum stunt viroid</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> measles of chrysanthemum, stunt of chrysanthemum</w:t>
             </w:r>
-            <w:hyperlink r:id="rId60646917d02e9f941" w:history="1">
+            <w:hyperlink r:id="rId34426932856ee3c6d" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -363,51 +363,51 @@
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> RNQP (Annex IV)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId35386917d02e9f9ac" w:history="1">
+            <w:hyperlink r:id="rId35216932856ee3cb8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -421,86 +421,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> CSVD00</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="24073696" name="name17546917d02ea013c" descr="15976.jpg"/>
+                  <wp:docPr id="46482361" name="name56296932856ee3d6c" descr="15976.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="15976.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId83446917d02ea013a" cstate="print"/>
+                          <a:blip r:embed="rId85136932856ee3d6b" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId67396917d02ea0265" w:history="1">
+            <w:hyperlink r:id="rId22586932856ee3e26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -533,51 +533,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Ratification by the International Committee on Taxonomy of Viruses (ICTV) of the new species name </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Pospiviroid impedichrysanthemi</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> is pending (</w:t>
       </w:r>
-      <w:hyperlink r:id="rId65956917d02ea036e" w:history="1">
+      <w:hyperlink r:id="rId97076932856ee3f5a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:b/>
             <w:bCs/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">ICTV website</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, proposal n. 2023.032P) and expected to be adopted early in 2024.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
@@ -1512,92 +1512,92 @@
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">GEOGRAPHICAL DISTRIBUTION</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CSVd has been reported in several countries worldwide with recent reports in South America. Several accessions (MT995842-MT995845) in </w:t>
       </w:r>
-      <w:hyperlink r:id="rId40286917d02ea09b7" w:history="1">
+      <w:hyperlink r:id="rId49956932856ee4617" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:b/>
             <w:bCs/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">GenBank</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> also suggest its presence in Malaysia. Over the years, CSVd has been reported in several other countries from which it has now been eradicated. However, since CSVd infections may remain symptomless in several hosts, there is some uncertainty concerning the current distribution.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="21265348" name="name33326917d02ea1448" descr="CSVD00_distribution_map.jpg"/>
+            <wp:docPr id="77146140" name="name21166932856ee6e34" descr="CSVD00_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="CSVD00_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId84816917d02ea1445" cstate="print"/>
+                    <a:blip r:embed="rId37786932856ee6e32" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -1782,51 +1782,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2021). The complete genome of CSVd was first determined at the beginning of the 1980s (Haseloff and Symons, 1981; Gross </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1982) and nowadays several hundred CSVd variants of different geographic or host origin have been completely sequenced (</w:t>
       </w:r>
-      <w:hyperlink r:id="rId67026917d02ea1762" w:history="1">
+      <w:hyperlink r:id="rId77636932856ee705e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:b/>
             <w:bCs/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">NCBI</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, consulted on 16/10/2023). The genome of most CSVd variants ranges in size between 354 and 356 nt (Palukaitis, 2017). CSVd is classified in a species belonging to the genus </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -3537,51 +3537,51 @@
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Phytosanitary risk</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">There are no known ecoclimatic constraints for the establishment of CSVd in new areas, except those affecting its hosts. Due to the severity of the disease induced in commercial chrysanthemum cultivars, CSVd is included in the EPPO A2 list of pests recommended for regulation as a quarantine pest. CSVd is considered as a quarantine pest in several countries worldwide (</w:t>
       </w:r>
-      <w:hyperlink r:id="rId54766917d02ea2376" w:history="1">
+      <w:hyperlink r:id="rId23016932856ee793b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:b/>
             <w:bCs/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">EPPO global database</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">). In the EU, CSVd is currently included in the list of regulated non-quarantine pests for plants for planting (other than seeds) of </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -4220,51 +4220,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">102</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 001543. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId59726917d02ea27eb" w:history="1">
+      <w:hyperlink r:id="rId39746932856ee7c8f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1099/jgv.0.001543</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4502,51 +4502,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">32</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 105-114. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId45196917d02ea29cb" w:history="1">
+      <w:hyperlink r:id="rId46726932856ee7dd6" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/taxon/CSVD00/documents</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4572,51 +4572,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">38</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 31-52. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId90266917d02ea2a43" w:history="1">
+      <w:hyperlink r:id="rId91756932856ee7e3c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/taxon/CSVD00/documents</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4682,51 +4682,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">51</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 144-177. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId82446917d02ea2af5" w:history="1">
+      <w:hyperlink r:id="rId82826932856ee7ee4" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/taxon/CSVD00/documents</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4752,51 +4752,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">11</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 355. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId68636917d02ea2b6a" w:history="1">
+      <w:hyperlink r:id="rId57896932856ee7f4f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3390/v11040355</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5277,51 +5277,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Planta </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">220</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 64-70. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId93556917d02ea2ec9" w:history="1">
+      <w:hyperlink r:id="rId98166932856ee81be" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s00425-004-1318-2</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5630,51 +5630,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">95</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1196-1196. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId16666917d02ea310f" w:history="1">
+      <w:hyperlink r:id="rId49666932856ee8354" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PDIS-05-11-0398</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6155,51 +6155,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">10</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 719. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId49886917d02ea4aba" w:history="1">
+      <w:hyperlink r:id="rId53726932856ee85b6" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3390/v10120719</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6283,51 +6283,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">8</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 305-325. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId53436917d02ea4cf3" w:history="1">
+      <w:hyperlink r:id="rId55936932856ee864a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1146/annurev-virology-091919-092331</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7292,51 +7292,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">90</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1359. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId63136917d02ea5840" w:history="1">
+      <w:hyperlink r:id="rId20026932856ee8ae7" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PD-90-1359A</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -7371,101 +7371,101 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">7</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">: 224. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId11226917d02ea58fa" w:history="1">
+      <w:hyperlink r:id="rId87626932856ee8b43" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi/org/10.3389/fmicb.2016.00224</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI resources used when preparing this datasheet</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI Datasheet on Chrysanthemum stunt viroid (measles of chrysanthemum) CABI Compendium. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId71136917d02ea597b" w:history="1">
+      <w:hyperlink r:id="rId12496932856ee8b82" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.cabidigitallibrary.org/doi/10.1079/cabicompendium.13283</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -7531,51 +7531,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Pospiviroid impedichrysanthemi</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId25906917d02ea5a8c" w:history="1">
+      <w:hyperlink r:id="rId63556932856ee8c09" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -7748,81 +7748,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">8</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 6 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId13776917d02ea5c8e" w:history="1">
+      <w:hyperlink r:id="rId80586932856ee8d09" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://onlinelibrary.wiley.com/doi/epdf/10.1111/j.1365-2338.1978.tb02777.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="77515490" name="name31776917d02ea5d2c" descr="eu_funding_250.png"/>
+            <wp:docPr id="6717571" name="name64106932856ee964d" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId24776917d02ea5d2b" cstate="print"/>
+                    <a:blip r:embed="rId42246932856ee964c" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -7920,137 +7920,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="74759753">
+  <w:abstractNum w:abstractNumId="69641262">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="15457119">
+    <w:lvl w:ilvl="0" w:tplc="88806540">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="15457119" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="88806540" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="15457119" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="88806540" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="15457119" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="88806540" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="15457119" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="88806540" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="15457119" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="88806540" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="15457119" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="88806540" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="15457119" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="88806540" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="15457119" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="88806540" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="74759752">
+  <w:abstractNum w:abstractNumId="69641261">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="77254101">
+    <w:lvl w:ilvl="0" w:tplc="27813401">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -8802,55 +8802,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="74759752">
-    <w:abstractNumId w:val="74759752"/>
+  <w:num w:numId="69641261">
+    <w:abstractNumId w:val="69641261"/>
   </w:num>
-  <w:num w:numId="74759753">
-    <w:abstractNumId w:val="74759753"/>
+  <w:num w:numId="69641262">
+    <w:abstractNumId w:val="69641262"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -20400,51 +20400,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId280589606" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId665271720" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId60646917d02e9f941" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CSVD00/" TargetMode="External"/><Relationship Id="rId35386917d02e9f9ac" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CSVD00/categorization" TargetMode="External"/><Relationship Id="rId67396917d02ea0265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CSVD00/photos" TargetMode="External"/><Relationship Id="rId65956917d02ea036e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ictv.global/files/proposals/pending?fid=11742#block-teamplus-page-title" TargetMode="External"/><Relationship Id="rId40286917d02ea09b7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/nuccore" TargetMode="External"/><Relationship Id="rId67026917d02ea1762" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/nuccore" TargetMode="External"/><Relationship Id="rId54766917d02ea2376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/" TargetMode="External"/><Relationship Id="rId59726917d02ea27eb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1099/jgv.0.001543" TargetMode="External"/><Relationship Id="rId45196917d02ea29cb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CSVD00/documents" TargetMode="External"/><Relationship Id="rId90266917d02ea2a43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CSVD00/documents" TargetMode="External"/><Relationship Id="rId82446917d02ea2af5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CSVD00/documents" TargetMode="External"/><Relationship Id="rId68636917d02ea2b6a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/v11040355" TargetMode="External"/><Relationship Id="rId93556917d02ea2ec9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s00425-004-1318-2" TargetMode="External"/><Relationship Id="rId16666917d02ea310f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-05-11-0398" TargetMode="External"/><Relationship Id="rId49886917d02ea4aba" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/v10120719" TargetMode="External"/><Relationship Id="rId53436917d02ea4cf3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1146/annurev-virology-091919-092331" TargetMode="External"/><Relationship Id="rId63136917d02ea5840" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PD-90-1359A" TargetMode="External"/><Relationship Id="rId11226917d02ea58fa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi/org/10.3389/fmicb.2016.00224" TargetMode="External"/><Relationship Id="rId71136917d02ea597b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabidigitallibrary.org/doi/10.1079/cabicompendium.13283" TargetMode="External"/><Relationship Id="rId25906917d02ea5a8c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId13776917d02ea5c8e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/doi/epdf/10.1111/j.1365-2338.1978.tb02777.x" TargetMode="External"/><Relationship Id="rId83446917d02ea013a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId83446917d02ea013a.jpg"/><Relationship Id="rId84816917d02ea1445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId84816917d02ea1445.jpg"/><Relationship Id="rId24776917d02ea5d2b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId24776917d02ea5d2b.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId985456295" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId450949933" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId34426932856ee3c6d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CSVD00/" TargetMode="External"/><Relationship Id="rId35216932856ee3cb8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CSVD00/categorization" TargetMode="External"/><Relationship Id="rId22586932856ee3e26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CSVD00/photos" TargetMode="External"/><Relationship Id="rId97076932856ee3f5a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ictv.global/files/proposals/pending?fid=11742#block-teamplus-page-title" TargetMode="External"/><Relationship Id="rId49956932856ee4617" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/nuccore" TargetMode="External"/><Relationship Id="rId77636932856ee705e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/nuccore" TargetMode="External"/><Relationship Id="rId23016932856ee793b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/" TargetMode="External"/><Relationship Id="rId39746932856ee7c8f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1099/jgv.0.001543" TargetMode="External"/><Relationship Id="rId46726932856ee7dd6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CSVD00/documents" TargetMode="External"/><Relationship Id="rId91756932856ee7e3c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CSVD00/documents" TargetMode="External"/><Relationship Id="rId82826932856ee7ee4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CSVD00/documents" TargetMode="External"/><Relationship Id="rId57896932856ee7f4f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/v11040355" TargetMode="External"/><Relationship Id="rId98166932856ee81be" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s00425-004-1318-2" TargetMode="External"/><Relationship Id="rId49666932856ee8354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-05-11-0398" TargetMode="External"/><Relationship Id="rId53726932856ee85b6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/v10120719" TargetMode="External"/><Relationship Id="rId55936932856ee864a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1146/annurev-virology-091919-092331" TargetMode="External"/><Relationship Id="rId20026932856ee8ae7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PD-90-1359A" TargetMode="External"/><Relationship Id="rId87626932856ee8b43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi/org/10.3389/fmicb.2016.00224" TargetMode="External"/><Relationship Id="rId12496932856ee8b82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabidigitallibrary.org/doi/10.1079/cabicompendium.13283" TargetMode="External"/><Relationship Id="rId63556932856ee8c09" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId80586932856ee8d09" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/doi/epdf/10.1111/j.1365-2338.1978.tb02777.x" TargetMode="External"/><Relationship Id="rId85136932856ee3d6b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId85136932856ee3d6b.jpg"/><Relationship Id="rId37786932856ee6e32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId37786932856ee6e32.jpg"/><Relationship Id="rId42246932856ee964c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId42246932856ee964c.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>