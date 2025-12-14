--- v2 (2025-12-05)
+++ v3 (2025-12-14)
@@ -303,51 +303,51 @@
               <w:t xml:space="preserve">Chrysanthemum stunt viroid</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> measles of chrysanthemum, stunt of chrysanthemum</w:t>
             </w:r>
-            <w:hyperlink r:id="rId34426932856ee3c6d" w:history="1">
+            <w:hyperlink r:id="rId8535693ed50f12ace" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -363,51 +363,51 @@
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> RNQP (Annex IV)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId35216932856ee3cb8" w:history="1">
+            <w:hyperlink r:id="rId4382693ed50f12b37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -421,86 +421,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> CSVD00</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="46482361" name="name56296932856ee3d6c" descr="15976.jpg"/>
+                  <wp:docPr id="72556677" name="name3194693ed50f133b6" descr="15976.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="15976.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId85136932856ee3d6b" cstate="print"/>
+                          <a:blip r:embed="rId9282693ed50f133b4" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId22586932856ee3e26" w:history="1">
+            <w:hyperlink r:id="rId7148693ed50f134d6" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -533,51 +533,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Ratification by the International Committee on Taxonomy of Viruses (ICTV) of the new species name </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Pospiviroid impedichrysanthemi</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> is pending (</w:t>
       </w:r>
-      <w:hyperlink r:id="rId97076932856ee3f5a" w:history="1">
+      <w:hyperlink r:id="rId7138693ed50f135c4" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:b/>
             <w:bCs/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">ICTV website</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, proposal n. 2023.032P) and expected to be adopted early in 2024.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
@@ -1512,92 +1512,92 @@
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">GEOGRAPHICAL DISTRIBUTION</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CSVd has been reported in several countries worldwide with recent reports in South America. Several accessions (MT995842-MT995845) in </w:t>
       </w:r>
-      <w:hyperlink r:id="rId49956932856ee4617" w:history="1">
+      <w:hyperlink r:id="rId5428693ed50f13bf9" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:b/>
             <w:bCs/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">GenBank</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> also suggest its presence in Malaysia. Over the years, CSVd has been reported in several other countries from which it has now been eradicated. However, since CSVd infections may remain symptomless in several hosts, there is some uncertainty concerning the current distribution.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="77146140" name="name21166932856ee6e34" descr="CSVD00_distribution_map.jpg"/>
+            <wp:docPr id="11890712" name="name7065693ed50f147be" descr="CSVD00_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="CSVD00_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId37786932856ee6e32" cstate="print"/>
+                    <a:blip r:embed="rId4074693ed50f147bc" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -1782,51 +1782,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2021). The complete genome of CSVd was first determined at the beginning of the 1980s (Haseloff and Symons, 1981; Gross </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1982) and nowadays several hundred CSVd variants of different geographic or host origin have been completely sequenced (</w:t>
       </w:r>
-      <w:hyperlink r:id="rId77636932856ee705e" w:history="1">
+      <w:hyperlink r:id="rId8670693ed50f14a93" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:b/>
             <w:bCs/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">NCBI</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, consulted on 16/10/2023). The genome of most CSVd variants ranges in size between 354 and 356 nt (Palukaitis, 2017). CSVd is classified in a species belonging to the genus </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -3537,51 +3537,51 @@
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Phytosanitary risk</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">There are no known ecoclimatic constraints for the establishment of CSVd in new areas, except those affecting its hosts. Due to the severity of the disease induced in commercial chrysanthemum cultivars, CSVd is included in the EPPO A2 list of pests recommended for regulation as a quarantine pest. CSVd is considered as a quarantine pest in several countries worldwide (</w:t>
       </w:r>
-      <w:hyperlink r:id="rId23016932856ee793b" w:history="1">
+      <w:hyperlink r:id="rId2982693ed50f1563b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:b/>
             <w:bCs/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">EPPO global database</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">). In the EU, CSVd is currently included in the list of regulated non-quarantine pests for plants for planting (other than seeds) of </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -4220,51 +4220,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">102</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 001543. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId39746932856ee7c8f" w:history="1">
+      <w:hyperlink r:id="rId1072693ed50f15ab4" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1099/jgv.0.001543</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4502,51 +4502,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">32</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 105-114. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId46726932856ee7dd6" w:history="1">
+      <w:hyperlink r:id="rId7508693ed50f15c8b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/taxon/CSVD00/documents</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4572,51 +4572,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">38</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 31-52. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId91756932856ee7e3c" w:history="1">
+      <w:hyperlink r:id="rId8112693ed50f15cfe" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/taxon/CSVD00/documents</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4682,51 +4682,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">51</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 144-177. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId82826932856ee7ee4" w:history="1">
+      <w:hyperlink r:id="rId7406693ed50f15dab" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/taxon/CSVD00/documents</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4752,51 +4752,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">11</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 355. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId57896932856ee7f4f" w:history="1">
+      <w:hyperlink r:id="rId3834693ed50f15e1c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3390/v11040355</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5277,51 +5277,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Planta </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">220</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 64-70. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId98166932856ee81be" w:history="1">
+      <w:hyperlink r:id="rId1224693ed50f16162" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s00425-004-1318-2</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5630,51 +5630,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">95</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1196-1196. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId49666932856ee8354" w:history="1">
+      <w:hyperlink r:id="rId2498693ed50f163a4" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PDIS-05-11-0398</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6155,51 +6155,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">10</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 719. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId53726932856ee85b6" w:history="1">
+      <w:hyperlink r:id="rId1987693ed50f166e9" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3390/v10120719</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6283,51 +6283,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">8</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 305-325. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId55936932856ee864a" w:history="1">
+      <w:hyperlink r:id="rId5181693ed50f167e4" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1146/annurev-virology-091919-092331</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7292,51 +7292,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">90</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1359. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId20026932856ee8ae7" w:history="1">
+      <w:hyperlink r:id="rId9890693ed50f16e48" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PD-90-1359A</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -7371,101 +7371,101 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">7</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">: 224. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId87626932856ee8b43" w:history="1">
+      <w:hyperlink r:id="rId2718693ed50f16ec7" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi/org/10.3389/fmicb.2016.00224</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI resources used when preparing this datasheet</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI Datasheet on Chrysanthemum stunt viroid (measles of chrysanthemum) CABI Compendium. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId12496932856ee8b82" w:history="1">
+      <w:hyperlink r:id="rId6103693ed50f16f1e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.cabidigitallibrary.org/doi/10.1079/cabicompendium.13283</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -7531,51 +7531,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Pospiviroid impedichrysanthemi</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId63556932856ee8c09" w:history="1">
+      <w:hyperlink r:id="rId7634693ed50f16fd9" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -7748,81 +7748,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">8</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 6 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId80586932856ee8d09" w:history="1">
+      <w:hyperlink r:id="rId6552693ed50f17140" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://onlinelibrary.wiley.com/doi/epdf/10.1111/j.1365-2338.1978.tb02777.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="6717571" name="name64106932856ee964d" descr="eu_funding_250.png"/>
+            <wp:docPr id="10385836" name="name5545693ed50f171da" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId42246932856ee964c" cstate="print"/>
+                    <a:blip r:embed="rId6145693ed50f171d9" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -7920,137 +7920,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="69641262">
+  <w:abstractNum w:abstractNumId="39888251">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="88806540">
+    <w:lvl w:ilvl="0" w:tplc="52556172">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="88806540" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="52556172" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="88806540" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="52556172" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="88806540" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="52556172" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="88806540" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="52556172" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="88806540" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="52556172" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="88806540" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="52556172" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="88806540" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="52556172" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="88806540" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="52556172" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="69641261">
+  <w:abstractNum w:abstractNumId="39888250">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="27813401">
+    <w:lvl w:ilvl="0" w:tplc="80055982">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -8802,55 +8802,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="69641261">
-    <w:abstractNumId w:val="69641261"/>
+  <w:num w:numId="39888250">
+    <w:abstractNumId w:val="39888250"/>
   </w:num>
-  <w:num w:numId="69641262">
-    <w:abstractNumId w:val="69641262"/>
+  <w:num w:numId="39888251">
+    <w:abstractNumId w:val="39888251"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -20400,51 +20400,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId985456295" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId450949933" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId34426932856ee3c6d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CSVD00/" TargetMode="External"/><Relationship Id="rId35216932856ee3cb8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CSVD00/categorization" TargetMode="External"/><Relationship Id="rId22586932856ee3e26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CSVD00/photos" TargetMode="External"/><Relationship Id="rId97076932856ee3f5a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ictv.global/files/proposals/pending?fid=11742#block-teamplus-page-title" TargetMode="External"/><Relationship Id="rId49956932856ee4617" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/nuccore" TargetMode="External"/><Relationship Id="rId77636932856ee705e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/nuccore" TargetMode="External"/><Relationship Id="rId23016932856ee793b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/" TargetMode="External"/><Relationship Id="rId39746932856ee7c8f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1099/jgv.0.001543" TargetMode="External"/><Relationship Id="rId46726932856ee7dd6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CSVD00/documents" TargetMode="External"/><Relationship Id="rId91756932856ee7e3c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CSVD00/documents" TargetMode="External"/><Relationship Id="rId82826932856ee7ee4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CSVD00/documents" TargetMode="External"/><Relationship Id="rId57896932856ee7f4f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/v11040355" TargetMode="External"/><Relationship Id="rId98166932856ee81be" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s00425-004-1318-2" TargetMode="External"/><Relationship Id="rId49666932856ee8354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-05-11-0398" TargetMode="External"/><Relationship Id="rId53726932856ee85b6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/v10120719" TargetMode="External"/><Relationship Id="rId55936932856ee864a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1146/annurev-virology-091919-092331" TargetMode="External"/><Relationship Id="rId20026932856ee8ae7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PD-90-1359A" TargetMode="External"/><Relationship Id="rId87626932856ee8b43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi/org/10.3389/fmicb.2016.00224" TargetMode="External"/><Relationship Id="rId12496932856ee8b82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabidigitallibrary.org/doi/10.1079/cabicompendium.13283" TargetMode="External"/><Relationship Id="rId63556932856ee8c09" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId80586932856ee8d09" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/doi/epdf/10.1111/j.1365-2338.1978.tb02777.x" TargetMode="External"/><Relationship Id="rId85136932856ee3d6b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId85136932856ee3d6b.jpg"/><Relationship Id="rId37786932856ee6e32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId37786932856ee6e32.jpg"/><Relationship Id="rId42246932856ee964c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId42246932856ee964c.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId587526724" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId585078072" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId8535693ed50f12ace" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CSVD00/" TargetMode="External"/><Relationship Id="rId4382693ed50f12b37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CSVD00/categorization" TargetMode="External"/><Relationship Id="rId7148693ed50f134d6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CSVD00/photos" TargetMode="External"/><Relationship Id="rId7138693ed50f135c4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ictv.global/files/proposals/pending?fid=11742#block-teamplus-page-title" TargetMode="External"/><Relationship Id="rId5428693ed50f13bf9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/nuccore" TargetMode="External"/><Relationship Id="rId8670693ed50f14a93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/nuccore" TargetMode="External"/><Relationship Id="rId2982693ed50f1563b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/" TargetMode="External"/><Relationship Id="rId1072693ed50f15ab4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1099/jgv.0.001543" TargetMode="External"/><Relationship Id="rId7508693ed50f15c8b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CSVD00/documents" TargetMode="External"/><Relationship Id="rId8112693ed50f15cfe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CSVD00/documents" TargetMode="External"/><Relationship Id="rId7406693ed50f15dab" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CSVD00/documents" TargetMode="External"/><Relationship Id="rId3834693ed50f15e1c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/v11040355" TargetMode="External"/><Relationship Id="rId1224693ed50f16162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s00425-004-1318-2" TargetMode="External"/><Relationship Id="rId2498693ed50f163a4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-05-11-0398" TargetMode="External"/><Relationship Id="rId1987693ed50f166e9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/v10120719" TargetMode="External"/><Relationship Id="rId5181693ed50f167e4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1146/annurev-virology-091919-092331" TargetMode="External"/><Relationship Id="rId9890693ed50f16e48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PD-90-1359A" TargetMode="External"/><Relationship Id="rId2718693ed50f16ec7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi/org/10.3389/fmicb.2016.00224" TargetMode="External"/><Relationship Id="rId6103693ed50f16f1e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabidigitallibrary.org/doi/10.1079/cabicompendium.13283" TargetMode="External"/><Relationship Id="rId7634693ed50f16fd9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId6552693ed50f17140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/doi/epdf/10.1111/j.1365-2338.1978.tb02777.x" TargetMode="External"/><Relationship Id="rId9282693ed50f133b4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId9282693ed50f133b4.jpg"/><Relationship Id="rId4074693ed50f147bc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId4074693ed50f147bc.jpg"/><Relationship Id="rId6145693ed50f171d9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId6145693ed50f171d9.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>