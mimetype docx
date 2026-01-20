--- v3 (2025-12-14)
+++ v4 (2026-01-20)
@@ -303,51 +303,51 @@
               <w:t xml:space="preserve">Chrysanthemum stunt viroid</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> measles of chrysanthemum, stunt of chrysanthemum</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8535693ed50f12ace" w:history="1">
+            <w:hyperlink r:id="rId3033696f0012a2320" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -363,51 +363,51 @@
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> RNQP (Annex IV)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId4382693ed50f12b37" w:history="1">
+            <w:hyperlink r:id="rId9099696f0012a238a" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -421,86 +421,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> CSVD00</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="72556677" name="name3194693ed50f133b6" descr="15976.jpg"/>
+                  <wp:docPr id="52420243" name="name4314696f0012a2bfa" descr="15976.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="15976.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId9282693ed50f133b4" cstate="print"/>
+                          <a:blip r:embed="rId6897696f0012a2bf8" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId7148693ed50f134d6" w:history="1">
+            <w:hyperlink r:id="rId8557696f0012a2d24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -533,51 +533,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Ratification by the International Committee on Taxonomy of Viruses (ICTV) of the new species name </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Pospiviroid impedichrysanthemi</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> is pending (</w:t>
       </w:r>
-      <w:hyperlink r:id="rId7138693ed50f135c4" w:history="1">
+      <w:hyperlink r:id="rId2174696f0012a2e12" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:b/>
             <w:bCs/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">ICTV website</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, proposal n. 2023.032P) and expected to be adopted early in 2024.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
@@ -1512,92 +1512,92 @@
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">GEOGRAPHICAL DISTRIBUTION</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CSVd has been reported in several countries worldwide with recent reports in South America. Several accessions (MT995842-MT995845) in </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5428693ed50f13bf9" w:history="1">
+      <w:hyperlink r:id="rId4104696f0012a3445" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:b/>
             <w:bCs/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">GenBank</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> also suggest its presence in Malaysia. Over the years, CSVd has been reported in several other countries from which it has now been eradicated. However, since CSVd infections may remain symptomless in several hosts, there is some uncertainty concerning the current distribution.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="11890712" name="name7065693ed50f147be" descr="CSVD00_distribution_map.jpg"/>
+            <wp:docPr id="7444300" name="name2847696f0012a3f5d" descr="CSVD00_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="CSVD00_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId4074693ed50f147bc" cstate="print"/>
+                    <a:blip r:embed="rId7527696f0012a3f5b" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -1782,51 +1782,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2021). The complete genome of CSVd was first determined at the beginning of the 1980s (Haseloff and Symons, 1981; Gross </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1982) and nowadays several hundred CSVd variants of different geographic or host origin have been completely sequenced (</w:t>
       </w:r>
-      <w:hyperlink r:id="rId8670693ed50f14a93" w:history="1">
+      <w:hyperlink r:id="rId2257696f0012a426e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:b/>
             <w:bCs/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">NCBI</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, consulted on 16/10/2023). The genome of most CSVd variants ranges in size between 354 and 356 nt (Palukaitis, 2017). CSVd is classified in a species belonging to the genus </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -3537,51 +3537,51 @@
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Phytosanitary risk</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">There are no known ecoclimatic constraints for the establishment of CSVd in new areas, except those affecting its hosts. Due to the severity of the disease induced in commercial chrysanthemum cultivars, CSVd is included in the EPPO A2 list of pests recommended for regulation as a quarantine pest. CSVd is considered as a quarantine pest in several countries worldwide (</w:t>
       </w:r>
-      <w:hyperlink r:id="rId2982693ed50f1563b" w:history="1">
+      <w:hyperlink r:id="rId1208696f0012a4dda" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:b/>
             <w:bCs/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">EPPO global database</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">). In the EU, CSVd is currently included in the list of regulated non-quarantine pests for plants for planting (other than seeds) of </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -4220,51 +4220,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">102</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 001543. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1072693ed50f15ab4" w:history="1">
+      <w:hyperlink r:id="rId4616696f0012a523c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1099/jgv.0.001543</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4502,51 +4502,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">32</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 105-114. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7508693ed50f15c8b" w:history="1">
+      <w:hyperlink r:id="rId4604696f0012a540a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/taxon/CSVD00/documents</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4572,51 +4572,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">38</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 31-52. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8112693ed50f15cfe" w:history="1">
+      <w:hyperlink r:id="rId6545696f0012a547c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/taxon/CSVD00/documents</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4682,51 +4682,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">51</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 144-177. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7406693ed50f15dab" w:history="1">
+      <w:hyperlink r:id="rId7786696f0012a5527" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/taxon/CSVD00/documents</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4752,51 +4752,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">11</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 355. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3834693ed50f15e1c" w:history="1">
+      <w:hyperlink r:id="rId1778696f0012a5596" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3390/v11040355</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5277,51 +5277,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Planta </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">220</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 64-70. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1224693ed50f16162" w:history="1">
+      <w:hyperlink r:id="rId2259696f0012a58ea" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s00425-004-1318-2</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5630,51 +5630,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">95</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1196-1196. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2498693ed50f163a4" w:history="1">
+      <w:hyperlink r:id="rId1766696f0012a5b1f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PDIS-05-11-0398</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6155,51 +6155,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">10</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 719. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1987693ed50f166e9" w:history="1">
+      <w:hyperlink r:id="rId3700696f0012a5e5e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3390/v10120719</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6283,51 +6283,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">8</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 305-325. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5181693ed50f167e4" w:history="1">
+      <w:hyperlink r:id="rId8763696f0012a5f28" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1146/annurev-virology-091919-092331</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7292,51 +7292,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">90</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1359. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9890693ed50f16e48" w:history="1">
+      <w:hyperlink r:id="rId8675696f0012a6594" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PD-90-1359A</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -7371,101 +7371,101 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">7</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">: 224. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2718693ed50f16ec7" w:history="1">
+      <w:hyperlink r:id="rId6268696f0012a6611" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi/org/10.3389/fmicb.2016.00224</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI resources used when preparing this datasheet</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI Datasheet on Chrysanthemum stunt viroid (measles of chrysanthemum) CABI Compendium. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6103693ed50f16f1e" w:history="1">
+      <w:hyperlink r:id="rId8913696f0012a6667" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.cabidigitallibrary.org/doi/10.1079/cabicompendium.13283</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -7509,73 +7509,73 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">How to cite this datasheet?</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">EPPO (2025) </w:t>
+        <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Pospiviroid impedichrysanthemi</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7634693ed50f16fd9" w:history="1">
+      <w:hyperlink r:id="rId4307696f0012a671a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -7748,81 +7748,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">8</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 6 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6552693ed50f17140" w:history="1">
+      <w:hyperlink r:id="rId4728696f0012a687c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://onlinelibrary.wiley.com/doi/epdf/10.1111/j.1365-2338.1978.tb02777.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="10385836" name="name5545693ed50f171da" descr="eu_funding_250.png"/>
+            <wp:docPr id="64739227" name="name9284696f0012a6c98" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId6145693ed50f171d9" cstate="print"/>
+                    <a:blip r:embed="rId7921696f0012a6c96" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -7920,137 +7920,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="39888251">
+  <w:abstractNum w:abstractNumId="79327722">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="52556172">
+    <w:lvl w:ilvl="0" w:tplc="51750025">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="52556172" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="51750025" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="52556172" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="51750025" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="52556172" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="51750025" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="52556172" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="51750025" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="52556172" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="51750025" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="52556172" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="51750025" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="52556172" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="51750025" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="52556172" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="51750025" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="39888250">
+  <w:abstractNum w:abstractNumId="79327721">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="80055982">
+    <w:lvl w:ilvl="0" w:tplc="62615135">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -8802,55 +8802,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="39888250">
-    <w:abstractNumId w:val="39888250"/>
+  <w:num w:numId="79327721">
+    <w:abstractNumId w:val="79327721"/>
   </w:num>
-  <w:num w:numId="39888251">
-    <w:abstractNumId w:val="39888251"/>
+  <w:num w:numId="79327722">
+    <w:abstractNumId w:val="79327722"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -20400,51 +20400,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId587526724" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId585078072" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId8535693ed50f12ace" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CSVD00/" TargetMode="External"/><Relationship Id="rId4382693ed50f12b37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CSVD00/categorization" TargetMode="External"/><Relationship Id="rId7148693ed50f134d6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CSVD00/photos" TargetMode="External"/><Relationship Id="rId7138693ed50f135c4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ictv.global/files/proposals/pending?fid=11742#block-teamplus-page-title" TargetMode="External"/><Relationship Id="rId5428693ed50f13bf9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/nuccore" TargetMode="External"/><Relationship Id="rId8670693ed50f14a93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/nuccore" TargetMode="External"/><Relationship Id="rId2982693ed50f1563b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/" TargetMode="External"/><Relationship Id="rId1072693ed50f15ab4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1099/jgv.0.001543" TargetMode="External"/><Relationship Id="rId7508693ed50f15c8b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CSVD00/documents" TargetMode="External"/><Relationship Id="rId8112693ed50f15cfe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CSVD00/documents" TargetMode="External"/><Relationship Id="rId7406693ed50f15dab" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CSVD00/documents" TargetMode="External"/><Relationship Id="rId3834693ed50f15e1c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/v11040355" TargetMode="External"/><Relationship Id="rId1224693ed50f16162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s00425-004-1318-2" TargetMode="External"/><Relationship Id="rId2498693ed50f163a4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-05-11-0398" TargetMode="External"/><Relationship Id="rId1987693ed50f166e9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/v10120719" TargetMode="External"/><Relationship Id="rId5181693ed50f167e4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1146/annurev-virology-091919-092331" TargetMode="External"/><Relationship Id="rId9890693ed50f16e48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PD-90-1359A" TargetMode="External"/><Relationship Id="rId2718693ed50f16ec7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi/org/10.3389/fmicb.2016.00224" TargetMode="External"/><Relationship Id="rId6103693ed50f16f1e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabidigitallibrary.org/doi/10.1079/cabicompendium.13283" TargetMode="External"/><Relationship Id="rId7634693ed50f16fd9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId6552693ed50f17140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/doi/epdf/10.1111/j.1365-2338.1978.tb02777.x" TargetMode="External"/><Relationship Id="rId9282693ed50f133b4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId9282693ed50f133b4.jpg"/><Relationship Id="rId4074693ed50f147bc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId4074693ed50f147bc.jpg"/><Relationship Id="rId6145693ed50f171d9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId6145693ed50f171d9.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId592673540" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId797958036" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId3033696f0012a2320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CSVD00/" TargetMode="External"/><Relationship Id="rId9099696f0012a238a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CSVD00/categorization" TargetMode="External"/><Relationship Id="rId8557696f0012a2d24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CSVD00/photos" TargetMode="External"/><Relationship Id="rId2174696f0012a2e12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ictv.global/files/proposals/pending?fid=11742#block-teamplus-page-title" TargetMode="External"/><Relationship Id="rId4104696f0012a3445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/nuccore" TargetMode="External"/><Relationship Id="rId2257696f0012a426e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/nuccore" TargetMode="External"/><Relationship Id="rId1208696f0012a4dda" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/" TargetMode="External"/><Relationship Id="rId4616696f0012a523c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1099/jgv.0.001543" TargetMode="External"/><Relationship Id="rId4604696f0012a540a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CSVD00/documents" TargetMode="External"/><Relationship Id="rId6545696f0012a547c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CSVD00/documents" TargetMode="External"/><Relationship Id="rId7786696f0012a5527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CSVD00/documents" TargetMode="External"/><Relationship Id="rId1778696f0012a5596" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/v11040355" TargetMode="External"/><Relationship Id="rId2259696f0012a58ea" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s00425-004-1318-2" TargetMode="External"/><Relationship Id="rId1766696f0012a5b1f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-05-11-0398" TargetMode="External"/><Relationship Id="rId3700696f0012a5e5e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/v10120719" TargetMode="External"/><Relationship Id="rId8763696f0012a5f28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1146/annurev-virology-091919-092331" TargetMode="External"/><Relationship Id="rId8675696f0012a6594" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PD-90-1359A" TargetMode="External"/><Relationship Id="rId6268696f0012a6611" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi/org/10.3389/fmicb.2016.00224" TargetMode="External"/><Relationship Id="rId8913696f0012a6667" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabidigitallibrary.org/doi/10.1079/cabicompendium.13283" TargetMode="External"/><Relationship Id="rId4307696f0012a671a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId4728696f0012a687c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/doi/epdf/10.1111/j.1365-2338.1978.tb02777.x" TargetMode="External"/><Relationship Id="rId6897696f0012a2bf8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId6897696f0012a2bf8.jpg"/><Relationship Id="rId7527696f0012a3f5b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId7527696f0012a3f5b.jpg"/><Relationship Id="rId7921696f0012a6c96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId7921696f0012a6c96.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>