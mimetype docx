--- v4 (2026-01-20)
+++ v5 (2026-02-09)
@@ -303,51 +303,51 @@
               <w:t xml:space="preserve">Chrysanthemum stunt viroid</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> measles of chrysanthemum, stunt of chrysanthemum</w:t>
             </w:r>
-            <w:hyperlink r:id="rId3033696f0012a2320" w:history="1">
+            <w:hyperlink r:id="rId81056989fa5eea153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -361,53 +361,53 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve"> RNQP (Annex IV)</w:t>
+              <w:t xml:space="preserve"> RNQP ((EU) 2019/2072 Annex IV)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9099696f0012a238a" w:history="1">
+            <w:hyperlink r:id="rId48686989fa5eea1bc" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -421,86 +421,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> CSVD00</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="52420243" name="name4314696f0012a2bfa" descr="15976.jpg"/>
+                  <wp:docPr id="17362512" name="name28746989fa5eea798" descr="15976.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="15976.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId6897696f0012a2bf8" cstate="print"/>
+                          <a:blip r:embed="rId15516989fa5eea796" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId8557696f0012a2d24" w:history="1">
+            <w:hyperlink r:id="rId53666989fa5eea8df" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -533,51 +533,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Ratification by the International Committee on Taxonomy of Viruses (ICTV) of the new species name </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Pospiviroid impedichrysanthemi</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> is pending (</w:t>
       </w:r>
-      <w:hyperlink r:id="rId2174696f0012a2e12" w:history="1">
+      <w:hyperlink r:id="rId61476989fa5eea9dd" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:b/>
             <w:bCs/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">ICTV website</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, proposal n. 2023.032P) and expected to be adopted early in 2024.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
@@ -1512,134 +1512,134 @@
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">GEOGRAPHICAL DISTRIBUTION</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CSVd has been reported in several countries worldwide with recent reports in South America. Several accessions (MT995842-MT995845) in </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4104696f0012a3445" w:history="1">
+      <w:hyperlink r:id="rId36836989fa5eeafde" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:b/>
             <w:bCs/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">GenBank</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> also suggest its presence in Malaysia. Over the years, CSVd has been reported in several other countries from which it has now been eradicated. However, since CSVd infections may remain symptomless in several hosts, there is some uncertainty concerning the current distribution.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="7444300" name="name2847696f0012a3f5d" descr="CSVD00_distribution_map.jpg"/>
+            <wp:docPr id="87451069" name="name93126989fa5eebc5a" descr="CSVD00_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="CSVD00_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId7527696f0012a3f5b" cstate="print"/>
+                    <a:blip r:embed="rId43956989fa5eebc57" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">EPPO Region:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Belgium, Czechia, Germany, Italy (mainland, Sicilia), Netherlands, Norway, Poland, Russian Federation (the) (Central Russia, Far East), Sweden, Türkiye, United Kingdom (England)</w:t>
+        <w:t xml:space="preserve"> Belgium, Czechia, Germany, Italy (mainland, Sicilia), Netherlands, Norway, Poland, Russian Federation (Central Russia, Far East), Sweden, Türkiye, United Kingdom (England)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">Africa:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Egypt, South Africa</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -1782,51 +1782,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2021). The complete genome of CSVd was first determined at the beginning of the 1980s (Haseloff and Symons, 1981; Gross </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1982) and nowadays several hundred CSVd variants of different geographic or host origin have been completely sequenced (</w:t>
       </w:r>
-      <w:hyperlink r:id="rId2257696f0012a426e" w:history="1">
+      <w:hyperlink r:id="rId22536989fa5eebf69" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:b/>
             <w:bCs/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">NCBI</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, consulted on 16/10/2023). The genome of most CSVd variants ranges in size between 354 and 356 nt (Palukaitis, 2017). CSVd is classified in a species belonging to the genus </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -3537,51 +3537,51 @@
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Phytosanitary risk</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">There are no known ecoclimatic constraints for the establishment of CSVd in new areas, except those affecting its hosts. Due to the severity of the disease induced in commercial chrysanthemum cultivars, CSVd is included in the EPPO A2 list of pests recommended for regulation as a quarantine pest. CSVd is considered as a quarantine pest in several countries worldwide (</w:t>
       </w:r>
-      <w:hyperlink r:id="rId1208696f0012a4dda" w:history="1">
+      <w:hyperlink r:id="rId53206989fa5eecc15" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:b/>
             <w:bCs/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">EPPO global database</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">). In the EU, CSVd is currently included in the list of regulated non-quarantine pests for plants for planting (other than seeds) of </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -4220,51 +4220,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">102</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 001543. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4616696f0012a523c" w:history="1">
+      <w:hyperlink r:id="rId68746989fa5eed081" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1099/jgv.0.001543</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4502,51 +4502,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">32</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 105-114. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4604696f0012a540a" w:history="1">
+      <w:hyperlink r:id="rId62976989fa5eed275" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/taxon/CSVD00/documents</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4572,51 +4572,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">38</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 31-52. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6545696f0012a547c" w:history="1">
+      <w:hyperlink r:id="rId35616989fa5eed2ec" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/taxon/CSVD00/documents</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4682,51 +4682,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">51</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 144-177. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7786696f0012a5527" w:history="1">
+      <w:hyperlink r:id="rId65836989fa5eed39d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/taxon/CSVD00/documents</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4752,51 +4752,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">11</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 355. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1778696f0012a5596" w:history="1">
+      <w:hyperlink r:id="rId48346989fa5eed410" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3390/v11040355</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5277,51 +5277,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Planta </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">220</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 64-70. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2259696f0012a58ea" w:history="1">
+      <w:hyperlink r:id="rId44176989fa5eed7d1" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s00425-004-1318-2</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5630,51 +5630,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">95</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1196-1196. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1766696f0012a5b1f" w:history="1">
+      <w:hyperlink r:id="rId28826989fa5eeda57" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PDIS-05-11-0398</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6155,51 +6155,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">10</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 719. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3700696f0012a5e5e" w:history="1">
+      <w:hyperlink r:id="rId89866989fa5eeddf0" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3390/v10120719</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6283,51 +6283,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">8</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 305-325. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8763696f0012a5f28" w:history="1">
+      <w:hyperlink r:id="rId84646989fa5eedec3" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1146/annurev-virology-091919-092331</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7292,51 +7292,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">90</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1359. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8675696f0012a6594" w:history="1">
+      <w:hyperlink r:id="rId46156989fa5eee593" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PD-90-1359A</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -7371,101 +7371,101 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">7</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">: 224. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6268696f0012a6611" w:history="1">
+      <w:hyperlink r:id="rId86576989fa5eee612" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi/org/10.3389/fmicb.2016.00224</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI resources used when preparing this datasheet</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI Datasheet on Chrysanthemum stunt viroid (measles of chrysanthemum) CABI Compendium. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8913696f0012a6667" w:history="1">
+      <w:hyperlink r:id="rId80986989fa5eee66a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.cabidigitallibrary.org/doi/10.1079/cabicompendium.13283</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -7531,51 +7531,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Pospiviroid impedichrysanthemi</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4307696f0012a671a" w:history="1">
+      <w:hyperlink r:id="rId90126989fa5eee723" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -7748,81 +7748,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">8</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 6 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4728696f0012a687c" w:history="1">
+      <w:hyperlink r:id="rId81516989fa5eee888" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://onlinelibrary.wiley.com/doi/epdf/10.1111/j.1365-2338.1978.tb02777.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="64739227" name="name9284696f0012a6c98" descr="eu_funding_250.png"/>
+            <wp:docPr id="19442503" name="name67466989fa5eee8ef" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId7921696f0012a6c96" cstate="print"/>
+                    <a:blip r:embed="rId47586989fa5eee8ee" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -7920,137 +7920,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="79327722">
+  <w:abstractNum w:abstractNumId="57721474">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="51750025">
+    <w:lvl w:ilvl="0" w:tplc="23833025">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="51750025" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="23833025" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="51750025" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="23833025" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="51750025" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="23833025" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="51750025" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="23833025" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="51750025" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="23833025" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="51750025" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="23833025" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="51750025" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="23833025" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="51750025" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="23833025" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="79327721">
+  <w:abstractNum w:abstractNumId="57721473">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="62615135">
+    <w:lvl w:ilvl="0" w:tplc="76657410">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -8802,55 +8802,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="79327721">
-    <w:abstractNumId w:val="79327721"/>
+  <w:num w:numId="57721473">
+    <w:abstractNumId w:val="57721473"/>
   </w:num>
-  <w:num w:numId="79327722">
-    <w:abstractNumId w:val="79327722"/>
+  <w:num w:numId="57721474">
+    <w:abstractNumId w:val="57721474"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -20400,51 +20400,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId592673540" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId797958036" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId3033696f0012a2320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CSVD00/" TargetMode="External"/><Relationship Id="rId9099696f0012a238a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CSVD00/categorization" TargetMode="External"/><Relationship Id="rId8557696f0012a2d24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CSVD00/photos" TargetMode="External"/><Relationship Id="rId2174696f0012a2e12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ictv.global/files/proposals/pending?fid=11742#block-teamplus-page-title" TargetMode="External"/><Relationship Id="rId4104696f0012a3445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/nuccore" TargetMode="External"/><Relationship Id="rId2257696f0012a426e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/nuccore" TargetMode="External"/><Relationship Id="rId1208696f0012a4dda" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/" TargetMode="External"/><Relationship Id="rId4616696f0012a523c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1099/jgv.0.001543" TargetMode="External"/><Relationship Id="rId4604696f0012a540a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CSVD00/documents" TargetMode="External"/><Relationship Id="rId6545696f0012a547c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CSVD00/documents" TargetMode="External"/><Relationship Id="rId7786696f0012a5527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CSVD00/documents" TargetMode="External"/><Relationship Id="rId1778696f0012a5596" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/v11040355" TargetMode="External"/><Relationship Id="rId2259696f0012a58ea" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s00425-004-1318-2" TargetMode="External"/><Relationship Id="rId1766696f0012a5b1f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-05-11-0398" TargetMode="External"/><Relationship Id="rId3700696f0012a5e5e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/v10120719" TargetMode="External"/><Relationship Id="rId8763696f0012a5f28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1146/annurev-virology-091919-092331" TargetMode="External"/><Relationship Id="rId8675696f0012a6594" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PD-90-1359A" TargetMode="External"/><Relationship Id="rId6268696f0012a6611" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi/org/10.3389/fmicb.2016.00224" TargetMode="External"/><Relationship Id="rId8913696f0012a6667" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabidigitallibrary.org/doi/10.1079/cabicompendium.13283" TargetMode="External"/><Relationship Id="rId4307696f0012a671a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId4728696f0012a687c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/doi/epdf/10.1111/j.1365-2338.1978.tb02777.x" TargetMode="External"/><Relationship Id="rId6897696f0012a2bf8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId6897696f0012a2bf8.jpg"/><Relationship Id="rId7527696f0012a3f5b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId7527696f0012a3f5b.jpg"/><Relationship Id="rId7921696f0012a6c96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId7921696f0012a6c96.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId547113287" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId748259569" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId81056989fa5eea153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CSVD00/" TargetMode="External"/><Relationship Id="rId48686989fa5eea1bc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CSVD00/categorization" TargetMode="External"/><Relationship Id="rId53666989fa5eea8df" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CSVD00/photos" TargetMode="External"/><Relationship Id="rId61476989fa5eea9dd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ictv.global/files/proposals/pending?fid=11742#block-teamplus-page-title" TargetMode="External"/><Relationship Id="rId36836989fa5eeafde" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/nuccore" TargetMode="External"/><Relationship Id="rId22536989fa5eebf69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/nuccore" TargetMode="External"/><Relationship Id="rId53206989fa5eecc15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/" TargetMode="External"/><Relationship Id="rId68746989fa5eed081" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1099/jgv.0.001543" TargetMode="External"/><Relationship Id="rId62976989fa5eed275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CSVD00/documents" TargetMode="External"/><Relationship Id="rId35616989fa5eed2ec" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CSVD00/documents" TargetMode="External"/><Relationship Id="rId65836989fa5eed39d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CSVD00/documents" TargetMode="External"/><Relationship Id="rId48346989fa5eed410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/v11040355" TargetMode="External"/><Relationship Id="rId44176989fa5eed7d1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s00425-004-1318-2" TargetMode="External"/><Relationship Id="rId28826989fa5eeda57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-05-11-0398" TargetMode="External"/><Relationship Id="rId89866989fa5eeddf0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/v10120719" TargetMode="External"/><Relationship Id="rId84646989fa5eedec3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1146/annurev-virology-091919-092331" TargetMode="External"/><Relationship Id="rId46156989fa5eee593" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PD-90-1359A" TargetMode="External"/><Relationship Id="rId86576989fa5eee612" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi/org/10.3389/fmicb.2016.00224" TargetMode="External"/><Relationship Id="rId80986989fa5eee66a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabidigitallibrary.org/doi/10.1079/cabicompendium.13283" TargetMode="External"/><Relationship Id="rId90126989fa5eee723" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId81516989fa5eee888" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/doi/epdf/10.1111/j.1365-2338.1978.tb02777.x" TargetMode="External"/><Relationship Id="rId15516989fa5eea796" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId15516989fa5eea796.jpg"/><Relationship Id="rId43956989fa5eebc57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId43956989fa5eebc57.jpg"/><Relationship Id="rId47586989fa5eee8ee" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId47586989fa5eee8ee.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>