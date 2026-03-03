--- v5 (2026-02-09)
+++ v6 (2026-03-03)
@@ -303,51 +303,51 @@
               <w:t xml:space="preserve">Chrysanthemum stunt viroid</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> measles of chrysanthemum, stunt of chrysanthemum</w:t>
             </w:r>
-            <w:hyperlink r:id="rId81056989fa5eea153" w:history="1">
+            <w:hyperlink r:id="rId926069a65e6a5ed42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -363,51 +363,51 @@
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> RNQP ((EU) 2019/2072 Annex IV)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId48686989fa5eea1bc" w:history="1">
+            <w:hyperlink r:id="rId502669a65e6a5edab" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -421,86 +421,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> CSVD00</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="17362512" name="name28746989fa5eea798" descr="15976.jpg"/>
+                  <wp:docPr id="5724692" name="name574869a65e6a5ee7a" descr="15976.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="15976.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId15516989fa5eea796" cstate="print"/>
+                          <a:blip r:embed="rId135969a65e6a5ee78" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId53666989fa5eea8df" w:history="1">
+            <w:hyperlink r:id="rId831869a65e6a5ef8a" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -533,51 +533,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Ratification by the International Committee on Taxonomy of Viruses (ICTV) of the new species name </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Pospiviroid impedichrysanthemi</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> is pending (</w:t>
       </w:r>
-      <w:hyperlink r:id="rId61476989fa5eea9dd" w:history="1">
+      <w:hyperlink r:id="rId120569a65e6a5f06d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:b/>
             <w:bCs/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">ICTV website</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, proposal n. 2023.032P) and expected to be adopted early in 2024.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
@@ -1431,50 +1431,70 @@
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Tanacetum parthenium</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
+        <w:t xml:space="preserve">Verbena hybrids</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t xml:space="preserve">Verbena sp.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Verbena x hybrida</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -1512,92 +1532,92 @@
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">GEOGRAPHICAL DISTRIBUTION</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CSVd has been reported in several countries worldwide with recent reports in South America. Several accessions (MT995842-MT995845) in </w:t>
       </w:r>
-      <w:hyperlink r:id="rId36836989fa5eeafde" w:history="1">
+      <w:hyperlink r:id="rId115369a65e6a5f6ab" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:b/>
             <w:bCs/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">GenBank</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> also suggest its presence in Malaysia. Over the years, CSVd has been reported in several other countries from which it has now been eradicated. However, since CSVd infections may remain symptomless in several hosts, there is some uncertainty concerning the current distribution.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="87451069" name="name93126989fa5eebc5a" descr="CSVD00_distribution_map.jpg"/>
+            <wp:docPr id="74660068" name="name413769a65e6a6013d" descr="CSVD00_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="CSVD00_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId43956989fa5eebc57" cstate="print"/>
+                    <a:blip r:embed="rId293869a65e6a6013a" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -1782,51 +1802,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2021). The complete genome of CSVd was first determined at the beginning of the 1980s (Haseloff and Symons, 1981; Gross </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1982) and nowadays several hundred CSVd variants of different geographic or host origin have been completely sequenced (</w:t>
       </w:r>
-      <w:hyperlink r:id="rId22536989fa5eebf69" w:history="1">
+      <w:hyperlink r:id="rId480869a65e6a604bf" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:b/>
             <w:bCs/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">NCBI</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, consulted on 16/10/2023). The genome of most CSVd variants ranges in size between 354 and 356 nt (Palukaitis, 2017). CSVd is classified in a species belonging to the genus </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -3537,51 +3557,51 @@
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Phytosanitary risk</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">There are no known ecoclimatic constraints for the establishment of CSVd in new areas, except those affecting its hosts. Due to the severity of the disease induced in commercial chrysanthemum cultivars, CSVd is included in the EPPO A2 list of pests recommended for regulation as a quarantine pest. CSVd is considered as a quarantine pest in several countries worldwide (</w:t>
       </w:r>
-      <w:hyperlink r:id="rId53206989fa5eecc15" w:history="1">
+      <w:hyperlink r:id="rId817169a65e6a610e8" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:b/>
             <w:bCs/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">EPPO global database</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">). In the EU, CSVd is currently included in the list of regulated non-quarantine pests for plants for planting (other than seeds) of </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -4220,51 +4240,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">102</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 001543. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId68746989fa5eed081" w:history="1">
+      <w:hyperlink r:id="rId212269a65e6a615b3" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1099/jgv.0.001543</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4502,51 +4522,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">32</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 105-114. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId62976989fa5eed275" w:history="1">
+      <w:hyperlink r:id="rId743569a65e6a61791" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/taxon/CSVD00/documents</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4572,51 +4592,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">38</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 31-52. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId35616989fa5eed2ec" w:history="1">
+      <w:hyperlink r:id="rId407369a65e6a61806" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/taxon/CSVD00/documents</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4682,51 +4702,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">51</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 144-177. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId65836989fa5eed39d" w:history="1">
+      <w:hyperlink r:id="rId664169a65e6a618b5" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/taxon/CSVD00/documents</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4752,51 +4772,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">11</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 355. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId48346989fa5eed410" w:history="1">
+      <w:hyperlink r:id="rId457469a65e6a61926" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3390/v11040355</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5277,51 +5297,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Planta </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">220</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 64-70. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId44176989fa5eed7d1" w:history="1">
+      <w:hyperlink r:id="rId127169a65e6a61cb9" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s00425-004-1318-2</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5630,51 +5650,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">95</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1196-1196. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId28826989fa5eeda57" w:history="1">
+      <w:hyperlink r:id="rId348669a65e6a61efb" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PDIS-05-11-0398</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6155,51 +6175,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">10</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 719. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId89866989fa5eeddf0" w:history="1">
+      <w:hyperlink r:id="rId769169a65e6a62257" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3390/v10120719</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6283,51 +6303,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">8</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 305-325. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId84646989fa5eedec3" w:history="1">
+      <w:hyperlink r:id="rId592369a65e6a62326" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1146/annurev-virology-091919-092331</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7292,51 +7312,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">90</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1359. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId46156989fa5eee593" w:history="1">
+      <w:hyperlink r:id="rId120069a65e6a62a18" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PD-90-1359A</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -7371,101 +7391,101 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">7</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">: 224. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId86576989fa5eee612" w:history="1">
+      <w:hyperlink r:id="rId827169a65e6a62a9f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi/org/10.3389/fmicb.2016.00224</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI resources used when preparing this datasheet</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI Datasheet on Chrysanthemum stunt viroid (measles of chrysanthemum) CABI Compendium. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId80986989fa5eee66a" w:history="1">
+      <w:hyperlink r:id="rId782069a65e6a62afa" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.cabidigitallibrary.org/doi/10.1079/cabicompendium.13283</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -7531,51 +7551,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Pospiviroid impedichrysanthemi</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId90126989fa5eee723" w:history="1">
+      <w:hyperlink r:id="rId919369a65e6a62bbb" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -7748,81 +7768,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">8</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 6 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId81516989fa5eee888" w:history="1">
+      <w:hyperlink r:id="rId436769a65e6a62d4b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://onlinelibrary.wiley.com/doi/epdf/10.1111/j.1365-2338.1978.tb02777.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="19442503" name="name67466989fa5eee8ef" descr="eu_funding_250.png"/>
+            <wp:docPr id="51767682" name="name500169a65e6a62dba" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId47586989fa5eee8ee" cstate="print"/>
+                    <a:blip r:embed="rId464569a65e6a62db9" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -7920,137 +7940,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="57721474">
+  <w:abstractNum w:abstractNumId="81322809">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="23833025">
+    <w:lvl w:ilvl="0" w:tplc="12581307">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="23833025" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="12581307" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="23833025" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="12581307" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="23833025" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="12581307" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="23833025" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="12581307" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="23833025" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="12581307" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="23833025" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="12581307" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="23833025" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="12581307" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="23833025" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="12581307" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="57721473">
+  <w:abstractNum w:abstractNumId="81322808">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="76657410">
+    <w:lvl w:ilvl="0" w:tplc="93879663">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -8802,55 +8822,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="57721473">
-    <w:abstractNumId w:val="57721473"/>
+  <w:num w:numId="81322808">
+    <w:abstractNumId w:val="81322808"/>
   </w:num>
-  <w:num w:numId="57721474">
-    <w:abstractNumId w:val="57721474"/>
+  <w:num w:numId="81322809">
+    <w:abstractNumId w:val="81322809"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -20400,51 +20420,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId547113287" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId748259569" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId81056989fa5eea153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CSVD00/" TargetMode="External"/><Relationship Id="rId48686989fa5eea1bc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CSVD00/categorization" TargetMode="External"/><Relationship Id="rId53666989fa5eea8df" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CSVD00/photos" TargetMode="External"/><Relationship Id="rId61476989fa5eea9dd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ictv.global/files/proposals/pending?fid=11742#block-teamplus-page-title" TargetMode="External"/><Relationship Id="rId36836989fa5eeafde" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/nuccore" TargetMode="External"/><Relationship Id="rId22536989fa5eebf69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/nuccore" TargetMode="External"/><Relationship Id="rId53206989fa5eecc15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/" TargetMode="External"/><Relationship Id="rId68746989fa5eed081" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1099/jgv.0.001543" TargetMode="External"/><Relationship Id="rId62976989fa5eed275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CSVD00/documents" TargetMode="External"/><Relationship Id="rId35616989fa5eed2ec" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CSVD00/documents" TargetMode="External"/><Relationship Id="rId65836989fa5eed39d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CSVD00/documents" TargetMode="External"/><Relationship Id="rId48346989fa5eed410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/v11040355" TargetMode="External"/><Relationship Id="rId44176989fa5eed7d1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s00425-004-1318-2" TargetMode="External"/><Relationship Id="rId28826989fa5eeda57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-05-11-0398" TargetMode="External"/><Relationship Id="rId89866989fa5eeddf0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/v10120719" TargetMode="External"/><Relationship Id="rId84646989fa5eedec3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1146/annurev-virology-091919-092331" TargetMode="External"/><Relationship Id="rId46156989fa5eee593" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PD-90-1359A" TargetMode="External"/><Relationship Id="rId86576989fa5eee612" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi/org/10.3389/fmicb.2016.00224" TargetMode="External"/><Relationship Id="rId80986989fa5eee66a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabidigitallibrary.org/doi/10.1079/cabicompendium.13283" TargetMode="External"/><Relationship Id="rId90126989fa5eee723" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId81516989fa5eee888" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/doi/epdf/10.1111/j.1365-2338.1978.tb02777.x" TargetMode="External"/><Relationship Id="rId15516989fa5eea796" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId15516989fa5eea796.jpg"/><Relationship Id="rId43956989fa5eebc57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId43956989fa5eebc57.jpg"/><Relationship Id="rId47586989fa5eee8ee" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId47586989fa5eee8ee.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId330649119" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId163368373" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId926069a65e6a5ed42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CSVD00/" TargetMode="External"/><Relationship Id="rId502669a65e6a5edab" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CSVD00/categorization" TargetMode="External"/><Relationship Id="rId831869a65e6a5ef8a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CSVD00/photos" TargetMode="External"/><Relationship Id="rId120569a65e6a5f06d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ictv.global/files/proposals/pending?fid=11742#block-teamplus-page-title" TargetMode="External"/><Relationship Id="rId115369a65e6a5f6ab" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/nuccore" TargetMode="External"/><Relationship Id="rId480869a65e6a604bf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/nuccore" TargetMode="External"/><Relationship Id="rId817169a65e6a610e8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/" TargetMode="External"/><Relationship Id="rId212269a65e6a615b3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1099/jgv.0.001543" TargetMode="External"/><Relationship Id="rId743569a65e6a61791" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CSVD00/documents" TargetMode="External"/><Relationship Id="rId407369a65e6a61806" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CSVD00/documents" TargetMode="External"/><Relationship Id="rId664169a65e6a618b5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CSVD00/documents" TargetMode="External"/><Relationship Id="rId457469a65e6a61926" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/v11040355" TargetMode="External"/><Relationship Id="rId127169a65e6a61cb9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s00425-004-1318-2" TargetMode="External"/><Relationship Id="rId348669a65e6a61efb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-05-11-0398" TargetMode="External"/><Relationship Id="rId769169a65e6a62257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/v10120719" TargetMode="External"/><Relationship Id="rId592369a65e6a62326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1146/annurev-virology-091919-092331" TargetMode="External"/><Relationship Id="rId120069a65e6a62a18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PD-90-1359A" TargetMode="External"/><Relationship Id="rId827169a65e6a62a9f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi/org/10.3389/fmicb.2016.00224" TargetMode="External"/><Relationship Id="rId782069a65e6a62afa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabidigitallibrary.org/doi/10.1079/cabicompendium.13283" TargetMode="External"/><Relationship Id="rId919369a65e6a62bbb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId436769a65e6a62d4b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/doi/epdf/10.1111/j.1365-2338.1978.tb02777.x" TargetMode="External"/><Relationship Id="rId135969a65e6a5ee78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId135969a65e6a5ee78.jpg"/><Relationship Id="rId293869a65e6a6013a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId293869a65e6a6013a.jpg"/><Relationship Id="rId464569a65e6a62db9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId464569a65e6a62db9.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>