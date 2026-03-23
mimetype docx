--- v6 (2026-03-03)
+++ v7 (2026-03-23)
@@ -303,51 +303,51 @@
               <w:t xml:space="preserve">Chrysanthemum stunt viroid</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> measles of chrysanthemum, stunt of chrysanthemum</w:t>
             </w:r>
-            <w:hyperlink r:id="rId926069a65e6a5ed42" w:history="1">
+            <w:hyperlink r:id="rId598469c15b891a9da" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -363,51 +363,51 @@
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> RNQP ((EU) 2019/2072 Annex IV)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId502669a65e6a5edab" w:history="1">
+            <w:hyperlink r:id="rId920769c15b891aa43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -421,86 +421,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> CSVD00</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="5724692" name="name574869a65e6a5ee7a" descr="15976.jpg"/>
+                  <wp:docPr id="16261108" name="name846669c15b891b0be" descr="15976.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="15976.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId135969a65e6a5ee78" cstate="print"/>
+                          <a:blip r:embed="rId227269c15b891b0bc" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId831869a65e6a5ef8a" w:history="1">
+            <w:hyperlink r:id="rId420869c15b891b1c7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -533,51 +533,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Ratification by the International Committee on Taxonomy of Viruses (ICTV) of the new species name </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Pospiviroid impedichrysanthemi</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> is pending (</w:t>
       </w:r>
-      <w:hyperlink r:id="rId120569a65e6a5f06d" w:history="1">
+      <w:hyperlink r:id="rId874669c15b891b2b0" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:b/>
             <w:bCs/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">ICTV website</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, proposal n. 2023.032P) and expected to be adopted early in 2024.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
@@ -1532,92 +1532,92 @@
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">GEOGRAPHICAL DISTRIBUTION</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CSVd has been reported in several countries worldwide with recent reports in South America. Several accessions (MT995842-MT995845) in </w:t>
       </w:r>
-      <w:hyperlink r:id="rId115369a65e6a5f6ab" w:history="1">
+      <w:hyperlink r:id="rId516469c15b891b90c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:b/>
             <w:bCs/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">GenBank</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> also suggest its presence in Malaysia. Over the years, CSVd has been reported in several other countries from which it has now been eradicated. However, since CSVd infections may remain symptomless in several hosts, there is some uncertainty concerning the current distribution.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="74660068" name="name413769a65e6a6013d" descr="CSVD00_distribution_map.jpg"/>
+            <wp:docPr id="88773404" name="name390069c15b891c54a" descr="CSVD00_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="CSVD00_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId293869a65e6a6013a" cstate="print"/>
+                    <a:blip r:embed="rId492569c15b891c547" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -1802,51 +1802,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2021). The complete genome of CSVd was first determined at the beginning of the 1980s (Haseloff and Symons, 1981; Gross </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1982) and nowadays several hundred CSVd variants of different geographic or host origin have been completely sequenced (</w:t>
       </w:r>
-      <w:hyperlink r:id="rId480869a65e6a604bf" w:history="1">
+      <w:hyperlink r:id="rId146269c15b891c870" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:b/>
             <w:bCs/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">NCBI</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, consulted on 16/10/2023). The genome of most CSVd variants ranges in size between 354 and 356 nt (Palukaitis, 2017). CSVd is classified in a species belonging to the genus </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -3557,51 +3557,51 @@
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Phytosanitary risk</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">There are no known ecoclimatic constraints for the establishment of CSVd in new areas, except those affecting its hosts. Due to the severity of the disease induced in commercial chrysanthemum cultivars, CSVd is included in the EPPO A2 list of pests recommended for regulation as a quarantine pest. CSVd is considered as a quarantine pest in several countries worldwide (</w:t>
       </w:r>
-      <w:hyperlink r:id="rId817169a65e6a610e8" w:history="1">
+      <w:hyperlink r:id="rId987069c15b891d422" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:b/>
             <w:bCs/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">EPPO global database</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">). In the EU, CSVd is currently included in the list of regulated non-quarantine pests for plants for planting (other than seeds) of </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -4240,51 +4240,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">102</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 001543. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId212269a65e6a615b3" w:history="1">
+      <w:hyperlink r:id="rId374169c15b891d889" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1099/jgv.0.001543</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4522,51 +4522,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">32</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 105-114. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId743569a65e6a61791" w:history="1">
+      <w:hyperlink r:id="rId745369c15b891da4a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/taxon/CSVD00/documents</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4592,51 +4592,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">38</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 31-52. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId407369a65e6a61806" w:history="1">
+      <w:hyperlink r:id="rId239169c15b891dabb" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/taxon/CSVD00/documents</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4702,51 +4702,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">51</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 144-177. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId664169a65e6a618b5" w:history="1">
+      <w:hyperlink r:id="rId141969c15b891db66" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/taxon/CSVD00/documents</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4772,51 +4772,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">11</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 355. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId457469a65e6a61926" w:history="1">
+      <w:hyperlink r:id="rId887669c15b891dbd5" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3390/v11040355</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5297,51 +5297,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Planta </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">220</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 64-70. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId127169a65e6a61cb9" w:history="1">
+      <w:hyperlink r:id="rId768869c15b891df1f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s00425-004-1318-2</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5650,51 +5650,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">95</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1196-1196. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId348669a65e6a61efb" w:history="1">
+      <w:hyperlink r:id="rId786569c15b891e174" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PDIS-05-11-0398</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6175,51 +6175,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">10</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 719. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId769169a65e6a62257" w:history="1">
+      <w:hyperlink r:id="rId921469c15b891e4d1" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3390/v10120719</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6303,51 +6303,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">8</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 305-325. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId592369a65e6a62326" w:history="1">
+      <w:hyperlink r:id="rId799269c15b891e59d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1146/annurev-virology-091919-092331</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7312,51 +7312,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">90</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1359. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId120069a65e6a62a18" w:history="1">
+      <w:hyperlink r:id="rId377869c15b891ec46" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PD-90-1359A</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -7391,101 +7391,101 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">7</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">: 224. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId827169a65e6a62a9f" w:history="1">
+      <w:hyperlink r:id="rId128969c15b891ecc5" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi/org/10.3389/fmicb.2016.00224</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI resources used when preparing this datasheet</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI Datasheet on Chrysanthemum stunt viroid (measles of chrysanthemum) CABI Compendium. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId782069a65e6a62afa" w:history="1">
+      <w:hyperlink r:id="rId908969c15b891ed1d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.cabidigitallibrary.org/doi/10.1079/cabicompendium.13283</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -7551,51 +7551,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Pospiviroid impedichrysanthemi</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId919369a65e6a62bbb" w:history="1">
+      <w:hyperlink r:id="rId852169c15b891edd4" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -7768,81 +7768,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">8</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 6 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId436769a65e6a62d4b" w:history="1">
+      <w:hyperlink r:id="rId508069c15b891ef37" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://onlinelibrary.wiley.com/doi/epdf/10.1111/j.1365-2338.1978.tb02777.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="51767682" name="name500169a65e6a62dba" descr="eu_funding_250.png"/>
+            <wp:docPr id="29400313" name="name135969c15b891efa1" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId464569a65e6a62db9" cstate="print"/>
+                    <a:blip r:embed="rId828069c15b891efa0" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -7940,137 +7940,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="81322809">
+  <w:abstractNum w:abstractNumId="51750669">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="12581307">
+    <w:lvl w:ilvl="0" w:tplc="59642951">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="12581307" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="59642951" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="12581307" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="59642951" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="12581307" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="59642951" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="12581307" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="59642951" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="12581307" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="59642951" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="12581307" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="59642951" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="12581307" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="59642951" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="12581307" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="59642951" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="81322808">
+  <w:abstractNum w:abstractNumId="51750668">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="93879663">
+    <w:lvl w:ilvl="0" w:tplc="48892779">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -8822,55 +8822,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="81322808">
-    <w:abstractNumId w:val="81322808"/>
+  <w:num w:numId="51750668">
+    <w:abstractNumId w:val="51750668"/>
   </w:num>
-  <w:num w:numId="81322809">
-    <w:abstractNumId w:val="81322809"/>
+  <w:num w:numId="51750669">
+    <w:abstractNumId w:val="51750669"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -20420,51 +20420,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId330649119" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId163368373" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId926069a65e6a5ed42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CSVD00/" TargetMode="External"/><Relationship Id="rId502669a65e6a5edab" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CSVD00/categorization" TargetMode="External"/><Relationship Id="rId831869a65e6a5ef8a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CSVD00/photos" TargetMode="External"/><Relationship Id="rId120569a65e6a5f06d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ictv.global/files/proposals/pending?fid=11742#block-teamplus-page-title" TargetMode="External"/><Relationship Id="rId115369a65e6a5f6ab" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/nuccore" TargetMode="External"/><Relationship Id="rId480869a65e6a604bf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/nuccore" TargetMode="External"/><Relationship Id="rId817169a65e6a610e8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/" TargetMode="External"/><Relationship Id="rId212269a65e6a615b3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1099/jgv.0.001543" TargetMode="External"/><Relationship Id="rId743569a65e6a61791" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CSVD00/documents" TargetMode="External"/><Relationship Id="rId407369a65e6a61806" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CSVD00/documents" TargetMode="External"/><Relationship Id="rId664169a65e6a618b5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CSVD00/documents" TargetMode="External"/><Relationship Id="rId457469a65e6a61926" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/v11040355" TargetMode="External"/><Relationship Id="rId127169a65e6a61cb9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s00425-004-1318-2" TargetMode="External"/><Relationship Id="rId348669a65e6a61efb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-05-11-0398" TargetMode="External"/><Relationship Id="rId769169a65e6a62257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/v10120719" TargetMode="External"/><Relationship Id="rId592369a65e6a62326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1146/annurev-virology-091919-092331" TargetMode="External"/><Relationship Id="rId120069a65e6a62a18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PD-90-1359A" TargetMode="External"/><Relationship Id="rId827169a65e6a62a9f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi/org/10.3389/fmicb.2016.00224" TargetMode="External"/><Relationship Id="rId782069a65e6a62afa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabidigitallibrary.org/doi/10.1079/cabicompendium.13283" TargetMode="External"/><Relationship Id="rId919369a65e6a62bbb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId436769a65e6a62d4b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/doi/epdf/10.1111/j.1365-2338.1978.tb02777.x" TargetMode="External"/><Relationship Id="rId135969a65e6a5ee78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId135969a65e6a5ee78.jpg"/><Relationship Id="rId293869a65e6a6013a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId293869a65e6a6013a.jpg"/><Relationship Id="rId464569a65e6a62db9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId464569a65e6a62db9.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId827321866" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId470605263" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId598469c15b891a9da" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CSVD00/" TargetMode="External"/><Relationship Id="rId920769c15b891aa43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CSVD00/categorization" TargetMode="External"/><Relationship Id="rId420869c15b891b1c7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CSVD00/photos" TargetMode="External"/><Relationship Id="rId874669c15b891b2b0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ictv.global/files/proposals/pending?fid=11742#block-teamplus-page-title" TargetMode="External"/><Relationship Id="rId516469c15b891b90c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/nuccore" TargetMode="External"/><Relationship Id="rId146269c15b891c870" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/nuccore" TargetMode="External"/><Relationship Id="rId987069c15b891d422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/" TargetMode="External"/><Relationship Id="rId374169c15b891d889" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1099/jgv.0.001543" TargetMode="External"/><Relationship Id="rId745369c15b891da4a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CSVD00/documents" TargetMode="External"/><Relationship Id="rId239169c15b891dabb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CSVD00/documents" TargetMode="External"/><Relationship Id="rId141969c15b891db66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CSVD00/documents" TargetMode="External"/><Relationship Id="rId887669c15b891dbd5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/v11040355" TargetMode="External"/><Relationship Id="rId768869c15b891df1f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s00425-004-1318-2" TargetMode="External"/><Relationship Id="rId786569c15b891e174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-05-11-0398" TargetMode="External"/><Relationship Id="rId921469c15b891e4d1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/v10120719" TargetMode="External"/><Relationship Id="rId799269c15b891e59d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1146/annurev-virology-091919-092331" TargetMode="External"/><Relationship Id="rId377869c15b891ec46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PD-90-1359A" TargetMode="External"/><Relationship Id="rId128969c15b891ecc5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi/org/10.3389/fmicb.2016.00224" TargetMode="External"/><Relationship Id="rId908969c15b891ed1d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabidigitallibrary.org/doi/10.1079/cabicompendium.13283" TargetMode="External"/><Relationship Id="rId852169c15b891edd4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId508069c15b891ef37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/doi/epdf/10.1111/j.1365-2338.1978.tb02777.x" TargetMode="External"/><Relationship Id="rId227269c15b891b0bc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId227269c15b891b0bc.jpg"/><Relationship Id="rId492569c15b891c547" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId492569c15b891c547.jpg"/><Relationship Id="rId828069c15b891efa0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId828069c15b891efa0.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>