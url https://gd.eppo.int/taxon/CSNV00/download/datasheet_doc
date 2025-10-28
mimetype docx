--- v0 (2025-10-08)
+++ v1 (2025-10-28)
@@ -280,51 +280,51 @@
               </w:rPr>
               <w:t xml:space="preserve">Chrysanthemum stem necrosis tospovirus</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Chrysanthemum stem necrosis virus</w:t>
             </w:r>
-            <w:hyperlink r:id="rId682968e625d5d01f6" w:history="1">
+            <w:hyperlink r:id="rId628469013c6d30a77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -340,51 +340,51 @@
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 Quarantine pest (Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId842668e625d5d0262" w:history="1">
+            <w:hyperlink r:id="rId494669013c6d30adf" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -398,86 +398,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> CSNV00</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="93578197" name="name869468e625d5d0aa0" descr="12082.jpg"/>
+                  <wp:docPr id="12807549" name="name385069013c6d30bbb" descr="12082.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="12082.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId161068e625d5d0a9f" cstate="print"/>
+                          <a:blip r:embed="rId822869013c6d30bb9" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId746368e625d5d0bb8" w:history="1">
+            <w:hyperlink r:id="rId587569013c6d30c99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -1840,63 +1840,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">in February 2014 in a nursery located in the province of Savona, Liguria region, during official survey activities. Infected plants had necrosis and leaf malformations. Eradication measures were taken, and all infected plants were destroyed. Laboratory tests confirmed that CSNV was eradicated.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="99483227" name="name379868e625d5d278b" descr="CSNV00_distribution_map.jpg"/>
+            <wp:docPr id="1502777" name="name281769013c6d3260a" descr="CSNV00_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="CSNV00_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId840668e625d5d2787" cstate="print"/>
+                    <a:blip r:embed="rId826869013c6d32608" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -4900,51 +4900,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">28</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 14. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId152468e625d5d4b5b" w:history="1">
+      <w:hyperlink r:id="rId314469013c6d33bd3" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://dx.doi.org/10.5197/j.2044-0588.2013.028.014</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5124,51 +5124,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 285-286.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA Journal 2012. Scientific Opinion on the pest categorisation of the tospoviruses. Volume10, Issue7, July 2012, 2772. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId842768e625d5d4d74" w:history="1">
+      <w:hyperlink r:id="rId197769013c6d33d53" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2012.2772</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6253,51 +6253,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">355–362 (2013). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId166868e625d5d569d" w:history="1">
+      <w:hyperlink r:id="rId391469013c6d3448a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s10658-013-0169-8</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6858,51 +6858,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">529-536 </w:t>
       </w:r>
-      <w:hyperlink r:id="rId766068e625d5d5a93" w:history="1">
+      <w:hyperlink r:id="rId355069013c6d3485b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s00705-014-2287-9</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6948,51 +6948,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">101</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 264. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId604868e625d5d5ba6" w:history="1">
+      <w:hyperlink r:id="rId837869013c6d348e9" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://apsjournals.apsnet.org/loi/pdis</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
@@ -7018,51 +7018,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI Invasive Species Compendium. Datasheet on </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Chrysanthemum stem necrosis virus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId308768e625d5d5c23" w:history="1">
+      <w:hyperlink r:id="rId185469013c6d34961" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.cabi.org/isc/datasheet/13364</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (last accessed June 2020).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -7155,51 +7155,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Orthotospovirus chrysanthinecrocaulis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId109368e625d5d5d44" w:history="1">
+      <w:hyperlink r:id="rId940769013c6d34a50" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -7275,81 +7275,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">35</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 409-412. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId722268e625d5d5e4d" w:history="1">
+      <w:hyperlink r:id="rId539269013c6d34b16" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.2005.00845.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="7590735" name="name686468e625d5d5f0e" descr="eu_funding_250.png"/>
+            <wp:docPr id="62415005" name="name868469013c6d34b7d" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId979168e625d5d5f0c" cstate="print"/>
+                    <a:blip r:embed="rId277369013c6d34b7c" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -7447,137 +7447,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="66273853">
+  <w:abstractNum w:abstractNumId="46068642">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="61865066">
+    <w:lvl w:ilvl="0" w:tplc="75877228">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="61865066" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="75877228" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="61865066" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="75877228" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="61865066" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="75877228" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="61865066" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="75877228" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="61865066" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="75877228" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="61865066" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="75877228" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="61865066" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="75877228" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="61865066" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="75877228" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="66273852">
+  <w:abstractNum w:abstractNumId="46068641">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="45971881">
+    <w:lvl w:ilvl="0" w:tplc="24600142">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -8329,55 +8329,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="66273852">
-    <w:abstractNumId w:val="66273852"/>
+  <w:num w:numId="46068641">
+    <w:abstractNumId w:val="46068641"/>
   </w:num>
-  <w:num w:numId="66273853">
-    <w:abstractNumId w:val="66273853"/>
+  <w:num w:numId="46068642">
+    <w:abstractNumId w:val="46068642"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -19927,51 +19927,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId930571393" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId828512080" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId682968e625d5d01f6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CSNV00/" TargetMode="External"/><Relationship Id="rId842668e625d5d0262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CSNV00/categorization" TargetMode="External"/><Relationship Id="rId746368e625d5d0bb8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CSNV00/photos" TargetMode="External"/><Relationship Id="rId152468e625d5d4b5b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://dx.doi.org/10.5197/j.2044-0588.2013.028.014" TargetMode="External"/><Relationship Id="rId842768e625d5d4d74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2012.2772" TargetMode="External"/><Relationship Id="rId166868e625d5d569d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s10658-013-0169-8" TargetMode="External"/><Relationship Id="rId766068e625d5d5a93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s00705-014-2287-9" TargetMode="External"/><Relationship Id="rId604868e625d5d5ba6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://apsjournals.apsnet.org/loi/pdis" TargetMode="External"/><Relationship Id="rId308768e625d5d5c23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/13364" TargetMode="External"/><Relationship Id="rId109368e625d5d5d44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId722268e625d5d5e4d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.2005.00845.x" TargetMode="External"/><Relationship Id="rId161068e625d5d0a9f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId161068e625d5d0a9f.jpg"/><Relationship Id="rId840668e625d5d2787" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId840668e625d5d2787.jpg"/><Relationship Id="rId979168e625d5d5f0c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId979168e625d5d5f0c.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId540992028" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId156586261" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId628469013c6d30a77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CSNV00/" TargetMode="External"/><Relationship Id="rId494669013c6d30adf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CSNV00/categorization" TargetMode="External"/><Relationship Id="rId587569013c6d30c99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CSNV00/photos" TargetMode="External"/><Relationship Id="rId314469013c6d33bd3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://dx.doi.org/10.5197/j.2044-0588.2013.028.014" TargetMode="External"/><Relationship Id="rId197769013c6d33d53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2012.2772" TargetMode="External"/><Relationship Id="rId391469013c6d3448a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s10658-013-0169-8" TargetMode="External"/><Relationship Id="rId355069013c6d3485b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s00705-014-2287-9" TargetMode="External"/><Relationship Id="rId837869013c6d348e9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://apsjournals.apsnet.org/loi/pdis" TargetMode="External"/><Relationship Id="rId185469013c6d34961" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/13364" TargetMode="External"/><Relationship Id="rId940769013c6d34a50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId539269013c6d34b16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.2005.00845.x" TargetMode="External"/><Relationship Id="rId822869013c6d30bb9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId822869013c6d30bb9.jpg"/><Relationship Id="rId826869013c6d32608" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId826869013c6d32608.jpg"/><Relationship Id="rId277369013c6d34b7c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId277369013c6d34b7c.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>