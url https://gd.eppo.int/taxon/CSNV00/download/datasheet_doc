--- v1 (2025-10-28)
+++ v2 (2025-11-20)
@@ -280,51 +280,51 @@
               </w:rPr>
               <w:t xml:space="preserve">Chrysanthemum stem necrosis tospovirus</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Chrysanthemum stem necrosis virus</w:t>
             </w:r>
-            <w:hyperlink r:id="rId628469013c6d30a77" w:history="1">
+            <w:hyperlink r:id="rId8205691d09234a2d2" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -340,51 +340,51 @@
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 Quarantine pest (Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId494669013c6d30adf" w:history="1">
+            <w:hyperlink r:id="rId7106691d09234a33d" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -398,86 +398,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> CSNV00</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="12807549" name="name385069013c6d30bbb" descr="12082.jpg"/>
+                  <wp:docPr id="58327546" name="name2575691d09234a9fb" descr="12082.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="12082.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId822869013c6d30bb9" cstate="print"/>
+                          <a:blip r:embed="rId2209691d09234a9fa" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId587569013c6d30c99" w:history="1">
+            <w:hyperlink r:id="rId7663691d09234aae9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -1840,63 +1840,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">in February 2014 in a nursery located in the province of Savona, Liguria region, during official survey activities. Infected plants had necrosis and leaf malformations. Eradication measures were taken, and all infected plants were destroyed. Laboratory tests confirmed that CSNV was eradicated.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="1502777" name="name281769013c6d3260a" descr="CSNV00_distribution_map.jpg"/>
+            <wp:docPr id="60360092" name="name7983691d09234c041" descr="CSNV00_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="CSNV00_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId826869013c6d32608" cstate="print"/>
+                    <a:blip r:embed="rId3784691d09234c03f" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -4900,51 +4900,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">28</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 14. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId314469013c6d33bd3" w:history="1">
+      <w:hyperlink r:id="rId6920691d09234d640" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://dx.doi.org/10.5197/j.2044-0588.2013.028.014</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5124,51 +5124,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 285-286.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA Journal 2012. Scientific Opinion on the pest categorisation of the tospoviruses. Volume10, Issue7, July 2012, 2772. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId197769013c6d33d53" w:history="1">
+      <w:hyperlink r:id="rId3462691d09234d7b1" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2012.2772</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6253,51 +6253,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">355–362 (2013). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId391469013c6d3448a" w:history="1">
+      <w:hyperlink r:id="rId6433691d09234dee2" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s10658-013-0169-8</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6858,51 +6858,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">529-536 </w:t>
       </w:r>
-      <w:hyperlink r:id="rId355069013c6d3485b" w:history="1">
+      <w:hyperlink r:id="rId7280691d09234e2e4" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s00705-014-2287-9</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6948,51 +6948,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">101</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 264. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId837869013c6d348e9" w:history="1">
+      <w:hyperlink r:id="rId9686691d09234e374" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://apsjournals.apsnet.org/loi/pdis</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
@@ -7018,51 +7018,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI Invasive Species Compendium. Datasheet on </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Chrysanthemum stem necrosis virus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId185469013c6d34961" w:history="1">
+      <w:hyperlink r:id="rId3096691d09234e3ee" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.cabi.org/isc/datasheet/13364</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (last accessed June 2020).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -7155,51 +7155,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Orthotospovirus chrysanthinecrocaulis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId940769013c6d34a50" w:history="1">
+      <w:hyperlink r:id="rId1700691d09234e4d2" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -7275,81 +7275,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">35</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 409-412. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId539269013c6d34b16" w:history="1">
+      <w:hyperlink r:id="rId4136691d09234e597" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.2005.00845.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="62415005" name="name868469013c6d34b7d" descr="eu_funding_250.png"/>
+            <wp:docPr id="41608250" name="name2601691d09234e610" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId277369013c6d34b7c" cstate="print"/>
+                    <a:blip r:embed="rId9325691d09234e60f" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -7447,137 +7447,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="46068642">
+  <w:abstractNum w:abstractNumId="14069068">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="75877228">
+    <w:lvl w:ilvl="0" w:tplc="24605936">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="75877228" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="24605936" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="75877228" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="24605936" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="75877228" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="24605936" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="75877228" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="24605936" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="75877228" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="24605936" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="75877228" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="24605936" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="75877228" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="24605936" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="75877228" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="24605936" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="46068641">
+  <w:abstractNum w:abstractNumId="14069067">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="24600142">
+    <w:lvl w:ilvl="0" w:tplc="54582247">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -8329,55 +8329,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="46068641">
-    <w:abstractNumId w:val="46068641"/>
+  <w:num w:numId="14069067">
+    <w:abstractNumId w:val="14069067"/>
   </w:num>
-  <w:num w:numId="46068642">
-    <w:abstractNumId w:val="46068642"/>
+  <w:num w:numId="14069068">
+    <w:abstractNumId w:val="14069068"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -19927,51 +19927,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId540992028" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId156586261" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId628469013c6d30a77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CSNV00/" TargetMode="External"/><Relationship Id="rId494669013c6d30adf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CSNV00/categorization" TargetMode="External"/><Relationship Id="rId587569013c6d30c99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CSNV00/photos" TargetMode="External"/><Relationship Id="rId314469013c6d33bd3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://dx.doi.org/10.5197/j.2044-0588.2013.028.014" TargetMode="External"/><Relationship Id="rId197769013c6d33d53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2012.2772" TargetMode="External"/><Relationship Id="rId391469013c6d3448a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s10658-013-0169-8" TargetMode="External"/><Relationship Id="rId355069013c6d3485b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s00705-014-2287-9" TargetMode="External"/><Relationship Id="rId837869013c6d348e9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://apsjournals.apsnet.org/loi/pdis" TargetMode="External"/><Relationship Id="rId185469013c6d34961" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/13364" TargetMode="External"/><Relationship Id="rId940769013c6d34a50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId539269013c6d34b16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.2005.00845.x" TargetMode="External"/><Relationship Id="rId822869013c6d30bb9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId822869013c6d30bb9.jpg"/><Relationship Id="rId826869013c6d32608" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId826869013c6d32608.jpg"/><Relationship Id="rId277369013c6d34b7c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId277369013c6d34b7c.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId102356603" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId931529878" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId8205691d09234a2d2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CSNV00/" TargetMode="External"/><Relationship Id="rId7106691d09234a33d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CSNV00/categorization" TargetMode="External"/><Relationship Id="rId7663691d09234aae9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CSNV00/photos" TargetMode="External"/><Relationship Id="rId6920691d09234d640" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://dx.doi.org/10.5197/j.2044-0588.2013.028.014" TargetMode="External"/><Relationship Id="rId3462691d09234d7b1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2012.2772" TargetMode="External"/><Relationship Id="rId6433691d09234dee2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s10658-013-0169-8" TargetMode="External"/><Relationship Id="rId7280691d09234e2e4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s00705-014-2287-9" TargetMode="External"/><Relationship Id="rId9686691d09234e374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://apsjournals.apsnet.org/loi/pdis" TargetMode="External"/><Relationship Id="rId3096691d09234e3ee" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/13364" TargetMode="External"/><Relationship Id="rId1700691d09234e4d2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId4136691d09234e597" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.2005.00845.x" TargetMode="External"/><Relationship Id="rId2209691d09234a9fa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId2209691d09234a9fa.jpg"/><Relationship Id="rId3784691d09234c03f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId3784691d09234c03f.jpg"/><Relationship Id="rId9325691d09234e60f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId9325691d09234e60f.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>