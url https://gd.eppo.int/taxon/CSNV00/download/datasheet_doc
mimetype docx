--- v2 (2025-11-20)
+++ v3 (2025-12-12)
@@ -280,51 +280,51 @@
               </w:rPr>
               <w:t xml:space="preserve">Chrysanthemum stem necrosis tospovirus</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Chrysanthemum stem necrosis virus</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8205691d09234a2d2" w:history="1">
+            <w:hyperlink r:id="rId4472693c948fc3f37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -340,51 +340,51 @@
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 Quarantine pest (Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId7106691d09234a33d" w:history="1">
+            <w:hyperlink r:id="rId8661693c948fc3f9f" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -398,86 +398,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> CSNV00</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="58327546" name="name2575691d09234a9fb" descr="12082.jpg"/>
+                  <wp:docPr id="86811151" name="name4453693c948fc4067" descr="12082.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="12082.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId2209691d09234a9fa" cstate="print"/>
+                          <a:blip r:embed="rId2663693c948fc4066" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId7663691d09234aae9" w:history="1">
+            <w:hyperlink r:id="rId1928693c948fc4184" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -1840,63 +1840,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">in February 2014 in a nursery located in the province of Savona, Liguria region, during official survey activities. Infected plants had necrosis and leaf malformations. Eradication measures were taken, and all infected plants were destroyed. Laboratory tests confirmed that CSNV was eradicated.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="60360092" name="name7983691d09234c041" descr="CSNV00_distribution_map.jpg"/>
+            <wp:docPr id="54001418" name="name1669693c948fc5b9d" descr="CSNV00_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="CSNV00_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId3784691d09234c03f" cstate="print"/>
+                    <a:blip r:embed="rId3120693c948fc5b9a" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -4900,51 +4900,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">28</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 14. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6920691d09234d640" w:history="1">
+      <w:hyperlink r:id="rId8664693c948fc7126" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://dx.doi.org/10.5197/j.2044-0588.2013.028.014</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5124,51 +5124,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 285-286.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA Journal 2012. Scientific Opinion on the pest categorisation of the tospoviruses. Volume10, Issue7, July 2012, 2772. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3462691d09234d7b1" w:history="1">
+      <w:hyperlink r:id="rId9570693c948fc72a4" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2012.2772</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6253,51 +6253,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">355–362 (2013). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6433691d09234dee2" w:history="1">
+      <w:hyperlink r:id="rId1058693c948fc79e8" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s10658-013-0169-8</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6858,51 +6858,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">529-536 </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7280691d09234e2e4" w:history="1">
+      <w:hyperlink r:id="rId9102693c948fc7dc4" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s00705-014-2287-9</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6948,51 +6948,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">101</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 264. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9686691d09234e374" w:history="1">
+      <w:hyperlink r:id="rId7270693c948fc7e55" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://apsjournals.apsnet.org/loi/pdis</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
@@ -7018,51 +7018,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI Invasive Species Compendium. Datasheet on </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Chrysanthemum stem necrosis virus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3096691d09234e3ee" w:history="1">
+      <w:hyperlink r:id="rId2879693c948fc7ecd" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.cabi.org/isc/datasheet/13364</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (last accessed June 2020).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -7155,51 +7155,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Orthotospovirus chrysanthinecrocaulis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1700691d09234e4d2" w:history="1">
+      <w:hyperlink r:id="rId2389693c948fc7fb3" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -7275,81 +7275,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">35</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 409-412. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4136691d09234e597" w:history="1">
+      <w:hyperlink r:id="rId6859693c948fc8077" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.2005.00845.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="41608250" name="name2601691d09234e610" descr="eu_funding_250.png"/>
+            <wp:docPr id="99042700" name="name8317693c948fc80d1" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId9325691d09234e60f" cstate="print"/>
+                    <a:blip r:embed="rId7719693c948fc80d0" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -7447,137 +7447,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="14069068">
+  <w:abstractNum w:abstractNumId="73088422">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="24605936">
+    <w:lvl w:ilvl="0" w:tplc="63819127">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="24605936" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="63819127" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="24605936" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="63819127" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="24605936" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="63819127" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="24605936" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="63819127" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="24605936" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="63819127" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="24605936" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="63819127" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="24605936" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="63819127" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="24605936" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="63819127" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="14069067">
+  <w:abstractNum w:abstractNumId="73088421">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="54582247">
+    <w:lvl w:ilvl="0" w:tplc="74394378">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -8329,55 +8329,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="14069067">
-    <w:abstractNumId w:val="14069067"/>
+  <w:num w:numId="73088421">
+    <w:abstractNumId w:val="73088421"/>
   </w:num>
-  <w:num w:numId="14069068">
-    <w:abstractNumId w:val="14069068"/>
+  <w:num w:numId="73088422">
+    <w:abstractNumId w:val="73088422"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -19927,51 +19927,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId102356603" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId931529878" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId8205691d09234a2d2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CSNV00/" TargetMode="External"/><Relationship Id="rId7106691d09234a33d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CSNV00/categorization" TargetMode="External"/><Relationship Id="rId7663691d09234aae9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CSNV00/photos" TargetMode="External"/><Relationship Id="rId6920691d09234d640" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://dx.doi.org/10.5197/j.2044-0588.2013.028.014" TargetMode="External"/><Relationship Id="rId3462691d09234d7b1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2012.2772" TargetMode="External"/><Relationship Id="rId6433691d09234dee2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s10658-013-0169-8" TargetMode="External"/><Relationship Id="rId7280691d09234e2e4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s00705-014-2287-9" TargetMode="External"/><Relationship Id="rId9686691d09234e374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://apsjournals.apsnet.org/loi/pdis" TargetMode="External"/><Relationship Id="rId3096691d09234e3ee" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/13364" TargetMode="External"/><Relationship Id="rId1700691d09234e4d2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId4136691d09234e597" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.2005.00845.x" TargetMode="External"/><Relationship Id="rId2209691d09234a9fa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId2209691d09234a9fa.jpg"/><Relationship Id="rId3784691d09234c03f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId3784691d09234c03f.jpg"/><Relationship Id="rId9325691d09234e60f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId9325691d09234e60f.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId421152363" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId291134175" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId4472693c948fc3f37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CSNV00/" TargetMode="External"/><Relationship Id="rId8661693c948fc3f9f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CSNV00/categorization" TargetMode="External"/><Relationship Id="rId1928693c948fc4184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CSNV00/photos" TargetMode="External"/><Relationship Id="rId8664693c948fc7126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://dx.doi.org/10.5197/j.2044-0588.2013.028.014" TargetMode="External"/><Relationship Id="rId9570693c948fc72a4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2012.2772" TargetMode="External"/><Relationship Id="rId1058693c948fc79e8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s10658-013-0169-8" TargetMode="External"/><Relationship Id="rId9102693c948fc7dc4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s00705-014-2287-9" TargetMode="External"/><Relationship Id="rId7270693c948fc7e55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://apsjournals.apsnet.org/loi/pdis" TargetMode="External"/><Relationship Id="rId2879693c948fc7ecd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/13364" TargetMode="External"/><Relationship Id="rId2389693c948fc7fb3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId6859693c948fc8077" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.2005.00845.x" TargetMode="External"/><Relationship Id="rId2663693c948fc4066" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId2663693c948fc4066.jpg"/><Relationship Id="rId3120693c948fc5b9a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId3120693c948fc5b9a.jpg"/><Relationship Id="rId7719693c948fc80d0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId7719693c948fc80d0.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>