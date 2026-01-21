--- v3 (2025-12-12)
+++ v4 (2026-01-21)
@@ -280,51 +280,51 @@
               </w:rPr>
               <w:t xml:space="preserve">Chrysanthemum stem necrosis tospovirus</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Chrysanthemum stem necrosis virus</w:t>
             </w:r>
-            <w:hyperlink r:id="rId4472693c948fc3f37" w:history="1">
+            <w:hyperlink r:id="rId410169710bb822062" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -340,51 +340,51 @@
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 Quarantine pest (Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8661693c948fc3f9f" w:history="1">
+            <w:hyperlink r:id="rId686069710bb8220c9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -398,86 +398,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> CSNV00</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="86811151" name="name4453693c948fc4067" descr="12082.jpg"/>
+                  <wp:docPr id="86409781" name="name697869710bb822698" descr="12082.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="12082.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId2663693c948fc4066" cstate="print"/>
+                          <a:blip r:embed="rId511769710bb822696" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId1928693c948fc4184" w:history="1">
+            <w:hyperlink r:id="rId380669710bb822787" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -1840,63 +1840,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">in February 2014 in a nursery located in the province of Savona, Liguria region, during official survey activities. Infected plants had necrosis and leaf malformations. Eradication measures were taken, and all infected plants were destroyed. Laboratory tests confirmed that CSNV was eradicated.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="54001418" name="name1669693c948fc5b9d" descr="CSNV00_distribution_map.jpg"/>
+            <wp:docPr id="92420673" name="name868969710bb823d2b" descr="CSNV00_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="CSNV00_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId3120693c948fc5b9a" cstate="print"/>
+                    <a:blip r:embed="rId335269710bb823d28" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -4900,51 +4900,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">28</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 14. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8664693c948fc7126" w:history="1">
+      <w:hyperlink r:id="rId199669710bb8254cc" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://dx.doi.org/10.5197/j.2044-0588.2013.028.014</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5124,51 +5124,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 285-286.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA Journal 2012. Scientific Opinion on the pest categorisation of the tospoviruses. Volume10, Issue7, July 2012, 2772. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9570693c948fc72a4" w:history="1">
+      <w:hyperlink r:id="rId566569710bb825639" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2012.2772</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6253,51 +6253,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">355–362 (2013). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1058693c948fc79e8" w:history="1">
+      <w:hyperlink r:id="rId755969710bb825d73" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s10658-013-0169-8</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6858,51 +6858,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">529-536 </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9102693c948fc7dc4" w:history="1">
+      <w:hyperlink r:id="rId566669710bb8264ee" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s00705-014-2287-9</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6948,51 +6948,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">101</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 264. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7270693c948fc7e55" w:history="1">
+      <w:hyperlink r:id="rId179869710bb82666c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://apsjournals.apsnet.org/loi/pdis</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
@@ -7018,51 +7018,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI Invasive Species Compendium. Datasheet on </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Chrysanthemum stem necrosis virus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2879693c948fc7ecd" w:history="1">
+      <w:hyperlink r:id="rId120569710bb8266fc" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.cabi.org/isc/datasheet/13364</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (last accessed June 2020).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -7133,73 +7133,73 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">How to cite this datasheet?</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">EPPO (2025) </w:t>
+        <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Orthotospovirus chrysanthinecrocaulis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2389693c948fc7fb3" w:history="1">
+      <w:hyperlink r:id="rId568969710bb82681b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -7275,81 +7275,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">35</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 409-412. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6859693c948fc8077" w:history="1">
+      <w:hyperlink r:id="rId734969710bb82692c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.2005.00845.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="99042700" name="name8317693c948fc80d1" descr="eu_funding_250.png"/>
+            <wp:docPr id="26450793" name="name924969710bb8269bd" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId7719693c948fc80d0" cstate="print"/>
+                    <a:blip r:embed="rId240169710bb8269bc" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -7447,137 +7447,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="73088422">
+  <w:abstractNum w:abstractNumId="14452888">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="63819127">
+    <w:lvl w:ilvl="0" w:tplc="42116432">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="63819127" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="42116432" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="63819127" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="42116432" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="63819127" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="42116432" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="63819127" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="42116432" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="63819127" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="42116432" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="63819127" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="42116432" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="63819127" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="42116432" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="63819127" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="42116432" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="73088421">
+  <w:abstractNum w:abstractNumId="14452887">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="74394378">
+    <w:lvl w:ilvl="0" w:tplc="91213595">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -8329,55 +8329,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="73088421">
-    <w:abstractNumId w:val="73088421"/>
+  <w:num w:numId="14452887">
+    <w:abstractNumId w:val="14452887"/>
   </w:num>
-  <w:num w:numId="73088422">
-    <w:abstractNumId w:val="73088422"/>
+  <w:num w:numId="14452888">
+    <w:abstractNumId w:val="14452888"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -19927,51 +19927,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId421152363" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId291134175" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId4472693c948fc3f37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CSNV00/" TargetMode="External"/><Relationship Id="rId8661693c948fc3f9f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CSNV00/categorization" TargetMode="External"/><Relationship Id="rId1928693c948fc4184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CSNV00/photos" TargetMode="External"/><Relationship Id="rId8664693c948fc7126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://dx.doi.org/10.5197/j.2044-0588.2013.028.014" TargetMode="External"/><Relationship Id="rId9570693c948fc72a4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2012.2772" TargetMode="External"/><Relationship Id="rId1058693c948fc79e8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s10658-013-0169-8" TargetMode="External"/><Relationship Id="rId9102693c948fc7dc4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s00705-014-2287-9" TargetMode="External"/><Relationship Id="rId7270693c948fc7e55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://apsjournals.apsnet.org/loi/pdis" TargetMode="External"/><Relationship Id="rId2879693c948fc7ecd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/13364" TargetMode="External"/><Relationship Id="rId2389693c948fc7fb3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId6859693c948fc8077" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.2005.00845.x" TargetMode="External"/><Relationship Id="rId2663693c948fc4066" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId2663693c948fc4066.jpg"/><Relationship Id="rId3120693c948fc5b9a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId3120693c948fc5b9a.jpg"/><Relationship Id="rId7719693c948fc80d0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId7719693c948fc80d0.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId283799573" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId736726375" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId410169710bb822062" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CSNV00/" TargetMode="External"/><Relationship Id="rId686069710bb8220c9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CSNV00/categorization" TargetMode="External"/><Relationship Id="rId380669710bb822787" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CSNV00/photos" TargetMode="External"/><Relationship Id="rId199669710bb8254cc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://dx.doi.org/10.5197/j.2044-0588.2013.028.014" TargetMode="External"/><Relationship Id="rId566569710bb825639" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2012.2772" TargetMode="External"/><Relationship Id="rId755969710bb825d73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s10658-013-0169-8" TargetMode="External"/><Relationship Id="rId566669710bb8264ee" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s00705-014-2287-9" TargetMode="External"/><Relationship Id="rId179869710bb82666c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://apsjournals.apsnet.org/loi/pdis" TargetMode="External"/><Relationship Id="rId120569710bb8266fc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/13364" TargetMode="External"/><Relationship Id="rId568969710bb82681b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId734969710bb82692c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.2005.00845.x" TargetMode="External"/><Relationship Id="rId511769710bb822696" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId511769710bb822696.jpg"/><Relationship Id="rId335269710bb823d28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId335269710bb823d28.jpg"/><Relationship Id="rId240169710bb8269bc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId240169710bb8269bc.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>