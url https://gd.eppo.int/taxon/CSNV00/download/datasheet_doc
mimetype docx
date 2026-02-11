--- v4 (2026-01-21)
+++ v5 (2026-02-11)
@@ -280,51 +280,51 @@
               </w:rPr>
               <w:t xml:space="preserve">Chrysanthemum stem necrosis tospovirus</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Chrysanthemum stem necrosis virus</w:t>
             </w:r>
-            <w:hyperlink r:id="rId410169710bb822062" w:history="1">
+            <w:hyperlink r:id="rId4216698bdbcbb8c07" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -338,53 +338,53 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve"> A1 Quarantine pest (Annex II A)</w:t>
+              <w:t xml:space="preserve"> Quarantine pest ((EU) 2019/2072 Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId686069710bb8220c9" w:history="1">
+            <w:hyperlink r:id="rId4948698bdbcbb8c74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -398,86 +398,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> CSNV00</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="86409781" name="name697869710bb822698" descr="12082.jpg"/>
+                  <wp:docPr id="13584524" name="name6808698bdbcbb9211" descr="12082.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="12082.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId511769710bb822696" cstate="print"/>
+                          <a:blip r:embed="rId6882698bdbcbb920f" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId380669710bb822787" w:history="1">
+            <w:hyperlink r:id="rId2271698bdbcbb9334" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -1840,63 +1840,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">in February 2014 in a nursery located in the province of Savona, Liguria region, during official survey activities. Infected plants had necrosis and leaf malformations. Eradication measures were taken, and all infected plants were destroyed. Laboratory tests confirmed that CSNV was eradicated.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="92420673" name="name868969710bb823d2b" descr="CSNV00_distribution_map.jpg"/>
+            <wp:docPr id="33416188" name="name6917698bdbcbba86b" descr="CSNV00_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="CSNV00_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId335269710bb823d28" cstate="print"/>
+                    <a:blip r:embed="rId6016698bdbcbba867" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -4900,51 +4900,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">28</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 14. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId199669710bb8254cc" w:history="1">
+      <w:hyperlink r:id="rId3272698bdbcbbc09a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://dx.doi.org/10.5197/j.2044-0588.2013.028.014</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5124,51 +5124,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 285-286.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA Journal 2012. Scientific Opinion on the pest categorisation of the tospoviruses. Volume10, Issue7, July 2012, 2772. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId566569710bb825639" w:history="1">
+      <w:hyperlink r:id="rId1709698bdbcbbc20c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2012.2772</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6253,51 +6253,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">355–362 (2013). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId755969710bb825d73" w:history="1">
+      <w:hyperlink r:id="rId1069698bdbcbbc9d6" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s10658-013-0169-8</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6858,51 +6858,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">529-536 </w:t>
       </w:r>
-      <w:hyperlink r:id="rId566669710bb8264ee" w:history="1">
+      <w:hyperlink r:id="rId9448698bdbcbbcda0" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s00705-014-2287-9</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6948,51 +6948,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">101</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 264. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId179869710bb82666c" w:history="1">
+      <w:hyperlink r:id="rId3427698bdbcbbce2f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://apsjournals.apsnet.org/loi/pdis</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
@@ -7018,51 +7018,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI Invasive Species Compendium. Datasheet on </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Chrysanthemum stem necrosis virus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId120569710bb8266fc" w:history="1">
+      <w:hyperlink r:id="rId4820698bdbcbbcea5" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.cabi.org/isc/datasheet/13364</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (last accessed June 2020).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -7155,51 +7155,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Orthotospovirus chrysanthinecrocaulis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId568969710bb82681b" w:history="1">
+      <w:hyperlink r:id="rId5802698bdbcbbcf89" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -7275,81 +7275,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">35</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 409-412. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId734969710bb82692c" w:history="1">
+      <w:hyperlink r:id="rId2413698bdbcbbd050" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.2005.00845.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="26450793" name="name924969710bb8269bd" descr="eu_funding_250.png"/>
+            <wp:docPr id="34371755" name="name1759698bdbcbbd0c9" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId240169710bb8269bc" cstate="print"/>
+                    <a:blip r:embed="rId2916698bdbcbbd0c8" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -7447,137 +7447,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="14452888">
+  <w:abstractNum w:abstractNumId="66649698">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="42116432">
+    <w:lvl w:ilvl="0" w:tplc="25796767">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="42116432" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="25796767" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="42116432" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="25796767" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="42116432" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="25796767" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="42116432" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="25796767" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="42116432" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="25796767" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="42116432" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="25796767" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="42116432" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="25796767" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="42116432" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="25796767" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="14452887">
+  <w:abstractNum w:abstractNumId="66649697">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="91213595">
+    <w:lvl w:ilvl="0" w:tplc="24730574">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -8329,55 +8329,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="14452887">
-    <w:abstractNumId w:val="14452887"/>
+  <w:num w:numId="66649697">
+    <w:abstractNumId w:val="66649697"/>
   </w:num>
-  <w:num w:numId="14452888">
-    <w:abstractNumId w:val="14452888"/>
+  <w:num w:numId="66649698">
+    <w:abstractNumId w:val="66649698"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -19927,51 +19927,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId283799573" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId736726375" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId410169710bb822062" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CSNV00/" TargetMode="External"/><Relationship Id="rId686069710bb8220c9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CSNV00/categorization" TargetMode="External"/><Relationship Id="rId380669710bb822787" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CSNV00/photos" TargetMode="External"/><Relationship Id="rId199669710bb8254cc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://dx.doi.org/10.5197/j.2044-0588.2013.028.014" TargetMode="External"/><Relationship Id="rId566569710bb825639" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2012.2772" TargetMode="External"/><Relationship Id="rId755969710bb825d73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s10658-013-0169-8" TargetMode="External"/><Relationship Id="rId566669710bb8264ee" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s00705-014-2287-9" TargetMode="External"/><Relationship Id="rId179869710bb82666c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://apsjournals.apsnet.org/loi/pdis" TargetMode="External"/><Relationship Id="rId120569710bb8266fc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/13364" TargetMode="External"/><Relationship Id="rId568969710bb82681b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId734969710bb82692c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.2005.00845.x" TargetMode="External"/><Relationship Id="rId511769710bb822696" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId511769710bb822696.jpg"/><Relationship Id="rId335269710bb823d28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId335269710bb823d28.jpg"/><Relationship Id="rId240169710bb8269bc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId240169710bb8269bc.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId402437643" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId365448256" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId4216698bdbcbb8c07" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CSNV00/" TargetMode="External"/><Relationship Id="rId4948698bdbcbb8c74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CSNV00/categorization" TargetMode="External"/><Relationship Id="rId2271698bdbcbb9334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CSNV00/photos" TargetMode="External"/><Relationship Id="rId3272698bdbcbbc09a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://dx.doi.org/10.5197/j.2044-0588.2013.028.014" TargetMode="External"/><Relationship Id="rId1709698bdbcbbc20c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2012.2772" TargetMode="External"/><Relationship Id="rId1069698bdbcbbc9d6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s10658-013-0169-8" TargetMode="External"/><Relationship Id="rId9448698bdbcbbcda0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s00705-014-2287-9" TargetMode="External"/><Relationship Id="rId3427698bdbcbbce2f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://apsjournals.apsnet.org/loi/pdis" TargetMode="External"/><Relationship Id="rId4820698bdbcbbcea5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/13364" TargetMode="External"/><Relationship Id="rId5802698bdbcbbcf89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId2413698bdbcbbd050" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.2005.00845.x" TargetMode="External"/><Relationship Id="rId6882698bdbcbb920f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId6882698bdbcbb920f.jpg"/><Relationship Id="rId6016698bdbcbba867" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId6016698bdbcbba867.jpg"/><Relationship Id="rId2916698bdbcbbd0c8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId2916698bdbcbbd0c8.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>