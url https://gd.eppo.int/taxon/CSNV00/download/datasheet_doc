--- v5 (2026-02-11)
+++ v6 (2026-03-03)
@@ -280,51 +280,51 @@
               </w:rPr>
               <w:t xml:space="preserve">Chrysanthemum stem necrosis tospovirus</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Chrysanthemum stem necrosis virus</w:t>
             </w:r>
-            <w:hyperlink r:id="rId4216698bdbcbb8c07" w:history="1">
+            <w:hyperlink r:id="rId709569a693e5aef93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -340,51 +340,51 @@
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Quarantine pest ((EU) 2019/2072 Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId4948698bdbcbb8c74" w:history="1">
+            <w:hyperlink r:id="rId420069a693e5af004" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -398,86 +398,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> CSNV00</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="13584524" name="name6808698bdbcbb9211" descr="12082.jpg"/>
+                  <wp:docPr id="2004609" name="name134969a693e5af0e4" descr="12082.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="12082.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId6882698bdbcbb920f" cstate="print"/>
+                          <a:blip r:embed="rId478269a693e5af0e3" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId2271698bdbcbb9334" w:history="1">
+            <w:hyperlink r:id="rId272969a693e5af21e" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -1840,63 +1840,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">in February 2014 in a nursery located in the province of Savona, Liguria region, during official survey activities. Infected plants had necrosis and leaf malformations. Eradication measures were taken, and all infected plants were destroyed. Laboratory tests confirmed that CSNV was eradicated.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="33416188" name="name6917698bdbcbba86b" descr="CSNV00_distribution_map.jpg"/>
+            <wp:docPr id="27448859" name="name285469a693e5b0b31" descr="CSNV00_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="CSNV00_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId6016698bdbcbba867" cstate="print"/>
+                    <a:blip r:embed="rId344169a693e5b0b2f" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -4900,51 +4900,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">28</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 14. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3272698bdbcbbc09a" w:history="1">
+      <w:hyperlink r:id="rId827869a693e5b2296" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://dx.doi.org/10.5197/j.2044-0588.2013.028.014</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5124,51 +5124,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 285-286.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA Journal 2012. Scientific Opinion on the pest categorisation of the tospoviruses. Volume10, Issue7, July 2012, 2772. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1709698bdbcbbc20c" w:history="1">
+      <w:hyperlink r:id="rId433469a693e5b240c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2012.2772</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6253,51 +6253,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">355–362 (2013). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1069698bdbcbbc9d6" w:history="1">
+      <w:hyperlink r:id="rId112869a693e5b2b43" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s10658-013-0169-8</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6858,51 +6858,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">529-536 </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9448698bdbcbbcda0" w:history="1">
+      <w:hyperlink r:id="rId152369a693e5b2f30" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s00705-014-2287-9</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6948,51 +6948,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">101</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 264. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3427698bdbcbbce2f" w:history="1">
+      <w:hyperlink r:id="rId767469a693e5b2fbe" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://apsjournals.apsnet.org/loi/pdis</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
@@ -7018,51 +7018,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI Invasive Species Compendium. Datasheet on </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Chrysanthemum stem necrosis virus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4820698bdbcbbcea5" w:history="1">
+      <w:hyperlink r:id="rId808869a693e5b3034" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.cabi.org/isc/datasheet/13364</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (last accessed June 2020).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -7155,51 +7155,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Orthotospovirus chrysanthinecrocaulis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5802698bdbcbbcf89" w:history="1">
+      <w:hyperlink r:id="rId392369a693e5b3115" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -7275,81 +7275,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">35</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 409-412. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2413698bdbcbbd050" w:history="1">
+      <w:hyperlink r:id="rId895569a693e5b31d7" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.2005.00845.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="34371755" name="name1759698bdbcbbd0c9" descr="eu_funding_250.png"/>
+            <wp:docPr id="11751894" name="name544569a693e5b3279" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId2916698bdbcbbd0c8" cstate="print"/>
+                    <a:blip r:embed="rId906169a693e5b3278" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -7447,137 +7447,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="66649698">
+  <w:abstractNum w:abstractNumId="93589261">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="25796767">
+    <w:lvl w:ilvl="0" w:tplc="11947116">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="25796767" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="11947116" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="25796767" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="11947116" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="25796767" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="11947116" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="25796767" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="11947116" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="25796767" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="11947116" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="25796767" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="11947116" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="25796767" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="11947116" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="25796767" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="11947116" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="66649697">
+  <w:abstractNum w:abstractNumId="93589260">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="24730574">
+    <w:lvl w:ilvl="0" w:tplc="49057961">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -8329,55 +8329,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="66649697">
-    <w:abstractNumId w:val="66649697"/>
+  <w:num w:numId="93589260">
+    <w:abstractNumId w:val="93589260"/>
   </w:num>
-  <w:num w:numId="66649698">
-    <w:abstractNumId w:val="66649698"/>
+  <w:num w:numId="93589261">
+    <w:abstractNumId w:val="93589261"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -19927,51 +19927,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId402437643" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId365448256" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId4216698bdbcbb8c07" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CSNV00/" TargetMode="External"/><Relationship Id="rId4948698bdbcbb8c74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CSNV00/categorization" TargetMode="External"/><Relationship Id="rId2271698bdbcbb9334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CSNV00/photos" TargetMode="External"/><Relationship Id="rId3272698bdbcbbc09a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://dx.doi.org/10.5197/j.2044-0588.2013.028.014" TargetMode="External"/><Relationship Id="rId1709698bdbcbbc20c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2012.2772" TargetMode="External"/><Relationship Id="rId1069698bdbcbbc9d6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s10658-013-0169-8" TargetMode="External"/><Relationship Id="rId9448698bdbcbbcda0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s00705-014-2287-9" TargetMode="External"/><Relationship Id="rId3427698bdbcbbce2f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://apsjournals.apsnet.org/loi/pdis" TargetMode="External"/><Relationship Id="rId4820698bdbcbbcea5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/13364" TargetMode="External"/><Relationship Id="rId5802698bdbcbbcf89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId2413698bdbcbbd050" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.2005.00845.x" TargetMode="External"/><Relationship Id="rId6882698bdbcbb920f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId6882698bdbcbb920f.jpg"/><Relationship Id="rId6016698bdbcbba867" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId6016698bdbcbba867.jpg"/><Relationship Id="rId2916698bdbcbbd0c8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId2916698bdbcbbd0c8.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId758859753" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId232770078" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId709569a693e5aef93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CSNV00/" TargetMode="External"/><Relationship Id="rId420069a693e5af004" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CSNV00/categorization" TargetMode="External"/><Relationship Id="rId272969a693e5af21e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CSNV00/photos" TargetMode="External"/><Relationship Id="rId827869a693e5b2296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://dx.doi.org/10.5197/j.2044-0588.2013.028.014" TargetMode="External"/><Relationship Id="rId433469a693e5b240c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2012.2772" TargetMode="External"/><Relationship Id="rId112869a693e5b2b43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s10658-013-0169-8" TargetMode="External"/><Relationship Id="rId152369a693e5b2f30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s00705-014-2287-9" TargetMode="External"/><Relationship Id="rId767469a693e5b2fbe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://apsjournals.apsnet.org/loi/pdis" TargetMode="External"/><Relationship Id="rId808869a693e5b3034" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/13364" TargetMode="External"/><Relationship Id="rId392369a693e5b3115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId895569a693e5b31d7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.2005.00845.x" TargetMode="External"/><Relationship Id="rId478269a693e5af0e3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId478269a693e5af0e3.jpg"/><Relationship Id="rId344169a693e5b0b2f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId344169a693e5b0b2f.jpg"/><Relationship Id="rId906169a693e5b3278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId906169a693e5b3278.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>