--- v6 (2026-03-03)
+++ v7 (2026-03-23)
@@ -280,51 +280,51 @@
               </w:rPr>
               <w:t xml:space="preserve">Chrysanthemum stem necrosis tospovirus</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Chrysanthemum stem necrosis virus</w:t>
             </w:r>
-            <w:hyperlink r:id="rId709569a693e5aef93" w:history="1">
+            <w:hyperlink r:id="rId133069c148edd7ffd" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -340,51 +340,51 @@
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Quarantine pest ((EU) 2019/2072 Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId420069a693e5af004" w:history="1">
+            <w:hyperlink r:id="rId617869c148edd8067" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -398,86 +398,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> CSNV00</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="2004609" name="name134969a693e5af0e4" descr="12082.jpg"/>
+                  <wp:docPr id="11717898" name="name952269c148edd837e" descr="12082.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="12082.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId478269a693e5af0e3" cstate="print"/>
+                          <a:blip r:embed="rId345269c148edd837c" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId272969a693e5af21e" w:history="1">
+            <w:hyperlink r:id="rId661569c148edd848b" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -1840,63 +1840,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">in February 2014 in a nursery located in the province of Savona, Liguria region, during official survey activities. Infected plants had necrosis and leaf malformations. Eradication measures were taken, and all infected plants were destroyed. Laboratory tests confirmed that CSNV was eradicated.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="27448859" name="name285469a693e5b0b31" descr="CSNV00_distribution_map.jpg"/>
+            <wp:docPr id="12566599" name="name270569c148edd9bf7" descr="CSNV00_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="CSNV00_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId344169a693e5b0b2f" cstate="print"/>
+                    <a:blip r:embed="rId825369c148edd9bf4" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -4900,51 +4900,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">28</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 14. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId827869a693e5b2296" w:history="1">
+      <w:hyperlink r:id="rId678469c148eddb2cb" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://dx.doi.org/10.5197/j.2044-0588.2013.028.014</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5124,51 +5124,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 285-286.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA Journal 2012. Scientific Opinion on the pest categorisation of the tospoviruses. Volume10, Issue7, July 2012, 2772. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId433469a693e5b240c" w:history="1">
+      <w:hyperlink r:id="rId460169c148eddb44e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2012.2772</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6253,51 +6253,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">355–362 (2013). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId112869a693e5b2b43" w:history="1">
+      <w:hyperlink r:id="rId763469c148eddbb8e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s10658-013-0169-8</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6858,51 +6858,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">529-536 </w:t>
       </w:r>
-      <w:hyperlink r:id="rId152369a693e5b2f30" w:history="1">
+      <w:hyperlink r:id="rId394269c148eddbf7a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s00705-014-2287-9</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6948,51 +6948,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">101</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 264. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId767469a693e5b2fbe" w:history="1">
+      <w:hyperlink r:id="rId610569c148eddc009" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://apsjournals.apsnet.org/loi/pdis</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
@@ -7018,51 +7018,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI Invasive Species Compendium. Datasheet on </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Chrysanthemum stem necrosis virus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId808869a693e5b3034" w:history="1">
+      <w:hyperlink r:id="rId210369c148eddc082" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.cabi.org/isc/datasheet/13364</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (last accessed June 2020).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -7155,51 +7155,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Orthotospovirus chrysanthinecrocaulis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId392369a693e5b3115" w:history="1">
+      <w:hyperlink r:id="rId106569c148eddc168" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -7275,81 +7275,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">35</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 409-412. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId895569a693e5b31d7" w:history="1">
+      <w:hyperlink r:id="rId361569c148eddc238" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.2005.00845.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="11751894" name="name544569a693e5b3279" descr="eu_funding_250.png"/>
+            <wp:docPr id="92756313" name="name537169c148eddc2cb" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId906169a693e5b3278" cstate="print"/>
+                    <a:blip r:embed="rId690169c148eddc2ca" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -7447,137 +7447,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="93589261">
+  <w:abstractNum w:abstractNumId="39325598">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="11947116">
+    <w:lvl w:ilvl="0" w:tplc="20875197">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="11947116" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="20875197" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="11947116" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="20875197" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="11947116" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="20875197" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="11947116" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="20875197" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="11947116" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="20875197" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="11947116" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="20875197" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="11947116" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="20875197" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="11947116" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="20875197" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="93589260">
+  <w:abstractNum w:abstractNumId="39325597">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="49057961">
+    <w:lvl w:ilvl="0" w:tplc="58760439">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -8329,55 +8329,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="93589260">
-    <w:abstractNumId w:val="93589260"/>
+  <w:num w:numId="39325597">
+    <w:abstractNumId w:val="39325597"/>
   </w:num>
-  <w:num w:numId="93589261">
-    <w:abstractNumId w:val="93589261"/>
+  <w:num w:numId="39325598">
+    <w:abstractNumId w:val="39325598"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -19927,51 +19927,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId758859753" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId232770078" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId709569a693e5aef93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CSNV00/" TargetMode="External"/><Relationship Id="rId420069a693e5af004" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CSNV00/categorization" TargetMode="External"/><Relationship Id="rId272969a693e5af21e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CSNV00/photos" TargetMode="External"/><Relationship Id="rId827869a693e5b2296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://dx.doi.org/10.5197/j.2044-0588.2013.028.014" TargetMode="External"/><Relationship Id="rId433469a693e5b240c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2012.2772" TargetMode="External"/><Relationship Id="rId112869a693e5b2b43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s10658-013-0169-8" TargetMode="External"/><Relationship Id="rId152369a693e5b2f30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s00705-014-2287-9" TargetMode="External"/><Relationship Id="rId767469a693e5b2fbe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://apsjournals.apsnet.org/loi/pdis" TargetMode="External"/><Relationship Id="rId808869a693e5b3034" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/13364" TargetMode="External"/><Relationship Id="rId392369a693e5b3115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId895569a693e5b31d7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.2005.00845.x" TargetMode="External"/><Relationship Id="rId478269a693e5af0e3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId478269a693e5af0e3.jpg"/><Relationship Id="rId344169a693e5b0b2f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId344169a693e5b0b2f.jpg"/><Relationship Id="rId906169a693e5b3278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId906169a693e5b3278.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId738397381" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId157127405" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId133069c148edd7ffd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CSNV00/" TargetMode="External"/><Relationship Id="rId617869c148edd8067" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CSNV00/categorization" TargetMode="External"/><Relationship Id="rId661569c148edd848b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CSNV00/photos" TargetMode="External"/><Relationship Id="rId678469c148eddb2cb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://dx.doi.org/10.5197/j.2044-0588.2013.028.014" TargetMode="External"/><Relationship Id="rId460169c148eddb44e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2012.2772" TargetMode="External"/><Relationship Id="rId763469c148eddbb8e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s10658-013-0169-8" TargetMode="External"/><Relationship Id="rId394269c148eddbf7a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s00705-014-2287-9" TargetMode="External"/><Relationship Id="rId610569c148eddc009" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://apsjournals.apsnet.org/loi/pdis" TargetMode="External"/><Relationship Id="rId210369c148eddc082" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/13364" TargetMode="External"/><Relationship Id="rId106569c148eddc168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId361569c148eddc238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.2005.00845.x" TargetMode="External"/><Relationship Id="rId345269c148edd837c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId345269c148edd837c.jpg"/><Relationship Id="rId825369c148edd9bf4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId825369c148edd9bf4.jpg"/><Relationship Id="rId690169c148eddc2ca" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId690169c148eddc2ca.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>