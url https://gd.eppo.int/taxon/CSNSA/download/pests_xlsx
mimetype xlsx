--- v0 (2025-10-04)
+++ v1 (2026-03-05)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="CSNSA" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="82">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="85">
   <si>
     <t>type</t>
   </si>
   <si>
     <t>EPPOCode</t>
   </si>
   <si>
     <t>Pref_name</t>
   </si>
   <si>
     <t>References</t>
   </si>
   <si>
     <t>Host</t>
   </si>
   <si>
     <t>AGRLBL</t>
   </si>
   <si>
     <t>Agrilus bilineatus (as Castanea)</t>
   </si>
   <si>
     <t>Jendek E &amp; Poláková J (2014) Host Plants of World Agrilus (Coleoptera, Buprestidae). A Critical Review. (Springer). https://doi.org/10.1007/978-3-319-08410-7</t>
   </si>
   <si>
@@ -186,50 +186,60 @@
     <t>* Shakya SK, Grünwald NJ, Fieland VJ, Knaus BJ, Weiland JE, Maia C, Drenth A, Guest DI, Liew EC, Crane C, Chang T, Fu C, Minh Chi N, Quang Thu P, Scanu B, von Stowasser ES, Durán Á, Horta Jung M &amp; Jung T (2021) Phylogeography of the wide-host range panglobal plant pathogen Phytophthora cinnamomi. Molecular Ecology 30, 5164–5178.</t>
   </si>
   <si>
     <t>PHYTCR</t>
   </si>
   <si>
     <t>Phytophthora cryptogea</t>
   </si>
   <si>
     <t>PHYTKE</t>
   </si>
   <si>
     <t>Phytophthora kernoviae</t>
   </si>
   <si>
     <t>* EPPO (2013) Pest risk management for Phytophthora kernoviae and Phytophthora ramorum. EPPO, Paris.</t>
   </si>
   <si>
     <t>PHYTRA</t>
   </si>
   <si>
     <t>Phytophthora ramorum</t>
   </si>
   <si>
     <t>* Brasier C, Denman S, Brown A &amp; Webber J (2004) Sudden oak death (Phytophthora ramorum) discovered on trees in Europe. Mycological Research 108(10), 1108-1110.</t>
+  </si>
+  <si>
+    <t>PSEAPE</t>
+  </si>
+  <si>
+    <t>Pseudaulacaspis pentagona (as Castanea)</t>
+  </si>
+  <si>
+    <t>* García Morales M, Denno BD, Miller DR, Miller GL, Ben-Dov Y, Hardy NB (2016) ScaleNet: A literature-based model of scale insect biology and systematics. Database. doi: 10.1093/database/bav118. http://scalenet.info [accessed 2026-02].
+* Miller DR &amp; Davidson JA (2005) Armored Scale Insect Pests of Trees and Shrubs. Cornell Univ. Press Ithaca, NY 442 pp.</t>
   </si>
   <si>
     <t>RAMUEN</t>
   </si>
   <si>
     <t>Ramularia endophylla</t>
   </si>
   <si>
     <t>XYLEFA</t>
   </si>
   <si>
     <t>Xylella fastidiosa</t>
   </si>
   <si>
     <t>* EFSA (2024) Update of the Xylella spp. host plant database – Systematic literature search up to 31 December 2023. EFSA Journal 22, e8898. https://efsa.onlinelibrary.wiley.com/doi/epdf/10.2903/j.efsa.2024.8898
 ------- Subspecies (multiplex) and undetermined.</t>
   </si>
   <si>
     <t>XYLEFM</t>
   </si>
   <si>
     <t>Xylella fastidiosa subsp. multiplex</t>
   </si>
   <si>
     <t>* EFSA (2024) Update of the Xylella spp. host plant database – Systematic literature search up to 31 December 2023. EFSA Journal 22, e8898. https://efsa.onlinelibrary.wiley.com/doi/epdf/10.2903/j.efsa.2024.8898
@@ -619,61 +629,61 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D28"/>
+  <dimension ref="A1:D29"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="10.569" bestFit="true" customWidth="true" style="0"/>
-    <col min="3" max="3" width="45.846" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="47.131" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="588.571" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" t="s">
         <v>4</v>
       </c>
       <c r="B2" t="s">
         <v>5</v>
       </c>
       <c r="C2" t="s">
@@ -903,162 +913,176 @@
     </row>
     <row r="19" spans="1:4">
       <c r="A19" t="s">
         <v>4</v>
       </c>
       <c r="B19" t="s">
         <v>53</v>
       </c>
       <c r="C19" t="s">
         <v>54</v>
       </c>
       <c r="D19" t="s">
         <v>55</v>
       </c>
     </row>
     <row r="20" spans="1:4">
       <c r="A20" t="s">
         <v>4</v>
       </c>
       <c r="B20" t="s">
         <v>56</v>
       </c>
       <c r="C20" t="s">
         <v>57</v>
       </c>
-      <c r="D20"/>
+      <c r="D20" t="s">
+        <v>58</v>
+      </c>
     </row>
     <row r="21" spans="1:4">
       <c r="A21" t="s">
         <v>4</v>
       </c>
       <c r="B21" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="C21" t="s">
-        <v>59</v>
-[...1 lines deleted...]
-      <c r="D21" t="s">
         <v>60</v>
       </c>
+      <c r="D21"/>
     </row>
     <row r="22" spans="1:4">
       <c r="A22" t="s">
         <v>4</v>
       </c>
       <c r="B22" t="s">
         <v>61</v>
       </c>
       <c r="C22" t="s">
         <v>62</v>
       </c>
       <c r="D22" t="s">
         <v>63</v>
       </c>
     </row>
     <row r="23" spans="1:4">
       <c r="A23" t="s">
         <v>4</v>
       </c>
       <c r="B23" t="s">
         <v>64</v>
       </c>
       <c r="C23" t="s">
         <v>65</v>
       </c>
       <c r="D23" t="s">
         <v>66</v>
       </c>
     </row>
     <row r="24" spans="1:4">
       <c r="A24" t="s">
         <v>4</v>
       </c>
       <c r="B24" t="s">
         <v>67</v>
       </c>
       <c r="C24" t="s">
         <v>68</v>
       </c>
       <c r="D24" t="s">
         <v>69</v>
       </c>
     </row>
     <row r="25" spans="1:4">
       <c r="A25" t="s">
+        <v>4</v>
+      </c>
+      <c r="B25" t="s">
         <v>70</v>
-      </c>
-[...1 lines deleted...]
-        <v>23</v>
       </c>
       <c r="C25" t="s">
         <v>71</v>
       </c>
       <c r="D25" t="s">
         <v>72</v>
       </c>
     </row>
     <row r="26" spans="1:4">
       <c r="A26" t="s">
-        <v>70</v>
+        <v>73</v>
       </c>
       <c r="B26" t="s">
-        <v>73</v>
+        <v>23</v>
       </c>
       <c r="C26" t="s">
         <v>74</v>
       </c>
       <c r="D26" t="s">
         <v>75</v>
       </c>
     </row>
     <row r="27" spans="1:4">
       <c r="A27" t="s">
-        <v>70</v>
+        <v>73</v>
       </c>
       <c r="B27" t="s">
         <v>76</v>
       </c>
       <c r="C27" t="s">
         <v>77</v>
       </c>
       <c r="D27" t="s">
         <v>78</v>
       </c>
     </row>
     <row r="28" spans="1:4">
       <c r="A28" t="s">
-        <v>70</v>
+        <v>73</v>
       </c>
       <c r="B28" t="s">
         <v>79</v>
       </c>
       <c r="C28" t="s">
         <v>80</v>
       </c>
       <c r="D28" t="s">
         <v>81</v>
+      </c>
+    </row>
+    <row r="29" spans="1:4">
+      <c r="A29" t="s">
+        <v>73</v>
+      </c>
+      <c r="B29" t="s">
+        <v>82</v>
+      </c>
+      <c r="C29" t="s">
+        <v>83</v>
+      </c>
+      <c r="D29" t="s">
+        <v>84</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">