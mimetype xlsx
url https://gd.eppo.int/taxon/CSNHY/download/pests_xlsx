--- v0 (2025-10-15)
+++ v1 (2026-02-20)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="CSNHY" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="25">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="28">
   <si>
     <t>type</t>
   </si>
   <si>
     <t>EPPOCode</t>
   </si>
   <si>
     <t>Pref_name</t>
   </si>
   <si>
     <t>References</t>
   </si>
   <si>
     <t>Host</t>
   </si>
   <si>
     <t>AGRLBL</t>
   </si>
   <si>
     <t>Agrilus bilineatus (as Castanea)</t>
   </si>
   <si>
     <t>Jendek E &amp; Poláková J (2014) Host Plants of World Agrilus (Coleoptera, Buprestidae). A Critical Review. (Springer). https://doi.org/10.1007/978-3-319-08410-7</t>
   </si>
   <si>
@@ -68,50 +68,60 @@
   <si>
     <t>* Lim J, Jung S-Y, Lim J-S, Jang J, Kim K-M, Lee Y-M, Lee B-W (2014) A review of host plants of Cerambycidae (Coleoptera: Chrysomeloidea) with new host records for fourteen Cerambycids, including the Asian longhorn beetle (Anoplophora glabripennis Motschulsky), in Korea. Korean Journal of Applied Entomology 53(2), 111-133.
 * Sjöman H, Östberg J &amp; Nilsson J (2014) Review of host trees for the wood-boring pests Anoplophora glabripennis and Anoplophora chinensis: an urban forest perspective. Arboriculture &amp; Urban Forestry 40(3), 143–164.</t>
   </si>
   <si>
     <t>CERAFA</t>
   </si>
   <si>
     <t>Bretziella fagacearum</t>
   </si>
   <si>
     <t>* Chahal K, Wachendorf EJ, Miles LA, Stallmann A, Lizotte E, Mandujano M, Byrne J, Miles TD, Sakalidis ML (2024) First report of Bretziella fagacearum infecting chestnut in Michigan. Plant Disease 108(5), 1397. https://doi.org/10.1094/PDIS-10-23-2267-PDN. 
 ------- Castanea sativa x C. crenata.</t>
   </si>
   <si>
     <t>ENDOPA</t>
   </si>
   <si>
     <t>Cryphonectria parasitica (as Castanea)</t>
   </si>
   <si>
     <t>LASPSL</t>
   </si>
   <si>
     <t>Cydia splendana (as Castanea)</t>
+  </si>
+  <si>
+    <t>PSEAPE</t>
+  </si>
+  <si>
+    <t>Pseudaulacaspis pentagona (as Castanea)</t>
+  </si>
+  <si>
+    <t>* García Morales M, Denno BD, Miller DR, Miller GL, Ben-Dov Y, Hardy NB (2016) ScaleNet: A literature-based model of scale insect biology and systematics. Database. doi: 10.1093/database/bav118. http://scalenet.info [accessed 2026-02].
+* Miller DR &amp; Davidson JA (2005) Armored Scale Insect Pests of Trees and Shrubs. Cornell Univ. Press Ithaca, NY 442 pp.</t>
   </si>
   <si>
     <t>XYLBGE</t>
   </si>
   <si>
     <t>Xylosandrus germanus</t>
   </si>
   <si>
     <t>* Dutto M, Ferracini C, Faccoli M (2018) Prima segnalazione di Xylosandrus crassiusculus (Motschulsky, 1866) (Coleoptera Curculionidae Scolytinae) in Piemonte. Bollettino Della Società Entomologica Italiana, 150(3), 123-125. https://doi.org/10.4081/BollettinoSEI.2018.123
 ------- "Japanese hybrids of chestnut trees"</t>
   </si>
   <si>
     <t>Major host</t>
   </si>
   <si>
     <t>GNMPCA</t>
   </si>
   <si>
     <t>Gnomoniopsis smithogilvyi</t>
   </si>
   <si>
     <t>* Lione G, Danti R, Fernandez-Conradi P, Ferreira-Cardoso JV, Lefort F, Marques G, Meyer JB, Prospero S, Radocz L, Robin C, Turchetti T, Vettraino AM, Gonthier P (2019) The emerging pathogen of chestnut Gnomoniopsis castanaeae: the challenge posed by a versatile fungus. European journal of Plant Pathology 153(3), 671-685.
 ------- Castanea sativa x C. crenata (pathogen, often associated with nut rot).</t>
   </si>
 </sst>
@@ -438,61 +448,61 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D8"/>
+  <dimension ref="A1:D9"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="10.569" bestFit="true" customWidth="true" style="0"/>
-    <col min="3" max="3" width="45.846" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="47.131" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="383.335" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" t="s">
         <v>4</v>
       </c>
       <c r="B2" t="s">
         <v>5</v>
       </c>
       <c r="C2" t="s">
@@ -548,60 +558,74 @@
       </c>
       <c r="B6" t="s">
         <v>16</v>
       </c>
       <c r="C6" t="s">
         <v>17</v>
       </c>
       <c r="D6"/>
     </row>
     <row r="7" spans="1:4">
       <c r="A7" t="s">
         <v>4</v>
       </c>
       <c r="B7" t="s">
         <v>18</v>
       </c>
       <c r="C7" t="s">
         <v>19</v>
       </c>
       <c r="D7" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="8" spans="1:4">
       <c r="A8" t="s">
+        <v>4</v>
+      </c>
+      <c r="B8" t="s">
         <v>21</v>
       </c>
-      <c r="B8" t="s">
+      <c r="C8" t="s">
         <v>22</v>
       </c>
-      <c r="C8" t="s">
+      <c r="D8" t="s">
         <v>23</v>
       </c>
-      <c r="D8" t="s">
+    </row>
+    <row r="9" spans="1:4">
+      <c r="A9" t="s">
         <v>24</v>
+      </c>
+      <c r="B9" t="s">
+        <v>25</v>
+      </c>
+      <c r="C9" t="s">
+        <v>26</v>
+      </c>
+      <c r="D9" t="s">
+        <v>27</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">