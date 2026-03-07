--- v0 (2025-10-16)
+++ v1 (2026-03-07)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="CSNDE" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="50">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="53">
   <si>
     <t>type</t>
   </si>
   <si>
     <t>EPPOCode</t>
   </si>
   <si>
     <t>Pref_name</t>
   </si>
   <si>
     <t>References</t>
   </si>
   <si>
     <t>Alternate</t>
   </si>
   <si>
     <t>CRONFU</t>
   </si>
   <si>
     <t>Cronartium fusiforme</t>
   </si>
   <si>
     <t>CRONQU</t>
   </si>
   <si>
@@ -149,50 +149,60 @@
   </si>
   <si>
     <t>Orgyia leucostigma</t>
   </si>
   <si>
     <t>* Heppner JB (2003) Lepidoptera of Florida. Part 1. Introduction and catalog. Volume 17 of Arthropods of Florida and neighboring land areas. Division of Plant Industry. Florida Department of Agriculture and Consumer Services. Gainesville, Florida. 670 pp
 * Robinson GS, Ackery PR, Kitching IJ, Beccaloni GW &amp; Hernández LM (2010) HOST - A database of the world's Lepidopteran hostplants. Natural History Museum, London. https://www.nhm.ac.uk (Accessed on 7 December 2020 and 21 March 2021)</t>
   </si>
   <si>
     <t>POCZSH</t>
   </si>
   <si>
     <t>Pochazia shantungensis</t>
   </si>
   <si>
     <t>* Rahman MA, Kwon YJ, Suh SJ, Youn YN, Jo SH (2012) The genus Pochazia Amyot and Serville (Hemiptera: Ricaniidae) from Korea, with a newly recorded species. Journal of Entomology 9(5), 239-247.</t>
   </si>
   <si>
     <t>POPIJA</t>
   </si>
   <si>
     <t>Popillia japonica</t>
   </si>
   <si>
     <t>* Fleming WE (1972) Biology of the Japanese beetle. Technical Bulletin, Agricultural Research Service, USDA no 1449, 129 pp.</t>
+  </si>
+  <si>
+    <t>PSEAPE</t>
+  </si>
+  <si>
+    <t>Pseudaulacaspis pentagona (as Castanea)</t>
+  </si>
+  <si>
+    <t>* García Morales M, Denno BD, Miller DR, Miller GL, Ben-Dov Y, Hardy NB (2016) ScaleNet: A literature-based model of scale insect biology and systematics. Database. doi: 10.1093/database/bav118. http://scalenet.info [accessed 2026-02].
+* Miller DR &amp; Davidson JA (2005) Armored Scale Insect Pests of Trees and Shrubs. Cornell Univ. Press Ithaca, NY 442 pp.</t>
   </si>
   <si>
     <t>Major host</t>
   </si>
   <si>
     <t>Agrilus bilineatus</t>
   </si>
   <si>
     <t>* Chittenden F (1897a) The twolined chestnut borer (Agrilus bilineatus Weber) (24th ed.). United States Department of Agriculture, Division of Entomology Circular.
 ------- confirmed host</t>
   </si>
   <si>
     <t>Cryphonectria parasitica</t>
   </si>
   <si>
     <t>* Lovat C‐A, Donnelly DJ (2019) Mechanisms and metabolomics of the host–pathogen interactions between chestnut (Castanea species) and chestnut blight (Cryphonectria parasitica). Forest Pathology 49, e12562. https ://doi.org/10.1111/efp.12562 
 * Rigling D &amp; Prospero S (2018) Cryphonectria parasitica, the causal agent of chestnut blight: invasion history, population biology and disease control. Molecular Plant Pathology 19(1), 7-20.</t>
   </si>
   <si>
     <t>DRYCKU</t>
   </si>
   <si>
     <t>Dryocosmus kuriphilus</t>
   </si>
   <si>
@@ -522,61 +532,61 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D17"/>
+  <dimension ref="A1:D18"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="16.425" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="10.569" bestFit="true" customWidth="true" style="0"/>
-    <col min="3" max="3" width="45.846" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="47.131" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="383.335" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" t="s">
         <v>4</v>
       </c>
       <c r="B2" t="s">
         <v>5</v>
       </c>
       <c r="C2" t="s">
@@ -726,88 +736,102 @@
         <v>36</v>
       </c>
       <c r="C13" t="s">
         <v>37</v>
       </c>
       <c r="D13" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="14" spans="1:4">
       <c r="A14" t="s">
         <v>16</v>
       </c>
       <c r="B14" t="s">
         <v>39</v>
       </c>
       <c r="C14" t="s">
         <v>40</v>
       </c>
       <c r="D14" t="s">
         <v>41</v>
       </c>
     </row>
     <row r="15" spans="1:4">
       <c r="A15" t="s">
+        <v>16</v>
+      </c>
+      <c r="B15" t="s">
         <v>42</v>
-      </c>
-[...1 lines deleted...]
-        <v>17</v>
       </c>
       <c r="C15" t="s">
         <v>43</v>
       </c>
       <c r="D15" t="s">
         <v>44</v>
       </c>
     </row>
     <row r="16" spans="1:4">
       <c r="A16" t="s">
-        <v>42</v>
+        <v>45</v>
       </c>
       <c r="B16" t="s">
-        <v>29</v>
+        <v>17</v>
       </c>
       <c r="C16" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="D16" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
     </row>
     <row r="17" spans="1:4">
       <c r="A17" t="s">
-        <v>42</v>
+        <v>45</v>
       </c>
       <c r="B17" t="s">
-        <v>47</v>
+        <v>29</v>
       </c>
       <c r="C17" t="s">
         <v>48</v>
       </c>
       <c r="D17" t="s">
         <v>49</v>
+      </c>
+    </row>
+    <row r="18" spans="1:4">
+      <c r="A18" t="s">
+        <v>45</v>
+      </c>
+      <c r="B18" t="s">
+        <v>50</v>
+      </c>
+      <c r="C18" t="s">
+        <v>51</v>
+      </c>
+      <c r="D18" t="s">
+        <v>52</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">