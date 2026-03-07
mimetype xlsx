--- v0 (2025-10-08)
+++ v1 (2026-03-07)
@@ -12,89 +12,99 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="CSDIN" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="16">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="19">
   <si>
     <t>type</t>
   </si>
   <si>
     <t>EPPOCode</t>
   </si>
   <si>
     <t>Pref_name</t>
   </si>
   <si>
     <t>References</t>
   </si>
   <si>
     <t>Host</t>
   </si>
   <si>
     <t>ALEDDI</t>
   </si>
   <si>
     <t>Aleurodicus dispersus</t>
   </si>
   <si>
     <t>* Boopathi T (2022) New host plants, natural enemy complex and newly distributed potential areas of exotic spiralling whitefly (Hemiptera: Aleyrodidae) in India. Phytoparasitica 50(2), 335-357.</t>
   </si>
   <si>
     <t>TOLCND</t>
   </si>
   <si>
     <t>Begomovirus solanumdelhiense</t>
   </si>
   <si>
     <t>* Deepan Sundararaj, Michael Immanuel Jesse Denison, Dharanivasan Gunasekaran, Mohammed Riyaz Savas Uma, Raja Muthuramalingam Thangavelu, Krishnan Kathiravan (2020) First report of Tomato leaf curl New Delhi virus infecting Crossandra infundibuliformis in India. Plant Disease 104(3), p 999. https://doi.org/10.1094/PDIS-08-19-1764-PDN</t>
   </si>
   <si>
     <t>COPSCR</t>
   </si>
   <si>
     <t>Megacopta cribraria</t>
+  </si>
+  <si>
+    <t>PSEAPE</t>
+  </si>
+  <si>
+    <t>Pseudaulacaspis pentagona (as Crossandra)</t>
+  </si>
+  <si>
+    <t>* García Morales M, Denno BD, Miller DR, Miller GL, Ben-Dov Y, Hardy NB (2016) ScaleNet: A literature-based model of scale insect biology and systematics. Database. doi: 10.1093/database/bav118. http://scalenet.info [accessed 2026-02].
+* Miller DR &amp; Davidson JA (2005) Armored Scale Insect Pests of Trees and Shrubs. Cornell Univ. Press Ithaca, NY 442 pp.</t>
   </si>
   <si>
     <t>SCITDO</t>
   </si>
   <si>
     <t>Scirtothrips dorsalis</t>
   </si>
   <si>
     <t>* Scott-Brown AS, Hodgetts J, Hall J, Simmonds MJS, Collins DW (2018) Potential role of botanic garden collections in predicting hosts at risk globally from invasive pests: a case study using Scirtothrips dorsalis. Journal of Pest Science 91(2), 601-611.
 ------- Confirmed host.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
@@ -408,61 +418,61 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D5"/>
+  <dimension ref="A1:D6"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="10.569" bestFit="true" customWidth="true" style="0"/>
-    <col min="3" max="3" width="34.135" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="49.417" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="396.332" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" t="s">
         <v>4</v>
       </c>
       <c r="B2" t="s">
         <v>5</v>
       </c>
       <c r="C2" t="s">
@@ -488,50 +498,64 @@
     </row>
     <row r="4" spans="1:4">
       <c r="A4" t="s">
         <v>4</v>
       </c>
       <c r="B4" t="s">
         <v>11</v>
       </c>
       <c r="C4" t="s">
         <v>12</v>
       </c>
       <c r="D4"/>
     </row>
     <row r="5" spans="1:4">
       <c r="A5" t="s">
         <v>4</v>
       </c>
       <c r="B5" t="s">
         <v>13</v>
       </c>
       <c r="C5" t="s">
         <v>14</v>
       </c>
       <c r="D5" t="s">
         <v>15</v>
+      </c>
+    </row>
+    <row r="6" spans="1:4">
+      <c r="A6" t="s">
+        <v>4</v>
+      </c>
+      <c r="B6" t="s">
+        <v>16</v>
+      </c>
+      <c r="C6" t="s">
+        <v>17</v>
+      </c>
+      <c r="D6" t="s">
+        <v>18</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">