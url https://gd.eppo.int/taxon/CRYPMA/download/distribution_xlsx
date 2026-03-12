--- v0 (2025-10-19)
+++ v1 (2026-03-12)
@@ -1317,51 +1317,51 @@
       <c r="D21" t="s">
         <v>49</v>
       </c>
       <c r="E21"/>
       <c r="F21" t="s">
         <v>50</v>
       </c>
     </row>
     <row r="22" spans="1:6">
       <c r="A22" t="s">
         <v>45</v>
       </c>
       <c r="B22" t="s">
         <v>48</v>
       </c>
       <c r="C22" t="s">
         <v>51</v>
       </c>
       <c r="D22" t="s">
         <v>49</v>
       </c>
       <c r="E22" t="s">
         <v>52</v>
       </c>
       <c r="F22" t="s">
-        <v>50</v>
+        <v>38</v>
       </c>
     </row>
     <row r="23" spans="1:6">
       <c r="A23" t="s">
         <v>45</v>
       </c>
       <c r="B23" t="s">
         <v>53</v>
       </c>
       <c r="C23"/>
       <c r="D23" t="s">
         <v>54</v>
       </c>
       <c r="E23"/>
       <c r="F23" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="24" spans="1:6">
       <c r="A24" t="s">
         <v>45</v>
       </c>
       <c r="B24" t="s">
         <v>53</v>
       </c>