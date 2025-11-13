--- v0 (2025-10-09)
+++ v1 (2025-11-13)
@@ -314,51 +314,51 @@
               <w:t xml:space="preserve"> Shumsher</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Oriental tomato thrips</w:t>
             </w:r>
-            <w:hyperlink r:id="rId289068e769e6e1552" w:history="1">
+            <w:hyperlink r:id="rId37136915bad83771f" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -374,51 +374,51 @@
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 Quarantine pest (Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId906568e769e6e15bc" w:history="1">
+            <w:hyperlink r:id="rId31786915bad837786" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -1130,63 +1130,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">C. claratris</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> was introduced to Thailand from abroad and may have dispersed forming new populations maintaining a high genetic similarity compared to the parental population.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="85602585" name="name117068e769e6e2960" descr="CRTZCL_distribution_map.jpg"/>
+            <wp:docPr id="98800231" name="name41106915bad838a72" descr="CRTZCL_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="CRTZCL_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId366568e769e6e295c" cstate="print"/>
+                    <a:blip r:embed="rId37316915bad838a71" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -3999,51 +3999,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> and </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">C. claratris</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO, Paris. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId902868e769e6e3df6" w:history="1">
+      <w:hyperlink r:id="rId48856915bad83b8f3" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.eppo.int/QUARANTINE/Pest_Risk_Analysis/PRA_intro.htm</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5556,81 +5556,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Ceratothripoides claratris</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId276868e769e6e487b" w:history="1">
+      <w:hyperlink r:id="rId68466915bad83c2c0" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="10743420" name="name364168e769e6e4913" descr="eu_funding_250.png"/>
+            <wp:docPr id="15781319" name="name88956915bad83d851" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId897068e769e6e4912" cstate="print"/>
+                    <a:blip r:embed="rId83886915bad83d84f" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -5728,137 +5728,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="29711484">
+  <w:abstractNum w:abstractNumId="73575079">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="42668083">
+    <w:lvl w:ilvl="0" w:tplc="35735627">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="42668083" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="35735627" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="42668083" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="35735627" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="42668083" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="35735627" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="42668083" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="35735627" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="42668083" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="35735627" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="42668083" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="35735627" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="42668083" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="35735627" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="42668083" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="35735627" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="29711483">
+  <w:abstractNum w:abstractNumId="73575078">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="32789151">
+    <w:lvl w:ilvl="0" w:tplc="70876006">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -6610,55 +6610,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="29711483">
-    <w:abstractNumId w:val="29711483"/>
+  <w:num w:numId="73575078">
+    <w:abstractNumId w:val="73575078"/>
   </w:num>
-  <w:num w:numId="29711484">
-    <w:abstractNumId w:val="29711484"/>
+  <w:num w:numId="73575079">
+    <w:abstractNumId w:val="73575079"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -18208,51 +18208,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId535408517" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId755221849" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId289068e769e6e1552" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CRTZCL/" TargetMode="External"/><Relationship Id="rId906568e769e6e15bc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CRTZCL/categorization" TargetMode="External"/><Relationship Id="rId902868e769e6e3df6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eppo.int/QUARANTINE/Pest_Risk_Analysis/PRA_intro.htm" TargetMode="External"/><Relationship Id="rId276868e769e6e487b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId366568e769e6e295c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId366568e769e6e295c.jpg"/><Relationship Id="rId897068e769e6e4912" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId897068e769e6e4912.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId425388810" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId770339175" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId37136915bad83771f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CRTZCL/" TargetMode="External"/><Relationship Id="rId31786915bad837786" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CRTZCL/categorization" TargetMode="External"/><Relationship Id="rId48856915bad83b8f3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eppo.int/QUARANTINE/Pest_Risk_Analysis/PRA_intro.htm" TargetMode="External"/><Relationship Id="rId68466915bad83c2c0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId37316915bad838a71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId37316915bad838a71.jpg"/><Relationship Id="rId83886915bad83d84f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId83886915bad83d84f.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>