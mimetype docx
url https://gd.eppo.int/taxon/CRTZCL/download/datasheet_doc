--- v1 (2025-11-13)
+++ v2 (2025-12-05)
@@ -314,51 +314,51 @@
               <w:t xml:space="preserve"> Shumsher</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Oriental tomato thrips</w:t>
             </w:r>
-            <w:hyperlink r:id="rId37136915bad83771f" w:history="1">
+            <w:hyperlink r:id="rId94776932f7aa672b8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -374,51 +374,51 @@
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 Quarantine pest (Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId31786915bad837786" w:history="1">
+            <w:hyperlink r:id="rId69276932f7aa6731e" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -1130,63 +1130,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">C. claratris</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> was introduced to Thailand from abroad and may have dispersed forming new populations maintaining a high genetic similarity compared to the parental population.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="98800231" name="name41106915bad838a72" descr="CRTZCL_distribution_map.jpg"/>
+            <wp:docPr id="32264834" name="name72156932f7aa68965" descr="CRTZCL_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="CRTZCL_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId37316915bad838a71" cstate="print"/>
+                    <a:blip r:embed="rId37446932f7aa68962" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -3999,51 +3999,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> and </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">C. claratris</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO, Paris. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId48856915bad83b8f3" w:history="1">
+      <w:hyperlink r:id="rId28376932f7aa69e92" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.eppo.int/QUARANTINE/Pest_Risk_Analysis/PRA_intro.htm</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5556,81 +5556,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Ceratothripoides claratris</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId68466915bad83c2c0" w:history="1">
+      <w:hyperlink r:id="rId96566932f7aa6a864" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="15781319" name="name88956915bad83d851" descr="eu_funding_250.png"/>
+            <wp:docPr id="17524042" name="name67686932f7aa6a8bc" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId83886915bad83d84f" cstate="print"/>
+                    <a:blip r:embed="rId44466932f7aa6a8bb" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -5728,137 +5728,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="73575079">
+  <w:abstractNum w:abstractNumId="10738689">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="35735627">
+    <w:lvl w:ilvl="0" w:tplc="35370728">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="35735627" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="35370728" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="35735627" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="35370728" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="35735627" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="35370728" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="35735627" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="35370728" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="35735627" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="35370728" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="35735627" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="35370728" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="35735627" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="35370728" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="35735627" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="35370728" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="73575078">
+  <w:abstractNum w:abstractNumId="10738688">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="70876006">
+    <w:lvl w:ilvl="0" w:tplc="64177168">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -6610,55 +6610,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="73575078">
-    <w:abstractNumId w:val="73575078"/>
+  <w:num w:numId="10738688">
+    <w:abstractNumId w:val="10738688"/>
   </w:num>
-  <w:num w:numId="73575079">
-    <w:abstractNumId w:val="73575079"/>
+  <w:num w:numId="10738689">
+    <w:abstractNumId w:val="10738689"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -18208,51 +18208,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId425388810" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId770339175" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId37136915bad83771f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CRTZCL/" TargetMode="External"/><Relationship Id="rId31786915bad837786" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CRTZCL/categorization" TargetMode="External"/><Relationship Id="rId48856915bad83b8f3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eppo.int/QUARANTINE/Pest_Risk_Analysis/PRA_intro.htm" TargetMode="External"/><Relationship Id="rId68466915bad83c2c0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId37316915bad838a71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId37316915bad838a71.jpg"/><Relationship Id="rId83886915bad83d84f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId83886915bad83d84f.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId293807208" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId450369319" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId94776932f7aa672b8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CRTZCL/" TargetMode="External"/><Relationship Id="rId69276932f7aa6731e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CRTZCL/categorization" TargetMode="External"/><Relationship Id="rId28376932f7aa69e92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eppo.int/QUARANTINE/Pest_Risk_Analysis/PRA_intro.htm" TargetMode="External"/><Relationship Id="rId96566932f7aa6a864" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId37446932f7aa68962" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId37446932f7aa68962.jpg"/><Relationship Id="rId44466932f7aa6a8bb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId44466932f7aa6a8bb.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>