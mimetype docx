--- v2 (2025-12-05)
+++ v3 (2026-01-08)
@@ -314,51 +314,51 @@
               <w:t xml:space="preserve"> Shumsher</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Oriental tomato thrips</w:t>
             </w:r>
-            <w:hyperlink r:id="rId94776932f7aa672b8" w:history="1">
+            <w:hyperlink r:id="rId1343695f372778a64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -374,51 +374,51 @@
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 Quarantine pest (Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId69276932f7aa6731e" w:history="1">
+            <w:hyperlink r:id="rId4327695f372778ace" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -1130,63 +1130,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">C. claratris</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> was introduced to Thailand from abroad and may have dispersed forming new populations maintaining a high genetic similarity compared to the parental population.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="32264834" name="name72156932f7aa68965" descr="CRTZCL_distribution_map.jpg"/>
+            <wp:docPr id="1803496" name="name2501695f37277967c" descr="CRTZCL_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="CRTZCL_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId37446932f7aa68962" cstate="print"/>
+                    <a:blip r:embed="rId9963695f372779679" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -3999,51 +3999,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> and </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">C. claratris</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO, Paris. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId28376932f7aa69e92" w:history="1">
+      <w:hyperlink r:id="rId2744695f37277aafe" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.eppo.int/QUARANTINE/Pest_Risk_Analysis/PRA_intro.htm</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5534,103 +5534,103 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">How to cite this datasheet?</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">EPPO (2025) </w:t>
+        <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Ceratothripoides claratris</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId96566932f7aa6a864" w:history="1">
+      <w:hyperlink r:id="rId2825695f37277b4d2" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="17524042" name="name67686932f7aa6a8bc" descr="eu_funding_250.png"/>
+            <wp:docPr id="66224599" name="name3916695f37277b549" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId44466932f7aa6a8bb" cstate="print"/>
+                    <a:blip r:embed="rId4232695f37277b547" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -5728,137 +5728,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="10738689">
+  <w:abstractNum w:abstractNumId="47630026">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="35370728">
+    <w:lvl w:ilvl="0" w:tplc="85398411">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="35370728" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="85398411" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="35370728" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="85398411" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="35370728" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="85398411" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="35370728" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="85398411" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="35370728" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="85398411" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="35370728" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="85398411" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="35370728" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="85398411" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="35370728" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="85398411" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="10738688">
+  <w:abstractNum w:abstractNumId="47630025">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="64177168">
+    <w:lvl w:ilvl="0" w:tplc="15044596">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -6610,55 +6610,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="10738688">
-    <w:abstractNumId w:val="10738688"/>
+  <w:num w:numId="47630025">
+    <w:abstractNumId w:val="47630025"/>
   </w:num>
-  <w:num w:numId="10738689">
-    <w:abstractNumId w:val="10738689"/>
+  <w:num w:numId="47630026">
+    <w:abstractNumId w:val="47630026"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -18208,51 +18208,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId293807208" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId450369319" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId94776932f7aa672b8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CRTZCL/" TargetMode="External"/><Relationship Id="rId69276932f7aa6731e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CRTZCL/categorization" TargetMode="External"/><Relationship Id="rId28376932f7aa69e92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eppo.int/QUARANTINE/Pest_Risk_Analysis/PRA_intro.htm" TargetMode="External"/><Relationship Id="rId96566932f7aa6a864" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId37446932f7aa68962" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId37446932f7aa68962.jpg"/><Relationship Id="rId44466932f7aa6a8bb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId44466932f7aa6a8bb.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId187741433" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId541319405" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId1343695f372778a64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CRTZCL/" TargetMode="External"/><Relationship Id="rId4327695f372778ace" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CRTZCL/categorization" TargetMode="External"/><Relationship Id="rId2744695f37277aafe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eppo.int/QUARANTINE/Pest_Risk_Analysis/PRA_intro.htm" TargetMode="External"/><Relationship Id="rId2825695f37277b4d2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId9963695f372779679" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId9963695f372779679.jpg"/><Relationship Id="rId4232695f37277b547" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId4232695f37277b547.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>