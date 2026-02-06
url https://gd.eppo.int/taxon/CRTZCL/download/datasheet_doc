--- v3 (2026-01-08)
+++ v4 (2026-02-06)
@@ -314,51 +314,51 @@
               <w:t xml:space="preserve"> Shumsher</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Oriental tomato thrips</w:t>
             </w:r>
-            <w:hyperlink r:id="rId1343695f372778a64" w:history="1">
+            <w:hyperlink r:id="rId220069860f8a0a410" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -372,53 +372,53 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve"> A1 Quarantine pest (Annex II A)</w:t>
+              <w:t xml:space="preserve"> Quarantine pest ((EU) 2019/2072 Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId4327695f372778ace" w:history="1">
+            <w:hyperlink r:id="rId149069860f8a0a478" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -1130,63 +1130,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">C. claratris</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> was introduced to Thailand from abroad and may have dispersed forming new populations maintaining a high genetic similarity compared to the parental population.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="1803496" name="name2501695f37277967c" descr="CRTZCL_distribution_map.jpg"/>
+            <wp:docPr id="79542129" name="name657869860f8a0b0be" descr="CRTZCL_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="CRTZCL_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId9963695f372779679" cstate="print"/>
+                    <a:blip r:embed="rId985669860f8a0b0bc" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -3999,51 +3999,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> and </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">C. claratris</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO, Paris. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2744695f37277aafe" w:history="1">
+      <w:hyperlink r:id="rId927669860f8a0c529" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.eppo.int/QUARANTINE/Pest_Risk_Analysis/PRA_intro.htm</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5556,81 +5556,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Ceratothripoides claratris</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2825695f37277b4d2" w:history="1">
+      <w:hyperlink r:id="rId771669860f8a0d0eb" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="66224599" name="name3916695f37277b549" descr="eu_funding_250.png"/>
+            <wp:docPr id="42280117" name="name168369860f8a0d15c" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId4232695f37277b547" cstate="print"/>
+                    <a:blip r:embed="rId391369860f8a0d15b" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -5728,137 +5728,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="47630026">
+  <w:abstractNum w:abstractNumId="52493790">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="85398411">
+    <w:lvl w:ilvl="0" w:tplc="11056288">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="85398411" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="11056288" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="85398411" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="11056288" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="85398411" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="11056288" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="85398411" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="11056288" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="85398411" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="11056288" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="85398411" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="11056288" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="85398411" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="11056288" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="85398411" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="11056288" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="47630025">
+  <w:abstractNum w:abstractNumId="52493789">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="15044596">
+    <w:lvl w:ilvl="0" w:tplc="58568550">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -6610,55 +6610,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="47630025">
-    <w:abstractNumId w:val="47630025"/>
+  <w:num w:numId="52493789">
+    <w:abstractNumId w:val="52493789"/>
   </w:num>
-  <w:num w:numId="47630026">
-    <w:abstractNumId w:val="47630026"/>
+  <w:num w:numId="52493790">
+    <w:abstractNumId w:val="52493790"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -18208,51 +18208,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId187741433" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId541319405" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId1343695f372778a64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CRTZCL/" TargetMode="External"/><Relationship Id="rId4327695f372778ace" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CRTZCL/categorization" TargetMode="External"/><Relationship Id="rId2744695f37277aafe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eppo.int/QUARANTINE/Pest_Risk_Analysis/PRA_intro.htm" TargetMode="External"/><Relationship Id="rId2825695f37277b4d2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId9963695f372779679" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId9963695f372779679.jpg"/><Relationship Id="rId4232695f37277b547" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId4232695f37277b547.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId945274975" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId673267846" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId220069860f8a0a410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CRTZCL/" TargetMode="External"/><Relationship Id="rId149069860f8a0a478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CRTZCL/categorization" TargetMode="External"/><Relationship Id="rId927669860f8a0c529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eppo.int/QUARANTINE/Pest_Risk_Analysis/PRA_intro.htm" TargetMode="External"/><Relationship Id="rId771669860f8a0d0eb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId985669860f8a0b0bc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId985669860f8a0b0bc.jpg"/><Relationship Id="rId391369860f8a0d15b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId391369860f8a0d15b.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>