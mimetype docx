--- v4 (2026-02-06)
+++ v5 (2026-02-26)
@@ -314,51 +314,51 @@
               <w:t xml:space="preserve"> Shumsher</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Oriental tomato thrips</w:t>
             </w:r>
-            <w:hyperlink r:id="rId220069860f8a0a410" w:history="1">
+            <w:hyperlink r:id="rId588169a0ad0400813" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -374,51 +374,51 @@
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Quarantine pest ((EU) 2019/2072 Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId149069860f8a0a478" w:history="1">
+            <w:hyperlink r:id="rId474069a0ad040087f" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -1130,63 +1130,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">C. claratris</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> was introduced to Thailand from abroad and may have dispersed forming new populations maintaining a high genetic similarity compared to the parental population.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="79542129" name="name657869860f8a0b0be" descr="CRTZCL_distribution_map.jpg"/>
+            <wp:docPr id="49472892" name="name858969a0ad0402aa3" descr="CRTZCL_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="CRTZCL_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId985669860f8a0b0bc" cstate="print"/>
+                    <a:blip r:embed="rId281569a0ad0402aa0" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -3999,51 +3999,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> and </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">C. claratris</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO, Paris. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId927669860f8a0c529" w:history="1">
+      <w:hyperlink r:id="rId720069a0ad0405fe3" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.eppo.int/QUARANTINE/Pest_Risk_Analysis/PRA_intro.htm</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5556,81 +5556,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Ceratothripoides claratris</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId771669860f8a0d0eb" w:history="1">
+      <w:hyperlink r:id="rId142469a0ad04069e7" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="42280117" name="name168369860f8a0d15c" descr="eu_funding_250.png"/>
+            <wp:docPr id="83991900" name="name819669a0ad0406a56" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId391369860f8a0d15b" cstate="print"/>
+                    <a:blip r:embed="rId406969a0ad0406a55" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -5728,137 +5728,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="52493790">
+  <w:abstractNum w:abstractNumId="60158599">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="11056288">
+    <w:lvl w:ilvl="0" w:tplc="12413505">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="11056288" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="12413505" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="11056288" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="12413505" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="11056288" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="12413505" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="11056288" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="12413505" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="11056288" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="12413505" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="11056288" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="12413505" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="11056288" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="12413505" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="11056288" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="12413505" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="52493789">
+  <w:abstractNum w:abstractNumId="60158598">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="58568550">
+    <w:lvl w:ilvl="0" w:tplc="57771880">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -6610,55 +6610,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="52493789">
-    <w:abstractNumId w:val="52493789"/>
+  <w:num w:numId="60158598">
+    <w:abstractNumId w:val="60158598"/>
   </w:num>
-  <w:num w:numId="52493790">
-    <w:abstractNumId w:val="52493790"/>
+  <w:num w:numId="60158599">
+    <w:abstractNumId w:val="60158599"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -18208,51 +18208,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId945274975" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId673267846" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId220069860f8a0a410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CRTZCL/" TargetMode="External"/><Relationship Id="rId149069860f8a0a478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CRTZCL/categorization" TargetMode="External"/><Relationship Id="rId927669860f8a0c529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eppo.int/QUARANTINE/Pest_Risk_Analysis/PRA_intro.htm" TargetMode="External"/><Relationship Id="rId771669860f8a0d0eb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId985669860f8a0b0bc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId985669860f8a0b0bc.jpg"/><Relationship Id="rId391369860f8a0d15b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId391369860f8a0d15b.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId425451197" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId842156453" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId588169a0ad0400813" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CRTZCL/" TargetMode="External"/><Relationship Id="rId474069a0ad040087f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CRTZCL/categorization" TargetMode="External"/><Relationship Id="rId720069a0ad0405fe3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eppo.int/QUARANTINE/Pest_Risk_Analysis/PRA_intro.htm" TargetMode="External"/><Relationship Id="rId142469a0ad04069e7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId281569a0ad0402aa0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId281569a0ad0402aa0.jpg"/><Relationship Id="rId406969a0ad0406a55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId406969a0ad0406a55.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>