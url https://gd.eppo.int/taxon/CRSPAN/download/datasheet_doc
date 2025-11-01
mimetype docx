--- v0 (2025-10-09)
+++ v1 (2025-11-01)
@@ -292,51 +292,51 @@
               <w:t xml:space="preserve"> (Peck) Saccardo</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Eastern filbert blight, blight of hazel</w:t>
             </w:r>
-            <w:hyperlink r:id="rId482068e79666ebeda" w:history="1">
+            <w:hyperlink r:id="rId75186906158b04f9f" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -352,51 +352,51 @@
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 Quarantine pest (Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId366568e79666ebf43" w:history="1">
+            <w:hyperlink r:id="rId31856906158b05016" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -410,86 +410,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> CRSPAN</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="38834025" name="name768968e79666ec043" descr="15058.jpg"/>
+                  <wp:docPr id="81381610" name="name47846906158b050d4" descr="15058.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="15058.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId877768e79666ec042" cstate="print"/>
+                          <a:blip r:embed="rId79306906158b050d3" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId788468e79666ec14c" w:history="1">
+            <w:hyperlink r:id="rId92836906158b051e7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
@@ -838,63 +838,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">., 1992). It is now found throughout the Willamette Valley of Oregon where 99% of the hazelnuts grown in the USA are produced.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="21527339" name="name882068e79666ed497" descr="CRSPAN_distribution_map.jpg"/>
+            <wp:docPr id="41156414" name="name68306906158b0616c" descr="CRSPAN_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="CRSPAN_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId520868e79666ed493" cstate="print"/>
+                    <a:blip r:embed="rId38836906158b0616a" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -2094,51 +2094,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">PLoS One </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">8</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(11), e82408. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId314068e79666ede9b" w:history="1">
+      <w:hyperlink r:id="rId77626906158b06ad5" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1371/journal.pone.0082408</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -2340,51 +2340,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">54</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 114-123. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId260168e79666ee034" w:history="1">
+      <w:hyperlink r:id="rId14046906158b06c69" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.13001</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -2818,51 +2818,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">1362</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 557-562. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId259268e79666ee34c" w:history="1">
+      <w:hyperlink r:id="rId27646906158b06f88" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.17660/ActaHortic.2023.1362.75</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -2946,51 +2946,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">1226</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 79-85. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId868168e79666ee41b" w:history="1">
+      <w:hyperlink r:id="rId90696906158b0705d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.17660/ActaHortic.2018.1226.11</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3036,101 +3036,101 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">109</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1074–1082. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId917468e79666ee4cb" w:history="1">
+      <w:hyperlink r:id="rId51356906158b070ef" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PHYTO-06-18-0209-R</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Pscheidt J (2023) Hazelnut (</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Corylus avellana</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">) - Eastern Filbert Blight. In: Pscheidt JW &amp; Ocamb CM (eds) Pacific Northwest Plant Disease Management Handbook. Corvallis, OR: Oregon State University. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId909668e79666ee51f" w:history="1">
+      <w:hyperlink r:id="rId39476906158b07142" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://pnwhandbooks.org/plantdisease/host-disease/hazelnut-corylus-avellana-eastern-filbert-blight</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (accessed 31 May 2023).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3497,51 +3497,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Anisogramma anomala</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId404068e79666ee7b4" w:history="1">
+      <w:hyperlink r:id="rId51936906158b073d7" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -3572,63 +3572,63 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI/EPPO (1997) Quarantine Pests for Europe (2nd edition). CABI, Wallingford (GB).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="93479802" name="name253768e79666ee874" descr="eu_funding_250.png"/>
+            <wp:docPr id="1633301" name="name98516906158b074b5" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId316268e79666ee873" cstate="print"/>
+                    <a:blip r:embed="rId33676906158b074b3" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -3726,137 +3726,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="52801797">
+  <w:abstractNum w:abstractNumId="58854236">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="58833919">
+    <w:lvl w:ilvl="0" w:tplc="28512623">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="58833919" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="28512623" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="58833919" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="28512623" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="58833919" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="28512623" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="58833919" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="28512623" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="58833919" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="28512623" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="58833919" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="28512623" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="58833919" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="28512623" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="58833919" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="28512623" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="52801796">
+  <w:abstractNum w:abstractNumId="58854235">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="35056333">
+    <w:lvl w:ilvl="0" w:tplc="66700334">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -4608,55 +4608,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="52801796">
-    <w:abstractNumId w:val="52801796"/>
+  <w:num w:numId="58854235">
+    <w:abstractNumId w:val="58854235"/>
   </w:num>
-  <w:num w:numId="52801797">
-    <w:abstractNumId w:val="52801797"/>
+  <w:num w:numId="58854236">
+    <w:abstractNumId w:val="58854236"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -16206,51 +16206,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId155439705" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId628041925" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId482068e79666ebeda" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CRSPAN/" TargetMode="External"/><Relationship Id="rId366568e79666ebf43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CRSPAN/categorization" TargetMode="External"/><Relationship Id="rId788468e79666ec14c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CRSPAN/photos" TargetMode="External"/><Relationship Id="rId314068e79666ede9b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.pone.0082408" TargetMode="External"/><Relationship Id="rId260168e79666ee034" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.13001" TargetMode="External"/><Relationship Id="rId259268e79666ee34c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.17660/ActaHortic.2023.1362.75" TargetMode="External"/><Relationship Id="rId868168e79666ee41b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.17660/ActaHortic.2018.1226.11" TargetMode="External"/><Relationship Id="rId917468e79666ee4cb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHYTO-06-18-0209-R" TargetMode="External"/><Relationship Id="rId909668e79666ee51f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pnwhandbooks.org/plantdisease/host-disease/hazelnut-corylus-avellana-eastern-filbert-blight" TargetMode="External"/><Relationship Id="rId404068e79666ee7b4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId877768e79666ec042" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId877768e79666ec042.jpg"/><Relationship Id="rId520868e79666ed493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId520868e79666ed493.jpg"/><Relationship Id="rId316268e79666ee873" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId316268e79666ee873.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId168520024" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId806293758" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId75186906158b04f9f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CRSPAN/" TargetMode="External"/><Relationship Id="rId31856906158b05016" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CRSPAN/categorization" TargetMode="External"/><Relationship Id="rId92836906158b051e7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CRSPAN/photos" TargetMode="External"/><Relationship Id="rId77626906158b06ad5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.pone.0082408" TargetMode="External"/><Relationship Id="rId14046906158b06c69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.13001" TargetMode="External"/><Relationship Id="rId27646906158b06f88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.17660/ActaHortic.2023.1362.75" TargetMode="External"/><Relationship Id="rId90696906158b0705d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.17660/ActaHortic.2018.1226.11" TargetMode="External"/><Relationship Id="rId51356906158b070ef" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHYTO-06-18-0209-R" TargetMode="External"/><Relationship Id="rId39476906158b07142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pnwhandbooks.org/plantdisease/host-disease/hazelnut-corylus-avellana-eastern-filbert-blight" TargetMode="External"/><Relationship Id="rId51936906158b073d7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId79306906158b050d3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId79306906158b050d3.jpg"/><Relationship Id="rId38836906158b0616a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId38836906158b0616a.jpg"/><Relationship Id="rId33676906158b074b3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId33676906158b074b3.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>