--- v1 (2025-11-01)
+++ v2 (2025-11-30)
@@ -292,51 +292,51 @@
               <w:t xml:space="preserve"> (Peck) Saccardo</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Eastern filbert blight, blight of hazel</w:t>
             </w:r>
-            <w:hyperlink r:id="rId75186906158b04f9f" w:history="1">
+            <w:hyperlink r:id="rId4401692c9756347a6" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -352,51 +352,51 @@
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 Quarantine pest (Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId31856906158b05016" w:history="1">
+            <w:hyperlink r:id="rId3461692c97563480f" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -410,86 +410,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> CRSPAN</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="81381610" name="name47846906158b050d4" descr="15058.jpg"/>
+                  <wp:docPr id="48039916" name="name3466692c975634e30" descr="15058.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="15058.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId79306906158b050d3" cstate="print"/>
+                          <a:blip r:embed="rId2988692c975634e2f" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId92836906158b051e7" w:history="1">
+            <w:hyperlink r:id="rId3986692c975634f37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
@@ -838,63 +838,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">., 1992). It is now found throughout the Willamette Valley of Oregon where 99% of the hazelnuts grown in the USA are produced.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="41156414" name="name68306906158b0616c" descr="CRSPAN_distribution_map.jpg"/>
+            <wp:docPr id="55355393" name="name2430692c975635cb0" descr="CRSPAN_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="CRSPAN_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId38836906158b0616a" cstate="print"/>
+                    <a:blip r:embed="rId4075692c975635cae" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -2094,51 +2094,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">PLoS One </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">8</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(11), e82408. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId77626906158b06ad5" w:history="1">
+      <w:hyperlink r:id="rId3440692c97563660e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1371/journal.pone.0082408</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -2340,51 +2340,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">54</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 114-123. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId14046906158b06c69" w:history="1">
+      <w:hyperlink r:id="rId3886692c9756367a0" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.13001</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -2818,51 +2818,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">1362</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 557-562. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId27646906158b06f88" w:history="1">
+      <w:hyperlink r:id="rId8089692c975636aad" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.17660/ActaHortic.2023.1362.75</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -2946,51 +2946,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">1226</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 79-85. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId90696906158b0705d" w:history="1">
+      <w:hyperlink r:id="rId2937692c975636ba4" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.17660/ActaHortic.2018.1226.11</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3036,101 +3036,101 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">109</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1074–1082. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId51356906158b070ef" w:history="1">
+      <w:hyperlink r:id="rId7922692c975636c36" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PHYTO-06-18-0209-R</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Pscheidt J (2023) Hazelnut (</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Corylus avellana</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">) - Eastern Filbert Blight. In: Pscheidt JW &amp; Ocamb CM (eds) Pacific Northwest Plant Disease Management Handbook. Corvallis, OR: Oregon State University. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId39476906158b07142" w:history="1">
+      <w:hyperlink r:id="rId5338692c975636c89" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://pnwhandbooks.org/plantdisease/host-disease/hazelnut-corylus-avellana-eastern-filbert-blight</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (accessed 31 May 2023).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3497,51 +3497,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Anisogramma anomala</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId51936906158b073d7" w:history="1">
+      <w:hyperlink r:id="rId2416692c975636f1e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -3572,63 +3572,63 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI/EPPO (1997) Quarantine Pests for Europe (2nd edition). CABI, Wallingford (GB).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="1633301" name="name98516906158b074b5" descr="eu_funding_250.png"/>
+            <wp:docPr id="1130749" name="name2286692c975636fcd" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId33676906158b074b3" cstate="print"/>
+                    <a:blip r:embed="rId2604692c975636fcc" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -3726,137 +3726,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="58854236">
+  <w:abstractNum w:abstractNumId="62742192">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="28512623">
+    <w:lvl w:ilvl="0" w:tplc="62699251">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="28512623" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="62699251" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="28512623" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="62699251" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="28512623" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="62699251" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="28512623" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="62699251" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="28512623" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="62699251" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="28512623" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="62699251" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="28512623" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="62699251" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="28512623" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="62699251" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="58854235">
+  <w:abstractNum w:abstractNumId="62742191">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="66700334">
+    <w:lvl w:ilvl="0" w:tplc="30779348">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -4608,55 +4608,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="58854235">
-    <w:abstractNumId w:val="58854235"/>
+  <w:num w:numId="62742191">
+    <w:abstractNumId w:val="62742191"/>
   </w:num>
-  <w:num w:numId="58854236">
-    <w:abstractNumId w:val="58854236"/>
+  <w:num w:numId="62742192">
+    <w:abstractNumId w:val="62742192"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -16206,51 +16206,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId168520024" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId806293758" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId75186906158b04f9f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CRSPAN/" TargetMode="External"/><Relationship Id="rId31856906158b05016" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CRSPAN/categorization" TargetMode="External"/><Relationship Id="rId92836906158b051e7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CRSPAN/photos" TargetMode="External"/><Relationship Id="rId77626906158b06ad5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.pone.0082408" TargetMode="External"/><Relationship Id="rId14046906158b06c69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.13001" TargetMode="External"/><Relationship Id="rId27646906158b06f88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.17660/ActaHortic.2023.1362.75" TargetMode="External"/><Relationship Id="rId90696906158b0705d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.17660/ActaHortic.2018.1226.11" TargetMode="External"/><Relationship Id="rId51356906158b070ef" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHYTO-06-18-0209-R" TargetMode="External"/><Relationship Id="rId39476906158b07142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pnwhandbooks.org/plantdisease/host-disease/hazelnut-corylus-avellana-eastern-filbert-blight" TargetMode="External"/><Relationship Id="rId51936906158b073d7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId79306906158b050d3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId79306906158b050d3.jpg"/><Relationship Id="rId38836906158b0616a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId38836906158b0616a.jpg"/><Relationship Id="rId33676906158b074b3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId33676906158b074b3.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId867998413" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId334684686" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId4401692c9756347a6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CRSPAN/" TargetMode="External"/><Relationship Id="rId3461692c97563480f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CRSPAN/categorization" TargetMode="External"/><Relationship Id="rId3986692c975634f37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CRSPAN/photos" TargetMode="External"/><Relationship Id="rId3440692c97563660e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.pone.0082408" TargetMode="External"/><Relationship Id="rId3886692c9756367a0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.13001" TargetMode="External"/><Relationship Id="rId8089692c975636aad" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.17660/ActaHortic.2023.1362.75" TargetMode="External"/><Relationship Id="rId2937692c975636ba4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.17660/ActaHortic.2018.1226.11" TargetMode="External"/><Relationship Id="rId7922692c975636c36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHYTO-06-18-0209-R" TargetMode="External"/><Relationship Id="rId5338692c975636c89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pnwhandbooks.org/plantdisease/host-disease/hazelnut-corylus-avellana-eastern-filbert-blight" TargetMode="External"/><Relationship Id="rId2416692c975636f1e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId2988692c975634e2f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId2988692c975634e2f.jpg"/><Relationship Id="rId4075692c975635cae" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId4075692c975635cae.jpg"/><Relationship Id="rId2604692c975636fcc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId2604692c975636fcc.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>