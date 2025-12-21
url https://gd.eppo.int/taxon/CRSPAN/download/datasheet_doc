--- v2 (2025-11-30)
+++ v3 (2025-12-21)
@@ -292,51 +292,51 @@
               <w:t xml:space="preserve"> (Peck) Saccardo</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Eastern filbert blight, blight of hazel</w:t>
             </w:r>
-            <w:hyperlink r:id="rId4401692c9756347a6" w:history="1">
+            <w:hyperlink r:id="rId179669478abb64410" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -352,51 +352,51 @@
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 Quarantine pest (Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId3461692c97563480f" w:history="1">
+            <w:hyperlink r:id="rId826669478abb6447a" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -410,86 +410,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> CRSPAN</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="48039916" name="name3466692c975634e30" descr="15058.jpg"/>
+                  <wp:docPr id="99722838" name="name828769478abb6453e" descr="15058.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="15058.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId2988692c975634e2f" cstate="print"/>
+                          <a:blip r:embed="rId372469478abb6453d" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId3986692c975634f37" w:history="1">
+            <w:hyperlink r:id="rId820569478abb6465f" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
@@ -838,63 +838,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">., 1992). It is now found throughout the Willamette Valley of Oregon where 99% of the hazelnuts grown in the USA are produced.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="55355393" name="name2430692c975635cb0" descr="CRSPAN_distribution_map.jpg"/>
+            <wp:docPr id="80610182" name="name359969478abb65636" descr="CRSPAN_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="CRSPAN_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId4075692c975635cae" cstate="print"/>
+                    <a:blip r:embed="rId527769478abb65633" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -2094,51 +2094,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">PLoS One </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">8</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(11), e82408. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3440692c97563660e" w:history="1">
+      <w:hyperlink r:id="rId602969478abb65fe7" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1371/journal.pone.0082408</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -2340,51 +2340,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">54</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 114-123. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3886692c9756367a0" w:history="1">
+      <w:hyperlink r:id="rId242969478abb66184" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.13001</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -2818,51 +2818,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">1362</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 557-562. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8089692c975636aad" w:history="1">
+      <w:hyperlink r:id="rId934169478abb664a6" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.17660/ActaHortic.2023.1362.75</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -2946,51 +2946,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">1226</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 79-85. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2937692c975636ba4" w:history="1">
+      <w:hyperlink r:id="rId257569478abb66577" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.17660/ActaHortic.2018.1226.11</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3036,101 +3036,101 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">109</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1074–1082. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7922692c975636c36" w:history="1">
+      <w:hyperlink r:id="rId938069478abb66608" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PHYTO-06-18-0209-R</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Pscheidt J (2023) Hazelnut (</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Corylus avellana</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">) - Eastern Filbert Blight. In: Pscheidt JW &amp; Ocamb CM (eds) Pacific Northwest Plant Disease Management Handbook. Corvallis, OR: Oregon State University. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5338692c975636c89" w:history="1">
+      <w:hyperlink r:id="rId326069478abb6665b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://pnwhandbooks.org/plantdisease/host-disease/hazelnut-corylus-avellana-eastern-filbert-blight</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (accessed 31 May 2023).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3497,51 +3497,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Anisogramma anomala</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2416692c975636f1e" w:history="1">
+      <w:hyperlink r:id="rId764769478abb66905" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -3572,63 +3572,63 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI/EPPO (1997) Quarantine Pests for Europe (2nd edition). CABI, Wallingford (GB).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="1130749" name="name2286692c975636fcd" descr="eu_funding_250.png"/>
+            <wp:docPr id="1376114" name="name171669478abb669e8" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId2604692c975636fcc" cstate="print"/>
+                    <a:blip r:embed="rId229769478abb669e7" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -3726,137 +3726,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="62742192">
+  <w:abstractNum w:abstractNumId="66334609">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="62699251">
+    <w:lvl w:ilvl="0" w:tplc="25091481">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="62699251" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="25091481" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="62699251" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="25091481" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="62699251" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="25091481" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="62699251" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="25091481" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="62699251" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="25091481" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="62699251" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="25091481" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="62699251" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="25091481" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="62699251" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="25091481" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="62742191">
+  <w:abstractNum w:abstractNumId="66334608">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="30779348">
+    <w:lvl w:ilvl="0" w:tplc="37447583">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -4608,55 +4608,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="62742191">
-    <w:abstractNumId w:val="62742191"/>
+  <w:num w:numId="66334608">
+    <w:abstractNumId w:val="66334608"/>
   </w:num>
-  <w:num w:numId="62742192">
-    <w:abstractNumId w:val="62742192"/>
+  <w:num w:numId="66334609">
+    <w:abstractNumId w:val="66334609"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -16206,51 +16206,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId867998413" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId334684686" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId4401692c9756347a6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CRSPAN/" TargetMode="External"/><Relationship Id="rId3461692c97563480f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CRSPAN/categorization" TargetMode="External"/><Relationship Id="rId3986692c975634f37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CRSPAN/photos" TargetMode="External"/><Relationship Id="rId3440692c97563660e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.pone.0082408" TargetMode="External"/><Relationship Id="rId3886692c9756367a0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.13001" TargetMode="External"/><Relationship Id="rId8089692c975636aad" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.17660/ActaHortic.2023.1362.75" TargetMode="External"/><Relationship Id="rId2937692c975636ba4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.17660/ActaHortic.2018.1226.11" TargetMode="External"/><Relationship Id="rId7922692c975636c36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHYTO-06-18-0209-R" TargetMode="External"/><Relationship Id="rId5338692c975636c89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pnwhandbooks.org/plantdisease/host-disease/hazelnut-corylus-avellana-eastern-filbert-blight" TargetMode="External"/><Relationship Id="rId2416692c975636f1e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId2988692c975634e2f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId2988692c975634e2f.jpg"/><Relationship Id="rId4075692c975635cae" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId4075692c975635cae.jpg"/><Relationship Id="rId2604692c975636fcc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId2604692c975636fcc.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId732697394" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId317454510" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId179669478abb64410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CRSPAN/" TargetMode="External"/><Relationship Id="rId826669478abb6447a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CRSPAN/categorization" TargetMode="External"/><Relationship Id="rId820569478abb6465f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CRSPAN/photos" TargetMode="External"/><Relationship Id="rId602969478abb65fe7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.pone.0082408" TargetMode="External"/><Relationship Id="rId242969478abb66184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.13001" TargetMode="External"/><Relationship Id="rId934169478abb664a6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.17660/ActaHortic.2023.1362.75" TargetMode="External"/><Relationship Id="rId257569478abb66577" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.17660/ActaHortic.2018.1226.11" TargetMode="External"/><Relationship Id="rId938069478abb66608" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHYTO-06-18-0209-R" TargetMode="External"/><Relationship Id="rId326069478abb6665b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pnwhandbooks.org/plantdisease/host-disease/hazelnut-corylus-avellana-eastern-filbert-blight" TargetMode="External"/><Relationship Id="rId764769478abb66905" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId372469478abb6453d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId372469478abb6453d.jpg"/><Relationship Id="rId527769478abb65633" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId527769478abb65633.jpg"/><Relationship Id="rId229769478abb669e7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId229769478abb669e7.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>