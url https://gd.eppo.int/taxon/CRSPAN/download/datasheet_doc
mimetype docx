--- v3 (2025-12-21)
+++ v4 (2025-12-21)
@@ -292,51 +292,51 @@
               <w:t xml:space="preserve"> (Peck) Saccardo</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Eastern filbert blight, blight of hazel</w:t>
             </w:r>
-            <w:hyperlink r:id="rId179669478abb64410" w:history="1">
+            <w:hyperlink r:id="rId475469479dcf35dd3" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -352,51 +352,51 @@
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 Quarantine pest (Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId826669478abb6447a" w:history="1">
+            <w:hyperlink r:id="rId907069479dcf35edc" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -410,86 +410,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> CRSPAN</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="99722838" name="name828769478abb6453e" descr="15058.jpg"/>
+                  <wp:docPr id="12473608" name="name606569479dcf367a1" descr="15058.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="15058.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId372469478abb6453d" cstate="print"/>
+                          <a:blip r:embed="rId348169479dcf3679d" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId820569478abb6465f" w:history="1">
+            <w:hyperlink r:id="rId703569479dcf369c8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
@@ -838,63 +838,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">., 1992). It is now found throughout the Willamette Valley of Oregon where 99% of the hazelnuts grown in the USA are produced.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="80610182" name="name359969478abb65636" descr="CRSPAN_distribution_map.jpg"/>
+            <wp:docPr id="10834414" name="name980469479dcf37c44" descr="CRSPAN_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="CRSPAN_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId527769478abb65633" cstate="print"/>
+                    <a:blip r:embed="rId668369479dcf37c41" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -2094,51 +2094,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">PLoS One </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">8</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(11), e82408. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId602969478abb65fe7" w:history="1">
+      <w:hyperlink r:id="rId663569479dcf3874b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1371/journal.pone.0082408</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -2340,51 +2340,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">54</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 114-123. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId242969478abb66184" w:history="1">
+      <w:hyperlink r:id="rId620969479dcf38949" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.13001</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -2818,51 +2818,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">1362</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 557-562. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId934169478abb664a6" w:history="1">
+      <w:hyperlink r:id="rId463169479dcf38c57" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.17660/ActaHortic.2023.1362.75</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -2946,51 +2946,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">1226</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 79-85. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId257569478abb66577" w:history="1">
+      <w:hyperlink r:id="rId794069479dcf38d27" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.17660/ActaHortic.2018.1226.11</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3036,101 +3036,101 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">109</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1074–1082. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId938069478abb66608" w:history="1">
+      <w:hyperlink r:id="rId678469479dcf38db5" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PHYTO-06-18-0209-R</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Pscheidt J (2023) Hazelnut (</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Corylus avellana</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">) - Eastern Filbert Blight. In: Pscheidt JW &amp; Ocamb CM (eds) Pacific Northwest Plant Disease Management Handbook. Corvallis, OR: Oregon State University. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId326069478abb6665b" w:history="1">
+      <w:hyperlink r:id="rId856869479dcf38e06" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://pnwhandbooks.org/plantdisease/host-disease/hazelnut-corylus-avellana-eastern-filbert-blight</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (accessed 31 May 2023).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3497,51 +3497,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Anisogramma anomala</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId764769478abb66905" w:history="1">
+      <w:hyperlink r:id="rId414269479dcf39094" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -3572,63 +3572,63 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI/EPPO (1997) Quarantine Pests for Europe (2nd edition). CABI, Wallingford (GB).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="1376114" name="name171669478abb669e8" descr="eu_funding_250.png"/>
+            <wp:docPr id="62700043" name="name803669479dcf3947f" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId229769478abb669e7" cstate="print"/>
+                    <a:blip r:embed="rId345369479dcf3947d" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -3726,137 +3726,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="66334609">
+  <w:abstractNum w:abstractNumId="90465756">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="25091481">
+    <w:lvl w:ilvl="0" w:tplc="71048372">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="25091481" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="71048372" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="25091481" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="71048372" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="25091481" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="71048372" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="25091481" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="71048372" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="25091481" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="71048372" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="25091481" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="71048372" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="25091481" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="71048372" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="25091481" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="71048372" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="66334608">
+  <w:abstractNum w:abstractNumId="90465755">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="37447583">
+    <w:lvl w:ilvl="0" w:tplc="42430101">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -4608,55 +4608,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="66334608">
-    <w:abstractNumId w:val="66334608"/>
+  <w:num w:numId="90465755">
+    <w:abstractNumId w:val="90465755"/>
   </w:num>
-  <w:num w:numId="66334609">
-    <w:abstractNumId w:val="66334609"/>
+  <w:num w:numId="90465756">
+    <w:abstractNumId w:val="90465756"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -16206,51 +16206,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId732697394" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId317454510" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId179669478abb64410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CRSPAN/" TargetMode="External"/><Relationship Id="rId826669478abb6447a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CRSPAN/categorization" TargetMode="External"/><Relationship Id="rId820569478abb6465f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CRSPAN/photos" TargetMode="External"/><Relationship Id="rId602969478abb65fe7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.pone.0082408" TargetMode="External"/><Relationship Id="rId242969478abb66184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.13001" TargetMode="External"/><Relationship Id="rId934169478abb664a6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.17660/ActaHortic.2023.1362.75" TargetMode="External"/><Relationship Id="rId257569478abb66577" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.17660/ActaHortic.2018.1226.11" TargetMode="External"/><Relationship Id="rId938069478abb66608" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHYTO-06-18-0209-R" TargetMode="External"/><Relationship Id="rId326069478abb6665b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pnwhandbooks.org/plantdisease/host-disease/hazelnut-corylus-avellana-eastern-filbert-blight" TargetMode="External"/><Relationship Id="rId764769478abb66905" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId372469478abb6453d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId372469478abb6453d.jpg"/><Relationship Id="rId527769478abb65633" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId527769478abb65633.jpg"/><Relationship Id="rId229769478abb669e7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId229769478abb669e7.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId407669040" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId125524341" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId475469479dcf35dd3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CRSPAN/" TargetMode="External"/><Relationship Id="rId907069479dcf35edc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CRSPAN/categorization" TargetMode="External"/><Relationship Id="rId703569479dcf369c8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CRSPAN/photos" TargetMode="External"/><Relationship Id="rId663569479dcf3874b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.pone.0082408" TargetMode="External"/><Relationship Id="rId620969479dcf38949" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.13001" TargetMode="External"/><Relationship Id="rId463169479dcf38c57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.17660/ActaHortic.2023.1362.75" TargetMode="External"/><Relationship Id="rId794069479dcf38d27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.17660/ActaHortic.2018.1226.11" TargetMode="External"/><Relationship Id="rId678469479dcf38db5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHYTO-06-18-0209-R" TargetMode="External"/><Relationship Id="rId856869479dcf38e06" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pnwhandbooks.org/plantdisease/host-disease/hazelnut-corylus-avellana-eastern-filbert-blight" TargetMode="External"/><Relationship Id="rId414269479dcf39094" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId348169479dcf3679d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId348169479dcf3679d.jpg"/><Relationship Id="rId668369479dcf37c41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId668369479dcf37c41.jpg"/><Relationship Id="rId345369479dcf3947d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId345369479dcf3947d.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>