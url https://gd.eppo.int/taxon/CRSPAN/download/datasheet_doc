--- v4 (2025-12-21)
+++ v5 (2026-01-30)
@@ -292,51 +292,51 @@
               <w:t xml:space="preserve"> (Peck) Saccardo</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Eastern filbert blight, blight of hazel</w:t>
             </w:r>
-            <w:hyperlink r:id="rId475469479dcf35dd3" w:history="1">
+            <w:hyperlink r:id="rId2488697d3c9f400c7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -350,53 +350,53 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve"> A1 Quarantine pest (Annex II A)</w:t>
+              <w:t xml:space="preserve"> Quarantine pest ((EU) 2019/2072 Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId907069479dcf35edc" w:history="1">
+            <w:hyperlink r:id="rId9452697d3c9f40131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -410,86 +410,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> CRSPAN</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="12473608" name="name606569479dcf367a1" descr="15058.jpg"/>
+                  <wp:docPr id="85363897" name="name8144697d3c9f401f2" descr="15058.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="15058.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId348169479dcf3679d" cstate="print"/>
+                          <a:blip r:embed="rId4334697d3c9f401f0" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId703569479dcf369c8" w:history="1">
+            <w:hyperlink r:id="rId4349697d3c9f4031e" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
@@ -838,63 +838,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">., 1992). It is now found throughout the Willamette Valley of Oregon where 99% of the hazelnuts grown in the USA are produced.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="10834414" name="name980469479dcf37c44" descr="CRSPAN_distribution_map.jpg"/>
+            <wp:docPr id="42698591" name="name5906697d3c9f4169a" descr="CRSPAN_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="CRSPAN_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId668369479dcf37c41" cstate="print"/>
+                    <a:blip r:embed="rId6521697d3c9f41697" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -2094,51 +2094,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">PLoS One </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">8</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(11), e82408. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId663569479dcf3874b" w:history="1">
+      <w:hyperlink r:id="rId9829697d3c9f420db" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1371/journal.pone.0082408</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -2340,51 +2340,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">54</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 114-123. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId620969479dcf38949" w:history="1">
+      <w:hyperlink r:id="rId1573697d3c9f42273" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.13001</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -2818,51 +2818,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">1362</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 557-562. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId463169479dcf38c57" w:history="1">
+      <w:hyperlink r:id="rId5078697d3c9f42569" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.17660/ActaHortic.2023.1362.75</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -2946,51 +2946,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">1226</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 79-85. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId794069479dcf38d27" w:history="1">
+      <w:hyperlink r:id="rId7341697d3c9f42637" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.17660/ActaHortic.2018.1226.11</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3036,101 +3036,101 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">109</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1074–1082. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId678469479dcf38db5" w:history="1">
+      <w:hyperlink r:id="rId1293697d3c9f426e1" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PHYTO-06-18-0209-R</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Pscheidt J (2023) Hazelnut (</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Corylus avellana</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">) - Eastern Filbert Blight. In: Pscheidt JW &amp; Ocamb CM (eds) Pacific Northwest Plant Disease Management Handbook. Corvallis, OR: Oregon State University. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId856869479dcf38e06" w:history="1">
+      <w:hyperlink r:id="rId7990697d3c9f42736" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://pnwhandbooks.org/plantdisease/host-disease/hazelnut-corylus-avellana-eastern-filbert-blight</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (accessed 31 May 2023).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3475,73 +3475,73 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">How to cite this datasheet?</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">EPPO (2025) </w:t>
+        <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Anisogramma anomala</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId414269479dcf39094" w:history="1">
+      <w:hyperlink r:id="rId8678697d3c9f429c7" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -3572,63 +3572,63 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI/EPPO (1997) Quarantine Pests for Europe (2nd edition). CABI, Wallingford (GB).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="62700043" name="name803669479dcf3947f" descr="eu_funding_250.png"/>
+            <wp:docPr id="58157748" name="name1875697d3c9f42a7f" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId345369479dcf3947d" cstate="print"/>
+                    <a:blip r:embed="rId9172697d3c9f42a7e" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -3726,137 +3726,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="90465756">
+  <w:abstractNum w:abstractNumId="30068509">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="71048372">
+    <w:lvl w:ilvl="0" w:tplc="79295762">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="71048372" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="79295762" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="71048372" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="79295762" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="71048372" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="79295762" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="71048372" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="79295762" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="71048372" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="79295762" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="71048372" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="79295762" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="71048372" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="79295762" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="71048372" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="79295762" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="90465755">
+  <w:abstractNum w:abstractNumId="30068508">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="42430101">
+    <w:lvl w:ilvl="0" w:tplc="95293610">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -4608,55 +4608,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="90465755">
-    <w:abstractNumId w:val="90465755"/>
+  <w:num w:numId="30068508">
+    <w:abstractNumId w:val="30068508"/>
   </w:num>
-  <w:num w:numId="90465756">
-    <w:abstractNumId w:val="90465756"/>
+  <w:num w:numId="30068509">
+    <w:abstractNumId w:val="30068509"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -16206,51 +16206,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId407669040" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId125524341" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId475469479dcf35dd3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CRSPAN/" TargetMode="External"/><Relationship Id="rId907069479dcf35edc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CRSPAN/categorization" TargetMode="External"/><Relationship Id="rId703569479dcf369c8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CRSPAN/photos" TargetMode="External"/><Relationship Id="rId663569479dcf3874b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.pone.0082408" TargetMode="External"/><Relationship Id="rId620969479dcf38949" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.13001" TargetMode="External"/><Relationship Id="rId463169479dcf38c57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.17660/ActaHortic.2023.1362.75" TargetMode="External"/><Relationship Id="rId794069479dcf38d27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.17660/ActaHortic.2018.1226.11" TargetMode="External"/><Relationship Id="rId678469479dcf38db5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHYTO-06-18-0209-R" TargetMode="External"/><Relationship Id="rId856869479dcf38e06" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pnwhandbooks.org/plantdisease/host-disease/hazelnut-corylus-avellana-eastern-filbert-blight" TargetMode="External"/><Relationship Id="rId414269479dcf39094" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId348169479dcf3679d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId348169479dcf3679d.jpg"/><Relationship Id="rId668369479dcf37c41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId668369479dcf37c41.jpg"/><Relationship Id="rId345369479dcf3947d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId345369479dcf3947d.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId394154212" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId847884934" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId2488697d3c9f400c7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CRSPAN/" TargetMode="External"/><Relationship Id="rId9452697d3c9f40131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CRSPAN/categorization" TargetMode="External"/><Relationship Id="rId4349697d3c9f4031e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CRSPAN/photos" TargetMode="External"/><Relationship Id="rId9829697d3c9f420db" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.pone.0082408" TargetMode="External"/><Relationship Id="rId1573697d3c9f42273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.13001" TargetMode="External"/><Relationship Id="rId5078697d3c9f42569" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.17660/ActaHortic.2023.1362.75" TargetMode="External"/><Relationship Id="rId7341697d3c9f42637" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.17660/ActaHortic.2018.1226.11" TargetMode="External"/><Relationship Id="rId1293697d3c9f426e1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHYTO-06-18-0209-R" TargetMode="External"/><Relationship Id="rId7990697d3c9f42736" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pnwhandbooks.org/plantdisease/host-disease/hazelnut-corylus-avellana-eastern-filbert-blight" TargetMode="External"/><Relationship Id="rId8678697d3c9f429c7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId4334697d3c9f401f0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId4334697d3c9f401f0.jpg"/><Relationship Id="rId6521697d3c9f41697" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId6521697d3c9f41697.jpg"/><Relationship Id="rId9172697d3c9f42a7e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId9172697d3c9f42a7e.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>