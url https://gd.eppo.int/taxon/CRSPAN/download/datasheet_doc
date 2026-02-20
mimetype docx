--- v5 (2026-01-30)
+++ v6 (2026-02-20)
@@ -292,51 +292,51 @@
               <w:t xml:space="preserve"> (Peck) Saccardo</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Eastern filbert blight, blight of hazel</w:t>
             </w:r>
-            <w:hyperlink r:id="rId2488697d3c9f400c7" w:history="1">
+            <w:hyperlink r:id="rId81886997d28ec8e2a" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -352,51 +352,51 @@
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Quarantine pest ((EU) 2019/2072 Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9452697d3c9f40131" w:history="1">
+            <w:hyperlink r:id="rId78936997d28ec8e93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -410,86 +410,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> CRSPAN</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="85363897" name="name8144697d3c9f401f2" descr="15058.jpg"/>
+                  <wp:docPr id="9119551" name="name32046997d28ec938c" descr="15058.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="15058.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId4334697d3c9f401f0" cstate="print"/>
+                          <a:blip r:embed="rId59666997d28ec938a" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId4349697d3c9f4031e" w:history="1">
+            <w:hyperlink r:id="rId31056997d28ec94db" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
@@ -838,63 +838,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">., 1992). It is now found throughout the Willamette Valley of Oregon where 99% of the hazelnuts grown in the USA are produced.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="42698591" name="name5906697d3c9f4169a" descr="CRSPAN_distribution_map.jpg"/>
+            <wp:docPr id="80082053" name="name59566997d28eca183" descr="CRSPAN_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="CRSPAN_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId6521697d3c9f41697" cstate="print"/>
+                    <a:blip r:embed="rId67946997d28eca181" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -2094,51 +2094,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">PLoS One </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">8</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(11), e82408. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9829697d3c9f420db" w:history="1">
+      <w:hyperlink r:id="rId27196997d28ecab50" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1371/journal.pone.0082408</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -2340,51 +2340,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">54</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 114-123. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1573697d3c9f42273" w:history="1">
+      <w:hyperlink r:id="rId66476997d28ecacdd" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.13001</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -2818,51 +2818,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">1362</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 557-562. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5078697d3c9f42569" w:history="1">
+      <w:hyperlink r:id="rId18626997d28ecb071" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.17660/ActaHortic.2023.1362.75</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -2946,51 +2946,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">1226</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 79-85. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7341697d3c9f42637" w:history="1">
+      <w:hyperlink r:id="rId25706997d28ecb149" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.17660/ActaHortic.2018.1226.11</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3036,101 +3036,101 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">109</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1074–1082. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1293697d3c9f426e1" w:history="1">
+      <w:hyperlink r:id="rId92076997d28ecb20f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PHYTO-06-18-0209-R</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Pscheidt J (2023) Hazelnut (</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Corylus avellana</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">) - Eastern Filbert Blight. In: Pscheidt JW &amp; Ocamb CM (eds) Pacific Northwest Plant Disease Management Handbook. Corvallis, OR: Oregon State University. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7990697d3c9f42736" w:history="1">
+      <w:hyperlink r:id="rId37106997d28ecb267" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://pnwhandbooks.org/plantdisease/host-disease/hazelnut-corylus-avellana-eastern-filbert-blight</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (accessed 31 May 2023).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3497,51 +3497,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Anisogramma anomala</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8678697d3c9f429c7" w:history="1">
+      <w:hyperlink r:id="rId47266997d28ecb500" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -3572,63 +3572,63 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI/EPPO (1997) Quarantine Pests for Europe (2nd edition). CABI, Wallingford (GB).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="58157748" name="name1875697d3c9f42a7f" descr="eu_funding_250.png"/>
+            <wp:docPr id="99651242" name="name44486997d28ecb942" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId9172697d3c9f42a7e" cstate="print"/>
+                    <a:blip r:embed="rId23626997d28ecb93f" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -3726,137 +3726,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="30068509">
+  <w:abstractNum w:abstractNumId="27171262">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="79295762">
+    <w:lvl w:ilvl="0" w:tplc="10161556">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="79295762" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="10161556" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="79295762" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="10161556" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="79295762" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="10161556" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="79295762" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="10161556" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="79295762" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="10161556" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="79295762" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="10161556" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="79295762" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="10161556" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="79295762" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="10161556" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="30068508">
+  <w:abstractNum w:abstractNumId="27171261">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="95293610">
+    <w:lvl w:ilvl="0" w:tplc="57186734">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -4608,55 +4608,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="30068508">
-    <w:abstractNumId w:val="30068508"/>
+  <w:num w:numId="27171261">
+    <w:abstractNumId w:val="27171261"/>
   </w:num>
-  <w:num w:numId="30068509">
-    <w:abstractNumId w:val="30068509"/>
+  <w:num w:numId="27171262">
+    <w:abstractNumId w:val="27171262"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -16206,51 +16206,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId394154212" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId847884934" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId2488697d3c9f400c7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CRSPAN/" TargetMode="External"/><Relationship Id="rId9452697d3c9f40131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CRSPAN/categorization" TargetMode="External"/><Relationship Id="rId4349697d3c9f4031e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CRSPAN/photos" TargetMode="External"/><Relationship Id="rId9829697d3c9f420db" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.pone.0082408" TargetMode="External"/><Relationship Id="rId1573697d3c9f42273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.13001" TargetMode="External"/><Relationship Id="rId5078697d3c9f42569" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.17660/ActaHortic.2023.1362.75" TargetMode="External"/><Relationship Id="rId7341697d3c9f42637" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.17660/ActaHortic.2018.1226.11" TargetMode="External"/><Relationship Id="rId1293697d3c9f426e1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHYTO-06-18-0209-R" TargetMode="External"/><Relationship Id="rId7990697d3c9f42736" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pnwhandbooks.org/plantdisease/host-disease/hazelnut-corylus-avellana-eastern-filbert-blight" TargetMode="External"/><Relationship Id="rId8678697d3c9f429c7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId4334697d3c9f401f0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId4334697d3c9f401f0.jpg"/><Relationship Id="rId6521697d3c9f41697" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId6521697d3c9f41697.jpg"/><Relationship Id="rId9172697d3c9f42a7e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId9172697d3c9f42a7e.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId221523749" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId515482951" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId81886997d28ec8e2a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CRSPAN/" TargetMode="External"/><Relationship Id="rId78936997d28ec8e93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CRSPAN/categorization" TargetMode="External"/><Relationship Id="rId31056997d28ec94db" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CRSPAN/photos" TargetMode="External"/><Relationship Id="rId27196997d28ecab50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.pone.0082408" TargetMode="External"/><Relationship Id="rId66476997d28ecacdd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.13001" TargetMode="External"/><Relationship Id="rId18626997d28ecb071" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.17660/ActaHortic.2023.1362.75" TargetMode="External"/><Relationship Id="rId25706997d28ecb149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.17660/ActaHortic.2018.1226.11" TargetMode="External"/><Relationship Id="rId92076997d28ecb20f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHYTO-06-18-0209-R" TargetMode="External"/><Relationship Id="rId37106997d28ecb267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pnwhandbooks.org/plantdisease/host-disease/hazelnut-corylus-avellana-eastern-filbert-blight" TargetMode="External"/><Relationship Id="rId47266997d28ecb500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId59666997d28ec938a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId59666997d28ec938a.jpg"/><Relationship Id="rId67946997d28eca181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId67946997d28eca181.jpg"/><Relationship Id="rId23626997d28ecb93f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId23626997d28ecb93f.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>