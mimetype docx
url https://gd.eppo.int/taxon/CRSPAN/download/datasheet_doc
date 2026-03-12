--- v6 (2026-02-20)
+++ v7 (2026-03-12)
@@ -292,51 +292,51 @@
               <w:t xml:space="preserve"> (Peck) Saccardo</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Eastern filbert blight, blight of hazel</w:t>
             </w:r>
-            <w:hyperlink r:id="rId81886997d28ec8e2a" w:history="1">
+            <w:hyperlink r:id="rId952469b2634f4b08d" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -352,51 +352,51 @@
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Quarantine pest ((EU) 2019/2072 Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId78936997d28ec8e93" w:history="1">
+            <w:hyperlink r:id="rId856169b2634f4b0f6" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -410,86 +410,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> CRSPAN</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="9119551" name="name32046997d28ec938c" descr="15058.jpg"/>
+                  <wp:docPr id="3415005" name="name753369b2634f4b200" descr="15058.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="15058.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId59666997d28ec938a" cstate="print"/>
+                          <a:blip r:embed="rId250869b2634f4b1fe" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId31056997d28ec94db" w:history="1">
+            <w:hyperlink r:id="rId529369b2634f4b367" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
@@ -838,63 +838,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">., 1992). It is now found throughout the Willamette Valley of Oregon where 99% of the hazelnuts grown in the USA are produced.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="80082053" name="name59566997d28eca183" descr="CRSPAN_distribution_map.jpg"/>
+            <wp:docPr id="91321933" name="name796369b2634f4c46e" descr="CRSPAN_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="CRSPAN_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId67946997d28eca181" cstate="print"/>
+                    <a:blip r:embed="rId555769b2634f4c46c" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -2094,51 +2094,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">PLoS One </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">8</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(11), e82408. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId27196997d28ecab50" w:history="1">
+      <w:hyperlink r:id="rId231969b2634f4ce2c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1371/journal.pone.0082408</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -2340,51 +2340,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">54</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 114-123. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId66476997d28ecacdd" w:history="1">
+      <w:hyperlink r:id="rId403369b2634f4cfc6" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.13001</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -2818,51 +2818,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">1362</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 557-562. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId18626997d28ecb071" w:history="1">
+      <w:hyperlink r:id="rId141669b2634f4d30b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.17660/ActaHortic.2023.1362.75</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -2946,51 +2946,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">1226</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 79-85. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId25706997d28ecb149" w:history="1">
+      <w:hyperlink r:id="rId723469b2634f4d3db" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.17660/ActaHortic.2018.1226.11</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3036,101 +3036,101 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">109</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1074–1082. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId92076997d28ecb20f" w:history="1">
+      <w:hyperlink r:id="rId834269b2634f4d46c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PHYTO-06-18-0209-R</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Pscheidt J (2023) Hazelnut (</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Corylus avellana</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">) - Eastern Filbert Blight. In: Pscheidt JW &amp; Ocamb CM (eds) Pacific Northwest Plant Disease Management Handbook. Corvallis, OR: Oregon State University. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId37106997d28ecb267" w:history="1">
+      <w:hyperlink r:id="rId567769b2634f4d4bf" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://pnwhandbooks.org/plantdisease/host-disease/hazelnut-corylus-avellana-eastern-filbert-blight</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (accessed 31 May 2023).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3497,51 +3497,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Anisogramma anomala</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId47266997d28ecb500" w:history="1">
+      <w:hyperlink r:id="rId251369b2634f4d753" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -3572,63 +3572,63 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI/EPPO (1997) Quarantine Pests for Europe (2nd edition). CABI, Wallingford (GB).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="99651242" name="name44486997d28ecb942" descr="eu_funding_250.png"/>
+            <wp:docPr id="6915557" name="name813969b2634f4d80c" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId23626997d28ecb93f" cstate="print"/>
+                    <a:blip r:embed="rId370969b2634f4d80b" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -3726,137 +3726,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="27171262">
+  <w:abstractNum w:abstractNumId="86791711">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="10161556">
+    <w:lvl w:ilvl="0" w:tplc="35799619">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="10161556" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="35799619" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="10161556" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="35799619" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="10161556" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="35799619" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="10161556" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="35799619" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="10161556" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="35799619" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="10161556" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="35799619" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="10161556" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="35799619" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="10161556" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="35799619" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="27171261">
+  <w:abstractNum w:abstractNumId="86791710">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="57186734">
+    <w:lvl w:ilvl="0" w:tplc="37875157">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -4608,55 +4608,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="27171261">
-    <w:abstractNumId w:val="27171261"/>
+  <w:num w:numId="86791710">
+    <w:abstractNumId w:val="86791710"/>
   </w:num>
-  <w:num w:numId="27171262">
-    <w:abstractNumId w:val="27171262"/>
+  <w:num w:numId="86791711">
+    <w:abstractNumId w:val="86791711"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -16206,51 +16206,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId221523749" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId515482951" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId81886997d28ec8e2a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CRSPAN/" TargetMode="External"/><Relationship Id="rId78936997d28ec8e93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CRSPAN/categorization" TargetMode="External"/><Relationship Id="rId31056997d28ec94db" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CRSPAN/photos" TargetMode="External"/><Relationship Id="rId27196997d28ecab50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.pone.0082408" TargetMode="External"/><Relationship Id="rId66476997d28ecacdd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.13001" TargetMode="External"/><Relationship Id="rId18626997d28ecb071" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.17660/ActaHortic.2023.1362.75" TargetMode="External"/><Relationship Id="rId25706997d28ecb149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.17660/ActaHortic.2018.1226.11" TargetMode="External"/><Relationship Id="rId92076997d28ecb20f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHYTO-06-18-0209-R" TargetMode="External"/><Relationship Id="rId37106997d28ecb267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pnwhandbooks.org/plantdisease/host-disease/hazelnut-corylus-avellana-eastern-filbert-blight" TargetMode="External"/><Relationship Id="rId47266997d28ecb500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId59666997d28ec938a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId59666997d28ec938a.jpg"/><Relationship Id="rId67946997d28eca181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId67946997d28eca181.jpg"/><Relationship Id="rId23626997d28ecb93f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId23626997d28ecb93f.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId682766466" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId429332671" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId952469b2634f4b08d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CRSPAN/" TargetMode="External"/><Relationship Id="rId856169b2634f4b0f6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CRSPAN/categorization" TargetMode="External"/><Relationship Id="rId529369b2634f4b367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CRSPAN/photos" TargetMode="External"/><Relationship Id="rId231969b2634f4ce2c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.pone.0082408" TargetMode="External"/><Relationship Id="rId403369b2634f4cfc6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.13001" TargetMode="External"/><Relationship Id="rId141669b2634f4d30b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.17660/ActaHortic.2023.1362.75" TargetMode="External"/><Relationship Id="rId723469b2634f4d3db" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.17660/ActaHortic.2018.1226.11" TargetMode="External"/><Relationship Id="rId834269b2634f4d46c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHYTO-06-18-0209-R" TargetMode="External"/><Relationship Id="rId567769b2634f4d4bf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pnwhandbooks.org/plantdisease/host-disease/hazelnut-corylus-avellana-eastern-filbert-blight" TargetMode="External"/><Relationship Id="rId251369b2634f4d753" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId250869b2634f4b1fe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId250869b2634f4b1fe.jpg"/><Relationship Id="rId555769b2634f4c46c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId555769b2634f4c46c.jpg"/><Relationship Id="rId370969b2634f4d80b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId370969b2634f4d80b.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>