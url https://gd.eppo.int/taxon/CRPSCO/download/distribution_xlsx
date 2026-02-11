--- v0 (2025-10-18)
+++ v1 (2026-02-11)
@@ -143,51 +143,51 @@
   <si>
     <t>DE</t>
   </si>
   <si>
     <t>Present, widespread</t>
   </si>
   <si>
     <t>Ireland</t>
   </si>
   <si>
     <t>IE</t>
   </si>
   <si>
     <t>Italy</t>
   </si>
   <si>
     <t>IT</t>
   </si>
   <si>
     <t>Netherlands</t>
   </si>
   <si>
     <t>NL</t>
   </si>
   <si>
-    <t>Russian Federation (the)</t>
+    <t>Russian Federation</t>
   </si>
   <si>
     <t>RU</t>
   </si>
   <si>
     <t>Southern Russia</t>
   </si>
   <si>
     <t>sr</t>
   </si>
   <si>
     <t>Slovenia</t>
   </si>
   <si>
     <t>SI</t>
   </si>
   <si>
     <t>Switzerland</t>
   </si>
   <si>
     <t>CH</t>
   </si>
   <si>
     <t>United Kingdom</t>
   </si>