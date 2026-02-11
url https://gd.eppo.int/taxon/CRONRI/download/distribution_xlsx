--- v0 (2025-10-04)
+++ v1 (2026-02-11)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="CRONRI" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="213">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="212">
   <si>
     <t>continent</t>
   </si>
   <si>
     <t>country</t>
   </si>
   <si>
     <t>state</t>
   </si>
   <si>
     <t>country code</t>
   </si>
   <si>
     <t>state code</t>
   </si>
   <si>
     <t>Status</t>
   </si>
   <si>
     <t>America</t>
   </si>
   <si>
     <t>Canada</t>
   </si>
   <si>
@@ -506,53 +506,50 @@
   <si>
     <t>Estonia</t>
   </si>
   <si>
     <t>EE</t>
   </si>
   <si>
     <t>Finland</t>
   </si>
   <si>
     <t>FI</t>
   </si>
   <si>
     <t>France</t>
   </si>
   <si>
     <t>FR</t>
   </si>
   <si>
     <t>Germany</t>
   </si>
   <si>
     <t>DE</t>
   </si>
   <si>
-    <t>Present, few occurrences</t>
-[...1 lines deleted...]
-  <si>
     <t>Hungary</t>
   </si>
   <si>
     <t>HU</t>
   </si>
   <si>
     <t>Ireland</t>
   </si>
   <si>
     <t>IE</t>
   </si>
   <si>
     <t>Italy</t>
   </si>
   <si>
     <t>IT</t>
   </si>
   <si>
     <t>Latvia</t>
   </si>
   <si>
     <t>LV</t>
   </si>
   <si>
     <t>Lithuania</t>
@@ -563,51 +560,51 @@
   <si>
     <t>Netherlands</t>
   </si>
   <si>
     <t>NL</t>
   </si>
   <si>
     <t>Norway</t>
   </si>
   <si>
     <t>NO</t>
   </si>
   <si>
     <t>Poland</t>
   </si>
   <si>
     <t>PL</t>
   </si>
   <si>
     <t>Romania</t>
   </si>
   <si>
     <t>RO</t>
   </si>
   <si>
-    <t>Russian Federation (the)</t>
+    <t>Russian Federation</t>
   </si>
   <si>
     <t>RU</t>
   </si>
   <si>
     <t>Central Russia</t>
   </si>
   <si>
     <t>cr</t>
   </si>
   <si>
     <t>Eastern Siberia</t>
   </si>
   <si>
     <t>es</t>
   </si>
   <si>
     <t>Far East</t>
   </si>
   <si>
     <t>fe</t>
   </si>
   <si>
     <t>Western Siberia</t>
   </si>
@@ -2467,460 +2464,460 @@
       <c r="B76" t="s">
         <v>160</v>
       </c>
       <c r="C76"/>
       <c r="D76" t="s">
         <v>161</v>
       </c>
       <c r="E76"/>
       <c r="F76" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="77" spans="1:6">
       <c r="A77" t="s">
         <v>145</v>
       </c>
       <c r="B77" t="s">
         <v>162</v>
       </c>
       <c r="C77"/>
       <c r="D77" t="s">
         <v>163</v>
       </c>
       <c r="E77"/>
       <c r="F77" t="s">
-        <v>164</v>
+        <v>9</v>
       </c>
     </row>
     <row r="78" spans="1:6">
       <c r="A78" t="s">
         <v>145</v>
       </c>
       <c r="B78" t="s">
-        <v>165</v>
+        <v>164</v>
       </c>
       <c r="C78"/>
       <c r="D78" t="s">
-        <v>166</v>
+        <v>165</v>
       </c>
       <c r="E78"/>
       <c r="F78" t="s">
         <v>110</v>
       </c>
     </row>
     <row r="79" spans="1:6">
       <c r="A79" t="s">
         <v>145</v>
       </c>
       <c r="B79" t="s">
-        <v>167</v>
+        <v>166</v>
       </c>
       <c r="C79"/>
       <c r="D79" t="s">
-        <v>168</v>
+        <v>167</v>
       </c>
       <c r="E79"/>
       <c r="F79" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="80" spans="1:6">
       <c r="A80" t="s">
         <v>145</v>
       </c>
       <c r="B80" t="s">
-        <v>169</v>
+        <v>168</v>
       </c>
       <c r="C80"/>
       <c r="D80" t="s">
-        <v>170</v>
+        <v>169</v>
       </c>
       <c r="E80"/>
       <c r="F80" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="81" spans="1:6">
       <c r="A81" t="s">
         <v>145</v>
       </c>
       <c r="B81" t="s">
-        <v>171</v>
+        <v>170</v>
       </c>
       <c r="C81"/>
       <c r="D81" t="s">
-        <v>172</v>
+        <v>171</v>
       </c>
       <c r="E81"/>
       <c r="F81" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="82" spans="1:6">
       <c r="A82" t="s">
         <v>145</v>
       </c>
       <c r="B82" t="s">
-        <v>173</v>
+        <v>172</v>
       </c>
       <c r="C82"/>
       <c r="D82" t="s">
-        <v>174</v>
+        <v>173</v>
       </c>
       <c r="E82"/>
       <c r="F82" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="83" spans="1:6">
       <c r="A83" t="s">
         <v>145</v>
       </c>
       <c r="B83" t="s">
-        <v>175</v>
+        <v>174</v>
       </c>
       <c r="C83"/>
       <c r="D83" t="s">
-        <v>176</v>
+        <v>175</v>
       </c>
       <c r="E83"/>
       <c r="F83" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="84" spans="1:6">
       <c r="A84" t="s">
         <v>145</v>
       </c>
       <c r="B84" t="s">
-        <v>177</v>
+        <v>176</v>
       </c>
       <c r="C84"/>
       <c r="D84" t="s">
-        <v>178</v>
+        <v>177</v>
       </c>
       <c r="E84"/>
       <c r="F84" t="s">
         <v>110</v>
       </c>
     </row>
     <row r="85" spans="1:6">
       <c r="A85" t="s">
         <v>145</v>
       </c>
       <c r="B85" t="s">
-        <v>179</v>
+        <v>178</v>
       </c>
       <c r="C85"/>
       <c r="D85" t="s">
-        <v>180</v>
+        <v>179</v>
       </c>
       <c r="E85"/>
       <c r="F85" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="86" spans="1:6">
       <c r="A86" t="s">
         <v>145</v>
       </c>
       <c r="B86" t="s">
-        <v>181</v>
+        <v>180</v>
       </c>
       <c r="C86"/>
       <c r="D86" t="s">
-        <v>182</v>
+        <v>181</v>
       </c>
       <c r="E86"/>
       <c r="F86" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="87" spans="1:6">
       <c r="A87" t="s">
         <v>145</v>
       </c>
       <c r="B87" t="s">
-        <v>183</v>
+        <v>182</v>
       </c>
       <c r="C87"/>
       <c r="D87" t="s">
-        <v>184</v>
+        <v>183</v>
       </c>
       <c r="E87"/>
       <c r="F87" t="s">
         <v>110</v>
       </c>
     </row>
     <row r="88" spans="1:6">
       <c r="A88" t="s">
         <v>145</v>
       </c>
       <c r="B88" t="s">
+        <v>182</v>
+      </c>
+      <c r="C88" t="s">
+        <v>184</v>
+      </c>
+      <c r="D88" t="s">
         <v>183</v>
       </c>
-      <c r="C88" t="s">
+      <c r="E88" t="s">
         <v>185</v>
-      </c>
-[...4 lines deleted...]
-        <v>186</v>
       </c>
       <c r="F88" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="89" spans="1:6">
       <c r="A89" t="s">
         <v>145</v>
       </c>
       <c r="B89" t="s">
+        <v>182</v>
+      </c>
+      <c r="C89" t="s">
+        <v>186</v>
+      </c>
+      <c r="D89" t="s">
         <v>183</v>
       </c>
-      <c r="C89" t="s">
+      <c r="E89" t="s">
         <v>187</v>
-      </c>
-[...4 lines deleted...]
-        <v>188</v>
       </c>
       <c r="F89" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="90" spans="1:6">
       <c r="A90" t="s">
         <v>145</v>
       </c>
       <c r="B90" t="s">
+        <v>182</v>
+      </c>
+      <c r="C90" t="s">
+        <v>188</v>
+      </c>
+      <c r="D90" t="s">
         <v>183</v>
       </c>
-      <c r="C90" t="s">
+      <c r="E90" t="s">
         <v>189</v>
-      </c>
-[...4 lines deleted...]
-        <v>190</v>
       </c>
       <c r="F90" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="91" spans="1:6">
       <c r="A91" t="s">
         <v>145</v>
       </c>
       <c r="B91" t="s">
+        <v>182</v>
+      </c>
+      <c r="C91" t="s">
+        <v>190</v>
+      </c>
+      <c r="D91" t="s">
         <v>183</v>
       </c>
-      <c r="C91" t="s">
+      <c r="E91" t="s">
         <v>191</v>
-      </c>
-[...4 lines deleted...]
-        <v>192</v>
       </c>
       <c r="F91" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="92" spans="1:6">
       <c r="A92" t="s">
         <v>145</v>
       </c>
       <c r="B92" t="s">
-        <v>193</v>
+        <v>192</v>
       </c>
       <c r="C92"/>
       <c r="D92" t="s">
-        <v>194</v>
+        <v>193</v>
       </c>
       <c r="E92"/>
       <c r="F92" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="93" spans="1:6">
       <c r="A93" t="s">
         <v>145</v>
       </c>
       <c r="B93" t="s">
-        <v>195</v>
+        <v>194</v>
       </c>
       <c r="C93"/>
       <c r="D93" t="s">
-        <v>196</v>
+        <v>195</v>
       </c>
       <c r="E93"/>
       <c r="F93" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="94" spans="1:6">
       <c r="A94" t="s">
         <v>145</v>
       </c>
       <c r="B94" t="s">
-        <v>197</v>
+        <v>196</v>
       </c>
       <c r="C94"/>
       <c r="D94" t="s">
-        <v>198</v>
+        <v>197</v>
       </c>
       <c r="E94"/>
       <c r="F94" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="95" spans="1:6">
       <c r="A95" t="s">
         <v>145</v>
       </c>
       <c r="B95" t="s">
-        <v>199</v>
+        <v>198</v>
       </c>
       <c r="C95"/>
       <c r="D95" t="s">
-        <v>200</v>
+        <v>199</v>
       </c>
       <c r="E95"/>
       <c r="F95" t="s">
         <v>110</v>
       </c>
     </row>
     <row r="96" spans="1:6">
       <c r="A96" t="s">
         <v>145</v>
       </c>
       <c r="B96" t="s">
-        <v>201</v>
+        <v>200</v>
       </c>
       <c r="C96"/>
       <c r="D96" t="s">
-        <v>202</v>
+        <v>201</v>
       </c>
       <c r="E96"/>
       <c r="F96" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="97" spans="1:6">
       <c r="A97" t="s">
         <v>145</v>
       </c>
       <c r="B97" t="s">
-        <v>203</v>
+        <v>202</v>
       </c>
       <c r="C97"/>
       <c r="D97" t="s">
-        <v>204</v>
+        <v>203</v>
       </c>
       <c r="E97"/>
       <c r="F97" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="98" spans="1:6">
       <c r="A98" t="s">
         <v>145</v>
       </c>
       <c r="B98" t="s">
-        <v>205</v>
+        <v>204</v>
       </c>
       <c r="C98"/>
       <c r="D98" t="s">
-        <v>206</v>
+        <v>205</v>
       </c>
       <c r="E98"/>
       <c r="F98" t="s">
         <v>110</v>
       </c>
     </row>
     <row r="99" spans="1:6">
       <c r="A99" t="s">
         <v>145</v>
       </c>
       <c r="B99" t="s">
+        <v>204</v>
+      </c>
+      <c r="C99" t="s">
+        <v>206</v>
+      </c>
+      <c r="D99" t="s">
         <v>205</v>
       </c>
-      <c r="C99" t="s">
+      <c r="E99" t="s">
         <v>207</v>
-      </c>
-[...4 lines deleted...]
-        <v>208</v>
       </c>
       <c r="F99" t="s">
         <v>110</v>
       </c>
     </row>
     <row r="100" spans="1:6">
       <c r="A100" t="s">
         <v>145</v>
       </c>
       <c r="B100" t="s">
+        <v>204</v>
+      </c>
+      <c r="C100" t="s">
+        <v>208</v>
+      </c>
+      <c r="D100" t="s">
         <v>205</v>
       </c>
-      <c r="C100" t="s">
+      <c r="E100" t="s">
         <v>209</v>
-      </c>
-[...4 lines deleted...]
-        <v>210</v>
       </c>
       <c r="F100" t="s">
         <v>110</v>
       </c>
     </row>
     <row r="101" spans="1:6">
       <c r="A101" t="s">
         <v>145</v>
       </c>
       <c r="B101" t="s">
+        <v>204</v>
+      </c>
+      <c r="C101" t="s">
+        <v>210</v>
+      </c>
+      <c r="D101" t="s">
         <v>205</v>
       </c>
-      <c r="C101" t="s">
+      <c r="E101" t="s">
         <v>211</v>
-      </c>
-[...4 lines deleted...]
-        <v>212</v>
       </c>
       <c r="F101" t="s">
         <v>110</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>