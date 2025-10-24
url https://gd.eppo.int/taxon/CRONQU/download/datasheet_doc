--- v0 (2025-10-04)
+++ v1 (2025-10-24)
@@ -424,88 +424,88 @@
               <w:t xml:space="preserve"> Arthur &amp; F. Kern</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Eastern gall rust of pine, Western gall rust of pine, pine gall rust</w:t>
             </w:r>
-            <w:hyperlink r:id="rId378168e095a38b87f" w:history="1">
+            <w:hyperlink r:id="rId570368fbe1d44097b" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
-            <w:hyperlink r:id="rId538668e095a38b8c8" w:history="1">
+            <w:hyperlink r:id="rId573368fbe1d4409be" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -519,86 +519,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> CRONQU</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="41089254" name="name500368e095a38bcdf" descr="2826.jpg"/>
+                  <wp:docPr id="37426144" name="name687468fbe1d4410ed" descr="2826.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="2826.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId397768e095a38bcdd" cstate="print"/>
+                          <a:blip r:embed="rId435268fbe1d4410ea" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId415168e095a38be5a" w:history="1">
+            <w:hyperlink r:id="rId660468fbe1d4411d3" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -3756,63 +3756,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">C. quercuum</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, mainly through molecular techniques to confirm the identity of the pathogen.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="16208227" name="name594868e095a38e97c" descr="CRONQU_distribution_map.jpg"/>
+            <wp:docPr id="50312284" name="name888768fbe1d4437b0" descr="CRONQU_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="CRONQU_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId294568e095a38e97a" cstate="print"/>
+                    <a:blip r:embed="rId546768fbe1d4437ad" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -5692,51 +5692,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">14</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), e0210952. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId715068e095a38f96f" w:history="1">
+      <w:hyperlink r:id="rId644168fbe1d44459a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1371/journal.pone.0210952</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5938,51 +5938,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI (2021) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Cronartium quercuum</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (pine-oak rust). CABI Compendium. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId324168e095a38fb2d" w:history="1">
+      <w:hyperlink r:id="rId501168fbe1d44472e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1079/cabicompendium.16153</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6124,51 +6124,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">16</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(12), e05511. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId910668e095a38fc61" w:history="1">
+      <w:hyperlink r:id="rId333568fbe1d44485c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2018.5511</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6756,51 +6756,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Kuprevich VF &amp; Ulyanishchev VI (1975) Opredelitel rzhavchinnykh gribov SSSR. I. Nauk, USSR.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Maloy OC (2003) White pine blister rust. Plant Health Instructor (APS), 3. Available from: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId127668e095a3900ec" w:history="1">
+      <w:hyperlink r:id="rId520268fbe1d444c63" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PHI-I-2003-0908-01</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6864,51 +6864,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1795–1807.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">MyCoPortal (2024) </w:t>
       </w:r>
-      <w:hyperlink r:id="rId576268e095a3901a3" w:history="1">
+      <w:hyperlink r:id="rId683868fbe1d444d15" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.mycoportal.org/portal/index.php</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Accessed in January 2024.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -7643,51 +7643,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Cronartium quercuum</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId396168e095a39068c" w:history="1">
+      <w:hyperlink r:id="rId607068fbe1d4452f2" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -7898,81 +7898,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">9</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 47-60.  </w:t>
       </w:r>
-      <w:hyperlink r:id="rId976068e095a39083a" w:history="1">
+      <w:hyperlink r:id="rId709368fbe1d4454af" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.1979.tb02450.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="60112748" name="name229168e095a3908e2" descr="eu_funding_250.png"/>
+            <wp:docPr id="56181145" name="name372768fbe1d445547" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId584068e095a3908e1" cstate="print"/>
+                    <a:blip r:embed="rId555168fbe1d445546" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -8070,137 +8070,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="20633471">
+  <w:abstractNum w:abstractNumId="75441877">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="51617225">
+    <w:lvl w:ilvl="0" w:tplc="28779840">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="51617225" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="28779840" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="51617225" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="28779840" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="51617225" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="28779840" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="51617225" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="28779840" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="51617225" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="28779840" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="51617225" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="28779840" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="51617225" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="28779840" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="51617225" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="28779840" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="20633470">
+  <w:abstractNum w:abstractNumId="75441876">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="55430841">
+    <w:lvl w:ilvl="0" w:tplc="71867944">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -8952,55 +8952,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="20633470">
-    <w:abstractNumId w:val="20633470"/>
+  <w:num w:numId="75441876">
+    <w:abstractNumId w:val="75441876"/>
   </w:num>
-  <w:num w:numId="20633471">
-    <w:abstractNumId w:val="20633471"/>
+  <w:num w:numId="75441877">
+    <w:abstractNumId w:val="75441877"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -20550,51 +20550,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId179062505" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId995702673" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId378168e095a38b87f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CRONQU/" TargetMode="External"/><Relationship Id="rId538668e095a38b8c8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CRONQU/categorization" TargetMode="External"/><Relationship Id="rId415168e095a38be5a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CRONQU/photos" TargetMode="External"/><Relationship Id="rId715068e095a38f96f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.pone.0210952" TargetMode="External"/><Relationship Id="rId324168e095a38fb2d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1079/cabicompendium.16153" TargetMode="External"/><Relationship Id="rId910668e095a38fc61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2018.5511" TargetMode="External"/><Relationship Id="rId127668e095a3900ec" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHI-I-2003-0908-01" TargetMode="External"/><Relationship Id="rId576268e095a3901a3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.mycoportal.org/portal/index.php" TargetMode="External"/><Relationship Id="rId396168e095a39068c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId976068e095a39083a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1979.tb02450.x" TargetMode="External"/><Relationship Id="rId397768e095a38bcdd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId397768e095a38bcdd.jpg"/><Relationship Id="rId294568e095a38e97a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId294568e095a38e97a.jpg"/><Relationship Id="rId584068e095a3908e1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId584068e095a3908e1.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId794392469" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId367619975" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId570368fbe1d44097b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CRONQU/" TargetMode="External"/><Relationship Id="rId573368fbe1d4409be" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CRONQU/categorization" TargetMode="External"/><Relationship Id="rId660468fbe1d4411d3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CRONQU/photos" TargetMode="External"/><Relationship Id="rId644168fbe1d44459a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.pone.0210952" TargetMode="External"/><Relationship Id="rId501168fbe1d44472e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1079/cabicompendium.16153" TargetMode="External"/><Relationship Id="rId333568fbe1d44485c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2018.5511" TargetMode="External"/><Relationship Id="rId520268fbe1d444c63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHI-I-2003-0908-01" TargetMode="External"/><Relationship Id="rId683868fbe1d444d15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.mycoportal.org/portal/index.php" TargetMode="External"/><Relationship Id="rId607068fbe1d4452f2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId709368fbe1d4454af" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1979.tb02450.x" TargetMode="External"/><Relationship Id="rId435268fbe1d4410ea" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId435268fbe1d4410ea.jpg"/><Relationship Id="rId546768fbe1d4437ad" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId546768fbe1d4437ad.jpg"/><Relationship Id="rId555168fbe1d445546" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId555168fbe1d445546.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>