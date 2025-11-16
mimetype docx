--- v1 (2025-10-24)
+++ v2 (2025-11-16)
@@ -424,88 +424,88 @@
               <w:t xml:space="preserve"> Arthur &amp; F. Kern</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Eastern gall rust of pine, Western gall rust of pine, pine gall rust</w:t>
             </w:r>
-            <w:hyperlink r:id="rId570368fbe1d44097b" w:history="1">
+            <w:hyperlink r:id="rId8823691a3e40ca9d0" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
-            <w:hyperlink r:id="rId573368fbe1d4409be" w:history="1">
+            <w:hyperlink r:id="rId2291691a3e40caa13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -519,86 +519,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> CRONQU</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="37426144" name="name687468fbe1d4410ed" descr="2826.jpg"/>
+                  <wp:docPr id="26153472" name="name7116691a3e40cab1b" descr="2826.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="2826.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId435268fbe1d4410ea" cstate="print"/>
+                          <a:blip r:embed="rId4793691a3e40cab1a" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId660468fbe1d4411d3" w:history="1">
+            <w:hyperlink r:id="rId4067691a3e40cac27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -3756,63 +3756,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">C. quercuum</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, mainly through molecular techniques to confirm the identity of the pathogen.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="50312284" name="name888768fbe1d4437b0" descr="CRONQU_distribution_map.jpg"/>
+            <wp:docPr id="19426355" name="name4568691a3e40cd20a" descr="CRONQU_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="CRONQU_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId546768fbe1d4437ad" cstate="print"/>
+                    <a:blip r:embed="rId8835691a3e40cd207" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -5692,51 +5692,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">14</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), e0210952. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId644168fbe1d44459a" w:history="1">
+      <w:hyperlink r:id="rId9773691a3e40cdfd0" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1371/journal.pone.0210952</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5938,51 +5938,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI (2021) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Cronartium quercuum</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (pine-oak rust). CABI Compendium. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId501168fbe1d44472e" w:history="1">
+      <w:hyperlink r:id="rId9849691a3e40ce170" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1079/cabicompendium.16153</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6124,51 +6124,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">16</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(12), e05511. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId333568fbe1d44485c" w:history="1">
+      <w:hyperlink r:id="rId7332691a3e40ce29a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2018.5511</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6756,51 +6756,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Kuprevich VF &amp; Ulyanishchev VI (1975) Opredelitel rzhavchinnykh gribov SSSR. I. Nauk, USSR.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Maloy OC (2003) White pine blister rust. Plant Health Instructor (APS), 3. Available from: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId520268fbe1d444c63" w:history="1">
+      <w:hyperlink r:id="rId9007691a3e40ce68d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PHI-I-2003-0908-01</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6864,51 +6864,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1795–1807.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">MyCoPortal (2024) </w:t>
       </w:r>
-      <w:hyperlink r:id="rId683868fbe1d444d15" w:history="1">
+      <w:hyperlink r:id="rId6935691a3e40ce73c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.mycoportal.org/portal/index.php</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Accessed in January 2024.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -7643,51 +7643,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Cronartium quercuum</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId607068fbe1d4452f2" w:history="1">
+      <w:hyperlink r:id="rId7791691a3e40cec07" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -7898,81 +7898,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">9</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 47-60.  </w:t>
       </w:r>
-      <w:hyperlink r:id="rId709368fbe1d4454af" w:history="1">
+      <w:hyperlink r:id="rId5710691a3e40cedac" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.1979.tb02450.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="56181145" name="name372768fbe1d445547" descr="eu_funding_250.png"/>
+            <wp:docPr id="97512239" name="name7126691a3e40cee34" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId555168fbe1d445546" cstate="print"/>
+                    <a:blip r:embed="rId1455691a3e40cee33" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -8070,137 +8070,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="75441877">
+  <w:abstractNum w:abstractNumId="69515408">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="28779840">
+    <w:lvl w:ilvl="0" w:tplc="40347849">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="28779840" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="40347849" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="28779840" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="40347849" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="28779840" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="40347849" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="28779840" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="40347849" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="28779840" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="40347849" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="28779840" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="40347849" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="28779840" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="40347849" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="28779840" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="40347849" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="75441876">
+  <w:abstractNum w:abstractNumId="69515407">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="71867944">
+    <w:lvl w:ilvl="0" w:tplc="75776978">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -8952,55 +8952,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="75441876">
-    <w:abstractNumId w:val="75441876"/>
+  <w:num w:numId="69515407">
+    <w:abstractNumId w:val="69515407"/>
   </w:num>
-  <w:num w:numId="75441877">
-    <w:abstractNumId w:val="75441877"/>
+  <w:num w:numId="69515408">
+    <w:abstractNumId w:val="69515408"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -20550,51 +20550,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId794392469" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId367619975" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId570368fbe1d44097b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CRONQU/" TargetMode="External"/><Relationship Id="rId573368fbe1d4409be" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CRONQU/categorization" TargetMode="External"/><Relationship Id="rId660468fbe1d4411d3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CRONQU/photos" TargetMode="External"/><Relationship Id="rId644168fbe1d44459a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.pone.0210952" TargetMode="External"/><Relationship Id="rId501168fbe1d44472e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1079/cabicompendium.16153" TargetMode="External"/><Relationship Id="rId333568fbe1d44485c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2018.5511" TargetMode="External"/><Relationship Id="rId520268fbe1d444c63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHI-I-2003-0908-01" TargetMode="External"/><Relationship Id="rId683868fbe1d444d15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.mycoportal.org/portal/index.php" TargetMode="External"/><Relationship Id="rId607068fbe1d4452f2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId709368fbe1d4454af" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1979.tb02450.x" TargetMode="External"/><Relationship Id="rId435268fbe1d4410ea" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId435268fbe1d4410ea.jpg"/><Relationship Id="rId546768fbe1d4437ad" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId546768fbe1d4437ad.jpg"/><Relationship Id="rId555168fbe1d445546" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId555168fbe1d445546.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId922114815" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId406657551" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId8823691a3e40ca9d0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CRONQU/" TargetMode="External"/><Relationship Id="rId2291691a3e40caa13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CRONQU/categorization" TargetMode="External"/><Relationship Id="rId4067691a3e40cac27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CRONQU/photos" TargetMode="External"/><Relationship Id="rId9773691a3e40cdfd0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.pone.0210952" TargetMode="External"/><Relationship Id="rId9849691a3e40ce170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1079/cabicompendium.16153" TargetMode="External"/><Relationship Id="rId7332691a3e40ce29a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2018.5511" TargetMode="External"/><Relationship Id="rId9007691a3e40ce68d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHI-I-2003-0908-01" TargetMode="External"/><Relationship Id="rId6935691a3e40ce73c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.mycoportal.org/portal/index.php" TargetMode="External"/><Relationship Id="rId7791691a3e40cec07" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId5710691a3e40cedac" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1979.tb02450.x" TargetMode="External"/><Relationship Id="rId4793691a3e40cab1a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId4793691a3e40cab1a.jpg"/><Relationship Id="rId8835691a3e40cd207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId8835691a3e40cd207.jpg"/><Relationship Id="rId1455691a3e40cee33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId1455691a3e40cee33.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>