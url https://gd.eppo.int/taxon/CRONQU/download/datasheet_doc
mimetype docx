--- v2 (2025-11-16)
+++ v3 (2025-12-07)
@@ -424,88 +424,88 @@
               <w:t xml:space="preserve"> Arthur &amp; F. Kern</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Eastern gall rust of pine, Western gall rust of pine, pine gall rust</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8823691a3e40ca9d0" w:history="1">
+            <w:hyperlink r:id="rId34766935291a154df" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
-            <w:hyperlink r:id="rId2291691a3e40caa13" w:history="1">
+            <w:hyperlink r:id="rId74506935291a15524" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -519,86 +519,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> CRONQU</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="26153472" name="name7116691a3e40cab1b" descr="2826.jpg"/>
+                  <wp:docPr id="83494217" name="name36636935291a1775c" descr="2826.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="2826.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId4793691a3e40cab1a" cstate="print"/>
+                          <a:blip r:embed="rId60346935291a17758" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId4067691a3e40cac27" w:history="1">
+            <w:hyperlink r:id="rId59986935291a178b6" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -3756,63 +3756,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">C. quercuum</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, mainly through molecular techniques to confirm the identity of the pathogen.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="19426355" name="name4568691a3e40cd20a" descr="CRONQU_distribution_map.jpg"/>
+            <wp:docPr id="68830155" name="name18496935291a19ec7" descr="CRONQU_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="CRONQU_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId8835691a3e40cd207" cstate="print"/>
+                    <a:blip r:embed="rId49756935291a19ec3" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -5692,51 +5692,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">14</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), e0210952. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9773691a3e40cdfd0" w:history="1">
+      <w:hyperlink r:id="rId31206935291a1b3ce" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1371/journal.pone.0210952</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5938,51 +5938,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI (2021) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Cronartium quercuum</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (pine-oak rust). CABI Compendium. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9849691a3e40ce170" w:history="1">
+      <w:hyperlink r:id="rId28526935291a1c911" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1079/cabicompendium.16153</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6124,51 +6124,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">16</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(12), e05511. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7332691a3e40ce29a" w:history="1">
+      <w:hyperlink r:id="rId91776935291a1ca7b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2018.5511</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6756,51 +6756,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Kuprevich VF &amp; Ulyanishchev VI (1975) Opredelitel rzhavchinnykh gribov SSSR. I. Nauk, USSR.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Maloy OC (2003) White pine blister rust. Plant Health Instructor (APS), 3. Available from: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9007691a3e40ce68d" w:history="1">
+      <w:hyperlink r:id="rId52136935291a1d184" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PHI-I-2003-0908-01</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6864,51 +6864,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1795–1807.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">MyCoPortal (2024) </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6935691a3e40ce73c" w:history="1">
+      <w:hyperlink r:id="rId89496935291a1d287" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.mycoportal.org/portal/index.php</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Accessed in January 2024.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -7643,51 +7643,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Cronartium quercuum</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7791691a3e40cec07" w:history="1">
+      <w:hyperlink r:id="rId40436935291a1e0c6" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -7898,81 +7898,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">9</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 47-60.  </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5710691a3e40cedac" w:history="1">
+      <w:hyperlink r:id="rId66206935291a1e280" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.1979.tb02450.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="97512239" name="name7126691a3e40cee34" descr="eu_funding_250.png"/>
+            <wp:docPr id="76062553" name="name14946935291a1e5fa" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId1455691a3e40cee33" cstate="print"/>
+                    <a:blip r:embed="rId74706935291a1e5f8" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -8070,137 +8070,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="69515408">
+  <w:abstractNum w:abstractNumId="71563275">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="40347849">
+    <w:lvl w:ilvl="0" w:tplc="82780590">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="40347849" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="82780590" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="40347849" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="82780590" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="40347849" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="82780590" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="40347849" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="82780590" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="40347849" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="82780590" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="40347849" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="82780590" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="40347849" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="82780590" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="40347849" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="82780590" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="69515407">
+  <w:abstractNum w:abstractNumId="71563274">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="75776978">
+    <w:lvl w:ilvl="0" w:tplc="79562741">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -8952,55 +8952,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="69515407">
-    <w:abstractNumId w:val="69515407"/>
+  <w:num w:numId="71563274">
+    <w:abstractNumId w:val="71563274"/>
   </w:num>
-  <w:num w:numId="69515408">
-    <w:abstractNumId w:val="69515408"/>
+  <w:num w:numId="71563275">
+    <w:abstractNumId w:val="71563275"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -20550,51 +20550,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId922114815" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId406657551" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId8823691a3e40ca9d0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CRONQU/" TargetMode="External"/><Relationship Id="rId2291691a3e40caa13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CRONQU/categorization" TargetMode="External"/><Relationship Id="rId4067691a3e40cac27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CRONQU/photos" TargetMode="External"/><Relationship Id="rId9773691a3e40cdfd0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.pone.0210952" TargetMode="External"/><Relationship Id="rId9849691a3e40ce170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1079/cabicompendium.16153" TargetMode="External"/><Relationship Id="rId7332691a3e40ce29a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2018.5511" TargetMode="External"/><Relationship Id="rId9007691a3e40ce68d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHI-I-2003-0908-01" TargetMode="External"/><Relationship Id="rId6935691a3e40ce73c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.mycoportal.org/portal/index.php" TargetMode="External"/><Relationship Id="rId7791691a3e40cec07" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId5710691a3e40cedac" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1979.tb02450.x" TargetMode="External"/><Relationship Id="rId4793691a3e40cab1a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId4793691a3e40cab1a.jpg"/><Relationship Id="rId8835691a3e40cd207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId8835691a3e40cd207.jpg"/><Relationship Id="rId1455691a3e40cee33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId1455691a3e40cee33.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId857467704" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId994161072" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId34766935291a154df" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CRONQU/" TargetMode="External"/><Relationship Id="rId74506935291a15524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CRONQU/categorization" TargetMode="External"/><Relationship Id="rId59986935291a178b6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CRONQU/photos" TargetMode="External"/><Relationship Id="rId31206935291a1b3ce" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.pone.0210952" TargetMode="External"/><Relationship Id="rId28526935291a1c911" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1079/cabicompendium.16153" TargetMode="External"/><Relationship Id="rId91776935291a1ca7b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2018.5511" TargetMode="External"/><Relationship Id="rId52136935291a1d184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHI-I-2003-0908-01" TargetMode="External"/><Relationship Id="rId89496935291a1d287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.mycoportal.org/portal/index.php" TargetMode="External"/><Relationship Id="rId40436935291a1e0c6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId66206935291a1e280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1979.tb02450.x" TargetMode="External"/><Relationship Id="rId60346935291a17758" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId60346935291a17758.jpg"/><Relationship Id="rId49756935291a19ec3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId49756935291a19ec3.jpg"/><Relationship Id="rId74706935291a1e5f8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId74706935291a1e5f8.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>