--- v3 (2025-12-07)
+++ v4 (2025-12-28)
@@ -424,88 +424,88 @@
               <w:t xml:space="preserve"> Arthur &amp; F. Kern</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Eastern gall rust of pine, Western gall rust of pine, pine gall rust</w:t>
             </w:r>
-            <w:hyperlink r:id="rId34766935291a154df" w:history="1">
+            <w:hyperlink r:id="rId618869509f74f2e5e" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
-            <w:hyperlink r:id="rId74506935291a15524" w:history="1">
+            <w:hyperlink r:id="rId329769509f74f2ea2" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -519,86 +519,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> CRONQU</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="83494217" name="name36636935291a1775c" descr="2826.jpg"/>
+                  <wp:docPr id="82781831" name="name489569509f74f35e1" descr="2826.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="2826.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId60346935291a17758" cstate="print"/>
+                          <a:blip r:embed="rId705069509f74f35df" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId59986935291a178b6" w:history="1">
+            <w:hyperlink r:id="rId447769509f74f36fa" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -3756,63 +3756,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">C. quercuum</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, mainly through molecular techniques to confirm the identity of the pathogen.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="68830155" name="name18496935291a19ec7" descr="CRONQU_distribution_map.jpg"/>
+            <wp:docPr id="73841378" name="name907569509f7501648" descr="CRONQU_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="CRONQU_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId49756935291a19ec3" cstate="print"/>
+                    <a:blip r:embed="rId612969509f7501645" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -5692,51 +5692,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">14</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), e0210952. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId31206935291a1b3ce" w:history="1">
+      <w:hyperlink r:id="rId271669509f75025c6" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1371/journal.pone.0210952</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5938,51 +5938,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI (2021) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Cronartium quercuum</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (pine-oak rust). CABI Compendium. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId28526935291a1c911" w:history="1">
+      <w:hyperlink r:id="rId119869509f7502756" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1079/cabicompendium.16153</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6124,51 +6124,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">16</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(12), e05511. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId91776935291a1ca7b" w:history="1">
+      <w:hyperlink r:id="rId244569509f75028a3" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2018.5511</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6756,51 +6756,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Kuprevich VF &amp; Ulyanishchev VI (1975) Opredelitel rzhavchinnykh gribov SSSR. I. Nauk, USSR.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Maloy OC (2003) White pine blister rust. Plant Health Instructor (APS), 3. Available from: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId52136935291a1d184" w:history="1">
+      <w:hyperlink r:id="rId850569509f7502c9d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PHI-I-2003-0908-01</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6864,51 +6864,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1795–1807.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">MyCoPortal (2024) </w:t>
       </w:r>
-      <w:hyperlink r:id="rId89496935291a1d287" w:history="1">
+      <w:hyperlink r:id="rId651969509f7502d4d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.mycoportal.org/portal/index.php</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Accessed in January 2024.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -7643,51 +7643,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Cronartium quercuum</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId40436935291a1e0c6" w:history="1">
+      <w:hyperlink r:id="rId591769509f7503247" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -7898,81 +7898,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">9</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 47-60.  </w:t>
       </w:r>
-      <w:hyperlink r:id="rId66206935291a1e280" w:history="1">
+      <w:hyperlink r:id="rId756069509f75033f6" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.1979.tb02450.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="76062553" name="name14946935291a1e5fa" descr="eu_funding_250.png"/>
+            <wp:docPr id="95065958" name="name780969509f7503496" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId74706935291a1e5f8" cstate="print"/>
+                    <a:blip r:embed="rId497769509f7503495" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -8070,137 +8070,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="71563275">
+  <w:abstractNum w:abstractNumId="22996500">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="82780590">
+    <w:lvl w:ilvl="0" w:tplc="62971033">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="82780590" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="62971033" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="82780590" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="62971033" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="82780590" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="62971033" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="82780590" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="62971033" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="82780590" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="62971033" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="82780590" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="62971033" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="82780590" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="62971033" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="82780590" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="62971033" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="71563274">
+  <w:abstractNum w:abstractNumId="22996499">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="79562741">
+    <w:lvl w:ilvl="0" w:tplc="13477506">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -8952,55 +8952,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="71563274">
-    <w:abstractNumId w:val="71563274"/>
+  <w:num w:numId="22996499">
+    <w:abstractNumId w:val="22996499"/>
   </w:num>
-  <w:num w:numId="71563275">
-    <w:abstractNumId w:val="71563275"/>
+  <w:num w:numId="22996500">
+    <w:abstractNumId w:val="22996500"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -20550,51 +20550,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId857467704" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId994161072" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId34766935291a154df" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CRONQU/" TargetMode="External"/><Relationship Id="rId74506935291a15524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CRONQU/categorization" TargetMode="External"/><Relationship Id="rId59986935291a178b6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CRONQU/photos" TargetMode="External"/><Relationship Id="rId31206935291a1b3ce" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.pone.0210952" TargetMode="External"/><Relationship Id="rId28526935291a1c911" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1079/cabicompendium.16153" TargetMode="External"/><Relationship Id="rId91776935291a1ca7b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2018.5511" TargetMode="External"/><Relationship Id="rId52136935291a1d184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHI-I-2003-0908-01" TargetMode="External"/><Relationship Id="rId89496935291a1d287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.mycoportal.org/portal/index.php" TargetMode="External"/><Relationship Id="rId40436935291a1e0c6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId66206935291a1e280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1979.tb02450.x" TargetMode="External"/><Relationship Id="rId60346935291a17758" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId60346935291a17758.jpg"/><Relationship Id="rId49756935291a19ec3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId49756935291a19ec3.jpg"/><Relationship Id="rId74706935291a1e5f8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId74706935291a1e5f8.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId431689493" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId283550665" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId618869509f74f2e5e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CRONQU/" TargetMode="External"/><Relationship Id="rId329769509f74f2ea2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CRONQU/categorization" TargetMode="External"/><Relationship Id="rId447769509f74f36fa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CRONQU/photos" TargetMode="External"/><Relationship Id="rId271669509f75025c6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.pone.0210952" TargetMode="External"/><Relationship Id="rId119869509f7502756" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1079/cabicompendium.16153" TargetMode="External"/><Relationship Id="rId244569509f75028a3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2018.5511" TargetMode="External"/><Relationship Id="rId850569509f7502c9d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHI-I-2003-0908-01" TargetMode="External"/><Relationship Id="rId651969509f7502d4d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.mycoportal.org/portal/index.php" TargetMode="External"/><Relationship Id="rId591769509f7503247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId756069509f75033f6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1979.tb02450.x" TargetMode="External"/><Relationship Id="rId705069509f74f35df" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId705069509f74f35df.jpg"/><Relationship Id="rId612969509f7501645" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId612969509f7501645.jpg"/><Relationship Id="rId497769509f7503495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId497769509f7503495.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>