--- v4 (2025-12-28)
+++ v5 (2025-12-28)
@@ -424,88 +424,88 @@
               <w:t xml:space="preserve"> Arthur &amp; F. Kern</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Eastern gall rust of pine, Western gall rust of pine, pine gall rust</w:t>
             </w:r>
-            <w:hyperlink r:id="rId618869509f74f2e5e" w:history="1">
+            <w:hyperlink r:id="rId57116950b16bda264" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
-            <w:hyperlink r:id="rId329769509f74f2ea2" w:history="1">
+            <w:hyperlink r:id="rId14416950b16bda2ab" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -519,86 +519,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> CRONQU</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="82781831" name="name489569509f74f35e1" descr="2826.jpg"/>
+                  <wp:docPr id="20505644" name="name85176950b16bdaa57" descr="2826.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="2826.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId705069509f74f35df" cstate="print"/>
+                          <a:blip r:embed="rId61126950b16bdaa55" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId447769509f74f36fa" w:history="1">
+            <w:hyperlink r:id="rId92306950b16bdac0b" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -3756,63 +3756,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">C. quercuum</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, mainly through molecular techniques to confirm the identity of the pathogen.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="73841378" name="name907569509f7501648" descr="CRONQU_distribution_map.jpg"/>
+            <wp:docPr id="12614819" name="name24266950b16bdd1ef" descr="CRONQU_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="CRONQU_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId612969509f7501645" cstate="print"/>
+                    <a:blip r:embed="rId82856950b16bdd1eb" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -5692,51 +5692,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">14</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), e0210952. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId271669509f75025c6" w:history="1">
+      <w:hyperlink r:id="rId52906950b16bde016" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1371/journal.pone.0210952</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5938,51 +5938,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI (2021) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Cronartium quercuum</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (pine-oak rust). CABI Compendium. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId119869509f7502756" w:history="1">
+      <w:hyperlink r:id="rId21916950b16bde1a2" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1079/cabicompendium.16153</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6124,51 +6124,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">16</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(12), e05511. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId244569509f75028a3" w:history="1">
+      <w:hyperlink r:id="rId85756950b16bde2cc" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2018.5511</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6756,51 +6756,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Kuprevich VF &amp; Ulyanishchev VI (1975) Opredelitel rzhavchinnykh gribov SSSR. I. Nauk, USSR.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Maloy OC (2003) White pine blister rust. Plant Health Instructor (APS), 3. Available from: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId850569509f7502c9d" w:history="1">
+      <w:hyperlink r:id="rId63516950b16bde6d9" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PHI-I-2003-0908-01</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6864,51 +6864,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1795–1807.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">MyCoPortal (2024) </w:t>
       </w:r>
-      <w:hyperlink r:id="rId651969509f7502d4d" w:history="1">
+      <w:hyperlink r:id="rId46496950b16bde788" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.mycoportal.org/portal/index.php</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Accessed in January 2024.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -7643,51 +7643,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Cronartium quercuum</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId591769509f7503247" w:history="1">
+      <w:hyperlink r:id="rId22546950b16bdec7f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -7898,81 +7898,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">9</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 47-60.  </w:t>
       </w:r>
-      <w:hyperlink r:id="rId756069509f75033f6" w:history="1">
+      <w:hyperlink r:id="rId80906950b16bdee2d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.1979.tb02450.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="95065958" name="name780969509f7503496" descr="eu_funding_250.png"/>
+            <wp:docPr id="45954547" name="name57936950b16bdee99" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId497769509f7503495" cstate="print"/>
+                    <a:blip r:embed="rId47406950b16bdee97" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -8070,137 +8070,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="22996500">
+  <w:abstractNum w:abstractNumId="59958773">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="62971033">
+    <w:lvl w:ilvl="0" w:tplc="47628094">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="62971033" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="47628094" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="62971033" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="47628094" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="62971033" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="47628094" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="62971033" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="47628094" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="62971033" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="47628094" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="62971033" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="47628094" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="62971033" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="47628094" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="62971033" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="47628094" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="22996499">
+  <w:abstractNum w:abstractNumId="59958772">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="13477506">
+    <w:lvl w:ilvl="0" w:tplc="93928019">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -8952,55 +8952,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="22996499">
-    <w:abstractNumId w:val="22996499"/>
+  <w:num w:numId="59958772">
+    <w:abstractNumId w:val="59958772"/>
   </w:num>
-  <w:num w:numId="22996500">
-    <w:abstractNumId w:val="22996500"/>
+  <w:num w:numId="59958773">
+    <w:abstractNumId w:val="59958773"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -20550,51 +20550,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId431689493" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId283550665" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId618869509f74f2e5e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CRONQU/" TargetMode="External"/><Relationship Id="rId329769509f74f2ea2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CRONQU/categorization" TargetMode="External"/><Relationship Id="rId447769509f74f36fa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CRONQU/photos" TargetMode="External"/><Relationship Id="rId271669509f75025c6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.pone.0210952" TargetMode="External"/><Relationship Id="rId119869509f7502756" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1079/cabicompendium.16153" TargetMode="External"/><Relationship Id="rId244569509f75028a3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2018.5511" TargetMode="External"/><Relationship Id="rId850569509f7502c9d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHI-I-2003-0908-01" TargetMode="External"/><Relationship Id="rId651969509f7502d4d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.mycoportal.org/portal/index.php" TargetMode="External"/><Relationship Id="rId591769509f7503247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId756069509f75033f6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1979.tb02450.x" TargetMode="External"/><Relationship Id="rId705069509f74f35df" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId705069509f74f35df.jpg"/><Relationship Id="rId612969509f7501645" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId612969509f7501645.jpg"/><Relationship Id="rId497769509f7503495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId497769509f7503495.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId932154608" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId895705782" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId57116950b16bda264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CRONQU/" TargetMode="External"/><Relationship Id="rId14416950b16bda2ab" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CRONQU/categorization" TargetMode="External"/><Relationship Id="rId92306950b16bdac0b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CRONQU/photos" TargetMode="External"/><Relationship Id="rId52906950b16bde016" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.pone.0210952" TargetMode="External"/><Relationship Id="rId21916950b16bde1a2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1079/cabicompendium.16153" TargetMode="External"/><Relationship Id="rId85756950b16bde2cc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2018.5511" TargetMode="External"/><Relationship Id="rId63516950b16bde6d9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHI-I-2003-0908-01" TargetMode="External"/><Relationship Id="rId46496950b16bde788" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.mycoportal.org/portal/index.php" TargetMode="External"/><Relationship Id="rId22546950b16bdec7f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId80906950b16bdee2d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1979.tb02450.x" TargetMode="External"/><Relationship Id="rId61126950b16bdaa55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId61126950b16bdaa55.jpg"/><Relationship Id="rId82856950b16bdd1eb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId82856950b16bdd1eb.jpg"/><Relationship Id="rId47406950b16bdee97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId47406950b16bdee97.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>