--- v5 (2025-12-28)
+++ v6 (2026-01-18)
@@ -424,88 +424,88 @@
               <w:t xml:space="preserve"> Arthur &amp; F. Kern</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Eastern gall rust of pine, Western gall rust of pine, pine gall rust</w:t>
             </w:r>
-            <w:hyperlink r:id="rId57116950b16bda264" w:history="1">
+            <w:hyperlink r:id="rId5324696c2864c9bb5" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14416950b16bda2ab" w:history="1">
+            <w:hyperlink r:id="rId3546696c2864c9bf9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -519,86 +519,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> CRONQU</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="20505644" name="name85176950b16bdaa57" descr="2826.jpg"/>
+                  <wp:docPr id="56195097" name="name6514696c2864ca098" descr="2826.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="2826.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId61126950b16bdaa55" cstate="print"/>
+                          <a:blip r:embed="rId6095696c2864ca095" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId92306950b16bdac0b" w:history="1">
+            <w:hyperlink r:id="rId4322696c2864ca1ba" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -3756,63 +3756,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">C. quercuum</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, mainly through molecular techniques to confirm the identity of the pathogen.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="12614819" name="name24266950b16bdd1ef" descr="CRONQU_distribution_map.jpg"/>
+            <wp:docPr id="21450077" name="name9044696c2864cc1bc" descr="CRONQU_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="CRONQU_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId82856950b16bdd1eb" cstate="print"/>
+                    <a:blip r:embed="rId3921696c2864cc1b8" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -5692,51 +5692,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">14</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), e0210952. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId52906950b16bde016" w:history="1">
+      <w:hyperlink r:id="rId4338696c2864ccfbc" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1371/journal.pone.0210952</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5938,51 +5938,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI (2021) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Cronartium quercuum</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (pine-oak rust). CABI Compendium. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId21916950b16bde1a2" w:history="1">
+      <w:hyperlink r:id="rId6079696c2864cd170" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1079/cabicompendium.16153</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6124,51 +6124,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">16</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(12), e05511. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId85756950b16bde2cc" w:history="1">
+      <w:hyperlink r:id="rId7159696c2864cd2af" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2018.5511</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6756,51 +6756,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Kuprevich VF &amp; Ulyanishchev VI (1975) Opredelitel rzhavchinnykh gribov SSSR. I. Nauk, USSR.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Maloy OC (2003) White pine blister rust. Plant Health Instructor (APS), 3. Available from: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId63516950b16bde6d9" w:history="1">
+      <w:hyperlink r:id="rId6568696c2864cd690" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PHI-I-2003-0908-01</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6864,51 +6864,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1795–1807.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">MyCoPortal (2024) </w:t>
       </w:r>
-      <w:hyperlink r:id="rId46496950b16bde788" w:history="1">
+      <w:hyperlink r:id="rId9223696c2864cd73e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.mycoportal.org/portal/index.php</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Accessed in January 2024.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -7621,73 +7621,73 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">How to cite this datasheet?</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">EPPO (2025) </w:t>
+        <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Cronartium quercuum</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId22546950b16bdec7f" w:history="1">
+      <w:hyperlink r:id="rId6393696c2864cdc16" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -7898,81 +7898,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">9</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 47-60.  </w:t>
       </w:r>
-      <w:hyperlink r:id="rId80906950b16bdee2d" w:history="1">
+      <w:hyperlink r:id="rId5222696c2864cddbe" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.1979.tb02450.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="45954547" name="name57936950b16bdee99" descr="eu_funding_250.png"/>
+            <wp:docPr id="56084115" name="name9539696c2864cde30" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId47406950b16bdee97" cstate="print"/>
+                    <a:blip r:embed="rId9943696c2864cde2f" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -8070,137 +8070,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="59958773">
+  <w:abstractNum w:abstractNumId="45650652">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="47628094">
+    <w:lvl w:ilvl="0" w:tplc="14829715">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="47628094" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="14829715" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="47628094" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="14829715" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="47628094" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="14829715" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="47628094" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="14829715" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="47628094" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="14829715" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="47628094" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="14829715" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="47628094" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="14829715" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="47628094" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="14829715" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="59958772">
+  <w:abstractNum w:abstractNumId="45650651">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="93928019">
+    <w:lvl w:ilvl="0" w:tplc="53647218">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -8952,55 +8952,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="59958772">
-    <w:abstractNumId w:val="59958772"/>
+  <w:num w:numId="45650651">
+    <w:abstractNumId w:val="45650651"/>
   </w:num>
-  <w:num w:numId="59958773">
-    <w:abstractNumId w:val="59958773"/>
+  <w:num w:numId="45650652">
+    <w:abstractNumId w:val="45650652"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -20550,51 +20550,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId932154608" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId895705782" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId57116950b16bda264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CRONQU/" TargetMode="External"/><Relationship Id="rId14416950b16bda2ab" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CRONQU/categorization" TargetMode="External"/><Relationship Id="rId92306950b16bdac0b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CRONQU/photos" TargetMode="External"/><Relationship Id="rId52906950b16bde016" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.pone.0210952" TargetMode="External"/><Relationship Id="rId21916950b16bde1a2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1079/cabicompendium.16153" TargetMode="External"/><Relationship Id="rId85756950b16bde2cc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2018.5511" TargetMode="External"/><Relationship Id="rId63516950b16bde6d9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHI-I-2003-0908-01" TargetMode="External"/><Relationship Id="rId46496950b16bde788" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.mycoportal.org/portal/index.php" TargetMode="External"/><Relationship Id="rId22546950b16bdec7f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId80906950b16bdee2d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1979.tb02450.x" TargetMode="External"/><Relationship Id="rId61126950b16bdaa55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId61126950b16bdaa55.jpg"/><Relationship Id="rId82856950b16bdd1eb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId82856950b16bdd1eb.jpg"/><Relationship Id="rId47406950b16bdee97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId47406950b16bdee97.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId974297348" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId974379833" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId5324696c2864c9bb5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CRONQU/" TargetMode="External"/><Relationship Id="rId3546696c2864c9bf9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CRONQU/categorization" TargetMode="External"/><Relationship Id="rId4322696c2864ca1ba" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CRONQU/photos" TargetMode="External"/><Relationship Id="rId4338696c2864ccfbc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.pone.0210952" TargetMode="External"/><Relationship Id="rId6079696c2864cd170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1079/cabicompendium.16153" TargetMode="External"/><Relationship Id="rId7159696c2864cd2af" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2018.5511" TargetMode="External"/><Relationship Id="rId6568696c2864cd690" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHI-I-2003-0908-01" TargetMode="External"/><Relationship Id="rId9223696c2864cd73e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.mycoportal.org/portal/index.php" TargetMode="External"/><Relationship Id="rId6393696c2864cdc16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId5222696c2864cddbe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1979.tb02450.x" TargetMode="External"/><Relationship Id="rId6095696c2864ca095" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId6095696c2864ca095.jpg"/><Relationship Id="rId3921696c2864cc1b8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId3921696c2864cc1b8.jpg"/><Relationship Id="rId9943696c2864cde2f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId9943696c2864cde2f.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>