--- v6 (2026-01-18)
+++ v7 (2026-02-09)
@@ -424,88 +424,88 @@
               <w:t xml:space="preserve"> Arthur &amp; F. Kern</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Eastern gall rust of pine, Western gall rust of pine, pine gall rust</w:t>
             </w:r>
-            <w:hyperlink r:id="rId5324696c2864c9bb5" w:history="1">
+            <w:hyperlink r:id="rId94806989eb03cacb1" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
-            <w:hyperlink r:id="rId3546696c2864c9bf9" w:history="1">
+            <w:hyperlink r:id="rId18926989eb03cacf5" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -519,86 +519,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> CRONQU</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="56195097" name="name6514696c2864ca098" descr="2826.jpg"/>
+                  <wp:docPr id="99470419" name="name88576989eb03cb28d" descr="2826.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="2826.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId6095696c2864ca095" cstate="print"/>
+                          <a:blip r:embed="rId15866989eb03cb28c" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId4322696c2864ca1ba" w:history="1">
+            <w:hyperlink r:id="rId31706989eb03cb3ba" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -3756,105 +3756,105 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">C. quercuum</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, mainly through molecular techniques to confirm the identity of the pathogen.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="21450077" name="name9044696c2864cc1bc" descr="CRONQU_distribution_map.jpg"/>
+            <wp:docPr id="87136112" name="name46586989eb03cce12" descr="CRONQU_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="CRONQU_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId3921696c2864cc1b8" cstate="print"/>
+                    <a:blip r:embed="rId78886989eb03cce0f" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">EPPO Region:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Russian Federation (the) (Far East)</w:t>
+        <w:t xml:space="preserve"> Russian Federation (Far East)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">Asia:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> China (Anhui, Gansu, Guangxi, Guizhou, Heilongjiang, Hubei, Hunan, Jiangsu, Jiangxi, Shaanxi, Sichuan, Yunnan, Zhejiang), India (Manipur, Meghalaya), Japan, Korea, Democratic People's Republic of, Korea, Republic of, Philippines</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -5692,51 +5692,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">14</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), e0210952. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4338696c2864ccfbc" w:history="1">
+      <w:hyperlink r:id="rId24596989eb03cdc64" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1371/journal.pone.0210952</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5938,51 +5938,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI (2021) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Cronartium quercuum</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (pine-oak rust). CABI Compendium. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6079696c2864cd170" w:history="1">
+      <w:hyperlink r:id="rId98396989eb03cddf5" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1079/cabicompendium.16153</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6124,51 +6124,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">16</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(12), e05511. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7159696c2864cd2af" w:history="1">
+      <w:hyperlink r:id="rId42416989eb03cdf23" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2018.5511</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6756,51 +6756,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Kuprevich VF &amp; Ulyanishchev VI (1975) Opredelitel rzhavchinnykh gribov SSSR. I. Nauk, USSR.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Maloy OC (2003) White pine blister rust. Plant Health Instructor (APS), 3. Available from: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6568696c2864cd690" w:history="1">
+      <w:hyperlink r:id="rId88346989eb03ce34b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PHI-I-2003-0908-01</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6864,51 +6864,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1795–1807.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">MyCoPortal (2024) </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9223696c2864cd73e" w:history="1">
+      <w:hyperlink r:id="rId68976989eb03ce3fe" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.mycoportal.org/portal/index.php</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Accessed in January 2024.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -7643,51 +7643,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Cronartium quercuum</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6393696c2864cdc16" w:history="1">
+      <w:hyperlink r:id="rId39906989eb03ce8f9" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -7898,81 +7898,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">9</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 47-60.  </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5222696c2864cddbe" w:history="1">
+      <w:hyperlink r:id="rId42026989eb03ceaaa" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.1979.tb02450.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="56084115" name="name9539696c2864cde30" descr="eu_funding_250.png"/>
+            <wp:docPr id="65360999" name="name13486989eb03ceb29" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId9943696c2864cde2f" cstate="print"/>
+                    <a:blip r:embed="rId64846989eb03ceb28" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -8070,137 +8070,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="45650652">
+  <w:abstractNum w:abstractNumId="67673600">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="14829715">
+    <w:lvl w:ilvl="0" w:tplc="12419562">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="14829715" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="12419562" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="14829715" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="12419562" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="14829715" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="12419562" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="14829715" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="12419562" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="14829715" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="12419562" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="14829715" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="12419562" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="14829715" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="12419562" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="14829715" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="12419562" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="45650651">
+  <w:abstractNum w:abstractNumId="67673599">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="53647218">
+    <w:lvl w:ilvl="0" w:tplc="14451009">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -8952,55 +8952,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="45650651">
-    <w:abstractNumId w:val="45650651"/>
+  <w:num w:numId="67673599">
+    <w:abstractNumId w:val="67673599"/>
   </w:num>
-  <w:num w:numId="45650652">
-    <w:abstractNumId w:val="45650652"/>
+  <w:num w:numId="67673600">
+    <w:abstractNumId w:val="67673600"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -20550,51 +20550,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId974297348" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId974379833" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId5324696c2864c9bb5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CRONQU/" TargetMode="External"/><Relationship Id="rId3546696c2864c9bf9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CRONQU/categorization" TargetMode="External"/><Relationship Id="rId4322696c2864ca1ba" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CRONQU/photos" TargetMode="External"/><Relationship Id="rId4338696c2864ccfbc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.pone.0210952" TargetMode="External"/><Relationship Id="rId6079696c2864cd170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1079/cabicompendium.16153" TargetMode="External"/><Relationship Id="rId7159696c2864cd2af" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2018.5511" TargetMode="External"/><Relationship Id="rId6568696c2864cd690" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHI-I-2003-0908-01" TargetMode="External"/><Relationship Id="rId9223696c2864cd73e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.mycoportal.org/portal/index.php" TargetMode="External"/><Relationship Id="rId6393696c2864cdc16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId5222696c2864cddbe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1979.tb02450.x" TargetMode="External"/><Relationship Id="rId6095696c2864ca095" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId6095696c2864ca095.jpg"/><Relationship Id="rId3921696c2864cc1b8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId3921696c2864cc1b8.jpg"/><Relationship Id="rId9943696c2864cde2f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId9943696c2864cde2f.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId793838128" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId589483705" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId94806989eb03cacb1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CRONQU/" TargetMode="External"/><Relationship Id="rId18926989eb03cacf5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CRONQU/categorization" TargetMode="External"/><Relationship Id="rId31706989eb03cb3ba" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CRONQU/photos" TargetMode="External"/><Relationship Id="rId24596989eb03cdc64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.pone.0210952" TargetMode="External"/><Relationship Id="rId98396989eb03cddf5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1079/cabicompendium.16153" TargetMode="External"/><Relationship Id="rId42416989eb03cdf23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2018.5511" TargetMode="External"/><Relationship Id="rId88346989eb03ce34b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHI-I-2003-0908-01" TargetMode="External"/><Relationship Id="rId68976989eb03ce3fe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.mycoportal.org/portal/index.php" TargetMode="External"/><Relationship Id="rId39906989eb03ce8f9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId42026989eb03ceaaa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1979.tb02450.x" TargetMode="External"/><Relationship Id="rId15866989eb03cb28c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId15866989eb03cb28c.jpg"/><Relationship Id="rId78886989eb03cce0f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId78886989eb03cce0f.jpg"/><Relationship Id="rId64846989eb03ceb28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId64846989eb03ceb28.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>