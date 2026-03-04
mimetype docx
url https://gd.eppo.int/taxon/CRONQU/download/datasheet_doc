--- v7 (2026-02-09)
+++ v8 (2026-03-04)
@@ -424,88 +424,88 @@
               <w:t xml:space="preserve"> Arthur &amp; F. Kern</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Eastern gall rust of pine, Western gall rust of pine, pine gall rust</w:t>
             </w:r>
-            <w:hyperlink r:id="rId94806989eb03cacb1" w:history="1">
+            <w:hyperlink r:id="rId309669a7f2cd5f6e9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18926989eb03cacf5" w:history="1">
+            <w:hyperlink r:id="rId224669a7f2cd5f732" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -519,86 +519,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> CRONQU</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="99470419" name="name88576989eb03cb28d" descr="2826.jpg"/>
+                  <wp:docPr id="3437184" name="name309069a7f2cd5fc07" descr="2826.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="2826.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId15866989eb03cb28c" cstate="print"/>
+                          <a:blip r:embed="rId418769a7f2cd5fc06" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId31706989eb03cb3ba" w:history="1">
+            <w:hyperlink r:id="rId295469a7f2cd5fd29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -3756,63 +3756,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">C. quercuum</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, mainly through molecular techniques to confirm the identity of the pathogen.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="87136112" name="name46586989eb03cce12" descr="CRONQU_distribution_map.jpg"/>
+            <wp:docPr id="66531392" name="name151869a7f2cd65e49" descr="CRONQU_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="CRONQU_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId78886989eb03cce0f" cstate="print"/>
+                    <a:blip r:embed="rId704869a7f2cd65e45" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -5692,51 +5692,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">14</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), e0210952. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId24596989eb03cdc64" w:history="1">
+      <w:hyperlink r:id="rId700269a7f2cd66ccd" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1371/journal.pone.0210952</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5938,51 +5938,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI (2021) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Cronartium quercuum</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (pine-oak rust). CABI Compendium. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId98396989eb03cddf5" w:history="1">
+      <w:hyperlink r:id="rId427369a7f2cd66e68" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1079/cabicompendium.16153</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6124,51 +6124,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">16</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(12), e05511. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId42416989eb03cdf23" w:history="1">
+      <w:hyperlink r:id="rId707569a7f2cd66f93" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2018.5511</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6756,51 +6756,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Kuprevich VF &amp; Ulyanishchev VI (1975) Opredelitel rzhavchinnykh gribov SSSR. I. Nauk, USSR.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Maloy OC (2003) White pine blister rust. Plant Health Instructor (APS), 3. Available from: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId88346989eb03ce34b" w:history="1">
+      <w:hyperlink r:id="rId374669a7f2cd673a8" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PHI-I-2003-0908-01</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6864,51 +6864,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1795–1807.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">MyCoPortal (2024) </w:t>
       </w:r>
-      <w:hyperlink r:id="rId68976989eb03ce3fe" w:history="1">
+      <w:hyperlink r:id="rId612569a7f2cd6745b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.mycoportal.org/portal/index.php</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Accessed in January 2024.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -7643,51 +7643,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Cronartium quercuum</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId39906989eb03ce8f9" w:history="1">
+      <w:hyperlink r:id="rId420269a7f2cd69953" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -7898,81 +7898,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">9</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 47-60.  </w:t>
       </w:r>
-      <w:hyperlink r:id="rId42026989eb03ceaaa" w:history="1">
+      <w:hyperlink r:id="rId321669a7f2cd69b13" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.1979.tb02450.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="65360999" name="name13486989eb03ceb29" descr="eu_funding_250.png"/>
+            <wp:docPr id="53392337" name="name457569a7f2cd69dba" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId64846989eb03ceb28" cstate="print"/>
+                    <a:blip r:embed="rId556969a7f2cd69db8" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -8070,137 +8070,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="67673600">
+  <w:abstractNum w:abstractNumId="41078897">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="12419562">
+    <w:lvl w:ilvl="0" w:tplc="56159679">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="12419562" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="56159679" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="12419562" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="56159679" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="12419562" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="56159679" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="12419562" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="56159679" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="12419562" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="56159679" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="12419562" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="56159679" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="12419562" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="56159679" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="12419562" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="56159679" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="67673599">
+  <w:abstractNum w:abstractNumId="41078896">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="14451009">
+    <w:lvl w:ilvl="0" w:tplc="88531359">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -8952,55 +8952,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="67673599">
-    <w:abstractNumId w:val="67673599"/>
+  <w:num w:numId="41078896">
+    <w:abstractNumId w:val="41078896"/>
   </w:num>
-  <w:num w:numId="67673600">
-    <w:abstractNumId w:val="67673600"/>
+  <w:num w:numId="41078897">
+    <w:abstractNumId w:val="41078897"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -20550,51 +20550,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId793838128" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId589483705" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId94806989eb03cacb1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CRONQU/" TargetMode="External"/><Relationship Id="rId18926989eb03cacf5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CRONQU/categorization" TargetMode="External"/><Relationship Id="rId31706989eb03cb3ba" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CRONQU/photos" TargetMode="External"/><Relationship Id="rId24596989eb03cdc64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.pone.0210952" TargetMode="External"/><Relationship Id="rId98396989eb03cddf5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1079/cabicompendium.16153" TargetMode="External"/><Relationship Id="rId42416989eb03cdf23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2018.5511" TargetMode="External"/><Relationship Id="rId88346989eb03ce34b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHI-I-2003-0908-01" TargetMode="External"/><Relationship Id="rId68976989eb03ce3fe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.mycoportal.org/portal/index.php" TargetMode="External"/><Relationship Id="rId39906989eb03ce8f9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId42026989eb03ceaaa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1979.tb02450.x" TargetMode="External"/><Relationship Id="rId15866989eb03cb28c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId15866989eb03cb28c.jpg"/><Relationship Id="rId78886989eb03cce0f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId78886989eb03cce0f.jpg"/><Relationship Id="rId64846989eb03ceb28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId64846989eb03ceb28.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId401635154" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId158183422" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId309669a7f2cd5f6e9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CRONQU/" TargetMode="External"/><Relationship Id="rId224669a7f2cd5f732" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CRONQU/categorization" TargetMode="External"/><Relationship Id="rId295469a7f2cd5fd29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CRONQU/photos" TargetMode="External"/><Relationship Id="rId700269a7f2cd66ccd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.pone.0210952" TargetMode="External"/><Relationship Id="rId427369a7f2cd66e68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1079/cabicompendium.16153" TargetMode="External"/><Relationship Id="rId707569a7f2cd66f93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2018.5511" TargetMode="External"/><Relationship Id="rId374669a7f2cd673a8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHI-I-2003-0908-01" TargetMode="External"/><Relationship Id="rId612569a7f2cd6745b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.mycoportal.org/portal/index.php" TargetMode="External"/><Relationship Id="rId420269a7f2cd69953" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId321669a7f2cd69b13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1979.tb02450.x" TargetMode="External"/><Relationship Id="rId418769a7f2cd5fc06" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId418769a7f2cd5fc06.jpg"/><Relationship Id="rId704869a7f2cd65e45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId704869a7f2cd65e45.jpg"/><Relationship Id="rId556969a7f2cd69db8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId556969a7f2cd69db8.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>