--- v0 (2025-10-04)
+++ v1 (2026-02-09)
@@ -119,51 +119,51 @@
   <si>
     <t>IR</t>
   </si>
   <si>
     <t>Israel</t>
   </si>
   <si>
     <t>IL</t>
   </si>
   <si>
     <t>Europe</t>
   </si>
   <si>
     <t>Georgia</t>
   </si>
   <si>
     <t>GE</t>
   </si>
   <si>
     <t>Norway</t>
   </si>
   <si>
     <t>NO</t>
   </si>
   <si>
-    <t>Russian Federation (the)</t>
+    <t>Russian Federation</t>
   </si>
   <si>
     <t>RU</t>
   </si>
   <si>
     <t>Türkiye</t>
   </si>
   <si>
     <t>TR</t>
   </si>
   <si>
     <t>Ukraine</t>
   </si>
   <si>
     <t>UA</t>
   </si>
   <si>
     <t>RPPO/EU</t>
   </si>
   <si>
     <t>EAEU</t>
   </si>
   <si>
     <t>9M</t>
   </si>