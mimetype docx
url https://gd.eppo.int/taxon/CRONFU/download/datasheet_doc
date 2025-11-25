--- v0 (2025-10-09)
+++ v1 (2025-11-25)
@@ -292,88 +292,88 @@
               <w:t xml:space="preserve"> Arthur &amp; F. Kern</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Southern fusiform rust of pine, fusiform rust of Southern pines, fusiform rust of pine, rust of oak</w:t>
             </w:r>
-            <w:hyperlink r:id="rId148568e769e4ad414" w:history="1">
+            <w:hyperlink r:id="rId14656925f3410ebf5" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
-            <w:hyperlink r:id="rId730968e769e4ad45b" w:history="1">
+            <w:hyperlink r:id="rId28956925f3410ec3c" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -387,86 +387,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> CRONFU</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="31731787" name="name401268e769e4ada27" descr="461.jpg"/>
+                  <wp:docPr id="96204186" name="name55246925f3410ed00" descr="461.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="461.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId631068e769e4ada26" cstate="print"/>
+                          <a:blip r:embed="rId28376925f3410ecff" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId826868e769e4adb20" w:history="1">
+            <w:hyperlink r:id="rId13726925f3410ee24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -2315,63 +2315,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">C. fusiforme</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> in those countries still needs to be confirmed.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="99679053" name="name474868e769e4af258" descr="CRONFU_distribution_map.jpg"/>
+            <wp:docPr id="28366467" name="name20806925f34111484" descr="CRONFU_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="CRONFU_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId876668e769e4af256" cstate="print"/>
+                    <a:blip r:embed="rId24366925f34111482" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -4802,51 +4802,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">14</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), e0210952. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId768168e769e4b0432" w:history="1">
+      <w:hyperlink r:id="rId31396925f34113ec6" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1371/journal.pone.0210952</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4988,51 +4988,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI (2019) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Cronartium fusiforme</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Southern fusiform rust) CABI Compendium. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId768068e769e4b0561" w:history="1">
+      <w:hyperlink r:id="rId45846925f341140fe" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.cabidigitallibrary.org/doi/10.1079/cabicompendium.16151</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5602,51 +5602,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">16</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(12), e05511. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId403568e769e4b092c" w:history="1">
+      <w:hyperlink r:id="rId90976925f34114709" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2018.5511</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6626,51 +6626,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 484-487.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Maloy OC (2003) White pine blister rust. Plant Health Instructor (APS), 3. Available from: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId934668e769e4b0ff0" w:history="1">
+      <w:hyperlink r:id="rId25916925f34114fd9" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PHI-I-2003-0908-01</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6754,51 +6754,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1206-1208.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">MyCoPortal (2024) </w:t>
       </w:r>
-      <w:hyperlink r:id="rId968868e769e4b10cc" w:history="1">
+      <w:hyperlink r:id="rId53546925f34115202" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.mycoportal.org/portal/index.php</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Accessed on January 2024.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6833,51 +6833,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">5</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 299. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId760668e769e4b114d" w:history="1">
+      <w:hyperlink r:id="rId89186925f34115289" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3389/fpls.2014.00299</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8065,51 +8065,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Cronartium fusiforme</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId780468e769e4b1ad2" w:history="1">
+      <w:hyperlink r:id="rId37106925f34115f07" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -8320,81 +8320,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">9</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 47-60. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId643168e769e4b1cce" w:history="1">
+      <w:hyperlink r:id="rId58746925f3411612b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.1979.tb02450.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="18573648" name="name220768e769e4b1d49" descr="eu_funding_250.png"/>
+            <wp:docPr id="83419285" name="name92406925f341161f7" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId346968e769e4b1d48" cstate="print"/>
+                    <a:blip r:embed="rId54846925f341161f6" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -8492,137 +8492,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="17323285">
+  <w:abstractNum w:abstractNumId="38667557">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="35436654">
+    <w:lvl w:ilvl="0" w:tplc="73887466">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="35436654" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="73887466" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="35436654" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="73887466" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="35436654" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="73887466" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="35436654" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="73887466" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="35436654" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="73887466" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="35436654" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="73887466" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="35436654" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="73887466" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="35436654" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="73887466" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="17323284">
+  <w:abstractNum w:abstractNumId="38667556">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="28580023">
+    <w:lvl w:ilvl="0" w:tplc="64369546">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -9374,55 +9374,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="17323284">
-    <w:abstractNumId w:val="17323284"/>
+  <w:num w:numId="38667556">
+    <w:abstractNumId w:val="38667556"/>
   </w:num>
-  <w:num w:numId="17323285">
-    <w:abstractNumId w:val="17323285"/>
+  <w:num w:numId="38667557">
+    <w:abstractNumId w:val="38667557"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -20972,51 +20972,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId724183792" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId317021021" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId148568e769e4ad414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CRONFU/" TargetMode="External"/><Relationship Id="rId730968e769e4ad45b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CRONFU/categorization" TargetMode="External"/><Relationship Id="rId826868e769e4adb20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CRONFU/photos" TargetMode="External"/><Relationship Id="rId768168e769e4b0432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.pone.0210952" TargetMode="External"/><Relationship Id="rId768068e769e4b0561" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabidigitallibrary.org/doi/10.1079/cabicompendium.16151" TargetMode="External"/><Relationship Id="rId403568e769e4b092c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2018.5511" TargetMode="External"/><Relationship Id="rId934668e769e4b0ff0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHI-I-2003-0908-01" TargetMode="External"/><Relationship Id="rId968868e769e4b10cc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.mycoportal.org/portal/index.php" TargetMode="External"/><Relationship Id="rId760668e769e4b114d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fpls.2014.00299" TargetMode="External"/><Relationship Id="rId780468e769e4b1ad2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId643168e769e4b1cce" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1979.tb02450.x" TargetMode="External"/><Relationship Id="rId631068e769e4ada26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId631068e769e4ada26.jpg"/><Relationship Id="rId876668e769e4af256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId876668e769e4af256.jpg"/><Relationship Id="rId346968e769e4b1d48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId346968e769e4b1d48.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId250501304" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId788598635" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId14656925f3410ebf5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CRONFU/" TargetMode="External"/><Relationship Id="rId28956925f3410ec3c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CRONFU/categorization" TargetMode="External"/><Relationship Id="rId13726925f3410ee24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CRONFU/photos" TargetMode="External"/><Relationship Id="rId31396925f34113ec6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.pone.0210952" TargetMode="External"/><Relationship Id="rId45846925f341140fe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabidigitallibrary.org/doi/10.1079/cabicompendium.16151" TargetMode="External"/><Relationship Id="rId90976925f34114709" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2018.5511" TargetMode="External"/><Relationship Id="rId25916925f34114fd9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHI-I-2003-0908-01" TargetMode="External"/><Relationship Id="rId53546925f34115202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.mycoportal.org/portal/index.php" TargetMode="External"/><Relationship Id="rId89186925f34115289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fpls.2014.00299" TargetMode="External"/><Relationship Id="rId37106925f34115f07" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId58746925f3411612b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1979.tb02450.x" TargetMode="External"/><Relationship Id="rId28376925f3410ecff" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId28376925f3410ecff.jpg"/><Relationship Id="rId24366925f34111482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId24366925f34111482.jpg"/><Relationship Id="rId54846925f341161f6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId54846925f341161f6.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>