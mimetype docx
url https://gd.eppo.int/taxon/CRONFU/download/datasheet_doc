--- v1 (2025-11-25)
+++ v2 (2025-12-16)
@@ -292,88 +292,88 @@
               <w:t xml:space="preserve"> Arthur &amp; F. Kern</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Southern fusiform rust of pine, fusiform rust of Southern pines, fusiform rust of pine, rust of oak</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14656925f3410ebf5" w:history="1">
+            <w:hyperlink r:id="rId34376940e9a39f851" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28956925f3410ec3c" w:history="1">
+            <w:hyperlink r:id="rId11366940e9a39f899" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -387,86 +387,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> CRONFU</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="96204186" name="name55246925f3410ed00" descr="461.jpg"/>
+                  <wp:docPr id="45612566" name="name23896940e9a39ff7b" descr="461.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="461.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId28376925f3410ecff" cstate="print"/>
+                          <a:blip r:embed="rId40446940e9a39ff79" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId13726925f3410ee24" w:history="1">
+            <w:hyperlink r:id="rId52056940e9a3a00bc" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -2315,63 +2315,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">C. fusiforme</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> in those countries still needs to be confirmed.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="28366467" name="name20806925f34111484" descr="CRONFU_distribution_map.jpg"/>
+            <wp:docPr id="80250212" name="name48396940e9a3a1bb0" descr="CRONFU_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="CRONFU_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId24366925f34111482" cstate="print"/>
+                    <a:blip r:embed="rId65026940e9a3a1bae" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -4802,51 +4802,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">14</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), e0210952. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId31396925f34113ec6" w:history="1">
+      <w:hyperlink r:id="rId41406940e9a3a2d2e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1371/journal.pone.0210952</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4988,51 +4988,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI (2019) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Cronartium fusiforme</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Southern fusiform rust) CABI Compendium. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId45846925f341140fe" w:history="1">
+      <w:hyperlink r:id="rId18176940e9a3a2e5d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.cabidigitallibrary.org/doi/10.1079/cabicompendium.16151</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5602,51 +5602,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">16</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(12), e05511. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId90976925f34114709" w:history="1">
+      <w:hyperlink r:id="rId61416940e9a3a323d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2018.5511</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6626,51 +6626,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 484-487.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Maloy OC (2003) White pine blister rust. Plant Health Instructor (APS), 3. Available from: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId25916925f34114fd9" w:history="1">
+      <w:hyperlink r:id="rId35326940e9a3a38c5" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PHI-I-2003-0908-01</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6754,51 +6754,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1206-1208.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">MyCoPortal (2024) </w:t>
       </w:r>
-      <w:hyperlink r:id="rId53546925f34115202" w:history="1">
+      <w:hyperlink r:id="rId53416940e9a3a3994" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.mycoportal.org/portal/index.php</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Accessed on January 2024.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6833,51 +6833,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">5</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 299. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId89186925f34115289" w:history="1">
+      <w:hyperlink r:id="rId65066940e9a3a3a13" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3389/fpls.2014.00299</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8065,51 +8065,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Cronartium fusiforme</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId37106925f34115f07" w:history="1">
+      <w:hyperlink r:id="rId13676940e9a3a41e9" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -8320,81 +8320,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">9</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 47-60. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId58746925f3411612b" w:history="1">
+      <w:hyperlink r:id="rId51796940e9a3a43a2" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.1979.tb02450.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="83419285" name="name92406925f341161f7" descr="eu_funding_250.png"/>
+            <wp:docPr id="81487069" name="name45546940e9a3a441b" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId54846925f341161f6" cstate="print"/>
+                    <a:blip r:embed="rId70576940e9a3a441a" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -8492,137 +8492,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="38667557">
+  <w:abstractNum w:abstractNumId="80821147">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="73887466">
+    <w:lvl w:ilvl="0" w:tplc="85624415">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="73887466" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="85624415" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="73887466" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="85624415" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="73887466" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="85624415" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="73887466" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="85624415" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="73887466" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="85624415" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="73887466" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="85624415" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="73887466" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="85624415" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="73887466" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="85624415" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="38667556">
+  <w:abstractNum w:abstractNumId="80821146">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="64369546">
+    <w:lvl w:ilvl="0" w:tplc="37392292">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -9374,55 +9374,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="38667556">
-    <w:abstractNumId w:val="38667556"/>
+  <w:num w:numId="80821146">
+    <w:abstractNumId w:val="80821146"/>
   </w:num>
-  <w:num w:numId="38667557">
-    <w:abstractNumId w:val="38667557"/>
+  <w:num w:numId="80821147">
+    <w:abstractNumId w:val="80821147"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -20972,51 +20972,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId250501304" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId788598635" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId14656925f3410ebf5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CRONFU/" TargetMode="External"/><Relationship Id="rId28956925f3410ec3c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CRONFU/categorization" TargetMode="External"/><Relationship Id="rId13726925f3410ee24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CRONFU/photos" TargetMode="External"/><Relationship Id="rId31396925f34113ec6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.pone.0210952" TargetMode="External"/><Relationship Id="rId45846925f341140fe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabidigitallibrary.org/doi/10.1079/cabicompendium.16151" TargetMode="External"/><Relationship Id="rId90976925f34114709" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2018.5511" TargetMode="External"/><Relationship Id="rId25916925f34114fd9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHI-I-2003-0908-01" TargetMode="External"/><Relationship Id="rId53546925f34115202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.mycoportal.org/portal/index.php" TargetMode="External"/><Relationship Id="rId89186925f34115289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fpls.2014.00299" TargetMode="External"/><Relationship Id="rId37106925f34115f07" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId58746925f3411612b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1979.tb02450.x" TargetMode="External"/><Relationship Id="rId28376925f3410ecff" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId28376925f3410ecff.jpg"/><Relationship Id="rId24366925f34111482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId24366925f34111482.jpg"/><Relationship Id="rId54846925f341161f6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId54846925f341161f6.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId915754491" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId544725859" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId34376940e9a39f851" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CRONFU/" TargetMode="External"/><Relationship Id="rId11366940e9a39f899" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CRONFU/categorization" TargetMode="External"/><Relationship Id="rId52056940e9a3a00bc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CRONFU/photos" TargetMode="External"/><Relationship Id="rId41406940e9a3a2d2e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.pone.0210952" TargetMode="External"/><Relationship Id="rId18176940e9a3a2e5d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabidigitallibrary.org/doi/10.1079/cabicompendium.16151" TargetMode="External"/><Relationship Id="rId61416940e9a3a323d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2018.5511" TargetMode="External"/><Relationship Id="rId35326940e9a3a38c5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHI-I-2003-0908-01" TargetMode="External"/><Relationship Id="rId53416940e9a3a3994" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.mycoportal.org/portal/index.php" TargetMode="External"/><Relationship Id="rId65066940e9a3a3a13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fpls.2014.00299" TargetMode="External"/><Relationship Id="rId13676940e9a3a41e9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId51796940e9a3a43a2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1979.tb02450.x" TargetMode="External"/><Relationship Id="rId40446940e9a39ff79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId40446940e9a39ff79.jpg"/><Relationship Id="rId65026940e9a3a1bae" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId65026940e9a3a1bae.jpg"/><Relationship Id="rId70576940e9a3a441a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId70576940e9a3a441a.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>