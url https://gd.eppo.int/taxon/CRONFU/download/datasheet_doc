--- v2 (2025-12-16)
+++ v3 (2026-01-17)
@@ -292,88 +292,88 @@
               <w:t xml:space="preserve"> Arthur &amp; F. Kern</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Southern fusiform rust of pine, fusiform rust of Southern pines, fusiform rust of pine, rust of oak</w:t>
             </w:r>
-            <w:hyperlink r:id="rId34376940e9a39f851" w:history="1">
+            <w:hyperlink r:id="rId3121696ae79fac963" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11366940e9a39f899" w:history="1">
+            <w:hyperlink r:id="rId4853696ae79fac9a9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -387,86 +387,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> CRONFU</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="45612566" name="name23896940e9a39ff7b" descr="461.jpg"/>
+                  <wp:docPr id="610440" name="name2773696ae79faceda" descr="461.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="461.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId40446940e9a39ff79" cstate="print"/>
+                          <a:blip r:embed="rId5137696ae79faced8" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId52056940e9a3a00bc" w:history="1">
+            <w:hyperlink r:id="rId2429696ae79fad004" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -2315,63 +2315,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">C. fusiforme</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> in those countries still needs to be confirmed.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="80250212" name="name48396940e9a3a1bb0" descr="CRONFU_distribution_map.jpg"/>
+            <wp:docPr id="80595631" name="name3720696ae79fae796" descr="CRONFU_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="CRONFU_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId65026940e9a3a1bae" cstate="print"/>
+                    <a:blip r:embed="rId2266696ae79fae793" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -4802,51 +4802,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">14</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), e0210952. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId41406940e9a3a2d2e" w:history="1">
+      <w:hyperlink r:id="rId1467696ae79faf912" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1371/journal.pone.0210952</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4988,51 +4988,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI (2019) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Cronartium fusiforme</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Southern fusiform rust) CABI Compendium. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId18176940e9a3a2e5d" w:history="1">
+      <w:hyperlink r:id="rId4008696ae79fafa41" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.cabidigitallibrary.org/doi/10.1079/cabicompendium.16151</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5602,51 +5602,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">16</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(12), e05511. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId61416940e9a3a323d" w:history="1">
+      <w:hyperlink r:id="rId4595696ae79fafe3a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2018.5511</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6626,51 +6626,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 484-487.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Maloy OC (2003) White pine blister rust. Plant Health Instructor (APS), 3. Available from: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId35326940e9a3a38c5" w:history="1">
+      <w:hyperlink r:id="rId1420696ae79fb04be" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PHI-I-2003-0908-01</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6754,51 +6754,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1206-1208.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">MyCoPortal (2024) </w:t>
       </w:r>
-      <w:hyperlink r:id="rId53416940e9a3a3994" w:history="1">
+      <w:hyperlink r:id="rId5831696ae79fb058d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.mycoportal.org/portal/index.php</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Accessed on January 2024.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6833,51 +6833,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">5</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 299. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId65066940e9a3a3a13" w:history="1">
+      <w:hyperlink r:id="rId1211696ae79fb060e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3389/fpls.2014.00299</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8043,73 +8043,73 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">How to cite this datasheet?</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">EPPO (2025) </w:t>
+        <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Cronartium fusiforme</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId13676940e9a3a41e9" w:history="1">
+      <w:hyperlink r:id="rId9136696ae79fb0df2" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -8320,81 +8320,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">9</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 47-60. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId51796940e9a3a43a2" w:history="1">
+      <w:hyperlink r:id="rId4135696ae79fb0fa1" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.1979.tb02450.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="81487069" name="name45546940e9a3a441b" descr="eu_funding_250.png"/>
+            <wp:docPr id="50413386" name="name9046696ae79fb1000" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId70576940e9a3a441a" cstate="print"/>
+                    <a:blip r:embed="rId6859696ae79fb0fff" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -8492,137 +8492,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="80821147">
+  <w:abstractNum w:abstractNumId="39877353">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="85624415">
+    <w:lvl w:ilvl="0" w:tplc="67153543">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="85624415" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="67153543" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="85624415" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="67153543" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="85624415" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="67153543" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="85624415" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="67153543" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="85624415" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="67153543" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="85624415" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="67153543" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="85624415" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="67153543" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="85624415" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="67153543" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="80821146">
+  <w:abstractNum w:abstractNumId="39877352">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="37392292">
+    <w:lvl w:ilvl="0" w:tplc="67815285">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -9374,55 +9374,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="80821146">
-    <w:abstractNumId w:val="80821146"/>
+  <w:num w:numId="39877352">
+    <w:abstractNumId w:val="39877352"/>
   </w:num>
-  <w:num w:numId="80821147">
-    <w:abstractNumId w:val="80821147"/>
+  <w:num w:numId="39877353">
+    <w:abstractNumId w:val="39877353"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -20972,51 +20972,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId915754491" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId544725859" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId34376940e9a39f851" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CRONFU/" TargetMode="External"/><Relationship Id="rId11366940e9a39f899" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CRONFU/categorization" TargetMode="External"/><Relationship Id="rId52056940e9a3a00bc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CRONFU/photos" TargetMode="External"/><Relationship Id="rId41406940e9a3a2d2e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.pone.0210952" TargetMode="External"/><Relationship Id="rId18176940e9a3a2e5d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabidigitallibrary.org/doi/10.1079/cabicompendium.16151" TargetMode="External"/><Relationship Id="rId61416940e9a3a323d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2018.5511" TargetMode="External"/><Relationship Id="rId35326940e9a3a38c5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHI-I-2003-0908-01" TargetMode="External"/><Relationship Id="rId53416940e9a3a3994" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.mycoportal.org/portal/index.php" TargetMode="External"/><Relationship Id="rId65066940e9a3a3a13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fpls.2014.00299" TargetMode="External"/><Relationship Id="rId13676940e9a3a41e9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId51796940e9a3a43a2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1979.tb02450.x" TargetMode="External"/><Relationship Id="rId40446940e9a39ff79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId40446940e9a39ff79.jpg"/><Relationship Id="rId65026940e9a3a1bae" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId65026940e9a3a1bae.jpg"/><Relationship Id="rId70576940e9a3a441a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId70576940e9a3a441a.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId132289290" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId967928949" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId3121696ae79fac963" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CRONFU/" TargetMode="External"/><Relationship Id="rId4853696ae79fac9a9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CRONFU/categorization" TargetMode="External"/><Relationship Id="rId2429696ae79fad004" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CRONFU/photos" TargetMode="External"/><Relationship Id="rId1467696ae79faf912" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.pone.0210952" TargetMode="External"/><Relationship Id="rId4008696ae79fafa41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabidigitallibrary.org/doi/10.1079/cabicompendium.16151" TargetMode="External"/><Relationship Id="rId4595696ae79fafe3a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2018.5511" TargetMode="External"/><Relationship Id="rId1420696ae79fb04be" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHI-I-2003-0908-01" TargetMode="External"/><Relationship Id="rId5831696ae79fb058d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.mycoportal.org/portal/index.php" TargetMode="External"/><Relationship Id="rId1211696ae79fb060e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fpls.2014.00299" TargetMode="External"/><Relationship Id="rId9136696ae79fb0df2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId4135696ae79fb0fa1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1979.tb02450.x" TargetMode="External"/><Relationship Id="rId5137696ae79faced8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId5137696ae79faced8.jpg"/><Relationship Id="rId2266696ae79fae793" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId2266696ae79fae793.jpg"/><Relationship Id="rId6859696ae79fb0fff" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId6859696ae79fb0fff.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>