--- v3 (2026-01-17)
+++ v4 (2026-02-11)
@@ -292,88 +292,88 @@
               <w:t xml:space="preserve"> Arthur &amp; F. Kern</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Southern fusiform rust of pine, fusiform rust of Southern pines, fusiform rust of pine, rust of oak</w:t>
             </w:r>
-            <w:hyperlink r:id="rId3121696ae79fac963" w:history="1">
+            <w:hyperlink r:id="rId2944698c3fe860a97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
-            <w:hyperlink r:id="rId4853696ae79fac9a9" w:history="1">
+            <w:hyperlink r:id="rId2360698c3fe860ae9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -387,86 +387,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> CRONFU</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="610440" name="name2773696ae79faceda" descr="461.jpg"/>
+                  <wp:docPr id="10159532" name="name6695698c3fe861288" descr="461.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="461.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId5137696ae79faced8" cstate="print"/>
+                          <a:blip r:embed="rId5403698c3fe861287" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId2429696ae79fad004" w:history="1">
+            <w:hyperlink r:id="rId999698c3fe8613c5" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -2037,130 +2037,190 @@
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Quercus incana</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
+        <w:t xml:space="preserve">Quercus kelloggii</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t xml:space="preserve">Quercus laevis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Quercus laurifolia</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
+        <w:t xml:space="preserve">Quercus lyrata</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t xml:space="preserve">Quercus marilandica</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Quercus nigra</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
+        <w:t xml:space="preserve">Quercus pagoda</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t xml:space="preserve">Quercus palustris</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Quercus phellos</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -2178,50 +2238,70 @@
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Quercus serrata</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Quercus variabilis</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Quercus velutina</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Vincetoxicum nigrum</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
@@ -2315,63 +2395,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">C. fusiforme</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> in those countries still needs to be confirmed.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="80595631" name="name3720696ae79fae796" descr="CRONFU_distribution_map.jpg"/>
+            <wp:docPr id="28163157" name="name4453698c3fe862b47" descr="CRONFU_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="CRONFU_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId2266696ae79fae793" cstate="print"/>
+                    <a:blip r:embed="rId4426698c3fe862b43" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -4802,51 +4882,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">14</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), e0210952. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1467696ae79faf912" w:history="1">
+      <w:hyperlink r:id="rId6568698c3fe863dca" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1371/journal.pone.0210952</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4988,51 +5068,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI (2019) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Cronartium fusiforme</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Southern fusiform rust) CABI Compendium. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4008696ae79fafa41" w:history="1">
+      <w:hyperlink r:id="rId4854698c3fe863f10" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.cabidigitallibrary.org/doi/10.1079/cabicompendium.16151</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5602,51 +5682,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">16</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(12), e05511. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4595696ae79fafe3a" w:history="1">
+      <w:hyperlink r:id="rId8480698c3fe864321" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2018.5511</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6626,51 +6706,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 484-487.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Maloy OC (2003) White pine blister rust. Plant Health Instructor (APS), 3. Available from: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1420696ae79fb04be" w:history="1">
+      <w:hyperlink r:id="rId2622698c3fe8649ad" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PHI-I-2003-0908-01</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6754,51 +6834,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1206-1208.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">MyCoPortal (2024) </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5831696ae79fb058d" w:history="1">
+      <w:hyperlink r:id="rId3333698c3fe864a7f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.mycoportal.org/portal/index.php</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Accessed on January 2024.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6833,51 +6913,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">5</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 299. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1211696ae79fb060e" w:history="1">
+      <w:hyperlink r:id="rId5757698c3fe864b01" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3389/fpls.2014.00299</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8065,51 +8145,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Cronartium fusiforme</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9136696ae79fb0df2" w:history="1">
+      <w:hyperlink r:id="rId7642698c3fe8653ee" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -8320,81 +8400,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">9</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 47-60. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4135696ae79fb0fa1" w:history="1">
+      <w:hyperlink r:id="rId4183698c3fe86559d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.1979.tb02450.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="50413386" name="name9046696ae79fb1000" descr="eu_funding_250.png"/>
+            <wp:docPr id="62761499" name="name7740698c3fe865655" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId6859696ae79fb0fff" cstate="print"/>
+                    <a:blip r:embed="rId3020698c3fe865654" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -8492,137 +8572,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="39877353">
+  <w:abstractNum w:abstractNumId="12768652">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="67153543">
+    <w:lvl w:ilvl="0" w:tplc="14987448">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="67153543" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="14987448" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="67153543" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="14987448" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="67153543" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="14987448" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="67153543" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="14987448" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="67153543" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="14987448" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="67153543" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="14987448" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="67153543" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="14987448" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="67153543" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="14987448" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="39877352">
+  <w:abstractNum w:abstractNumId="12768651">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="67815285">
+    <w:lvl w:ilvl="0" w:tplc="48635186">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -9374,55 +9454,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="39877352">
-    <w:abstractNumId w:val="39877352"/>
+  <w:num w:numId="12768651">
+    <w:abstractNumId w:val="12768651"/>
   </w:num>
-  <w:num w:numId="39877353">
-    <w:abstractNumId w:val="39877353"/>
+  <w:num w:numId="12768652">
+    <w:abstractNumId w:val="12768652"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -20972,51 +21052,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId132289290" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId967928949" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId3121696ae79fac963" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CRONFU/" TargetMode="External"/><Relationship Id="rId4853696ae79fac9a9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CRONFU/categorization" TargetMode="External"/><Relationship Id="rId2429696ae79fad004" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CRONFU/photos" TargetMode="External"/><Relationship Id="rId1467696ae79faf912" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.pone.0210952" TargetMode="External"/><Relationship Id="rId4008696ae79fafa41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabidigitallibrary.org/doi/10.1079/cabicompendium.16151" TargetMode="External"/><Relationship Id="rId4595696ae79fafe3a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2018.5511" TargetMode="External"/><Relationship Id="rId1420696ae79fb04be" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHI-I-2003-0908-01" TargetMode="External"/><Relationship Id="rId5831696ae79fb058d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.mycoportal.org/portal/index.php" TargetMode="External"/><Relationship Id="rId1211696ae79fb060e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fpls.2014.00299" TargetMode="External"/><Relationship Id="rId9136696ae79fb0df2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId4135696ae79fb0fa1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1979.tb02450.x" TargetMode="External"/><Relationship Id="rId5137696ae79faced8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId5137696ae79faced8.jpg"/><Relationship Id="rId2266696ae79fae793" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId2266696ae79fae793.jpg"/><Relationship Id="rId6859696ae79fb0fff" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId6859696ae79fb0fff.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId187556975" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId950965996" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId2944698c3fe860a97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CRONFU/" TargetMode="External"/><Relationship Id="rId2360698c3fe860ae9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CRONFU/categorization" TargetMode="External"/><Relationship Id="rId999698c3fe8613c5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CRONFU/photos" TargetMode="External"/><Relationship Id="rId6568698c3fe863dca" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.pone.0210952" TargetMode="External"/><Relationship Id="rId4854698c3fe863f10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabidigitallibrary.org/doi/10.1079/cabicompendium.16151" TargetMode="External"/><Relationship Id="rId8480698c3fe864321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2018.5511" TargetMode="External"/><Relationship Id="rId2622698c3fe8649ad" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHI-I-2003-0908-01" TargetMode="External"/><Relationship Id="rId3333698c3fe864a7f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.mycoportal.org/portal/index.php" TargetMode="External"/><Relationship Id="rId5757698c3fe864b01" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fpls.2014.00299" TargetMode="External"/><Relationship Id="rId7642698c3fe8653ee" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId4183698c3fe86559d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1979.tb02450.x" TargetMode="External"/><Relationship Id="rId5403698c3fe861287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId5403698c3fe861287.jpg"/><Relationship Id="rId4426698c3fe862b43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId4426698c3fe862b43.jpg"/><Relationship Id="rId3020698c3fe865654" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId3020698c3fe865654.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>