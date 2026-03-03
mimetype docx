--- v4 (2026-02-11)
+++ v5 (2026-03-03)
@@ -292,88 +292,88 @@
               <w:t xml:space="preserve"> Arthur &amp; F. Kern</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Southern fusiform rust of pine, fusiform rust of Southern pines, fusiform rust of pine, rust of oak</w:t>
             </w:r>
-            <w:hyperlink r:id="rId2944698c3fe860a97" w:history="1">
+            <w:hyperlink r:id="rId502469a6b7c3dbdf3" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
-            <w:hyperlink r:id="rId2360698c3fe860ae9" w:history="1">
+            <w:hyperlink r:id="rId328669a6b7c3dbe3b" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -387,86 +387,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> CRONFU</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="10159532" name="name6695698c3fe861288" descr="461.jpg"/>
+                  <wp:docPr id="6494756" name="name534969a6b7c3dc635" descr="461.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="461.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId5403698c3fe861287" cstate="print"/>
+                          <a:blip r:embed="rId581469a6b7c3dc633" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId999698c3fe8613c5" w:history="1">
+            <w:hyperlink r:id="rId835069a6b7c3dc774" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -2395,63 +2395,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">C. fusiforme</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> in those countries still needs to be confirmed.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="28163157" name="name4453698c3fe862b47" descr="CRONFU_distribution_map.jpg"/>
+            <wp:docPr id="57084941" name="name643069a6b7c3de467" descr="CRONFU_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="CRONFU_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId4426698c3fe862b43" cstate="print"/>
+                    <a:blip r:embed="rId780069a6b7c3de463" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -4882,51 +4882,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">14</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), e0210952. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6568698c3fe863dca" w:history="1">
+      <w:hyperlink r:id="rId605069a6b7c3df6b7" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1371/journal.pone.0210952</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5068,51 +5068,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI (2019) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Cronartium fusiforme</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Southern fusiform rust) CABI Compendium. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4854698c3fe863f10" w:history="1">
+      <w:hyperlink r:id="rId333869a6b7c3df7e7" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.cabidigitallibrary.org/doi/10.1079/cabicompendium.16151</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5682,51 +5682,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">16</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(12), e05511. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8480698c3fe864321" w:history="1">
+      <w:hyperlink r:id="rId944069a6b7c3dfbe6" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2018.5511</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6706,51 +6706,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 484-487.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Maloy OC (2003) White pine blister rust. Plant Health Instructor (APS), 3. Available from: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2622698c3fe8649ad" w:history="1">
+      <w:hyperlink r:id="rId356769a6b7c3e024f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PHI-I-2003-0908-01</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6834,51 +6834,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1206-1208.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">MyCoPortal (2024) </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3333698c3fe864a7f" w:history="1">
+      <w:hyperlink r:id="rId583769a6b7c3e031c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.mycoportal.org/portal/index.php</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Accessed on January 2024.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6913,51 +6913,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">5</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 299. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5757698c3fe864b01" w:history="1">
+      <w:hyperlink r:id="rId286769a6b7c3e039a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3389/fpls.2014.00299</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8145,51 +8145,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Cronartium fusiforme</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7642698c3fe8653ee" w:history="1">
+      <w:hyperlink r:id="rId957369a6b7c3e0b96" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -8400,81 +8400,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">9</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 47-60. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4183698c3fe86559d" w:history="1">
+      <w:hyperlink r:id="rId854769a6b7c3e0d46" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.1979.tb02450.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="62761499" name="name7740698c3fe865655" descr="eu_funding_250.png"/>
+            <wp:docPr id="98752114" name="name981469a6b7c3e0dd9" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId3020698c3fe865654" cstate="print"/>
+                    <a:blip r:embed="rId901869a6b7c3e0dd7" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -8572,137 +8572,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="12768652">
+  <w:abstractNum w:abstractNumId="73225082">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="14987448">
+    <w:lvl w:ilvl="0" w:tplc="97666773">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="14987448" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="97666773" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="14987448" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="97666773" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="14987448" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="97666773" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="14987448" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="97666773" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="14987448" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="97666773" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="14987448" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="97666773" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="14987448" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="97666773" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="14987448" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="97666773" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="12768651">
+  <w:abstractNum w:abstractNumId="73225081">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="48635186">
+    <w:lvl w:ilvl="0" w:tplc="17451582">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -9454,55 +9454,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="12768651">
-    <w:abstractNumId w:val="12768651"/>
+  <w:num w:numId="73225081">
+    <w:abstractNumId w:val="73225081"/>
   </w:num>
-  <w:num w:numId="12768652">
-    <w:abstractNumId w:val="12768652"/>
+  <w:num w:numId="73225082">
+    <w:abstractNumId w:val="73225082"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -21052,51 +21052,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId187556975" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId950965996" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId2944698c3fe860a97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CRONFU/" TargetMode="External"/><Relationship Id="rId2360698c3fe860ae9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CRONFU/categorization" TargetMode="External"/><Relationship Id="rId999698c3fe8613c5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CRONFU/photos" TargetMode="External"/><Relationship Id="rId6568698c3fe863dca" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.pone.0210952" TargetMode="External"/><Relationship Id="rId4854698c3fe863f10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabidigitallibrary.org/doi/10.1079/cabicompendium.16151" TargetMode="External"/><Relationship Id="rId8480698c3fe864321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2018.5511" TargetMode="External"/><Relationship Id="rId2622698c3fe8649ad" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHI-I-2003-0908-01" TargetMode="External"/><Relationship Id="rId3333698c3fe864a7f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.mycoportal.org/portal/index.php" TargetMode="External"/><Relationship Id="rId5757698c3fe864b01" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fpls.2014.00299" TargetMode="External"/><Relationship Id="rId7642698c3fe8653ee" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId4183698c3fe86559d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1979.tb02450.x" TargetMode="External"/><Relationship Id="rId5403698c3fe861287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId5403698c3fe861287.jpg"/><Relationship Id="rId4426698c3fe862b43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId4426698c3fe862b43.jpg"/><Relationship Id="rId3020698c3fe865654" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId3020698c3fe865654.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId265647173" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId339976087" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId502469a6b7c3dbdf3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CRONFU/" TargetMode="External"/><Relationship Id="rId328669a6b7c3dbe3b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CRONFU/categorization" TargetMode="External"/><Relationship Id="rId835069a6b7c3dc774" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CRONFU/photos" TargetMode="External"/><Relationship Id="rId605069a6b7c3df6b7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.pone.0210952" TargetMode="External"/><Relationship Id="rId333869a6b7c3df7e7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabidigitallibrary.org/doi/10.1079/cabicompendium.16151" TargetMode="External"/><Relationship Id="rId944069a6b7c3dfbe6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2018.5511" TargetMode="External"/><Relationship Id="rId356769a6b7c3e024f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHI-I-2003-0908-01" TargetMode="External"/><Relationship Id="rId583769a6b7c3e031c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.mycoportal.org/portal/index.php" TargetMode="External"/><Relationship Id="rId286769a6b7c3e039a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fpls.2014.00299" TargetMode="External"/><Relationship Id="rId957369a6b7c3e0b96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId854769a6b7c3e0d46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1979.tb02450.x" TargetMode="External"/><Relationship Id="rId581469a6b7c3dc633" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId581469a6b7c3dc633.jpg"/><Relationship Id="rId780069a6b7c3de463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId780069a6b7c3de463.jpg"/><Relationship Id="rId901869a6b7c3e0dd7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId901869a6b7c3e0dd7.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>