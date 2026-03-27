--- v5 (2026-03-03)
+++ v6 (2026-03-27)
@@ -292,88 +292,88 @@
               <w:t xml:space="preserve"> Arthur &amp; F. Kern</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Southern fusiform rust of pine, fusiform rust of Southern pines, fusiform rust of pine, rust of oak</w:t>
             </w:r>
-            <w:hyperlink r:id="rId502469a6b7c3dbdf3" w:history="1">
+            <w:hyperlink r:id="rId534969c6399e81077" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
-            <w:hyperlink r:id="rId328669a6b7c3dbe3b" w:history="1">
+            <w:hyperlink r:id="rId281469c6399e810bc" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -387,86 +387,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> CRONFU</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="6494756" name="name534969a6b7c3dc635" descr="461.jpg"/>
+                  <wp:docPr id="69502466" name="name766369c6399e811fc" descr="461.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="461.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId581469a6b7c3dc633" cstate="print"/>
+                          <a:blip r:embed="rId268369c6399e811fb" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId835069a6b7c3dc774" w:history="1">
+            <w:hyperlink r:id="rId836869c6399e8132a" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -2395,63 +2395,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">C. fusiforme</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> in those countries still needs to be confirmed.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="57084941" name="name643069a6b7c3de467" descr="CRONFU_distribution_map.jpg"/>
+            <wp:docPr id="50815494" name="name178369c6399e82eac" descr="CRONFU_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="CRONFU_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId780069a6b7c3de463" cstate="print"/>
+                    <a:blip r:embed="rId696469c6399e82ea7" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -4882,51 +4882,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">14</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), e0210952. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId605069a6b7c3df6b7" w:history="1">
+      <w:hyperlink r:id="rId596069c6399e84395" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1371/journal.pone.0210952</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5068,51 +5068,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI (2019) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Cronartium fusiforme</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Southern fusiform rust) CABI Compendium. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId333869a6b7c3df7e7" w:history="1">
+      <w:hyperlink r:id="rId598169c6399e844df" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.cabidigitallibrary.org/doi/10.1079/cabicompendium.16151</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5682,51 +5682,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">16</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(12), e05511. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId944069a6b7c3dfbe6" w:history="1">
+      <w:hyperlink r:id="rId293169c6399e848df" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2018.5511</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6706,51 +6706,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 484-487.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Maloy OC (2003) White pine blister rust. Plant Health Instructor (APS), 3. Available from: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId356769a6b7c3e024f" w:history="1">
+      <w:hyperlink r:id="rId972169c6399e84f89" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PHI-I-2003-0908-01</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6834,51 +6834,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1206-1208.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">MyCoPortal (2024) </w:t>
       </w:r>
-      <w:hyperlink r:id="rId583769a6b7c3e031c" w:history="1">
+      <w:hyperlink r:id="rId105369c6399e85059" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.mycoportal.org/portal/index.php</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Accessed on January 2024.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6913,51 +6913,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">5</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 299. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId286769a6b7c3e039a" w:history="1">
+      <w:hyperlink r:id="rId644469c6399e850d8" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3389/fpls.2014.00299</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8145,51 +8145,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Cronartium fusiforme</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId957369a6b7c3e0b96" w:history="1">
+      <w:hyperlink r:id="rId478269c6399e8589a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -8400,81 +8400,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">9</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 47-60. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId854769a6b7c3e0d46" w:history="1">
+      <w:hyperlink r:id="rId660469c6399e85a4a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.1979.tb02450.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="98752114" name="name981469a6b7c3e0dd9" descr="eu_funding_250.png"/>
+            <wp:docPr id="76788998" name="name563669c6399e85ab9" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId901869a6b7c3e0dd7" cstate="print"/>
+                    <a:blip r:embed="rId147269c6399e85ab8" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -8572,137 +8572,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="73225082">
+  <w:abstractNum w:abstractNumId="37174758">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="97666773">
+    <w:lvl w:ilvl="0" w:tplc="65233079">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="97666773" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="65233079" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="97666773" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="65233079" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="97666773" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="65233079" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="97666773" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="65233079" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="97666773" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="65233079" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="97666773" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="65233079" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="97666773" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="65233079" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="97666773" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="65233079" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="73225081">
+  <w:abstractNum w:abstractNumId="37174757">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="17451582">
+    <w:lvl w:ilvl="0" w:tplc="22198222">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -9454,55 +9454,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="73225081">
-    <w:abstractNumId w:val="73225081"/>
+  <w:num w:numId="37174757">
+    <w:abstractNumId w:val="37174757"/>
   </w:num>
-  <w:num w:numId="73225082">
-    <w:abstractNumId w:val="73225082"/>
+  <w:num w:numId="37174758">
+    <w:abstractNumId w:val="37174758"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -21052,51 +21052,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId265647173" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId339976087" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId502469a6b7c3dbdf3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CRONFU/" TargetMode="External"/><Relationship Id="rId328669a6b7c3dbe3b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CRONFU/categorization" TargetMode="External"/><Relationship Id="rId835069a6b7c3dc774" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CRONFU/photos" TargetMode="External"/><Relationship Id="rId605069a6b7c3df6b7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.pone.0210952" TargetMode="External"/><Relationship Id="rId333869a6b7c3df7e7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabidigitallibrary.org/doi/10.1079/cabicompendium.16151" TargetMode="External"/><Relationship Id="rId944069a6b7c3dfbe6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2018.5511" TargetMode="External"/><Relationship Id="rId356769a6b7c3e024f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHI-I-2003-0908-01" TargetMode="External"/><Relationship Id="rId583769a6b7c3e031c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.mycoportal.org/portal/index.php" TargetMode="External"/><Relationship Id="rId286769a6b7c3e039a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fpls.2014.00299" TargetMode="External"/><Relationship Id="rId957369a6b7c3e0b96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId854769a6b7c3e0d46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1979.tb02450.x" TargetMode="External"/><Relationship Id="rId581469a6b7c3dc633" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId581469a6b7c3dc633.jpg"/><Relationship Id="rId780069a6b7c3de463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId780069a6b7c3de463.jpg"/><Relationship Id="rId901869a6b7c3e0dd7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId901869a6b7c3e0dd7.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId326029831" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId220643023" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId534969c6399e81077" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CRONFU/" TargetMode="External"/><Relationship Id="rId281469c6399e810bc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CRONFU/categorization" TargetMode="External"/><Relationship Id="rId836869c6399e8132a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CRONFU/photos" TargetMode="External"/><Relationship Id="rId596069c6399e84395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.pone.0210952" TargetMode="External"/><Relationship Id="rId598169c6399e844df" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabidigitallibrary.org/doi/10.1079/cabicompendium.16151" TargetMode="External"/><Relationship Id="rId293169c6399e848df" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2018.5511" TargetMode="External"/><Relationship Id="rId972169c6399e84f89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHI-I-2003-0908-01" TargetMode="External"/><Relationship Id="rId105369c6399e85059" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.mycoportal.org/portal/index.php" TargetMode="External"/><Relationship Id="rId644469c6399e850d8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fpls.2014.00299" TargetMode="External"/><Relationship Id="rId478269c6399e8589a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId660469c6399e85a4a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1979.tb02450.x" TargetMode="External"/><Relationship Id="rId268369c6399e811fb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId268369c6399e811fb.jpg"/><Relationship Id="rId696469c6399e82ea7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId696469c6399e82ea7.jpg"/><Relationship Id="rId147269c6399e85ab8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId147269c6399e85ab8.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>