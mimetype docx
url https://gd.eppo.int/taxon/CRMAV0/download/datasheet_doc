--- v0 (2025-10-09)
+++ v1 (2025-11-25)
@@ -281,88 +281,88 @@
               <w:t xml:space="preserve">Cherry rusty mottle virus</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> cherry rusty mottle</w:t>
             </w:r>
-            <w:hyperlink r:id="rId393768e777660fe61" w:history="1">
+            <w:hyperlink r:id="rId325669257428068ee" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 Quarantine pest (Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId222768e777660fea5" w:history="1">
+            <w:hyperlink r:id="rId48736925742806930" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -430,51 +430,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Cherry rusty mottle associated virus (CRMaV) is a positive-sense single-stranded RNA (+ssRNA) virus with a monopartite genome of approximately 8.4 kb encapsidated flexuous rod-like virions (Villamor </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2013). A reference genomic sequence of CRMaV is available in GenBank (</w:t>
       </w:r>
-      <w:hyperlink r:id="rId800868e777660ffad" w:history="1">
+      <w:hyperlink r:id="rId37876925742806a37" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:b/>
             <w:bCs/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">NC_020996.1</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">). The disease cherry rusty mottle was initially described in Washington State (USA) in 1940 (Reeves, 1940). Later on, mild and severe forms of the disease were described in Oregon (USA) and a similarly named disease described in Europe (Posnette, 1951). It was later determined that despite being similarly named, the disease in the USA in Europe were different (Posnette &amp; Cropley, 1961). The causal agent of the cherry rusty mottle (European) disease has not been identified to date but might be a viral complex. CRMaV was initially described from cherry sources affected by cherry rusty mottle (American) disease and consequently named cherry rusty mottle associated virus. The Koch's postulates have been completed following agroinoculation of an infectious cDNA clone (Villamor </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -868,63 +868,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2014; Reinhold &amp; Pscheidt, 2023) as well as once on the east coast, in North Carolina (Poudel &amp; Scott, 2017). The virus has to date not been reported from other areas in the world.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="54224763" name="name977668e777661107e" descr="CRMAV0_distribution_map.jpg"/>
+            <wp:docPr id="4208283" name="name81296925742807c96" descr="CRMAV0_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="CRMAV0_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId149268e7776611065" cstate="print"/>
+                    <a:blip r:embed="rId52166925742807c94" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -1849,51 +1849,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">17</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, e05735. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId586668e77766119b6" w:history="1">
+      <w:hyperlink r:id="rId90826925742808906" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2019.5735</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -1919,51 +1919,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">31</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 447-461. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId818668e7776611a32" w:history="1">
+      <w:hyperlink r:id="rId7212692574280897b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.2001.tb01027.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -2029,51 +2029,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">52</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 354-386. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId983368e7776611ae5" w:history="1">
+      <w:hyperlink r:id="rId20976925742808a2e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12771</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -2177,51 +2177,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">95</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 617-625. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId738168e7776611bd8" w:history="1">
+      <w:hyperlink r:id="rId31756925742808b1e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PHYTO-95-0617</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -2421,51 +2421,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">12</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 15. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId616468e7776611d80" w:history="1">
+      <w:hyperlink r:id="rId69736925742808cb5" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s13314-017-0239-4</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -2560,51 +2560,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Plant Disease </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">107</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 633-643. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId343968e7776611e82" w:history="1">
+      <w:hyperlink r:id="rId80876925742808d9b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PDIS-02-21-0327-SR</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -2688,51 +2688,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">103</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1287-1295. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId537168e7776611f71" w:history="1">
+      <w:hyperlink r:id="rId35006925742808e77" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PHYTO-05-13-0140-R</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -2778,51 +2778,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">105</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 399-408. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId805168e7776612005" w:history="1">
+      <w:hyperlink r:id="rId76896925742808f08" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PHYTO-03-14-0066-R</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -2868,51 +2868,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">98</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 699. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId826968e77766120a3" w:history="1">
+      <w:hyperlink r:id="rId52176925742808f99" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PDIS-09-13-0921-PDN</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -2958,51 +2958,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">158</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1805-1810. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId730668e7776612153" w:history="1">
+      <w:hyperlink r:id="rId22596925742809027" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s00705-013-1668-9</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3048,51 +3048,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">296</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 198330. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId131668e77766121e7" w:history="1">
+      <w:hyperlink r:id="rId808669257428090b7" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1016/j.virusres.2021.198330</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3236,51 +3236,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Robigovirus robigomaculae</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId221268e777661231c" w:history="1">
+      <w:hyperlink r:id="rId747469257428091ea" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -3293,63 +3293,63 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">This datasheet was first published online in 2023. It is maintained in an electronic format in the EPPO Global Database. The sections on 'Identity', ‘Hosts’, and 'Geographical distribution' are automatically updated from the database. For other sections, the date of last revision is indicated on the right.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="10105125" name="name920568e7776612403" descr="eu_funding_250.png"/>
+            <wp:docPr id="11416863" name="name40986925742809286" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId390068e7776612401" cstate="print"/>
+                    <a:blip r:embed="rId75476925742809285" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -3447,137 +3447,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="50740595">
+  <w:abstractNum w:abstractNumId="38755005">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="33373763">
+    <w:lvl w:ilvl="0" w:tplc="49439144">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="33373763" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="49439144" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="33373763" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="49439144" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="33373763" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="49439144" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="33373763" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="49439144" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="33373763" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="49439144" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="33373763" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="49439144" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="33373763" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="49439144" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="33373763" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="49439144" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="50740594">
+  <w:abstractNum w:abstractNumId="38755004">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="67532688">
+    <w:lvl w:ilvl="0" w:tplc="44280909">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -4329,55 +4329,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="50740594">
-    <w:abstractNumId w:val="50740594"/>
+  <w:num w:numId="38755004">
+    <w:abstractNumId w:val="38755004"/>
   </w:num>
-  <w:num w:numId="50740595">
-    <w:abstractNumId w:val="50740595"/>
+  <w:num w:numId="38755005">
+    <w:abstractNumId w:val="38755005"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -15927,51 +15927,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId921546157" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId377474880" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId393768e777660fe61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CRMAV0/" TargetMode="External"/><Relationship Id="rId222768e777660fea5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CRMAV0/categorization" TargetMode="External"/><Relationship Id="rId800868e777660ffad" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/nuccore/NC_020996.1" TargetMode="External"/><Relationship Id="rId586668e77766119b6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2019.5735" TargetMode="External"/><Relationship Id="rId818668e7776611a32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.2001.tb01027.x" TargetMode="External"/><Relationship Id="rId983368e7776611ae5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12771" TargetMode="External"/><Relationship Id="rId738168e7776611bd8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHYTO-95-0617" TargetMode="External"/><Relationship Id="rId616468e7776611d80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s13314-017-0239-4" TargetMode="External"/><Relationship Id="rId343968e7776611e82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-02-21-0327-SR" TargetMode="External"/><Relationship Id="rId537168e7776611f71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHYTO-05-13-0140-R" TargetMode="External"/><Relationship Id="rId805168e7776612005" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHYTO-03-14-0066-R" TargetMode="External"/><Relationship Id="rId826968e77766120a3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-09-13-0921-PDN" TargetMode="External"/><Relationship Id="rId730668e7776612153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s00705-013-1668-9" TargetMode="External"/><Relationship Id="rId131668e77766121e7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.virusres.2021.198330" TargetMode="External"/><Relationship Id="rId221268e777661231c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId149268e7776611065" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId149268e7776611065.jpg"/><Relationship Id="rId390068e7776612401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId390068e7776612401.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId874771685" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId730466725" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId325669257428068ee" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CRMAV0/" TargetMode="External"/><Relationship Id="rId48736925742806930" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CRMAV0/categorization" TargetMode="External"/><Relationship Id="rId37876925742806a37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/nuccore/NC_020996.1" TargetMode="External"/><Relationship Id="rId90826925742808906" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2019.5735" TargetMode="External"/><Relationship Id="rId7212692574280897b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.2001.tb01027.x" TargetMode="External"/><Relationship Id="rId20976925742808a2e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12771" TargetMode="External"/><Relationship Id="rId31756925742808b1e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHYTO-95-0617" TargetMode="External"/><Relationship Id="rId69736925742808cb5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s13314-017-0239-4" TargetMode="External"/><Relationship Id="rId80876925742808d9b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-02-21-0327-SR" TargetMode="External"/><Relationship Id="rId35006925742808e77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHYTO-05-13-0140-R" TargetMode="External"/><Relationship Id="rId76896925742808f08" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHYTO-03-14-0066-R" TargetMode="External"/><Relationship Id="rId52176925742808f99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-09-13-0921-PDN" TargetMode="External"/><Relationship Id="rId22596925742809027" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s00705-013-1668-9" TargetMode="External"/><Relationship Id="rId808669257428090b7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.virusres.2021.198330" TargetMode="External"/><Relationship Id="rId747469257428091ea" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId52166925742807c94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId52166925742807c94.jpg"/><Relationship Id="rId75476925742809285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId75476925742809285.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>