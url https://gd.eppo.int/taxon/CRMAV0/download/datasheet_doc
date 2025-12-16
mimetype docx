--- v1 (2025-11-25)
+++ v2 (2025-12-16)
@@ -281,88 +281,88 @@
               <w:t xml:space="preserve">Cherry rusty mottle virus</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> cherry rusty mottle</w:t>
             </w:r>
-            <w:hyperlink r:id="rId325669257428068ee" w:history="1">
+            <w:hyperlink r:id="rId1510694188f759e4b" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 Quarantine pest (Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId48736925742806930" w:history="1">
+            <w:hyperlink r:id="rId3809694188f759e91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -430,51 +430,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Cherry rusty mottle associated virus (CRMaV) is a positive-sense single-stranded RNA (+ssRNA) virus with a monopartite genome of approximately 8.4 kb encapsidated flexuous rod-like virions (Villamor </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2013). A reference genomic sequence of CRMaV is available in GenBank (</w:t>
       </w:r>
-      <w:hyperlink r:id="rId37876925742806a37" w:history="1">
+      <w:hyperlink r:id="rId8794694188f759fa5" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:b/>
             <w:bCs/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">NC_020996.1</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">). The disease cherry rusty mottle was initially described in Washington State (USA) in 1940 (Reeves, 1940). Later on, mild and severe forms of the disease were described in Oregon (USA) and a similarly named disease described in Europe (Posnette, 1951). It was later determined that despite being similarly named, the disease in the USA in Europe were different (Posnette &amp; Cropley, 1961). The causal agent of the cherry rusty mottle (European) disease has not been identified to date but might be a viral complex. CRMaV was initially described from cherry sources affected by cherry rusty mottle (American) disease and consequently named cherry rusty mottle associated virus. The Koch's postulates have been completed following agroinoculation of an infectious cDNA clone (Villamor </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -868,63 +868,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2014; Reinhold &amp; Pscheidt, 2023) as well as once on the east coast, in North Carolina (Poudel &amp; Scott, 2017). The virus has to date not been reported from other areas in the world.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="4208283" name="name81296925742807c96" descr="CRMAV0_distribution_map.jpg"/>
+            <wp:docPr id="8660895" name="name9769694188f75b1d2" descr="CRMAV0_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="CRMAV0_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId52166925742807c94" cstate="print"/>
+                    <a:blip r:embed="rId5705694188f75b1d0" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -1849,51 +1849,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">17</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, e05735. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId90826925742808906" w:history="1">
+      <w:hyperlink r:id="rId5322694188f75ba3c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2019.5735</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -1919,51 +1919,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">31</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 447-461. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7212692574280897b" w:history="1">
+      <w:hyperlink r:id="rId5547694188f75bac0" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.2001.tb01027.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -2029,51 +2029,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">52</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 354-386. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId20976925742808a2e" w:history="1">
+      <w:hyperlink r:id="rId9641694188f75bb73" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12771</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -2177,51 +2177,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">95</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 617-625. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId31756925742808b1e" w:history="1">
+      <w:hyperlink r:id="rId5650694188f75bc67" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PHYTO-95-0617</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -2421,51 +2421,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">12</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 15. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId69736925742808cb5" w:history="1">
+      <w:hyperlink r:id="rId7400694188f75be89" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s13314-017-0239-4</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -2560,51 +2560,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Plant Disease </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">107</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 633-643. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId80876925742808d9b" w:history="1">
+      <w:hyperlink r:id="rId8125694188f75bf6e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PDIS-02-21-0327-SR</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -2688,51 +2688,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">103</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1287-1295. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId35006925742808e77" w:history="1">
+      <w:hyperlink r:id="rId2475694188f75c03e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PHYTO-05-13-0140-R</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -2778,51 +2778,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">105</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 399-408. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId76896925742808f08" w:history="1">
+      <w:hyperlink r:id="rId3963694188f75c0cc" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PHYTO-03-14-0066-R</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -2868,51 +2868,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">98</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 699. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId52176925742808f99" w:history="1">
+      <w:hyperlink r:id="rId6427694188f75c15a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PDIS-09-13-0921-PDN</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -2958,51 +2958,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">158</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1805-1810. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId22596925742809027" w:history="1">
+      <w:hyperlink r:id="rId1560694188f75c1e9" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s00705-013-1668-9</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3048,51 +3048,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">296</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 198330. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId808669257428090b7" w:history="1">
+      <w:hyperlink r:id="rId6040694188f75c278" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1016/j.virusres.2021.198330</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3236,51 +3236,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Robigovirus robigomaculae</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId747469257428091ea" w:history="1">
+      <w:hyperlink r:id="rId4050694188f75c3b1" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -3293,63 +3293,63 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">This datasheet was first published online in 2023. It is maintained in an electronic format in the EPPO Global Database. The sections on 'Identity', ‘Hosts’, and 'Geographical distribution' are automatically updated from the database. For other sections, the date of last revision is indicated on the right.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="11416863" name="name40986925742809286" descr="eu_funding_250.png"/>
+            <wp:docPr id="32405514" name="name8400694188f75c453" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId75476925742809285" cstate="print"/>
+                    <a:blip r:embed="rId4131694188f75c452" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -3447,137 +3447,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="38755005">
+  <w:abstractNum w:abstractNumId="83036013">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="49439144">
+    <w:lvl w:ilvl="0" w:tplc="26010883">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="49439144" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="26010883" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="49439144" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="26010883" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="49439144" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="26010883" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="49439144" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="26010883" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="49439144" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="26010883" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="49439144" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="26010883" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="49439144" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="26010883" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="49439144" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="26010883" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="38755004">
+  <w:abstractNum w:abstractNumId="83036012">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="44280909">
+    <w:lvl w:ilvl="0" w:tplc="31849076">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -4329,55 +4329,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="38755004">
-    <w:abstractNumId w:val="38755004"/>
+  <w:num w:numId="83036012">
+    <w:abstractNumId w:val="83036012"/>
   </w:num>
-  <w:num w:numId="38755005">
-    <w:abstractNumId w:val="38755005"/>
+  <w:num w:numId="83036013">
+    <w:abstractNumId w:val="83036013"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -15927,51 +15927,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId874771685" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId730466725" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId325669257428068ee" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CRMAV0/" TargetMode="External"/><Relationship Id="rId48736925742806930" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CRMAV0/categorization" TargetMode="External"/><Relationship Id="rId37876925742806a37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/nuccore/NC_020996.1" TargetMode="External"/><Relationship Id="rId90826925742808906" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2019.5735" TargetMode="External"/><Relationship Id="rId7212692574280897b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.2001.tb01027.x" TargetMode="External"/><Relationship Id="rId20976925742808a2e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12771" TargetMode="External"/><Relationship Id="rId31756925742808b1e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHYTO-95-0617" TargetMode="External"/><Relationship Id="rId69736925742808cb5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s13314-017-0239-4" TargetMode="External"/><Relationship Id="rId80876925742808d9b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-02-21-0327-SR" TargetMode="External"/><Relationship Id="rId35006925742808e77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHYTO-05-13-0140-R" TargetMode="External"/><Relationship Id="rId76896925742808f08" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHYTO-03-14-0066-R" TargetMode="External"/><Relationship Id="rId52176925742808f99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-09-13-0921-PDN" TargetMode="External"/><Relationship Id="rId22596925742809027" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s00705-013-1668-9" TargetMode="External"/><Relationship Id="rId808669257428090b7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.virusres.2021.198330" TargetMode="External"/><Relationship Id="rId747469257428091ea" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId52166925742807c94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId52166925742807c94.jpg"/><Relationship Id="rId75476925742809285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId75476925742809285.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId667885624" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId182744457" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId1510694188f759e4b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CRMAV0/" TargetMode="External"/><Relationship Id="rId3809694188f759e91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CRMAV0/categorization" TargetMode="External"/><Relationship Id="rId8794694188f759fa5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/nuccore/NC_020996.1" TargetMode="External"/><Relationship Id="rId5322694188f75ba3c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2019.5735" TargetMode="External"/><Relationship Id="rId5547694188f75bac0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.2001.tb01027.x" TargetMode="External"/><Relationship Id="rId9641694188f75bb73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12771" TargetMode="External"/><Relationship Id="rId5650694188f75bc67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHYTO-95-0617" TargetMode="External"/><Relationship Id="rId7400694188f75be89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s13314-017-0239-4" TargetMode="External"/><Relationship Id="rId8125694188f75bf6e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-02-21-0327-SR" TargetMode="External"/><Relationship Id="rId2475694188f75c03e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHYTO-05-13-0140-R" TargetMode="External"/><Relationship Id="rId3963694188f75c0cc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHYTO-03-14-0066-R" TargetMode="External"/><Relationship Id="rId6427694188f75c15a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-09-13-0921-PDN" TargetMode="External"/><Relationship Id="rId1560694188f75c1e9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s00705-013-1668-9" TargetMode="External"/><Relationship Id="rId6040694188f75c278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.virusres.2021.198330" TargetMode="External"/><Relationship Id="rId4050694188f75c3b1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId5705694188f75b1d0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId5705694188f75b1d0.jpg"/><Relationship Id="rId4131694188f75c452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId4131694188f75c452.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>