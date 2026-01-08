--- v2 (2025-12-16)
+++ v3 (2026-01-08)
@@ -281,88 +281,88 @@
               <w:t xml:space="preserve">Cherry rusty mottle virus</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> cherry rusty mottle</w:t>
             </w:r>
-            <w:hyperlink r:id="rId1510694188f759e4b" w:history="1">
+            <w:hyperlink r:id="rId1549695f59cf64de0" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 Quarantine pest (Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId3809694188f759e91" w:history="1">
+            <w:hyperlink r:id="rId9645695f59cf64e24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -430,51 +430,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Cherry rusty mottle associated virus (CRMaV) is a positive-sense single-stranded RNA (+ssRNA) virus with a monopartite genome of approximately 8.4 kb encapsidated flexuous rod-like virions (Villamor </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2013). A reference genomic sequence of CRMaV is available in GenBank (</w:t>
       </w:r>
-      <w:hyperlink r:id="rId8794694188f759fa5" w:history="1">
+      <w:hyperlink r:id="rId3807695f59cf64f2a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:b/>
             <w:bCs/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">NC_020996.1</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">). The disease cherry rusty mottle was initially described in Washington State (USA) in 1940 (Reeves, 1940). Later on, mild and severe forms of the disease were described in Oregon (USA) and a similarly named disease described in Europe (Posnette, 1951). It was later determined that despite being similarly named, the disease in the USA in Europe were different (Posnette &amp; Cropley, 1961). The causal agent of the cherry rusty mottle (European) disease has not been identified to date but might be a viral complex. CRMaV was initially described from cherry sources affected by cherry rusty mottle (American) disease and consequently named cherry rusty mottle associated virus. The Koch's postulates have been completed following agroinoculation of an infectious cDNA clone (Villamor </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -868,63 +868,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2014; Reinhold &amp; Pscheidt, 2023) as well as once on the east coast, in North Carolina (Poudel &amp; Scott, 2017). The virus has to date not been reported from other areas in the world.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="8660895" name="name9769694188f75b1d2" descr="CRMAV0_distribution_map.jpg"/>
+            <wp:docPr id="32742042" name="name5116695f59cf65f91" descr="CRMAV0_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="CRMAV0_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId5705694188f75b1d0" cstate="print"/>
+                    <a:blip r:embed="rId4064695f59cf65f8e" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -1849,51 +1849,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">17</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, e05735. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5322694188f75ba3c" w:history="1">
+      <w:hyperlink r:id="rId9570695f59cf6680f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2019.5735</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -1919,51 +1919,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">31</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 447-461. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5547694188f75bac0" w:history="1">
+      <w:hyperlink r:id="rId3724695f59cf6689c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.2001.tb01027.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -2029,51 +2029,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">52</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 354-386. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9641694188f75bb73" w:history="1">
+      <w:hyperlink r:id="rId2532695f59cf66950" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12771</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -2177,51 +2177,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">95</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 617-625. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5650694188f75bc67" w:history="1">
+      <w:hyperlink r:id="rId7408695f59cf66a5a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PHYTO-95-0617</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -2421,51 +2421,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">12</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 15. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7400694188f75be89" w:history="1">
+      <w:hyperlink r:id="rId7755695f59cf66be7" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s13314-017-0239-4</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -2560,51 +2560,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Plant Disease </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">107</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 633-643. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8125694188f75bf6e" w:history="1">
+      <w:hyperlink r:id="rId5626695f59cf66cc9" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PDIS-02-21-0327-SR</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -2688,51 +2688,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">103</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1287-1295. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2475694188f75c03e" w:history="1">
+      <w:hyperlink r:id="rId9951695f59cf66d98" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PHYTO-05-13-0140-R</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -2778,51 +2778,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">105</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 399-408. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3963694188f75c0cc" w:history="1">
+      <w:hyperlink r:id="rId9166695f59cf66e27" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PHYTO-03-14-0066-R</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -2868,51 +2868,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">98</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 699. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6427694188f75c15a" w:history="1">
+      <w:hyperlink r:id="rId5569695f59cf66eb5" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PDIS-09-13-0921-PDN</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -2958,51 +2958,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">158</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1805-1810. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1560694188f75c1e9" w:history="1">
+      <w:hyperlink r:id="rId4346695f59cf66f43" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s00705-013-1668-9</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3048,51 +3048,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">296</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 198330. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6040694188f75c278" w:history="1">
+      <w:hyperlink r:id="rId3297695f59cf66fd1" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1016/j.virusres.2021.198330</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3214,73 +3214,73 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">How to cite this datasheet?</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">EPPO (2025) </w:t>
+        <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Robigovirus robigomaculae</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4050694188f75c3b1" w:history="1">
+      <w:hyperlink r:id="rId5592695f59cf67102" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -3293,63 +3293,63 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">This datasheet was first published online in 2023. It is maintained in an electronic format in the EPPO Global Database. The sections on 'Identity', ‘Hosts’, and 'Geographical distribution' are automatically updated from the database. For other sections, the date of last revision is indicated on the right.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="32405514" name="name8400694188f75c453" descr="eu_funding_250.png"/>
+            <wp:docPr id="82771801" name="name9010695f59cf671ea" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId4131694188f75c452" cstate="print"/>
+                    <a:blip r:embed="rId8801695f59cf671e9" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -3447,137 +3447,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="83036013">
+  <w:abstractNum w:abstractNumId="10280797">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="26010883">
+    <w:lvl w:ilvl="0" w:tplc="19176067">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="26010883" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="19176067" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="26010883" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="19176067" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="26010883" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="19176067" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="26010883" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="19176067" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="26010883" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="19176067" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="26010883" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="19176067" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="26010883" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="19176067" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="26010883" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="19176067" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="83036012">
+  <w:abstractNum w:abstractNumId="10280796">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="31849076">
+    <w:lvl w:ilvl="0" w:tplc="34542446">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -4329,55 +4329,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="83036012">
-    <w:abstractNumId w:val="83036012"/>
+  <w:num w:numId="10280796">
+    <w:abstractNumId w:val="10280796"/>
   </w:num>
-  <w:num w:numId="83036013">
-    <w:abstractNumId w:val="83036013"/>
+  <w:num w:numId="10280797">
+    <w:abstractNumId w:val="10280797"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -15927,51 +15927,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId667885624" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId182744457" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId1510694188f759e4b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CRMAV0/" TargetMode="External"/><Relationship Id="rId3809694188f759e91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CRMAV0/categorization" TargetMode="External"/><Relationship Id="rId8794694188f759fa5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/nuccore/NC_020996.1" TargetMode="External"/><Relationship Id="rId5322694188f75ba3c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2019.5735" TargetMode="External"/><Relationship Id="rId5547694188f75bac0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.2001.tb01027.x" TargetMode="External"/><Relationship Id="rId9641694188f75bb73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12771" TargetMode="External"/><Relationship Id="rId5650694188f75bc67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHYTO-95-0617" TargetMode="External"/><Relationship Id="rId7400694188f75be89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s13314-017-0239-4" TargetMode="External"/><Relationship Id="rId8125694188f75bf6e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-02-21-0327-SR" TargetMode="External"/><Relationship Id="rId2475694188f75c03e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHYTO-05-13-0140-R" TargetMode="External"/><Relationship Id="rId3963694188f75c0cc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHYTO-03-14-0066-R" TargetMode="External"/><Relationship Id="rId6427694188f75c15a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-09-13-0921-PDN" TargetMode="External"/><Relationship Id="rId1560694188f75c1e9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s00705-013-1668-9" TargetMode="External"/><Relationship Id="rId6040694188f75c278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.virusres.2021.198330" TargetMode="External"/><Relationship Id="rId4050694188f75c3b1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId5705694188f75b1d0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId5705694188f75b1d0.jpg"/><Relationship Id="rId4131694188f75c452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId4131694188f75c452.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId842718683" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId429186817" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId1549695f59cf64de0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CRMAV0/" TargetMode="External"/><Relationship Id="rId9645695f59cf64e24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CRMAV0/categorization" TargetMode="External"/><Relationship Id="rId3807695f59cf64f2a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/nuccore/NC_020996.1" TargetMode="External"/><Relationship Id="rId9570695f59cf6680f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2019.5735" TargetMode="External"/><Relationship Id="rId3724695f59cf6689c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.2001.tb01027.x" TargetMode="External"/><Relationship Id="rId2532695f59cf66950" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12771" TargetMode="External"/><Relationship Id="rId7408695f59cf66a5a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHYTO-95-0617" TargetMode="External"/><Relationship Id="rId7755695f59cf66be7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s13314-017-0239-4" TargetMode="External"/><Relationship Id="rId5626695f59cf66cc9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-02-21-0327-SR" TargetMode="External"/><Relationship Id="rId9951695f59cf66d98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHYTO-05-13-0140-R" TargetMode="External"/><Relationship Id="rId9166695f59cf66e27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHYTO-03-14-0066-R" TargetMode="External"/><Relationship Id="rId5569695f59cf66eb5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-09-13-0921-PDN" TargetMode="External"/><Relationship Id="rId4346695f59cf66f43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s00705-013-1668-9" TargetMode="External"/><Relationship Id="rId3297695f59cf66fd1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.virusres.2021.198330" TargetMode="External"/><Relationship Id="rId5592695f59cf67102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId4064695f59cf65f8e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId4064695f59cf65f8e.jpg"/><Relationship Id="rId8801695f59cf671e9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId8801695f59cf671e9.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>