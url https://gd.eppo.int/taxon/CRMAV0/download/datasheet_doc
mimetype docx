--- v3 (2026-01-08)
+++ v4 (2026-01-28)
@@ -281,88 +281,88 @@
               <w:t xml:space="preserve">Cherry rusty mottle virus</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> cherry rusty mottle</w:t>
             </w:r>
-            <w:hyperlink r:id="rId1549695f59cf64de0" w:history="1">
+            <w:hyperlink r:id="rId3560697a3f0ab0aba" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 Quarantine pest (Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9645695f59cf64e24" w:history="1">
+            <w:hyperlink r:id="rId6917697a3f0ab0afe" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -430,51 +430,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Cherry rusty mottle associated virus (CRMaV) is a positive-sense single-stranded RNA (+ssRNA) virus with a monopartite genome of approximately 8.4 kb encapsidated flexuous rod-like virions (Villamor </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2013). A reference genomic sequence of CRMaV is available in GenBank (</w:t>
       </w:r>
-      <w:hyperlink r:id="rId3807695f59cf64f2a" w:history="1">
+      <w:hyperlink r:id="rId1504697a3f0ab0c17" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:b/>
             <w:bCs/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">NC_020996.1</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">). The disease cherry rusty mottle was initially described in Washington State (USA) in 1940 (Reeves, 1940). Later on, mild and severe forms of the disease were described in Oregon (USA) and a similarly named disease described in Europe (Posnette, 1951). It was later determined that despite being similarly named, the disease in the USA in Europe were different (Posnette &amp; Cropley, 1961). The causal agent of the cherry rusty mottle (European) disease has not been identified to date but might be a viral complex. CRMaV was initially described from cherry sources affected by cherry rusty mottle (American) disease and consequently named cherry rusty mottle associated virus. The Koch's postulates have been completed following agroinoculation of an infectious cDNA clone (Villamor </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -868,63 +868,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2014; Reinhold &amp; Pscheidt, 2023) as well as once on the east coast, in North Carolina (Poudel &amp; Scott, 2017). The virus has to date not been reported from other areas in the world.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="32742042" name="name5116695f59cf65f91" descr="CRMAV0_distribution_map.jpg"/>
+            <wp:docPr id="62606356" name="name2870697a3f0ab166c" descr="CRMAV0_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="CRMAV0_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId4064695f59cf65f8e" cstate="print"/>
+                    <a:blip r:embed="rId1792697a3f0ab166b" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -1849,51 +1849,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">17</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, e05735. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9570695f59cf6680f" w:history="1">
+      <w:hyperlink r:id="rId5011697a3f0ab1e97" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2019.5735</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -1919,51 +1919,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">31</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 447-461. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3724695f59cf6689c" w:history="1">
+      <w:hyperlink r:id="rId2557697a3f0ab1f0e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.2001.tb01027.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -2029,51 +2029,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">52</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 354-386. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2532695f59cf66950" w:history="1">
+      <w:hyperlink r:id="rId5558697a3f0ab1fbd" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12771</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -2177,51 +2177,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">95</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 617-625. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7408695f59cf66a5a" w:history="1">
+      <w:hyperlink r:id="rId2480697a3f0ab20ac" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PHYTO-95-0617</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -2421,51 +2421,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">12</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 15. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7755695f59cf66be7" w:history="1">
+      <w:hyperlink r:id="rId9418697a3f0ab223f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s13314-017-0239-4</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -2560,51 +2560,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Plant Disease </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">107</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 633-643. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5626695f59cf66cc9" w:history="1">
+      <w:hyperlink r:id="rId1911697a3f0ab2321" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PDIS-02-21-0327-SR</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -2688,51 +2688,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">103</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1287-1295. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9951695f59cf66d98" w:history="1">
+      <w:hyperlink r:id="rId9239697a3f0ab23ef" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PHYTO-05-13-0140-R</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -2778,51 +2778,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">105</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 399-408. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9166695f59cf66e27" w:history="1">
+      <w:hyperlink r:id="rId8869697a3f0ab24a0" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PHYTO-03-14-0066-R</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -2868,51 +2868,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">98</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 699. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5569695f59cf66eb5" w:history="1">
+      <w:hyperlink r:id="rId4077697a3f0ab2551" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PDIS-09-13-0921-PDN</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -2958,51 +2958,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">158</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1805-1810. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4346695f59cf66f43" w:history="1">
+      <w:hyperlink r:id="rId9401697a3f0ab25f6" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s00705-013-1668-9</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3048,51 +3048,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">296</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 198330. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3297695f59cf66fd1" w:history="1">
+      <w:hyperlink r:id="rId6998697a3f0ab2686" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1016/j.virusres.2021.198330</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3236,51 +3236,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Robigovirus robigomaculae</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5592695f59cf67102" w:history="1">
+      <w:hyperlink r:id="rId5476697a3f0ab27b8" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -3293,63 +3293,63 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">This datasheet was first published online in 2023. It is maintained in an electronic format in the EPPO Global Database. The sections on 'Identity', ‘Hosts’, and 'Geographical distribution' are automatically updated from the database. For other sections, the date of last revision is indicated on the right.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="82771801" name="name9010695f59cf671ea" descr="eu_funding_250.png"/>
+            <wp:docPr id="53257925" name="name5110697a3f0ab2874" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId8801695f59cf671e9" cstate="print"/>
+                    <a:blip r:embed="rId7398697a3f0ab2873" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -3447,137 +3447,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="10280797">
+  <w:abstractNum w:abstractNumId="33706650">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="19176067">
+    <w:lvl w:ilvl="0" w:tplc="27017198">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="19176067" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="27017198" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="19176067" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="27017198" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="19176067" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="27017198" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="19176067" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="27017198" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="19176067" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="27017198" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="19176067" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="27017198" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="19176067" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="27017198" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="19176067" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="27017198" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="10280796">
+  <w:abstractNum w:abstractNumId="33706649">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="34542446">
+    <w:lvl w:ilvl="0" w:tplc="68873304">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -4329,55 +4329,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="10280796">
-    <w:abstractNumId w:val="10280796"/>
+  <w:num w:numId="33706649">
+    <w:abstractNumId w:val="33706649"/>
   </w:num>
-  <w:num w:numId="10280797">
-    <w:abstractNumId w:val="10280797"/>
+  <w:num w:numId="33706650">
+    <w:abstractNumId w:val="33706650"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -15927,51 +15927,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId842718683" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId429186817" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId1549695f59cf64de0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CRMAV0/" TargetMode="External"/><Relationship Id="rId9645695f59cf64e24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CRMAV0/categorization" TargetMode="External"/><Relationship Id="rId3807695f59cf64f2a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/nuccore/NC_020996.1" TargetMode="External"/><Relationship Id="rId9570695f59cf6680f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2019.5735" TargetMode="External"/><Relationship Id="rId3724695f59cf6689c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.2001.tb01027.x" TargetMode="External"/><Relationship Id="rId2532695f59cf66950" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12771" TargetMode="External"/><Relationship Id="rId7408695f59cf66a5a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHYTO-95-0617" TargetMode="External"/><Relationship Id="rId7755695f59cf66be7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s13314-017-0239-4" TargetMode="External"/><Relationship Id="rId5626695f59cf66cc9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-02-21-0327-SR" TargetMode="External"/><Relationship Id="rId9951695f59cf66d98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHYTO-05-13-0140-R" TargetMode="External"/><Relationship Id="rId9166695f59cf66e27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHYTO-03-14-0066-R" TargetMode="External"/><Relationship Id="rId5569695f59cf66eb5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-09-13-0921-PDN" TargetMode="External"/><Relationship Id="rId4346695f59cf66f43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s00705-013-1668-9" TargetMode="External"/><Relationship Id="rId3297695f59cf66fd1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.virusres.2021.198330" TargetMode="External"/><Relationship Id="rId5592695f59cf67102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId4064695f59cf65f8e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId4064695f59cf65f8e.jpg"/><Relationship Id="rId8801695f59cf671e9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId8801695f59cf671e9.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId135612624" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId763253226" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId3560697a3f0ab0aba" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CRMAV0/" TargetMode="External"/><Relationship Id="rId6917697a3f0ab0afe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CRMAV0/categorization" TargetMode="External"/><Relationship Id="rId1504697a3f0ab0c17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/nuccore/NC_020996.1" TargetMode="External"/><Relationship Id="rId5011697a3f0ab1e97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2019.5735" TargetMode="External"/><Relationship Id="rId2557697a3f0ab1f0e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.2001.tb01027.x" TargetMode="External"/><Relationship Id="rId5558697a3f0ab1fbd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12771" TargetMode="External"/><Relationship Id="rId2480697a3f0ab20ac" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHYTO-95-0617" TargetMode="External"/><Relationship Id="rId9418697a3f0ab223f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s13314-017-0239-4" TargetMode="External"/><Relationship Id="rId1911697a3f0ab2321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-02-21-0327-SR" TargetMode="External"/><Relationship Id="rId9239697a3f0ab23ef" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHYTO-05-13-0140-R" TargetMode="External"/><Relationship Id="rId8869697a3f0ab24a0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHYTO-03-14-0066-R" TargetMode="External"/><Relationship Id="rId4077697a3f0ab2551" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-09-13-0921-PDN" TargetMode="External"/><Relationship Id="rId9401697a3f0ab25f6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s00705-013-1668-9" TargetMode="External"/><Relationship Id="rId6998697a3f0ab2686" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.virusres.2021.198330" TargetMode="External"/><Relationship Id="rId5476697a3f0ab27b8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId1792697a3f0ab166b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId1792697a3f0ab166b.jpg"/><Relationship Id="rId7398697a3f0ab2873" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId7398697a3f0ab2873.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>