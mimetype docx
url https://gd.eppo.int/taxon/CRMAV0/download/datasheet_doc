--- v4 (2026-01-28)
+++ v5 (2026-02-21)
@@ -281,88 +281,88 @@
               <w:t xml:space="preserve">Cherry rusty mottle virus</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> cherry rusty mottle</w:t>
             </w:r>
-            <w:hyperlink r:id="rId3560697a3f0ab0aba" w:history="1">
+            <w:hyperlink r:id="rId365569995efb26689" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve"> A1 Quarantine pest (Annex II A)</w:t>
+              <w:t xml:space="preserve"> Quarantine pest ((EU) 2019/2072 Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId6917697a3f0ab0afe" w:history="1">
+            <w:hyperlink r:id="rId790769995efb266e3" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -430,51 +430,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Cherry rusty mottle associated virus (CRMaV) is a positive-sense single-stranded RNA (+ssRNA) virus with a monopartite genome of approximately 8.4 kb encapsidated flexuous rod-like virions (Villamor </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2013). A reference genomic sequence of CRMaV is available in GenBank (</w:t>
       </w:r>
-      <w:hyperlink r:id="rId1504697a3f0ab0c17" w:history="1">
+      <w:hyperlink r:id="rId854569995efb26871" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:b/>
             <w:bCs/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">NC_020996.1</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">). The disease cherry rusty mottle was initially described in Washington State (USA) in 1940 (Reeves, 1940). Later on, mild and severe forms of the disease were described in Oregon (USA) and a similarly named disease described in Europe (Posnette, 1951). It was later determined that despite being similarly named, the disease in the USA in Europe were different (Posnette &amp; Cropley, 1961). The causal agent of the cherry rusty mottle (European) disease has not been identified to date but might be a viral complex. CRMaV was initially described from cherry sources affected by cherry rusty mottle (American) disease and consequently named cherry rusty mottle associated virus. The Koch's postulates have been completed following agroinoculation of an infectious cDNA clone (Villamor </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -868,63 +868,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2014; Reinhold &amp; Pscheidt, 2023) as well as once on the east coast, in North Carolina (Poudel &amp; Scott, 2017). The virus has to date not been reported from other areas in the world.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="62606356" name="name2870697a3f0ab166c" descr="CRMAV0_distribution_map.jpg"/>
+            <wp:docPr id="25625542" name="name382169995efb276f3" descr="CRMAV0_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="CRMAV0_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId1792697a3f0ab166b" cstate="print"/>
+                    <a:blip r:embed="rId680869995efb276f0" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -1849,51 +1849,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">17</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, e05735. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5011697a3f0ab1e97" w:history="1">
+      <w:hyperlink r:id="rId323069995efb280ef" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2019.5735</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -1919,51 +1919,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">31</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 447-461. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2557697a3f0ab1f0e" w:history="1">
+      <w:hyperlink r:id="rId831469995efb28169" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.2001.tb01027.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -2029,51 +2029,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">52</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 354-386. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5558697a3f0ab1fbd" w:history="1">
+      <w:hyperlink r:id="rId415069995efb2821d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12771</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -2177,51 +2177,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">95</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 617-625. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2480697a3f0ab20ac" w:history="1">
+      <w:hyperlink r:id="rId685469995efb28311" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PHYTO-95-0617</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -2421,51 +2421,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">12</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 15. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9418697a3f0ab223f" w:history="1">
+      <w:hyperlink r:id="rId732869995efb28497" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s13314-017-0239-4</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -2560,51 +2560,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Plant Disease </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">107</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 633-643. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1911697a3f0ab2321" w:history="1">
+      <w:hyperlink r:id="rId621469995efb28640" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PDIS-02-21-0327-SR</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -2688,51 +2688,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">103</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1287-1295. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9239697a3f0ab23ef" w:history="1">
+      <w:hyperlink r:id="rId717469995efb2871d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PHYTO-05-13-0140-R</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -2778,51 +2778,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">105</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 399-408. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8869697a3f0ab24a0" w:history="1">
+      <w:hyperlink r:id="rId246369995efb287ae" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PHYTO-03-14-0066-R</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -2868,51 +2868,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">98</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 699. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4077697a3f0ab2551" w:history="1">
+      <w:hyperlink r:id="rId439869995efb28840" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PDIS-09-13-0921-PDN</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -2958,51 +2958,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">158</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1805-1810. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9401697a3f0ab25f6" w:history="1">
+      <w:hyperlink r:id="rId262569995efb288ce" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s00705-013-1668-9</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3048,51 +3048,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">296</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 198330. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6998697a3f0ab2686" w:history="1">
+      <w:hyperlink r:id="rId903369995efb2895e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1016/j.virusres.2021.198330</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3236,51 +3236,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Robigovirus robigomaculae</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5476697a3f0ab27b8" w:history="1">
+      <w:hyperlink r:id="rId262369995efb28a91" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -3293,63 +3293,63 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">This datasheet was first published online in 2023. It is maintained in an electronic format in the EPPO Global Database. The sections on 'Identity', ‘Hosts’, and 'Geographical distribution' are automatically updated from the database. For other sections, the date of last revision is indicated on the right.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="53257925" name="name5110697a3f0ab2874" descr="eu_funding_250.png"/>
+            <wp:docPr id="44592104" name="name712969995efb28daf" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId7398697a3f0ab2873" cstate="print"/>
+                    <a:blip r:embed="rId872069995efb28dad" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -3447,137 +3447,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="33706650">
+  <w:abstractNum w:abstractNumId="84422959">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="27017198">
+    <w:lvl w:ilvl="0" w:tplc="75417470">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="27017198" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="75417470" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="27017198" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="75417470" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="27017198" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="75417470" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="27017198" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="75417470" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="27017198" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="75417470" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="27017198" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="75417470" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="27017198" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="75417470" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="27017198" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="75417470" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="33706649">
+  <w:abstractNum w:abstractNumId="84422958">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="68873304">
+    <w:lvl w:ilvl="0" w:tplc="57775977">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -4329,55 +4329,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="33706649">
-    <w:abstractNumId w:val="33706649"/>
+  <w:num w:numId="84422958">
+    <w:abstractNumId w:val="84422958"/>
   </w:num>
-  <w:num w:numId="33706650">
-    <w:abstractNumId w:val="33706650"/>
+  <w:num w:numId="84422959">
+    <w:abstractNumId w:val="84422959"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -15927,51 +15927,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId135612624" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId763253226" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId3560697a3f0ab0aba" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CRMAV0/" TargetMode="External"/><Relationship Id="rId6917697a3f0ab0afe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CRMAV0/categorization" TargetMode="External"/><Relationship Id="rId1504697a3f0ab0c17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/nuccore/NC_020996.1" TargetMode="External"/><Relationship Id="rId5011697a3f0ab1e97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2019.5735" TargetMode="External"/><Relationship Id="rId2557697a3f0ab1f0e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.2001.tb01027.x" TargetMode="External"/><Relationship Id="rId5558697a3f0ab1fbd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12771" TargetMode="External"/><Relationship Id="rId2480697a3f0ab20ac" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHYTO-95-0617" TargetMode="External"/><Relationship Id="rId9418697a3f0ab223f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s13314-017-0239-4" TargetMode="External"/><Relationship Id="rId1911697a3f0ab2321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-02-21-0327-SR" TargetMode="External"/><Relationship Id="rId9239697a3f0ab23ef" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHYTO-05-13-0140-R" TargetMode="External"/><Relationship Id="rId8869697a3f0ab24a0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHYTO-03-14-0066-R" TargetMode="External"/><Relationship Id="rId4077697a3f0ab2551" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-09-13-0921-PDN" TargetMode="External"/><Relationship Id="rId9401697a3f0ab25f6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s00705-013-1668-9" TargetMode="External"/><Relationship Id="rId6998697a3f0ab2686" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.virusres.2021.198330" TargetMode="External"/><Relationship Id="rId5476697a3f0ab27b8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId1792697a3f0ab166b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId1792697a3f0ab166b.jpg"/><Relationship Id="rId7398697a3f0ab2873" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId7398697a3f0ab2873.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId883513855" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId727749842" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId365569995efb26689" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CRMAV0/" TargetMode="External"/><Relationship Id="rId790769995efb266e3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CRMAV0/categorization" TargetMode="External"/><Relationship Id="rId854569995efb26871" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/nuccore/NC_020996.1" TargetMode="External"/><Relationship Id="rId323069995efb280ef" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2019.5735" TargetMode="External"/><Relationship Id="rId831469995efb28169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.2001.tb01027.x" TargetMode="External"/><Relationship Id="rId415069995efb2821d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12771" TargetMode="External"/><Relationship Id="rId685469995efb28311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHYTO-95-0617" TargetMode="External"/><Relationship Id="rId732869995efb28497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s13314-017-0239-4" TargetMode="External"/><Relationship Id="rId621469995efb28640" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-02-21-0327-SR" TargetMode="External"/><Relationship Id="rId717469995efb2871d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHYTO-05-13-0140-R" TargetMode="External"/><Relationship Id="rId246369995efb287ae" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHYTO-03-14-0066-R" TargetMode="External"/><Relationship Id="rId439869995efb28840" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-09-13-0921-PDN" TargetMode="External"/><Relationship Id="rId262569995efb288ce" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s00705-013-1668-9" TargetMode="External"/><Relationship Id="rId903369995efb2895e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.virusres.2021.198330" TargetMode="External"/><Relationship Id="rId262369995efb28a91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId680869995efb276f0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId680869995efb276f0.jpg"/><Relationship Id="rId872069995efb28dad" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId872069995efb28dad.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>