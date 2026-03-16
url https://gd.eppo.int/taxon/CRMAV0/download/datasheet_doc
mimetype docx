--- v5 (2026-02-21)
+++ v6 (2026-03-16)
@@ -281,88 +281,88 @@
               <w:t xml:space="preserve">Cherry rusty mottle virus</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> cherry rusty mottle</w:t>
             </w:r>
-            <w:hyperlink r:id="rId365569995efb26689" w:history="1">
+            <w:hyperlink r:id="rId300669b8373ce1734" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Quarantine pest ((EU) 2019/2072 Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId790769995efb266e3" w:history="1">
+            <w:hyperlink r:id="rId638669b8373ce1779" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -430,51 +430,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Cherry rusty mottle associated virus (CRMaV) is a positive-sense single-stranded RNA (+ssRNA) virus with a monopartite genome of approximately 8.4 kb encapsidated flexuous rod-like virions (Villamor </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2013). A reference genomic sequence of CRMaV is available in GenBank (</w:t>
       </w:r>
-      <w:hyperlink r:id="rId854569995efb26871" w:history="1">
+      <w:hyperlink r:id="rId977969b8373ce1880" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:b/>
             <w:bCs/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">NC_020996.1</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">). The disease cherry rusty mottle was initially described in Washington State (USA) in 1940 (Reeves, 1940). Later on, mild and severe forms of the disease were described in Oregon (USA) and a similarly named disease described in Europe (Posnette, 1951). It was later determined that despite being similarly named, the disease in the USA in Europe were different (Posnette &amp; Cropley, 1961). The causal agent of the cherry rusty mottle (European) disease has not been identified to date but might be a viral complex. CRMaV was initially described from cherry sources affected by cherry rusty mottle (American) disease and consequently named cherry rusty mottle associated virus. The Koch's postulates have been completed following agroinoculation of an infectious cDNA clone (Villamor </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -868,63 +868,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2014; Reinhold &amp; Pscheidt, 2023) as well as once on the east coast, in North Carolina (Poudel &amp; Scott, 2017). The virus has to date not been reported from other areas in the world.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="25625542" name="name382169995efb276f3" descr="CRMAV0_distribution_map.jpg"/>
+            <wp:docPr id="51079588" name="name883769b8373ce2bae" descr="CRMAV0_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="CRMAV0_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId680869995efb276f0" cstate="print"/>
+                    <a:blip r:embed="rId347869b8373ce2bab" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -1849,51 +1849,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">17</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, e05735. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId323069995efb280ef" w:history="1">
+      <w:hyperlink r:id="rId196169b8373ce33ee" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2019.5735</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -1919,51 +1919,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">31</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 447-461. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId831469995efb28169" w:history="1">
+      <w:hyperlink r:id="rId315669b8373ce3463" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.2001.tb01027.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -2029,51 +2029,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">52</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 354-386. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId415069995efb2821d" w:history="1">
+      <w:hyperlink r:id="rId880769b8373ce3523" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12771</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -2177,51 +2177,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">95</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 617-625. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId685469995efb28311" w:history="1">
+      <w:hyperlink r:id="rId559069b8373ce3618" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PHYTO-95-0617</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -2421,51 +2421,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">12</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 15. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId732869995efb28497" w:history="1">
+      <w:hyperlink r:id="rId962969b8373ce37a2" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s13314-017-0239-4</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -2560,51 +2560,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Plant Disease </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">107</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 633-643. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId621469995efb28640" w:history="1">
+      <w:hyperlink r:id="rId552769b8373ce3897" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PDIS-02-21-0327-SR</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -2688,51 +2688,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">103</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1287-1295. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId717469995efb2871d" w:history="1">
+      <w:hyperlink r:id="rId935769b8373ce396b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PHYTO-05-13-0140-R</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -2778,51 +2778,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">105</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 399-408. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId246369995efb287ae" w:history="1">
+      <w:hyperlink r:id="rId937569b8373ce39fb" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PHYTO-03-14-0066-R</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -2868,51 +2868,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">98</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 699. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId439869995efb28840" w:history="1">
+      <w:hyperlink r:id="rId447669b8373ce3a8d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PDIS-09-13-0921-PDN</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -2958,51 +2958,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">158</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1805-1810. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId262569995efb288ce" w:history="1">
+      <w:hyperlink r:id="rId652569b8373ce3b1d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s00705-013-1668-9</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3048,51 +3048,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">296</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 198330. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId903369995efb2895e" w:history="1">
+      <w:hyperlink r:id="rId700069b8373ce3bad" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1016/j.virusres.2021.198330</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3236,51 +3236,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Robigovirus robigomaculae</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId262369995efb28a91" w:history="1">
+      <w:hyperlink r:id="rId982869b8373ce3cea" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -3293,63 +3293,63 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">This datasheet was first published online in 2023. It is maintained in an electronic format in the EPPO Global Database. The sections on 'Identity', ‘Hosts’, and 'Geographical distribution' are automatically updated from the database. For other sections, the date of last revision is indicated on the right.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="44592104" name="name712969995efb28daf" descr="eu_funding_250.png"/>
+            <wp:docPr id="85362692" name="name805669b8373ce41c5" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId872069995efb28dad" cstate="print"/>
+                    <a:blip r:embed="rId302569b8373ce41c4" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -3447,137 +3447,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="84422959">
+  <w:abstractNum w:abstractNumId="25977853">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="75417470">
+    <w:lvl w:ilvl="0" w:tplc="89842611">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="75417470" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="89842611" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="75417470" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="89842611" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="75417470" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="89842611" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="75417470" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="89842611" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="75417470" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="89842611" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="75417470" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="89842611" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="75417470" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="89842611" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="75417470" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="89842611" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="84422958">
+  <w:abstractNum w:abstractNumId="25977852">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="57775977">
+    <w:lvl w:ilvl="0" w:tplc="94132231">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -4329,55 +4329,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="84422958">
-    <w:abstractNumId w:val="84422958"/>
+  <w:num w:numId="25977852">
+    <w:abstractNumId w:val="25977852"/>
   </w:num>
-  <w:num w:numId="84422959">
-    <w:abstractNumId w:val="84422959"/>
+  <w:num w:numId="25977853">
+    <w:abstractNumId w:val="25977853"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -15927,51 +15927,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId883513855" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId727749842" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId365569995efb26689" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CRMAV0/" TargetMode="External"/><Relationship Id="rId790769995efb266e3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CRMAV0/categorization" TargetMode="External"/><Relationship Id="rId854569995efb26871" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/nuccore/NC_020996.1" TargetMode="External"/><Relationship Id="rId323069995efb280ef" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2019.5735" TargetMode="External"/><Relationship Id="rId831469995efb28169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.2001.tb01027.x" TargetMode="External"/><Relationship Id="rId415069995efb2821d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12771" TargetMode="External"/><Relationship Id="rId685469995efb28311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHYTO-95-0617" TargetMode="External"/><Relationship Id="rId732869995efb28497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s13314-017-0239-4" TargetMode="External"/><Relationship Id="rId621469995efb28640" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-02-21-0327-SR" TargetMode="External"/><Relationship Id="rId717469995efb2871d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHYTO-05-13-0140-R" TargetMode="External"/><Relationship Id="rId246369995efb287ae" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHYTO-03-14-0066-R" TargetMode="External"/><Relationship Id="rId439869995efb28840" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-09-13-0921-PDN" TargetMode="External"/><Relationship Id="rId262569995efb288ce" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s00705-013-1668-9" TargetMode="External"/><Relationship Id="rId903369995efb2895e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.virusres.2021.198330" TargetMode="External"/><Relationship Id="rId262369995efb28a91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId680869995efb276f0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId680869995efb276f0.jpg"/><Relationship Id="rId872069995efb28dad" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId872069995efb28dad.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId325017219" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId282742192" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId300669b8373ce1734" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CRMAV0/" TargetMode="External"/><Relationship Id="rId638669b8373ce1779" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CRMAV0/categorization" TargetMode="External"/><Relationship Id="rId977969b8373ce1880" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/nuccore/NC_020996.1" TargetMode="External"/><Relationship Id="rId196169b8373ce33ee" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2019.5735" TargetMode="External"/><Relationship Id="rId315669b8373ce3463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.2001.tb01027.x" TargetMode="External"/><Relationship Id="rId880769b8373ce3523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12771" TargetMode="External"/><Relationship Id="rId559069b8373ce3618" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHYTO-95-0617" TargetMode="External"/><Relationship Id="rId962969b8373ce37a2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s13314-017-0239-4" TargetMode="External"/><Relationship Id="rId552769b8373ce3897" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-02-21-0327-SR" TargetMode="External"/><Relationship Id="rId935769b8373ce396b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHYTO-05-13-0140-R" TargetMode="External"/><Relationship Id="rId937569b8373ce39fb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHYTO-03-14-0066-R" TargetMode="External"/><Relationship Id="rId447669b8373ce3a8d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-09-13-0921-PDN" TargetMode="External"/><Relationship Id="rId652569b8373ce3b1d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s00705-013-1668-9" TargetMode="External"/><Relationship Id="rId700069b8373ce3bad" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.virusres.2021.198330" TargetMode="External"/><Relationship Id="rId982869b8373ce3cea" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId347869b8373ce2bab" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId347869b8373ce2bab.jpg"/><Relationship Id="rId302569b8373ce41c4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId302569b8373ce41c4.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>