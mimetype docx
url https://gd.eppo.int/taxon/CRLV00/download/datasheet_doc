--- v0 (2025-10-09)
+++ v1 (2025-10-30)
@@ -303,51 +303,51 @@
               <w:t xml:space="preserve">Cherry rasp leaf virus</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> American rasp leaf of cherry, flat apple, rasp leaf of cherry</w:t>
             </w:r>
-            <w:hyperlink r:id="rId401068e70d5273b15" w:history="1">
+            <w:hyperlink r:id="rId474769031602c09e8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -363,51 +363,51 @@
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 Quarantine pest (Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId140568e70d5273b7e" w:history="1">
+            <w:hyperlink r:id="rId327769031602c0a54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -421,86 +421,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> CRLV00</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="50896741" name="name284968e70d5273c3d" descr="454.jpg"/>
+                  <wp:docPr id="70751990" name="name527069031602c0b4e" descr="454.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="454.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId856568e70d5273c3b" cstate="print"/>
+                          <a:blip r:embed="rId902169031602c0b4c" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId275568e70d5273cfb" w:history="1">
+            <w:hyperlink r:id="rId478469031602c0c4e" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -1887,63 +1887,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">., 1968). As a result, in the absence of definitive diagnostic testing, reports of CRLV in cherry outside of the known CRLV-infested areas of western North America should be considered as unconfirmed.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="10585750" name="name452768e70d52755ce" descr="CRLV00_distribution_map.jpg"/>
+            <wp:docPr id="53860922" name="name978169031602c2610" descr="CRLV00_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="CRLV00_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId165568e70d52755cb" cstate="print"/>
+                    <a:blip r:embed="rId675869031602c260d" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -3416,51 +3416,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Journal of Plant Pathology </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">102</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 843-848. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId319668e70d527640e" w:history="1">
+      <w:hyperlink r:id="rId690769031602c320c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s42161-020-00522-5</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4581,51 +4581,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">98</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(8), p 1161. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId286768e70d5276bd1" w:history="1">
+      <w:hyperlink r:id="rId651469031602c398b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PDIS-01-14-0058-PDN</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5180,51 +5180,51 @@
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI and EFSA resources used when preparing this datasheet</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI Datasheet on Pest Cherry rasp leaf virus (cherry rasp leaf). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId309068e70d5276ffe" w:history="1">
+      <w:hyperlink r:id="rId671269031602c3d6a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.cabi.org/cpc/datasheet/16197</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -5290,51 +5290,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Cheravirus avii</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId919168e70d52770b8" w:history="1">
+      <w:hyperlink r:id="rId771569031602c3e21" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -5525,90 +5525,90 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">14</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 5-10. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId624868e70d527723b" w:history="1">
+      <w:hyperlink r:id="rId581369031602c3f9c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.1984.tb01974.x</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="72600532" name="name448668e70d52772a5" descr="eu_funding_250.png"/>
+            <wp:docPr id="74937902" name="name875169031602c402d" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId594668e70d52772a4" cstate="print"/>
+                    <a:blip r:embed="rId893869031602c402c" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -5706,137 +5706,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="34543267">
+  <w:abstractNum w:abstractNumId="36192498">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="63371175">
+    <w:lvl w:ilvl="0" w:tplc="27584523">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="63371175" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="27584523" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="63371175" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="27584523" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="63371175" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="27584523" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="63371175" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="27584523" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="63371175" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="27584523" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="63371175" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="27584523" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="63371175" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="27584523" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="63371175" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="27584523" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="34543266">
+  <w:abstractNum w:abstractNumId="36192497">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="29264108">
+    <w:lvl w:ilvl="0" w:tplc="28629370">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -6588,55 +6588,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="34543266">
-    <w:abstractNumId w:val="34543266"/>
+  <w:num w:numId="36192497">
+    <w:abstractNumId w:val="36192497"/>
   </w:num>
-  <w:num w:numId="34543267">
-    <w:abstractNumId w:val="34543267"/>
+  <w:num w:numId="36192498">
+    <w:abstractNumId w:val="36192498"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -18186,51 +18186,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId687634607" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId968072968" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId401068e70d5273b15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CRLV00/" TargetMode="External"/><Relationship Id="rId140568e70d5273b7e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CRLV00/categorization" TargetMode="External"/><Relationship Id="rId275568e70d5273cfb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CRLV00/photos" TargetMode="External"/><Relationship Id="rId319668e70d527640e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s42161-020-00522-5" TargetMode="External"/><Relationship Id="rId286768e70d5276bd1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-01-14-0058-PDN" TargetMode="External"/><Relationship Id="rId309068e70d5276ffe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/cpc/datasheet/16197" TargetMode="External"/><Relationship Id="rId919168e70d52770b8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId624868e70d527723b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1984.tb01974.x" TargetMode="External"/><Relationship Id="rId856568e70d5273c3b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId856568e70d5273c3b.jpg"/><Relationship Id="rId165568e70d52755cb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId165568e70d52755cb.jpg"/><Relationship Id="rId594668e70d52772a4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId594668e70d52772a4.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId673754835" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId942219316" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId474769031602c09e8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CRLV00/" TargetMode="External"/><Relationship Id="rId327769031602c0a54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CRLV00/categorization" TargetMode="External"/><Relationship Id="rId478469031602c0c4e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CRLV00/photos" TargetMode="External"/><Relationship Id="rId690769031602c320c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s42161-020-00522-5" TargetMode="External"/><Relationship Id="rId651469031602c398b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-01-14-0058-PDN" TargetMode="External"/><Relationship Id="rId671269031602c3d6a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/cpc/datasheet/16197" TargetMode="External"/><Relationship Id="rId771569031602c3e21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId581369031602c3f9c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1984.tb01974.x" TargetMode="External"/><Relationship Id="rId902169031602c0b4c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId902169031602c0b4c.jpg"/><Relationship Id="rId675869031602c260d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId675869031602c260d.jpg"/><Relationship Id="rId893869031602c402c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId893869031602c402c.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>