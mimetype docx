--- v1 (2025-10-30)
+++ v2 (2025-11-22)
@@ -303,51 +303,51 @@
               <w:t xml:space="preserve">Cherry rasp leaf virus</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> American rasp leaf of cherry, flat apple, rasp leaf of cherry</w:t>
             </w:r>
-            <w:hyperlink r:id="rId474769031602c09e8" w:history="1">
+            <w:hyperlink r:id="rId22156921c7084bdfd" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -363,51 +363,51 @@
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 Quarantine pest (Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId327769031602c0a54" w:history="1">
+            <w:hyperlink r:id="rId22886921c7084be65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -421,86 +421,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> CRLV00</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="70751990" name="name527069031602c0b4e" descr="454.jpg"/>
+                  <wp:docPr id="49493164" name="name15786921c7084bf1b" descr="454.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="454.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId902169031602c0b4c" cstate="print"/>
+                          <a:blip r:embed="rId59986921c7084bf1a" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId478469031602c0c4e" w:history="1">
+            <w:hyperlink r:id="rId21856921c7084bfd4" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -1887,63 +1887,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">., 1968). As a result, in the absence of definitive diagnostic testing, reports of CRLV in cherry outside of the known CRLV-infested areas of western North America should be considered as unconfirmed.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="53860922" name="name978169031602c2610" descr="CRLV00_distribution_map.jpg"/>
+            <wp:docPr id="78791831" name="name50516921c7084d6e2" descr="CRLV00_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="CRLV00_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId675869031602c260d" cstate="print"/>
+                    <a:blip r:embed="rId36776921c7084d6e0" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -3416,51 +3416,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Journal of Plant Pathology </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">102</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 843-848. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId690769031602c320c" w:history="1">
+      <w:hyperlink r:id="rId20936921c7084e261" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s42161-020-00522-5</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4581,51 +4581,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">98</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(8), p 1161. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId651469031602c398b" w:history="1">
+      <w:hyperlink r:id="rId62066921c7084eaa2" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PDIS-01-14-0058-PDN</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5180,51 +5180,51 @@
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI and EFSA resources used when preparing this datasheet</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI Datasheet on Pest Cherry rasp leaf virus (cherry rasp leaf). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId671269031602c3d6a" w:history="1">
+      <w:hyperlink r:id="rId23646921c7084eeb7" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.cabi.org/cpc/datasheet/16197</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -5290,51 +5290,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Cheravirus avii</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId771569031602c3e21" w:history="1">
+      <w:hyperlink r:id="rId70076921c7084ef84" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -5525,90 +5525,90 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">14</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 5-10. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId581369031602c3f9c" w:history="1">
+      <w:hyperlink r:id="rId76716921c7084f108" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.1984.tb01974.x</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="74937902" name="name875169031602c402d" descr="eu_funding_250.png"/>
+            <wp:docPr id="3750269" name="name91856921c7084f180" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId893869031602c402c" cstate="print"/>
+                    <a:blip r:embed="rId26316921c7084f17f" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -5706,137 +5706,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="36192498">
+  <w:abstractNum w:abstractNumId="54148682">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="27584523">
+    <w:lvl w:ilvl="0" w:tplc="95219938">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="27584523" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="95219938" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="27584523" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="95219938" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="27584523" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="95219938" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="27584523" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="95219938" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="27584523" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="95219938" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="27584523" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="95219938" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="27584523" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="95219938" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="27584523" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="95219938" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="36192497">
+  <w:abstractNum w:abstractNumId="54148681">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="28629370">
+    <w:lvl w:ilvl="0" w:tplc="89653881">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -6588,55 +6588,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="36192497">
-    <w:abstractNumId w:val="36192497"/>
+  <w:num w:numId="54148681">
+    <w:abstractNumId w:val="54148681"/>
   </w:num>
-  <w:num w:numId="36192498">
-    <w:abstractNumId w:val="36192498"/>
+  <w:num w:numId="54148682">
+    <w:abstractNumId w:val="54148682"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -18186,51 +18186,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId673754835" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId942219316" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId474769031602c09e8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CRLV00/" TargetMode="External"/><Relationship Id="rId327769031602c0a54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CRLV00/categorization" TargetMode="External"/><Relationship Id="rId478469031602c0c4e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CRLV00/photos" TargetMode="External"/><Relationship Id="rId690769031602c320c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s42161-020-00522-5" TargetMode="External"/><Relationship Id="rId651469031602c398b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-01-14-0058-PDN" TargetMode="External"/><Relationship Id="rId671269031602c3d6a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/cpc/datasheet/16197" TargetMode="External"/><Relationship Id="rId771569031602c3e21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId581369031602c3f9c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1984.tb01974.x" TargetMode="External"/><Relationship Id="rId902169031602c0b4c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId902169031602c0b4c.jpg"/><Relationship Id="rId675869031602c260d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId675869031602c260d.jpg"/><Relationship Id="rId893869031602c402c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId893869031602c402c.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId888969237" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId412452856" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId22156921c7084bdfd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CRLV00/" TargetMode="External"/><Relationship Id="rId22886921c7084be65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CRLV00/categorization" TargetMode="External"/><Relationship Id="rId21856921c7084bfd4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CRLV00/photos" TargetMode="External"/><Relationship Id="rId20936921c7084e261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s42161-020-00522-5" TargetMode="External"/><Relationship Id="rId62066921c7084eaa2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-01-14-0058-PDN" TargetMode="External"/><Relationship Id="rId23646921c7084eeb7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/cpc/datasheet/16197" TargetMode="External"/><Relationship Id="rId70076921c7084ef84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId76716921c7084f108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1984.tb01974.x" TargetMode="External"/><Relationship Id="rId59986921c7084bf1a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId59986921c7084bf1a.jpg"/><Relationship Id="rId36776921c7084d6e0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId36776921c7084d6e0.jpg"/><Relationship Id="rId26316921c7084f17f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId26316921c7084f17f.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>