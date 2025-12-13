--- v2 (2025-11-22)
+++ v3 (2025-12-13)
@@ -303,51 +303,51 @@
               <w:t xml:space="preserve">Cherry rasp leaf virus</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> American rasp leaf of cherry, flat apple, rasp leaf of cherry</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22156921c7084bdfd" w:history="1">
+            <w:hyperlink r:id="rId3594693dbbe9ea7c5" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -363,51 +363,51 @@
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 Quarantine pest (Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22886921c7084be65" w:history="1">
+            <w:hyperlink r:id="rId3131693dbbe9ea82f" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -421,86 +421,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> CRLV00</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="49493164" name="name15786921c7084bf1b" descr="454.jpg"/>
+                  <wp:docPr id="39066103" name="name4012693dbbe9ea8fb" descr="454.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="454.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId59986921c7084bf1a" cstate="print"/>
+                          <a:blip r:embed="rId7082693dbbe9ea8fa" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId21856921c7084bfd4" w:history="1">
+            <w:hyperlink r:id="rId3467693dbbe9eaa3b" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -1887,63 +1887,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">., 1968). As a result, in the absence of definitive diagnostic testing, reports of CRLV in cherry outside of the known CRLV-infested areas of western North America should be considered as unconfirmed.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="78791831" name="name50516921c7084d6e2" descr="CRLV00_distribution_map.jpg"/>
+            <wp:docPr id="3766840" name="name4405693dbbe9ec1fe" descr="CRLV00_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="CRLV00_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId36776921c7084d6e0" cstate="print"/>
+                    <a:blip r:embed="rId2852693dbbe9ec1fa" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -3416,51 +3416,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Journal of Plant Pathology </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">102</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 843-848. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId20936921c7084e261" w:history="1">
+      <w:hyperlink r:id="rId9452693dbbe9ed424" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s42161-020-00522-5</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4581,51 +4581,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">98</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(8), p 1161. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId62066921c7084eaa2" w:history="1">
+      <w:hyperlink r:id="rId8486693dbbe9edd64" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PDIS-01-14-0058-PDN</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5180,51 +5180,51 @@
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI and EFSA resources used when preparing this datasheet</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI Datasheet on Pest Cherry rasp leaf virus (cherry rasp leaf). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId23646921c7084eeb7" w:history="1">
+      <w:hyperlink r:id="rId7681693dbbe9ee175" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.cabi.org/cpc/datasheet/16197</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -5290,51 +5290,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Cheravirus avii</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId70076921c7084ef84" w:history="1">
+      <w:hyperlink r:id="rId1392693dbbe9ee255" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -5525,90 +5525,90 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">14</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 5-10. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId76716921c7084f108" w:history="1">
+      <w:hyperlink r:id="rId9747693dbbe9ee4cb" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.1984.tb01974.x</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="3750269" name="name91856921c7084f180" descr="eu_funding_250.png"/>
+            <wp:docPr id="84134801" name="name9471693dbbe9ee5d0" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId26316921c7084f17f" cstate="print"/>
+                    <a:blip r:embed="rId5343693dbbe9ee5ce" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -5706,137 +5706,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="54148682">
+  <w:abstractNum w:abstractNumId="95606215">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="95219938">
+    <w:lvl w:ilvl="0" w:tplc="48455637">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="95219938" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="48455637" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="95219938" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="48455637" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="95219938" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="48455637" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="95219938" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="48455637" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="95219938" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="48455637" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="95219938" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="48455637" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="95219938" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="48455637" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="95219938" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="48455637" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="54148681">
+  <w:abstractNum w:abstractNumId="95606214">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="89653881">
+    <w:lvl w:ilvl="0" w:tplc="24181912">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -6588,55 +6588,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="54148681">
-    <w:abstractNumId w:val="54148681"/>
+  <w:num w:numId="95606214">
+    <w:abstractNumId w:val="95606214"/>
   </w:num>
-  <w:num w:numId="54148682">
-    <w:abstractNumId w:val="54148682"/>
+  <w:num w:numId="95606215">
+    <w:abstractNumId w:val="95606215"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -18186,51 +18186,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId888969237" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId412452856" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId22156921c7084bdfd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CRLV00/" TargetMode="External"/><Relationship Id="rId22886921c7084be65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CRLV00/categorization" TargetMode="External"/><Relationship Id="rId21856921c7084bfd4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CRLV00/photos" TargetMode="External"/><Relationship Id="rId20936921c7084e261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s42161-020-00522-5" TargetMode="External"/><Relationship Id="rId62066921c7084eaa2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-01-14-0058-PDN" TargetMode="External"/><Relationship Id="rId23646921c7084eeb7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/cpc/datasheet/16197" TargetMode="External"/><Relationship Id="rId70076921c7084ef84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId76716921c7084f108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1984.tb01974.x" TargetMode="External"/><Relationship Id="rId59986921c7084bf1a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId59986921c7084bf1a.jpg"/><Relationship Id="rId36776921c7084d6e0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId36776921c7084d6e0.jpg"/><Relationship Id="rId26316921c7084f17f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId26316921c7084f17f.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId292430789" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId610536308" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId3594693dbbe9ea7c5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CRLV00/" TargetMode="External"/><Relationship Id="rId3131693dbbe9ea82f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CRLV00/categorization" TargetMode="External"/><Relationship Id="rId3467693dbbe9eaa3b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CRLV00/photos" TargetMode="External"/><Relationship Id="rId9452693dbbe9ed424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s42161-020-00522-5" TargetMode="External"/><Relationship Id="rId8486693dbbe9edd64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-01-14-0058-PDN" TargetMode="External"/><Relationship Id="rId7681693dbbe9ee175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/cpc/datasheet/16197" TargetMode="External"/><Relationship Id="rId1392693dbbe9ee255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId9747693dbbe9ee4cb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1984.tb01974.x" TargetMode="External"/><Relationship Id="rId7082693dbbe9ea8fa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId7082693dbbe9ea8fa.jpg"/><Relationship Id="rId2852693dbbe9ec1fa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId2852693dbbe9ec1fa.jpg"/><Relationship Id="rId5343693dbbe9ee5ce" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId5343693dbbe9ee5ce.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>