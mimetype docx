--- v3 (2025-12-13)
+++ v4 (2025-12-14)
@@ -303,51 +303,51 @@
               <w:t xml:space="preserve">Cherry rasp leaf virus</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> American rasp leaf of cherry, flat apple, rasp leaf of cherry</w:t>
             </w:r>
-            <w:hyperlink r:id="rId3594693dbbe9ea7c5" w:history="1">
+            <w:hyperlink r:id="rId8839693ed6dfe7c15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -363,51 +363,51 @@
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 Quarantine pest (Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId3131693dbbe9ea82f" w:history="1">
+            <w:hyperlink r:id="rId3432693ed6dfe7c7f" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -421,86 +421,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> CRLV00</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="39066103" name="name4012693dbbe9ea8fb" descr="454.jpg"/>
+                  <wp:docPr id="86931335" name="name4182693ed6dfe8396" descr="454.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="454.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId7082693dbbe9ea8fa" cstate="print"/>
+                          <a:blip r:embed="rId5339693ed6dfe8394" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId3467693dbbe9eaa3b" w:history="1">
+            <w:hyperlink r:id="rId8297693ed6dfe84ab" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -1887,63 +1887,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">., 1968). As a result, in the absence of definitive diagnostic testing, reports of CRLV in cherry outside of the known CRLV-infested areas of western North America should be considered as unconfirmed.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="3766840" name="name4405693dbbe9ec1fe" descr="CRLV00_distribution_map.jpg"/>
+            <wp:docPr id="16101938" name="name4646693ed6dfe99ff" descr="CRLV00_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="CRLV00_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId2852693dbbe9ec1fa" cstate="print"/>
+                    <a:blip r:embed="rId5164693ed6dfe99fc" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -3416,51 +3416,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Journal of Plant Pathology </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">102</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 843-848. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9452693dbbe9ed424" w:history="1">
+      <w:hyperlink r:id="rId6011693ed6dfea769" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s42161-020-00522-5</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4581,51 +4581,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">98</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(8), p 1161. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8486693dbbe9edd64" w:history="1">
+      <w:hyperlink r:id="rId4330693ed6dfeb008" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PDIS-01-14-0058-PDN</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5180,51 +5180,51 @@
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI and EFSA resources used when preparing this datasheet</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI Datasheet on Pest Cherry rasp leaf virus (cherry rasp leaf). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7681693dbbe9ee175" w:history="1">
+      <w:hyperlink r:id="rId8256693ed6dfeb50e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.cabi.org/cpc/datasheet/16197</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -5290,51 +5290,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Cheravirus avii</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1392693dbbe9ee255" w:history="1">
+      <w:hyperlink r:id="rId9842693ed6dfeb5e2" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -5525,90 +5525,90 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">14</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 5-10. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9747693dbbe9ee4cb" w:history="1">
+      <w:hyperlink r:id="rId7081693ed6dfeb763" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.1984.tb01974.x</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="84134801" name="name9471693dbbe9ee5d0" descr="eu_funding_250.png"/>
+            <wp:docPr id="15009081" name="name2509693ed6dfeb7ce" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId5343693dbbe9ee5ce" cstate="print"/>
+                    <a:blip r:embed="rId1473693ed6dfeb7cd" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -5706,137 +5706,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="95606215">
+  <w:abstractNum w:abstractNumId="96806464">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="48455637">
+    <w:lvl w:ilvl="0" w:tplc="97908428">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="48455637" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="97908428" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="48455637" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="97908428" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="48455637" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="97908428" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="48455637" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="97908428" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="48455637" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="97908428" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="48455637" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="97908428" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="48455637" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="97908428" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="48455637" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="97908428" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="95606214">
+  <w:abstractNum w:abstractNumId="96806463">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="24181912">
+    <w:lvl w:ilvl="0" w:tplc="61397012">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -6588,55 +6588,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="95606214">
-    <w:abstractNumId w:val="95606214"/>
+  <w:num w:numId="96806463">
+    <w:abstractNumId w:val="96806463"/>
   </w:num>
-  <w:num w:numId="95606215">
-    <w:abstractNumId w:val="95606215"/>
+  <w:num w:numId="96806464">
+    <w:abstractNumId w:val="96806464"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -18186,51 +18186,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId292430789" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId610536308" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId3594693dbbe9ea7c5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CRLV00/" TargetMode="External"/><Relationship Id="rId3131693dbbe9ea82f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CRLV00/categorization" TargetMode="External"/><Relationship Id="rId3467693dbbe9eaa3b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CRLV00/photos" TargetMode="External"/><Relationship Id="rId9452693dbbe9ed424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s42161-020-00522-5" TargetMode="External"/><Relationship Id="rId8486693dbbe9edd64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-01-14-0058-PDN" TargetMode="External"/><Relationship Id="rId7681693dbbe9ee175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/cpc/datasheet/16197" TargetMode="External"/><Relationship Id="rId1392693dbbe9ee255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId9747693dbbe9ee4cb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1984.tb01974.x" TargetMode="External"/><Relationship Id="rId7082693dbbe9ea8fa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId7082693dbbe9ea8fa.jpg"/><Relationship Id="rId2852693dbbe9ec1fa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId2852693dbbe9ec1fa.jpg"/><Relationship Id="rId5343693dbbe9ee5ce" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId5343693dbbe9ee5ce.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId607773210" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId997287611" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId8839693ed6dfe7c15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CRLV00/" TargetMode="External"/><Relationship Id="rId3432693ed6dfe7c7f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CRLV00/categorization" TargetMode="External"/><Relationship Id="rId8297693ed6dfe84ab" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CRLV00/photos" TargetMode="External"/><Relationship Id="rId6011693ed6dfea769" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s42161-020-00522-5" TargetMode="External"/><Relationship Id="rId4330693ed6dfeb008" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-01-14-0058-PDN" TargetMode="External"/><Relationship Id="rId8256693ed6dfeb50e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/cpc/datasheet/16197" TargetMode="External"/><Relationship Id="rId9842693ed6dfeb5e2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId7081693ed6dfeb763" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1984.tb01974.x" TargetMode="External"/><Relationship Id="rId5339693ed6dfe8394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId5339693ed6dfe8394.jpg"/><Relationship Id="rId5164693ed6dfe99fc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId5164693ed6dfe99fc.jpg"/><Relationship Id="rId1473693ed6dfeb7cd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId1473693ed6dfeb7cd.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>