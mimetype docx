--- v4 (2025-12-14)
+++ v5 (2026-01-22)
@@ -303,51 +303,51 @@
               <w:t xml:space="preserve">Cherry rasp leaf virus</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> American rasp leaf of cherry, flat apple, rasp leaf of cherry</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8839693ed6dfe7c15" w:history="1">
+            <w:hyperlink r:id="rId5040697199ae4287d" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -363,51 +363,51 @@
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 Quarantine pest (Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId3432693ed6dfe7c7f" w:history="1">
+            <w:hyperlink r:id="rId9488697199ae428e6" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -421,86 +421,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> CRLV00</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="86931335" name="name4182693ed6dfe8396" descr="454.jpg"/>
+                  <wp:docPr id="99441529" name="name7653697199ae429ba" descr="454.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="454.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId5339693ed6dfe8394" cstate="print"/>
+                          <a:blip r:embed="rId1550697199ae429b9" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId8297693ed6dfe84ab" w:history="1">
+            <w:hyperlink r:id="rId1288697199ae42ae6" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -1887,63 +1887,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">., 1968). As a result, in the absence of definitive diagnostic testing, reports of CRLV in cherry outside of the known CRLV-infested areas of western North America should be considered as unconfirmed.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="16101938" name="name4646693ed6dfe99ff" descr="CRLV00_distribution_map.jpg"/>
+            <wp:docPr id="60674982" name="name6438697199ae43758" descr="CRLV00_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="CRLV00_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId5164693ed6dfe99fc" cstate="print"/>
+                    <a:blip r:embed="rId6787697199ae43756" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -3416,51 +3416,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Journal of Plant Pathology </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">102</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 843-848. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6011693ed6dfea769" w:history="1">
+      <w:hyperlink r:id="rId7078697199ae442cc" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s42161-020-00522-5</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4581,51 +4581,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">98</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(8), p 1161. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4330693ed6dfeb008" w:history="1">
+      <w:hyperlink r:id="rId7605697199ae44a55" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PDIS-01-14-0058-PDN</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5180,51 +5180,51 @@
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI and EFSA resources used when preparing this datasheet</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI Datasheet on Pest Cherry rasp leaf virus (cherry rasp leaf). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8256693ed6dfeb50e" w:history="1">
+      <w:hyperlink r:id="rId5280697199ae44e48" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.cabi.org/cpc/datasheet/16197</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -5268,73 +5268,73 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">How to cite this datasheet?</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">EPPO (2025) </w:t>
+        <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Cheravirus avii</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9842693ed6dfeb5e2" w:history="1">
+      <w:hyperlink r:id="rId5894697199ae44f01" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -5525,90 +5525,90 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">14</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 5-10. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7081693ed6dfeb763" w:history="1">
+      <w:hyperlink r:id="rId4339697199ae45075" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.1984.tb01974.x</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="15009081" name="name2509693ed6dfeb7ce" descr="eu_funding_250.png"/>
+            <wp:docPr id="45895810" name="name2522697199ae452a2" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId1473693ed6dfeb7cd" cstate="print"/>
+                    <a:blip r:embed="rId2367697199ae452a1" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -5706,137 +5706,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="96806464">
+  <w:abstractNum w:abstractNumId="14740202">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="97908428">
+    <w:lvl w:ilvl="0" w:tplc="84230176">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="97908428" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="84230176" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="97908428" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="84230176" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="97908428" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="84230176" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="97908428" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="84230176" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="97908428" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="84230176" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="97908428" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="84230176" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="97908428" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="84230176" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="97908428" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="84230176" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="96806463">
+  <w:abstractNum w:abstractNumId="14740201">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="61397012">
+    <w:lvl w:ilvl="0" w:tplc="45474137">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -6588,55 +6588,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="96806463">
-    <w:abstractNumId w:val="96806463"/>
+  <w:num w:numId="14740201">
+    <w:abstractNumId w:val="14740201"/>
   </w:num>
-  <w:num w:numId="96806464">
-    <w:abstractNumId w:val="96806464"/>
+  <w:num w:numId="14740202">
+    <w:abstractNumId w:val="14740202"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -18186,51 +18186,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId607773210" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId997287611" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId8839693ed6dfe7c15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CRLV00/" TargetMode="External"/><Relationship Id="rId3432693ed6dfe7c7f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CRLV00/categorization" TargetMode="External"/><Relationship Id="rId8297693ed6dfe84ab" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CRLV00/photos" TargetMode="External"/><Relationship Id="rId6011693ed6dfea769" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s42161-020-00522-5" TargetMode="External"/><Relationship Id="rId4330693ed6dfeb008" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-01-14-0058-PDN" TargetMode="External"/><Relationship Id="rId8256693ed6dfeb50e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/cpc/datasheet/16197" TargetMode="External"/><Relationship Id="rId9842693ed6dfeb5e2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId7081693ed6dfeb763" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1984.tb01974.x" TargetMode="External"/><Relationship Id="rId5339693ed6dfe8394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId5339693ed6dfe8394.jpg"/><Relationship Id="rId5164693ed6dfe99fc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId5164693ed6dfe99fc.jpg"/><Relationship Id="rId1473693ed6dfeb7cd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId1473693ed6dfeb7cd.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId792658286" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId632282177" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId5040697199ae4287d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CRLV00/" TargetMode="External"/><Relationship Id="rId9488697199ae428e6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CRLV00/categorization" TargetMode="External"/><Relationship Id="rId1288697199ae42ae6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CRLV00/photos" TargetMode="External"/><Relationship Id="rId7078697199ae442cc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s42161-020-00522-5" TargetMode="External"/><Relationship Id="rId7605697199ae44a55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-01-14-0058-PDN" TargetMode="External"/><Relationship Id="rId5280697199ae44e48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/cpc/datasheet/16197" TargetMode="External"/><Relationship Id="rId5894697199ae44f01" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId4339697199ae45075" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1984.tb01974.x" TargetMode="External"/><Relationship Id="rId1550697199ae429b9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId1550697199ae429b9.jpg"/><Relationship Id="rId6787697199ae43756" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId6787697199ae43756.jpg"/><Relationship Id="rId2367697199ae452a1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId2367697199ae452a1.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>