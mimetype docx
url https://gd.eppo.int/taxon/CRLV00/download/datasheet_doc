--- v5 (2026-01-22)
+++ v6 (2026-02-11)
@@ -303,51 +303,51 @@
               <w:t xml:space="preserve">Cherry rasp leaf virus</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> American rasp leaf of cherry, flat apple, rasp leaf of cherry</w:t>
             </w:r>
-            <w:hyperlink r:id="rId5040697199ae4287d" w:history="1">
+            <w:hyperlink r:id="rId9086698c614dcdf92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -361,53 +361,53 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve"> A1 Quarantine pest (Annex II A)</w:t>
+              <w:t xml:space="preserve"> Quarantine pest ((EU) 2019/2072 Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9488697199ae428e6" w:history="1">
+            <w:hyperlink r:id="rId3867698c614dcdffb" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -421,86 +421,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> CRLV00</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="99441529" name="name7653697199ae429ba" descr="454.jpg"/>
+                  <wp:docPr id="91500557" name="name5238698c614dce65a" descr="454.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="454.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId1550697199ae429b9" cstate="print"/>
+                          <a:blip r:embed="rId2579698c614dce658" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId1288697199ae42ae6" w:history="1">
+            <w:hyperlink r:id="rId2175698c614dce775" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -1887,63 +1887,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">., 1968). As a result, in the absence of definitive diagnostic testing, reports of CRLV in cherry outside of the known CRLV-infested areas of western North America should be considered as unconfirmed.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="60674982" name="name6438697199ae43758" descr="CRLV00_distribution_map.jpg"/>
+            <wp:docPr id="77839935" name="name4240698c614dd0410" descr="CRLV00_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="CRLV00_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId6787697199ae43756" cstate="print"/>
+                    <a:blip r:embed="rId8627698c614dd040c" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -3416,51 +3416,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Journal of Plant Pathology </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">102</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 843-848. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7078697199ae442cc" w:history="1">
+      <w:hyperlink r:id="rId6804698c614dd1001" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s42161-020-00522-5</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4581,51 +4581,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">98</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(8), p 1161. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7605697199ae44a55" w:history="1">
+      <w:hyperlink r:id="rId8816698c614dd1767" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PDIS-01-14-0058-PDN</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5180,51 +5180,51 @@
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI and EFSA resources used when preparing this datasheet</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI Datasheet on Pest Cherry rasp leaf virus (cherry rasp leaf). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5280697199ae44e48" w:history="1">
+      <w:hyperlink r:id="rId7941698c614dd1b50" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.cabi.org/cpc/datasheet/16197</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -5290,51 +5290,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Cheravirus avii</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5894697199ae44f01" w:history="1">
+      <w:hyperlink r:id="rId1308698c614dd1c07" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -5525,90 +5525,90 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">14</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 5-10. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4339697199ae45075" w:history="1">
+      <w:hyperlink r:id="rId7308698c614dd1d7b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.1984.tb01974.x</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="45895810" name="name2522697199ae452a2" descr="eu_funding_250.png"/>
+            <wp:docPr id="63912861" name="name9406698c614dd1ff9" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId2367697199ae452a1" cstate="print"/>
+                    <a:blip r:embed="rId3090698c614dd1ff8" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -5706,137 +5706,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="14740202">
+  <w:abstractNum w:abstractNumId="29139054">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="84230176">
+    <w:lvl w:ilvl="0" w:tplc="28470687">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="84230176" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="28470687" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="84230176" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="28470687" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="84230176" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="28470687" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="84230176" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="28470687" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="84230176" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="28470687" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="84230176" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="28470687" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="84230176" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="28470687" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="84230176" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="28470687" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="14740201">
+  <w:abstractNum w:abstractNumId="29139053">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="45474137">
+    <w:lvl w:ilvl="0" w:tplc="92857077">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -6588,55 +6588,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="14740201">
-    <w:abstractNumId w:val="14740201"/>
+  <w:num w:numId="29139053">
+    <w:abstractNumId w:val="29139053"/>
   </w:num>
-  <w:num w:numId="14740202">
-    <w:abstractNumId w:val="14740202"/>
+  <w:num w:numId="29139054">
+    <w:abstractNumId w:val="29139054"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -18186,51 +18186,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId792658286" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId632282177" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId5040697199ae4287d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CRLV00/" TargetMode="External"/><Relationship Id="rId9488697199ae428e6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CRLV00/categorization" TargetMode="External"/><Relationship Id="rId1288697199ae42ae6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CRLV00/photos" TargetMode="External"/><Relationship Id="rId7078697199ae442cc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s42161-020-00522-5" TargetMode="External"/><Relationship Id="rId7605697199ae44a55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-01-14-0058-PDN" TargetMode="External"/><Relationship Id="rId5280697199ae44e48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/cpc/datasheet/16197" TargetMode="External"/><Relationship Id="rId5894697199ae44f01" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId4339697199ae45075" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1984.tb01974.x" TargetMode="External"/><Relationship Id="rId1550697199ae429b9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId1550697199ae429b9.jpg"/><Relationship Id="rId6787697199ae43756" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId6787697199ae43756.jpg"/><Relationship Id="rId2367697199ae452a1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId2367697199ae452a1.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId333285660" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId870030243" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId9086698c614dcdf92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CRLV00/" TargetMode="External"/><Relationship Id="rId3867698c614dcdffb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CRLV00/categorization" TargetMode="External"/><Relationship Id="rId2175698c614dce775" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CRLV00/photos" TargetMode="External"/><Relationship Id="rId6804698c614dd1001" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s42161-020-00522-5" TargetMode="External"/><Relationship Id="rId8816698c614dd1767" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-01-14-0058-PDN" TargetMode="External"/><Relationship Id="rId7941698c614dd1b50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/cpc/datasheet/16197" TargetMode="External"/><Relationship Id="rId1308698c614dd1c07" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId7308698c614dd1d7b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1984.tb01974.x" TargetMode="External"/><Relationship Id="rId2579698c614dce658" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId2579698c614dce658.jpg"/><Relationship Id="rId8627698c614dd040c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId8627698c614dd040c.jpg"/><Relationship Id="rId3090698c614dd1ff8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId3090698c614dd1ff8.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>