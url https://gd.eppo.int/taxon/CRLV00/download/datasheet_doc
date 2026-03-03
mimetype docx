--- v6 (2026-02-11)
+++ v7 (2026-03-03)
@@ -303,51 +303,51 @@
               <w:t xml:space="preserve">Cherry rasp leaf virus</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> American rasp leaf of cherry, flat apple, rasp leaf of cherry</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9086698c614dcdf92" w:history="1">
+            <w:hyperlink r:id="rId205869a6dcb694a26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -363,51 +363,51 @@
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Quarantine pest ((EU) 2019/2072 Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId3867698c614dcdffb" w:history="1">
+            <w:hyperlink r:id="rId769569a6dcb694aa3" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -421,86 +421,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> CRLV00</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="91500557" name="name5238698c614dce65a" descr="454.jpg"/>
+                  <wp:docPr id="11666097" name="name998969a6dcb6950e3" descr="454.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="454.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId2579698c614dce658" cstate="print"/>
+                          <a:blip r:embed="rId997969a6dcb6950e1" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId2175698c614dce775" w:history="1">
+            <w:hyperlink r:id="rId403369a6dcb695593" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -1887,63 +1887,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">., 1968). As a result, in the absence of definitive diagnostic testing, reports of CRLV in cherry outside of the known CRLV-infested areas of western North America should be considered as unconfirmed.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="77839935" name="name4240698c614dd0410" descr="CRLV00_distribution_map.jpg"/>
+            <wp:docPr id="17917223" name="name845669a6dcb696ccf" descr="CRLV00_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="CRLV00_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId8627698c614dd040c" cstate="print"/>
+                    <a:blip r:embed="rId998969a6dcb696ccb" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -3416,51 +3416,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Journal of Plant Pathology </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">102</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 843-848. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6804698c614dd1001" w:history="1">
+      <w:hyperlink r:id="rId336069a6dcb69797f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s42161-020-00522-5</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4581,51 +4581,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">98</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(8), p 1161. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8816698c614dd1767" w:history="1">
+      <w:hyperlink r:id="rId213169a6dcb69816d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PDIS-01-14-0058-PDN</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5180,51 +5180,51 @@
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI and EFSA resources used when preparing this datasheet</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI Datasheet on Pest Cherry rasp leaf virus (cherry rasp leaf). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7941698c614dd1b50" w:history="1">
+      <w:hyperlink r:id="rId629969a6dcb6985c1" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.cabi.org/cpc/datasheet/16197</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -5290,51 +5290,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Cheravirus avii</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1308698c614dd1c07" w:history="1">
+      <w:hyperlink r:id="rId549869a6dcb69867d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -5525,90 +5525,90 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">14</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 5-10. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7308698c614dd1d7b" w:history="1">
+      <w:hyperlink r:id="rId662669a6dcb69880b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.1984.tb01974.x</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="63912861" name="name9406698c614dd1ff9" descr="eu_funding_250.png"/>
+            <wp:docPr id="10974524" name="name938269a6dcb69887e" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId3090698c614dd1ff8" cstate="print"/>
+                    <a:blip r:embed="rId351369a6dcb69887d" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -5706,137 +5706,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="29139054">
+  <w:abstractNum w:abstractNumId="59538042">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="28470687">
+    <w:lvl w:ilvl="0" w:tplc="95830212">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="28470687" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="95830212" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="28470687" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="95830212" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="28470687" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="95830212" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="28470687" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="95830212" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="28470687" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="95830212" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="28470687" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="95830212" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="28470687" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="95830212" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="28470687" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="95830212" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="29139053">
+  <w:abstractNum w:abstractNumId="59538041">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="92857077">
+    <w:lvl w:ilvl="0" w:tplc="95535907">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -6588,55 +6588,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="29139053">
-    <w:abstractNumId w:val="29139053"/>
+  <w:num w:numId="59538041">
+    <w:abstractNumId w:val="59538041"/>
   </w:num>
-  <w:num w:numId="29139054">
-    <w:abstractNumId w:val="29139054"/>
+  <w:num w:numId="59538042">
+    <w:abstractNumId w:val="59538042"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -18186,51 +18186,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId333285660" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId870030243" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId9086698c614dcdf92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CRLV00/" TargetMode="External"/><Relationship Id="rId3867698c614dcdffb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CRLV00/categorization" TargetMode="External"/><Relationship Id="rId2175698c614dce775" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CRLV00/photos" TargetMode="External"/><Relationship Id="rId6804698c614dd1001" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s42161-020-00522-5" TargetMode="External"/><Relationship Id="rId8816698c614dd1767" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-01-14-0058-PDN" TargetMode="External"/><Relationship Id="rId7941698c614dd1b50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/cpc/datasheet/16197" TargetMode="External"/><Relationship Id="rId1308698c614dd1c07" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId7308698c614dd1d7b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1984.tb01974.x" TargetMode="External"/><Relationship Id="rId2579698c614dce658" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId2579698c614dce658.jpg"/><Relationship Id="rId8627698c614dd040c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId8627698c614dd040c.jpg"/><Relationship Id="rId3090698c614dd1ff8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId3090698c614dd1ff8.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId794180702" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId313397228" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId205869a6dcb694a26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CRLV00/" TargetMode="External"/><Relationship Id="rId769569a6dcb694aa3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CRLV00/categorization" TargetMode="External"/><Relationship Id="rId403369a6dcb695593" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CRLV00/photos" TargetMode="External"/><Relationship Id="rId336069a6dcb69797f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s42161-020-00522-5" TargetMode="External"/><Relationship Id="rId213169a6dcb69816d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-01-14-0058-PDN" TargetMode="External"/><Relationship Id="rId629969a6dcb6985c1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/cpc/datasheet/16197" TargetMode="External"/><Relationship Id="rId549869a6dcb69867d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId662669a6dcb69880b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1984.tb01974.x" TargetMode="External"/><Relationship Id="rId997969a6dcb6950e1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId997969a6dcb6950e1.jpg"/><Relationship Id="rId998969a6dcb696ccb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId998969a6dcb696ccb.jpg"/><Relationship Id="rId351369a6dcb69887d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId351369a6dcb69887d.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>