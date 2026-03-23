--- v7 (2026-03-03)
+++ v8 (2026-03-23)
@@ -303,51 +303,51 @@
               <w:t xml:space="preserve">Cherry rasp leaf virus</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> American rasp leaf of cherry, flat apple, rasp leaf of cherry</w:t>
             </w:r>
-            <w:hyperlink r:id="rId205869a6dcb694a26" w:history="1">
+            <w:hyperlink r:id="rId938169c1b49259e0d" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -363,51 +363,51 @@
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Quarantine pest ((EU) 2019/2072 Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId769569a6dcb694aa3" w:history="1">
+            <w:hyperlink r:id="rId382069c1b49259e77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -421,86 +421,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> CRLV00</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="11666097" name="name998969a6dcb6950e3" descr="454.jpg"/>
+                  <wp:docPr id="50405464" name="name811269c1b49259fa0" descr="454.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="454.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId997969a6dcb6950e1" cstate="print"/>
+                          <a:blip r:embed="rId579069c1b49259f9e" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId403369a6dcb695593" w:history="1">
+            <w:hyperlink r:id="rId453169c1b4925a09e" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -1887,63 +1887,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">., 1968). As a result, in the absence of definitive diagnostic testing, reports of CRLV in cherry outside of the known CRLV-infested areas of western North America should be considered as unconfirmed.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="17917223" name="name845669a6dcb696ccf" descr="CRLV00_distribution_map.jpg"/>
+            <wp:docPr id="89711106" name="name677369c1b4925b833" descr="CRLV00_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="CRLV00_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId998969a6dcb696ccb" cstate="print"/>
+                    <a:blip r:embed="rId324369c1b4925b82f" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -3416,51 +3416,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Journal of Plant Pathology </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">102</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 843-848. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId336069a6dcb69797f" w:history="1">
+      <w:hyperlink r:id="rId305569c1b4925c3ee" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s42161-020-00522-5</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4581,51 +4581,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">98</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(8), p 1161. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId213169a6dcb69816d" w:history="1">
+      <w:hyperlink r:id="rId381969c1b4925cb3d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PDIS-01-14-0058-PDN</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5180,51 +5180,51 @@
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI and EFSA resources used when preparing this datasheet</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI Datasheet on Pest Cherry rasp leaf virus (cherry rasp leaf). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId629969a6dcb6985c1" w:history="1">
+      <w:hyperlink r:id="rId630169c1b4925cf38" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.cabi.org/cpc/datasheet/16197</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -5290,51 +5290,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Cheravirus avii</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId549869a6dcb69867d" w:history="1">
+      <w:hyperlink r:id="rId167969c1b4925cff1" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -5525,90 +5525,90 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">14</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 5-10. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId662669a6dcb69880b" w:history="1">
+      <w:hyperlink r:id="rId748169c1b4925d166" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.1984.tb01974.x</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="10974524" name="name938269a6dcb69887e" descr="eu_funding_250.png"/>
+            <wp:docPr id="8192216" name="name287669c1b4925d1f4" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId351369a6dcb69887d" cstate="print"/>
+                    <a:blip r:embed="rId810669c1b4925d1f3" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -5706,137 +5706,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="59538042">
+  <w:abstractNum w:abstractNumId="86103833">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="95830212">
+    <w:lvl w:ilvl="0" w:tplc="22309155">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="95830212" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="22309155" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="95830212" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="22309155" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="95830212" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="22309155" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="95830212" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="22309155" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="95830212" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="22309155" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="95830212" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="22309155" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="95830212" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="22309155" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="95830212" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="22309155" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="59538041">
+  <w:abstractNum w:abstractNumId="86103832">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="95535907">
+    <w:lvl w:ilvl="0" w:tplc="52024785">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -6588,55 +6588,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="59538041">
-    <w:abstractNumId w:val="59538041"/>
+  <w:num w:numId="86103832">
+    <w:abstractNumId w:val="86103832"/>
   </w:num>
-  <w:num w:numId="59538042">
-    <w:abstractNumId w:val="59538042"/>
+  <w:num w:numId="86103833">
+    <w:abstractNumId w:val="86103833"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -18186,51 +18186,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId794180702" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId313397228" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId205869a6dcb694a26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CRLV00/" TargetMode="External"/><Relationship Id="rId769569a6dcb694aa3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CRLV00/categorization" TargetMode="External"/><Relationship Id="rId403369a6dcb695593" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CRLV00/photos" TargetMode="External"/><Relationship Id="rId336069a6dcb69797f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s42161-020-00522-5" TargetMode="External"/><Relationship Id="rId213169a6dcb69816d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-01-14-0058-PDN" TargetMode="External"/><Relationship Id="rId629969a6dcb6985c1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/cpc/datasheet/16197" TargetMode="External"/><Relationship Id="rId549869a6dcb69867d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId662669a6dcb69880b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1984.tb01974.x" TargetMode="External"/><Relationship Id="rId997969a6dcb6950e1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId997969a6dcb6950e1.jpg"/><Relationship Id="rId998969a6dcb696ccb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId998969a6dcb696ccb.jpg"/><Relationship Id="rId351369a6dcb69887d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId351369a6dcb69887d.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId740638057" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId541422607" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId938169c1b49259e0d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CRLV00/" TargetMode="External"/><Relationship Id="rId382069c1b49259e77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CRLV00/categorization" TargetMode="External"/><Relationship Id="rId453169c1b4925a09e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CRLV00/photos" TargetMode="External"/><Relationship Id="rId305569c1b4925c3ee" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s42161-020-00522-5" TargetMode="External"/><Relationship Id="rId381969c1b4925cb3d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-01-14-0058-PDN" TargetMode="External"/><Relationship Id="rId630169c1b4925cf38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/cpc/datasheet/16197" TargetMode="External"/><Relationship Id="rId167969c1b4925cff1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId748169c1b4925d166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1984.tb01974.x" TargetMode="External"/><Relationship Id="rId579069c1b49259f9e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId579069c1b49259f9e.jpg"/><Relationship Id="rId324369c1b4925b82f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId324369c1b4925b82f.jpg"/><Relationship Id="rId810669c1b4925d1f3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId810669c1b4925d1f3.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>