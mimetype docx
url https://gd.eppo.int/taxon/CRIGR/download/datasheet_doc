--- v0 (2025-10-08)
+++ v1 (2025-10-29)
@@ -225,51 +225,51 @@
               <w:t xml:space="preserve"> Plantae: Magnoliophyta: Angiospermae: Malvids: Sapindales: Sapindaceae: Sapindoideae</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> balloon vine, grand balloon vine, heart pea, heart seed, showy balloon vine</w:t>
             </w:r>
-            <w:hyperlink r:id="rId333368e6e6dbebb79" w:history="1">
+            <w:hyperlink r:id="rId18036901df10dd02a" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -285,51 +285,51 @@
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> IAS of Union concern</w:t>
             </w:r>
-            <w:hyperlink r:id="rId172068e6e6dbebbe0" w:history="1">
+            <w:hyperlink r:id="rId29896901df10dd093" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -343,86 +343,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> CRIGR</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="32580370" name="name949168e6e6dbec2b6" descr="2286.jpg"/>
+                  <wp:docPr id="63183008" name="name65896901df10dd14f" descr="2286.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="2286.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId600468e6e6dbec2b5" cstate="print"/>
+                          <a:blip r:embed="rId89126901df10dd14e" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId235768e6e6dbec3cc" w:history="1">
+            <w:hyperlink r:id="rId66086901df10dd23b" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
@@ -746,63 +746,63 @@
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="293" w:after="293" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
         <w:outlineLvl w:val="3"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Distribution</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="93365598" name="name441068e6e6dbed304" descr="CRIGR_distribution_map.jpg"/>
+            <wp:docPr id="62210187" name="name68196901df10deaba" descr="CRIGR_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="CRIGR_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId862868e6e6dbed301" cstate="print"/>
+                    <a:blip r:embed="rId80576901df10deab7" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -3054,51 +3054,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">In South Africa control of the species is enabled by the Conservation of Agricultural Resources (CARA) Act 43 of 1983, as amended, in conjunction with the National Environmental Management: Biodiversity (NEMBA) Act 10 of 2004. Currently </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">C. grandiflorum</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> is listed as a Category 1b ‘invader species’ on the NEMBA mandated list of 2014 (Government of the Republic of South Africa, 2014). Category 1b means that the ‘invasive species that may not be owned, imported into South Africa, grown, moved, sold, given as a gift or dumped in a waterway’. Category 1b species are major invaders that may need government assistance to remove. All Category 1b species must be contained, and in many cases they already fall under a government sponsored management programme (</w:t>
       </w:r>
-      <w:hyperlink r:id="rId495368e6e6dbee488" w:history="1">
+      <w:hyperlink r:id="rId27656901df10dfe3c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.en vironment.gov.za</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3210,129 +3210,129 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1–483.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Ameen J (2013) Valley flora being slowly choked by invasive plant. Times of Malta, Allied Newspapers Ltd. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId765768e6e6dbee58c" w:history="1">
+      <w:hyperlink r:id="rId48826901df10dff52" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.timesofmalta.c om/articles/view/20130309/local/Valley-flora-being-slowly-chokedby-invasive-plant.460792</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 15 August 2016] </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">ARC (2011) Southern Africa Plant Invaders Atlas (SAPIA) News. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId580068e6e6dbee5cf" w:history="1">
+      <w:hyperlink r:id="rId59586901df10dff9a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.arc.agric.za/home.asp?pid=1&amp;toolid=2&amp;sec=1001</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 28 July 2016] </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">BioNET-International (2016) </w:t>
       </w:r>
-      <w:hyperlink r:id="rId739968e6e6dbee60d" w:history="1">
+      <w:hyperlink r:id="rId87946901df10dffda" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://keys.lucidcentral.org/keys/v3/eafrine t/weeds/key/weeds/Media/Html/Cardiospermum_grandiflorum_(Ba lloon_Vine).htm</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 25 August 2016] </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3385,51 +3385,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 603–617. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI (2017) Invasive Species Compendium. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId101868e6e6dbee6aa" w:history="1">
+      <w:hyperlink r:id="rId15776901df10e007a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">www.isc.org</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 25 July 2017] </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3696,51 +3696,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2017) Pest Risk Analysis </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Cardiospermum grandiflorum</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> EPPO, Paris. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId256168e6e6dbee8cb" w:history="1">
+      <w:hyperlink r:id="rId97816901df10e03bf" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.eppo.int/INVASIVE_PLANTS/ias_plants.htm</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 29 September 2017]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3755,51 +3755,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">FloraBase (2012) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Cardiospermum grandiflorum </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Sw. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId820568e6e6dbee92b" w:history="1">
+      <w:hyperlink r:id="rId38616901df10e0422" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://florabase.d paw.wa.gov.au/browse/profile/1731</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">8 [accessed on 23 August 2016] </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4030,51 +4030,51 @@
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">GISD (2015) Global invasive species database, species profile</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Cardiospermum grandiflorum. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId375868e6e6dbeeaf1" w:history="1">
+      <w:hyperlink r:id="rId78926901df10e05e3" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.iucngisd.org/gisd/species. php?sc=1346</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 23 August 2016]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4860,51 +4860,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">NeoBiota </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">35</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 87–118. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId778968e6e6dbef03f" w:history="1">
+      <w:hyperlink r:id="rId51456901df10e0cda" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3897/neobiota.35.12366</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5106,51 +5106,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Cardiospermum grandiflorum</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId862668e6e6dbef1d4" w:history="1">
+      <w:hyperlink r:id="rId27066901df10e10ae" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -5226,51 +5226,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">47</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 526-530. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId395368e6e6dbef29a" w:history="1">
+      <w:hyperlink r:id="rId50606901df10e11ad" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12427</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
       <w:pgMar w:top="1100" w:right="1100" w:bottom="1100" w:left="1100" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708" w:num="1"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14"/>
 </file>
@@ -5357,137 +5357,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="98410926">
+  <w:abstractNum w:abstractNumId="26827365">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="85831770">
+    <w:lvl w:ilvl="0" w:tplc="97569571">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="85831770" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="97569571" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="85831770" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="97569571" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="85831770" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="97569571" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="85831770" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="97569571" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="85831770" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="97569571" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="85831770" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="97569571" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="85831770" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="97569571" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="85831770" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="97569571" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="98410925">
+  <w:abstractNum w:abstractNumId="26827364">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="89758242">
+    <w:lvl w:ilvl="0" w:tplc="93549328">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -6239,55 +6239,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="98410925">
-    <w:abstractNumId w:val="98410925"/>
+  <w:num w:numId="26827364">
+    <w:abstractNumId w:val="26827364"/>
   </w:num>
-  <w:num w:numId="98410926">
-    <w:abstractNumId w:val="98410926"/>
+  <w:num w:numId="26827365">
+    <w:abstractNumId w:val="26827365"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -17837,51 +17837,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId363036737" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId129267125" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId333368e6e6dbebb79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CRIGR/" TargetMode="External"/><Relationship Id="rId172068e6e6dbebbe0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CRIGR/categorization" TargetMode="External"/><Relationship Id="rId235768e6e6dbec3cc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CRIGR/photos" TargetMode="External"/><Relationship Id="rId495368e6e6dbee488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.en%20vironment.gov.za" TargetMode="External"/><Relationship Id="rId765768e6e6dbee58c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.timesofmalta.c%20om/articles/view/20130309/local/Valley-flora-being-slowly-chokedby-invasive-plant.460792" TargetMode="External"/><Relationship Id="rId580068e6e6dbee5cf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.arc.agric.za/home.asp?pid=1&amp;toolid=2&amp;sec=1001" TargetMode="External"/><Relationship Id="rId739968e6e6dbee60d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://keys.lucidcentral.org/keys/v3/eafrine%20t/weeds/key/weeds/Media/Html/Cardiospermum_grandiflorum_(Ba%20lloon_Vine).htm" TargetMode="External"/><Relationship Id="rId101868e6e6dbee6aa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.isc.org" TargetMode="External"/><Relationship Id="rId256168e6e6dbee8cb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.eppo.int/INVASIVE_PLANTS/ias_plants.htm" TargetMode="External"/><Relationship Id="rId820568e6e6dbee92b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://florabase.d%20paw.wa.gov.au/browse/profile/1731" TargetMode="External"/><Relationship Id="rId375868e6e6dbeeaf1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.iucngisd.org/gisd/species.%20php?sc=1346" TargetMode="External"/><Relationship Id="rId778968e6e6dbef03f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3897/neobiota.35.12366" TargetMode="External"/><Relationship Id="rId862668e6e6dbef1d4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId395368e6e6dbef29a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12427" TargetMode="External"/><Relationship Id="rId600468e6e6dbec2b5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId600468e6e6dbec2b5.jpg"/><Relationship Id="rId862868e6e6dbed301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId862868e6e6dbed301.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId975090717" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId820475002" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId18036901df10dd02a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CRIGR/" TargetMode="External"/><Relationship Id="rId29896901df10dd093" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CRIGR/categorization" TargetMode="External"/><Relationship Id="rId66086901df10dd23b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CRIGR/photos" TargetMode="External"/><Relationship Id="rId27656901df10dfe3c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.en%20vironment.gov.za" TargetMode="External"/><Relationship Id="rId48826901df10dff52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.timesofmalta.c%20om/articles/view/20130309/local/Valley-flora-being-slowly-chokedby-invasive-plant.460792" TargetMode="External"/><Relationship Id="rId59586901df10dff9a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.arc.agric.za/home.asp?pid=1&amp;toolid=2&amp;sec=1001" TargetMode="External"/><Relationship Id="rId87946901df10dffda" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://keys.lucidcentral.org/keys/v3/eafrine%20t/weeds/key/weeds/Media/Html/Cardiospermum_grandiflorum_(Ba%20lloon_Vine).htm" TargetMode="External"/><Relationship Id="rId15776901df10e007a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.isc.org" TargetMode="External"/><Relationship Id="rId97816901df10e03bf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.eppo.int/INVASIVE_PLANTS/ias_plants.htm" TargetMode="External"/><Relationship Id="rId38616901df10e0422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://florabase.d%20paw.wa.gov.au/browse/profile/1731" TargetMode="External"/><Relationship Id="rId78926901df10e05e3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.iucngisd.org/gisd/species.%20php?sc=1346" TargetMode="External"/><Relationship Id="rId51456901df10e0cda" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3897/neobiota.35.12366" TargetMode="External"/><Relationship Id="rId27066901df10e10ae" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId50606901df10e11ad" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12427" TargetMode="External"/><Relationship Id="rId89126901df10dd14e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId89126901df10dd14e.jpg"/><Relationship Id="rId80576901df10deab7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId80576901df10deab7.jpg"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>