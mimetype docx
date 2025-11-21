--- v1 (2025-10-29)
+++ v2 (2025-11-21)
@@ -225,51 +225,51 @@
               <w:t xml:space="preserve"> Plantae: Magnoliophyta: Angiospermae: Malvids: Sapindales: Sapindaceae: Sapindoideae</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> balloon vine, grand balloon vine, heart pea, heart seed, showy balloon vine</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18036901df10dd02a" w:history="1">
+            <w:hyperlink r:id="rId4217691fd3e6ae43f" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -285,51 +285,51 @@
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> IAS of Union concern</w:t>
             </w:r>
-            <w:hyperlink r:id="rId29896901df10dd093" w:history="1">
+            <w:hyperlink r:id="rId9569691fd3e6ae4a9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -343,86 +343,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> CRIGR</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="63183008" name="name65896901df10dd14f" descr="2286.jpg"/>
+                  <wp:docPr id="80619923" name="name2987691fd3e6aebcd" descr="2286.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="2286.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId89126901df10dd14e" cstate="print"/>
+                          <a:blip r:embed="rId9828691fd3e6aebcb" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId66086901df10dd23b" w:history="1">
+            <w:hyperlink r:id="rId6362691fd3e6aed10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
@@ -746,63 +746,63 @@
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="293" w:after="293" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
         <w:outlineLvl w:val="3"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Distribution</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="62210187" name="name68196901df10deaba" descr="CRIGR_distribution_map.jpg"/>
+            <wp:docPr id="71839147" name="name9653691fd3e6aff64" descr="CRIGR_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="CRIGR_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId80576901df10deab7" cstate="print"/>
+                    <a:blip r:embed="rId4920691fd3e6aff60" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -3054,51 +3054,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">In South Africa control of the species is enabled by the Conservation of Agricultural Resources (CARA) Act 43 of 1983, as amended, in conjunction with the National Environmental Management: Biodiversity (NEMBA) Act 10 of 2004. Currently </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">C. grandiflorum</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> is listed as a Category 1b ‘invader species’ on the NEMBA mandated list of 2014 (Government of the Republic of South Africa, 2014). Category 1b means that the ‘invasive species that may not be owned, imported into South Africa, grown, moved, sold, given as a gift or dumped in a waterway’. Category 1b species are major invaders that may need government assistance to remove. All Category 1b species must be contained, and in many cases they already fall under a government sponsored management programme (</w:t>
       </w:r>
-      <w:hyperlink r:id="rId27656901df10dfe3c" w:history="1">
+      <w:hyperlink r:id="rId2068691fd3e6b10c9" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.en vironment.gov.za</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3210,129 +3210,129 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1–483.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Ameen J (2013) Valley flora being slowly choked by invasive plant. Times of Malta, Allied Newspapers Ltd. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId48826901df10dff52" w:history="1">
+      <w:hyperlink r:id="rId2293691fd3e6b11fa" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.timesofmalta.c om/articles/view/20130309/local/Valley-flora-being-slowly-chokedby-invasive-plant.460792</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 15 August 2016] </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">ARC (2011) Southern Africa Plant Invaders Atlas (SAPIA) News. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId59586901df10dff9a" w:history="1">
+      <w:hyperlink r:id="rId4411691fd3e6b1252" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.arc.agric.za/home.asp?pid=1&amp;toolid=2&amp;sec=1001</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 28 July 2016] </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">BioNET-International (2016) </w:t>
       </w:r>
-      <w:hyperlink r:id="rId87946901df10dffda" w:history="1">
+      <w:hyperlink r:id="rId4885691fd3e6b1296" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://keys.lucidcentral.org/keys/v3/eafrine t/weeds/key/weeds/Media/Html/Cardiospermum_grandiflorum_(Ba lloon_Vine).htm</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 25 August 2016] </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3385,51 +3385,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 603–617. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI (2017) Invasive Species Compendium. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId15776901df10e007a" w:history="1">
+      <w:hyperlink r:id="rId8939691fd3e6b133a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">www.isc.org</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 25 July 2017] </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3696,51 +3696,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2017) Pest Risk Analysis </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Cardiospermum grandiflorum</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> EPPO, Paris. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId97816901df10e03bf" w:history="1">
+      <w:hyperlink r:id="rId3589691fd3e6b15a3" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.eppo.int/INVASIVE_PLANTS/ias_plants.htm</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 29 September 2017]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3755,51 +3755,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">FloraBase (2012) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Cardiospermum grandiflorum </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Sw. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId38616901df10e0422" w:history="1">
+      <w:hyperlink r:id="rId7412691fd3e6b1625" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://florabase.d paw.wa.gov.au/browse/profile/1731</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">8 [accessed on 23 August 2016] </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4030,51 +4030,51 @@
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">GISD (2015) Global invasive species database, species profile</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Cardiospermum grandiflorum. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId78926901df10e05e3" w:history="1">
+      <w:hyperlink r:id="rId6390691fd3e6b1816" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.iucngisd.org/gisd/species. php?sc=1346</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 23 August 2016]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4860,51 +4860,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">NeoBiota </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">35</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 87–118. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId51456901df10e0cda" w:history="1">
+      <w:hyperlink r:id="rId3527691fd3e6b1eb6" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3897/neobiota.35.12366</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5106,51 +5106,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Cardiospermum grandiflorum</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId27066901df10e10ae" w:history="1">
+      <w:hyperlink r:id="rId6684691fd3e6b2066" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -5226,51 +5226,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">47</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 526-530. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId50606901df10e11ad" w:history="1">
+      <w:hyperlink r:id="rId1064691fd3e6b2131" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12427</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
       <w:pgMar w:top="1100" w:right="1100" w:bottom="1100" w:left="1100" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708" w:num="1"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14"/>
 </file>
@@ -5357,137 +5357,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="26827365">
+  <w:abstractNum w:abstractNumId="32108592">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="97569571">
+    <w:lvl w:ilvl="0" w:tplc="54341497">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="97569571" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="54341497" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="97569571" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="54341497" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="97569571" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="54341497" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="97569571" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="54341497" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="97569571" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="54341497" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="97569571" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="54341497" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="97569571" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="54341497" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="97569571" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="54341497" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="26827364">
+  <w:abstractNum w:abstractNumId="32108591">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="93549328">
+    <w:lvl w:ilvl="0" w:tplc="54611199">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -6239,55 +6239,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="26827364">
-    <w:abstractNumId w:val="26827364"/>
+  <w:num w:numId="32108591">
+    <w:abstractNumId w:val="32108591"/>
   </w:num>
-  <w:num w:numId="26827365">
-    <w:abstractNumId w:val="26827365"/>
+  <w:num w:numId="32108592">
+    <w:abstractNumId w:val="32108592"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -17837,51 +17837,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId975090717" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId820475002" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId18036901df10dd02a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CRIGR/" TargetMode="External"/><Relationship Id="rId29896901df10dd093" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CRIGR/categorization" TargetMode="External"/><Relationship Id="rId66086901df10dd23b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CRIGR/photos" TargetMode="External"/><Relationship Id="rId27656901df10dfe3c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.en%20vironment.gov.za" TargetMode="External"/><Relationship Id="rId48826901df10dff52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.timesofmalta.c%20om/articles/view/20130309/local/Valley-flora-being-slowly-chokedby-invasive-plant.460792" TargetMode="External"/><Relationship Id="rId59586901df10dff9a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.arc.agric.za/home.asp?pid=1&amp;toolid=2&amp;sec=1001" TargetMode="External"/><Relationship Id="rId87946901df10dffda" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://keys.lucidcentral.org/keys/v3/eafrine%20t/weeds/key/weeds/Media/Html/Cardiospermum_grandiflorum_(Ba%20lloon_Vine).htm" TargetMode="External"/><Relationship Id="rId15776901df10e007a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.isc.org" TargetMode="External"/><Relationship Id="rId97816901df10e03bf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.eppo.int/INVASIVE_PLANTS/ias_plants.htm" TargetMode="External"/><Relationship Id="rId38616901df10e0422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://florabase.d%20paw.wa.gov.au/browse/profile/1731" TargetMode="External"/><Relationship Id="rId78926901df10e05e3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.iucngisd.org/gisd/species.%20php?sc=1346" TargetMode="External"/><Relationship Id="rId51456901df10e0cda" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3897/neobiota.35.12366" TargetMode="External"/><Relationship Id="rId27066901df10e10ae" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId50606901df10e11ad" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12427" TargetMode="External"/><Relationship Id="rId89126901df10dd14e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId89126901df10dd14e.jpg"/><Relationship Id="rId80576901df10deab7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId80576901df10deab7.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId779729306" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId168478898" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId4217691fd3e6ae43f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CRIGR/" TargetMode="External"/><Relationship Id="rId9569691fd3e6ae4a9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CRIGR/categorization" TargetMode="External"/><Relationship Id="rId6362691fd3e6aed10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CRIGR/photos" TargetMode="External"/><Relationship Id="rId2068691fd3e6b10c9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.en%20vironment.gov.za" TargetMode="External"/><Relationship Id="rId2293691fd3e6b11fa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.timesofmalta.c%20om/articles/view/20130309/local/Valley-flora-being-slowly-chokedby-invasive-plant.460792" TargetMode="External"/><Relationship Id="rId4411691fd3e6b1252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.arc.agric.za/home.asp?pid=1&amp;toolid=2&amp;sec=1001" TargetMode="External"/><Relationship Id="rId4885691fd3e6b1296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://keys.lucidcentral.org/keys/v3/eafrine%20t/weeds/key/weeds/Media/Html/Cardiospermum_grandiflorum_(Ba%20lloon_Vine).htm" TargetMode="External"/><Relationship Id="rId8939691fd3e6b133a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.isc.org" TargetMode="External"/><Relationship Id="rId3589691fd3e6b15a3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.eppo.int/INVASIVE_PLANTS/ias_plants.htm" TargetMode="External"/><Relationship Id="rId7412691fd3e6b1625" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://florabase.d%20paw.wa.gov.au/browse/profile/1731" TargetMode="External"/><Relationship Id="rId6390691fd3e6b1816" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.iucngisd.org/gisd/species.%20php?sc=1346" TargetMode="External"/><Relationship Id="rId3527691fd3e6b1eb6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3897/neobiota.35.12366" TargetMode="External"/><Relationship Id="rId6684691fd3e6b2066" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId1064691fd3e6b2131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12427" TargetMode="External"/><Relationship Id="rId9828691fd3e6aebcb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId9828691fd3e6aebcb.jpg"/><Relationship Id="rId4920691fd3e6aff60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId4920691fd3e6aff60.jpg"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>