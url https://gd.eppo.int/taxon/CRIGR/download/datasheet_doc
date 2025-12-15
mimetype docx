--- v2 (2025-11-21)
+++ v3 (2025-12-15)
@@ -225,51 +225,51 @@
               <w:t xml:space="preserve"> Plantae: Magnoliophyta: Angiospermae: Malvids: Sapindales: Sapindaceae: Sapindoideae</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> balloon vine, grand balloon vine, heart pea, heart seed, showy balloon vine</w:t>
             </w:r>
-            <w:hyperlink r:id="rId4217691fd3e6ae43f" w:history="1">
+            <w:hyperlink r:id="rId3300693fad6e4e332" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -285,51 +285,51 @@
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> IAS of Union concern</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9569691fd3e6ae4a9" w:history="1">
+            <w:hyperlink r:id="rId2576693fad6e4e399" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -343,86 +343,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> CRIGR</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="80619923" name="name2987691fd3e6aebcd" descr="2286.jpg"/>
+                  <wp:docPr id="52977175" name="name5950693fad6e4e44a" descr="2286.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="2286.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId9828691fd3e6aebcb" cstate="print"/>
+                          <a:blip r:embed="rId8627693fad6e4e448" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId6362691fd3e6aed10" w:history="1">
+            <w:hyperlink r:id="rId9502693fad6e4e56c" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
@@ -746,63 +746,63 @@
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="293" w:after="293" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
         <w:outlineLvl w:val="3"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Distribution</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="71839147" name="name9653691fd3e6aff64" descr="CRIGR_distribution_map.jpg"/>
+            <wp:docPr id="97990861" name="name2919693fad6e4f73b" descr="CRIGR_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="CRIGR_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId4920691fd3e6aff60" cstate="print"/>
+                    <a:blip r:embed="rId8632693fad6e4f738" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -3054,51 +3054,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">In South Africa control of the species is enabled by the Conservation of Agricultural Resources (CARA) Act 43 of 1983, as amended, in conjunction with the National Environmental Management: Biodiversity (NEMBA) Act 10 of 2004. Currently </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">C. grandiflorum</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> is listed as a Category 1b ‘invader species’ on the NEMBA mandated list of 2014 (Government of the Republic of South Africa, 2014). Category 1b means that the ‘invasive species that may not be owned, imported into South Africa, grown, moved, sold, given as a gift or dumped in a waterway’. Category 1b species are major invaders that may need government assistance to remove. All Category 1b species must be contained, and in many cases they already fall under a government sponsored management programme (</w:t>
       </w:r>
-      <w:hyperlink r:id="rId2068691fd3e6b10c9" w:history="1">
+      <w:hyperlink r:id="rId9952693fad6e5075d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.en vironment.gov.za</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3210,129 +3210,129 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1–483.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Ameen J (2013) Valley flora being slowly choked by invasive plant. Times of Malta, Allied Newspapers Ltd. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2293691fd3e6b11fa" w:history="1">
+      <w:hyperlink r:id="rId7752693fad6e5085f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.timesofmalta.c om/articles/view/20130309/local/Valley-flora-being-slowly-chokedby-invasive-plant.460792</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 15 August 2016] </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">ARC (2011) Southern Africa Plant Invaders Atlas (SAPIA) News. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4411691fd3e6b1252" w:history="1">
+      <w:hyperlink r:id="rId9404693fad6e508a0" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.arc.agric.za/home.asp?pid=1&amp;toolid=2&amp;sec=1001</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 28 July 2016] </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">BioNET-International (2016) </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4885691fd3e6b1296" w:history="1">
+      <w:hyperlink r:id="rId3193693fad6e508dd" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://keys.lucidcentral.org/keys/v3/eafrine t/weeds/key/weeds/Media/Html/Cardiospermum_grandiflorum_(Ba lloon_Vine).htm</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 25 August 2016] </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3385,51 +3385,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 603–617. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI (2017) Invasive Species Compendium. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8939691fd3e6b133a" w:history="1">
+      <w:hyperlink r:id="rId3066693fad6e50979" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">www.isc.org</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 25 July 2017] </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3696,51 +3696,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2017) Pest Risk Analysis </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Cardiospermum grandiflorum</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> EPPO, Paris. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3589691fd3e6b15a3" w:history="1">
+      <w:hyperlink r:id="rId3689693fad6e50b6d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.eppo.int/INVASIVE_PLANTS/ias_plants.htm</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 29 September 2017]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3755,51 +3755,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">FloraBase (2012) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Cardiospermum grandiflorum </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Sw. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7412691fd3e6b1625" w:history="1">
+      <w:hyperlink r:id="rId7364693fad6e50bca" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://florabase.d paw.wa.gov.au/browse/profile/1731</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">8 [accessed on 23 August 2016] </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4030,51 +4030,51 @@
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">GISD (2015) Global invasive species database, species profile</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Cardiospermum grandiflorum. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6390691fd3e6b1816" w:history="1">
+      <w:hyperlink r:id="rId4700693fad6e50d7e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.iucngisd.org/gisd/species. php?sc=1346</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 23 August 2016]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4860,51 +4860,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">NeoBiota </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">35</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 87–118. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3527691fd3e6b1eb6" w:history="1">
+      <w:hyperlink r:id="rId8231693fad6e512c3" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3897/neobiota.35.12366</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5106,51 +5106,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Cardiospermum grandiflorum</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6684691fd3e6b2066" w:history="1">
+      <w:hyperlink r:id="rId1866693fad6e5145a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -5226,51 +5226,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">47</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 526-530. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1064691fd3e6b2131" w:history="1">
+      <w:hyperlink r:id="rId8217693fad6e5151f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12427</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
       <w:pgMar w:top="1100" w:right="1100" w:bottom="1100" w:left="1100" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708" w:num="1"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14"/>
 </file>
@@ -5357,137 +5357,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="32108592">
+  <w:abstractNum w:abstractNumId="45345005">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="54341497">
+    <w:lvl w:ilvl="0" w:tplc="64716780">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="54341497" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="64716780" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="54341497" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="64716780" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="54341497" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="64716780" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="54341497" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="64716780" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="54341497" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="64716780" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="54341497" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="64716780" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="54341497" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="64716780" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="54341497" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="64716780" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="32108591">
+  <w:abstractNum w:abstractNumId="45345004">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="54611199">
+    <w:lvl w:ilvl="0" w:tplc="73192240">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -6239,55 +6239,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="32108591">
-    <w:abstractNumId w:val="32108591"/>
+  <w:num w:numId="45345004">
+    <w:abstractNumId w:val="45345004"/>
   </w:num>
-  <w:num w:numId="32108592">
-    <w:abstractNumId w:val="32108592"/>
+  <w:num w:numId="45345005">
+    <w:abstractNumId w:val="45345005"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -17837,51 +17837,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId779729306" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId168478898" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId4217691fd3e6ae43f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CRIGR/" TargetMode="External"/><Relationship Id="rId9569691fd3e6ae4a9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CRIGR/categorization" TargetMode="External"/><Relationship Id="rId6362691fd3e6aed10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CRIGR/photos" TargetMode="External"/><Relationship Id="rId2068691fd3e6b10c9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.en%20vironment.gov.za" TargetMode="External"/><Relationship Id="rId2293691fd3e6b11fa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.timesofmalta.c%20om/articles/view/20130309/local/Valley-flora-being-slowly-chokedby-invasive-plant.460792" TargetMode="External"/><Relationship Id="rId4411691fd3e6b1252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.arc.agric.za/home.asp?pid=1&amp;toolid=2&amp;sec=1001" TargetMode="External"/><Relationship Id="rId4885691fd3e6b1296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://keys.lucidcentral.org/keys/v3/eafrine%20t/weeds/key/weeds/Media/Html/Cardiospermum_grandiflorum_(Ba%20lloon_Vine).htm" TargetMode="External"/><Relationship Id="rId8939691fd3e6b133a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.isc.org" TargetMode="External"/><Relationship Id="rId3589691fd3e6b15a3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.eppo.int/INVASIVE_PLANTS/ias_plants.htm" TargetMode="External"/><Relationship Id="rId7412691fd3e6b1625" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://florabase.d%20paw.wa.gov.au/browse/profile/1731" TargetMode="External"/><Relationship Id="rId6390691fd3e6b1816" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.iucngisd.org/gisd/species.%20php?sc=1346" TargetMode="External"/><Relationship Id="rId3527691fd3e6b1eb6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3897/neobiota.35.12366" TargetMode="External"/><Relationship Id="rId6684691fd3e6b2066" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId1064691fd3e6b2131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12427" TargetMode="External"/><Relationship Id="rId9828691fd3e6aebcb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId9828691fd3e6aebcb.jpg"/><Relationship Id="rId4920691fd3e6aff60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId4920691fd3e6aff60.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId607887977" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId707773112" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId3300693fad6e4e332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CRIGR/" TargetMode="External"/><Relationship Id="rId2576693fad6e4e399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CRIGR/categorization" TargetMode="External"/><Relationship Id="rId9502693fad6e4e56c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CRIGR/photos" TargetMode="External"/><Relationship Id="rId9952693fad6e5075d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.en%20vironment.gov.za" TargetMode="External"/><Relationship Id="rId7752693fad6e5085f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.timesofmalta.c%20om/articles/view/20130309/local/Valley-flora-being-slowly-chokedby-invasive-plant.460792" TargetMode="External"/><Relationship Id="rId9404693fad6e508a0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.arc.agric.za/home.asp?pid=1&amp;toolid=2&amp;sec=1001" TargetMode="External"/><Relationship Id="rId3193693fad6e508dd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://keys.lucidcentral.org/keys/v3/eafrine%20t/weeds/key/weeds/Media/Html/Cardiospermum_grandiflorum_(Ba%20lloon_Vine).htm" TargetMode="External"/><Relationship Id="rId3066693fad6e50979" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.isc.org" TargetMode="External"/><Relationship Id="rId3689693fad6e50b6d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.eppo.int/INVASIVE_PLANTS/ias_plants.htm" TargetMode="External"/><Relationship Id="rId7364693fad6e50bca" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://florabase.d%20paw.wa.gov.au/browse/profile/1731" TargetMode="External"/><Relationship Id="rId4700693fad6e50d7e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.iucngisd.org/gisd/species.%20php?sc=1346" TargetMode="External"/><Relationship Id="rId8231693fad6e512c3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3897/neobiota.35.12366" TargetMode="External"/><Relationship Id="rId1866693fad6e5145a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId8217693fad6e5151f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12427" TargetMode="External"/><Relationship Id="rId8627693fad6e4e448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId8627693fad6e4e448.jpg"/><Relationship Id="rId8632693fad6e4f738" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId8632693fad6e4f738.jpg"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>