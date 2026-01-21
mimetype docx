--- v3 (2025-12-15)
+++ v4 (2026-01-21)
@@ -225,51 +225,51 @@
               <w:t xml:space="preserve"> Plantae: Magnoliophyta: Angiospermae: Malvids: Sapindales: Sapindaceae: Sapindoideae</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> balloon vine, grand balloon vine, heart pea, heart seed, showy balloon vine</w:t>
             </w:r>
-            <w:hyperlink r:id="rId3300693fad6e4e332" w:history="1">
+            <w:hyperlink r:id="rId677669710bcd4b535" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -285,51 +285,51 @@
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> IAS of Union concern</w:t>
             </w:r>
-            <w:hyperlink r:id="rId2576693fad6e4e399" w:history="1">
+            <w:hyperlink r:id="rId560469710bcd4b5a0" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -343,86 +343,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> CRIGR</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="52977175" name="name5950693fad6e4e44a" descr="2286.jpg"/>
+                  <wp:docPr id="62357053" name="name746869710bcd4bad5" descr="2286.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="2286.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId8627693fad6e4e448" cstate="print"/>
+                          <a:blip r:embed="rId947469710bcd4bad3" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId9502693fad6e4e56c" w:history="1">
+            <w:hyperlink r:id="rId289769710bcd4bbe8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
@@ -746,63 +746,63 @@
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="293" w:after="293" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
         <w:outlineLvl w:val="3"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Distribution</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="97990861" name="name2919693fad6e4f73b" descr="CRIGR_distribution_map.jpg"/>
+            <wp:docPr id="23833733" name="name367669710bcd4cbeb" descr="CRIGR_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="CRIGR_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId8632693fad6e4f738" cstate="print"/>
+                    <a:blip r:embed="rId635469710bcd4cbe7" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -3054,51 +3054,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">In South Africa control of the species is enabled by the Conservation of Agricultural Resources (CARA) Act 43 of 1983, as amended, in conjunction with the National Environmental Management: Biodiversity (NEMBA) Act 10 of 2004. Currently </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">C. grandiflorum</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> is listed as a Category 1b ‘invader species’ on the NEMBA mandated list of 2014 (Government of the Republic of South Africa, 2014). Category 1b means that the ‘invasive species that may not be owned, imported into South Africa, grown, moved, sold, given as a gift or dumped in a waterway’. Category 1b species are major invaders that may need government assistance to remove. All Category 1b species must be contained, and in many cases they already fall under a government sponsored management programme (</w:t>
       </w:r>
-      <w:hyperlink r:id="rId9952693fad6e5075d" w:history="1">
+      <w:hyperlink r:id="rId462069710bcd4dfbd" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.en vironment.gov.za</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3210,129 +3210,129 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1–483.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Ameen J (2013) Valley flora being slowly choked by invasive plant. Times of Malta, Allied Newspapers Ltd. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7752693fad6e5085f" w:history="1">
+      <w:hyperlink r:id="rId343669710bcd4e0bd" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.timesofmalta.c om/articles/view/20130309/local/Valley-flora-being-slowly-chokedby-invasive-plant.460792</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 15 August 2016] </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">ARC (2011) Southern Africa Plant Invaders Atlas (SAPIA) News. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9404693fad6e508a0" w:history="1">
+      <w:hyperlink r:id="rId867069710bcd4e100" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.arc.agric.za/home.asp?pid=1&amp;toolid=2&amp;sec=1001</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 28 July 2016] </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">BioNET-International (2016) </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3193693fad6e508dd" w:history="1">
+      <w:hyperlink r:id="rId386669710bcd4e13d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://keys.lucidcentral.org/keys/v3/eafrine t/weeds/key/weeds/Media/Html/Cardiospermum_grandiflorum_(Ba lloon_Vine).htm</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 25 August 2016] </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3385,51 +3385,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 603–617. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI (2017) Invasive Species Compendium. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3066693fad6e50979" w:history="1">
+      <w:hyperlink r:id="rId765169710bcd4e1ec" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">www.isc.org</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 25 July 2017] </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3696,51 +3696,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2017) Pest Risk Analysis </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Cardiospermum grandiflorum</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> EPPO, Paris. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3689693fad6e50b6d" w:history="1">
+      <w:hyperlink r:id="rId363869710bcd4e3ee" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.eppo.int/INVASIVE_PLANTS/ias_plants.htm</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 29 September 2017]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3755,51 +3755,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">FloraBase (2012) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Cardiospermum grandiflorum </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Sw. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7364693fad6e50bca" w:history="1">
+      <w:hyperlink r:id="rId771469710bcd4e44c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://florabase.d paw.wa.gov.au/browse/profile/1731</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">8 [accessed on 23 August 2016] </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4030,51 +4030,51 @@
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">GISD (2015) Global invasive species database, species profile</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Cardiospermum grandiflorum. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4700693fad6e50d7e" w:history="1">
+      <w:hyperlink r:id="rId623469710bcd4e603" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.iucngisd.org/gisd/species. php?sc=1346</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 23 August 2016]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4860,51 +4860,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">NeoBiota </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">35</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 87–118. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8231693fad6e512c3" w:history="1">
+      <w:hyperlink r:id="rId452569710bcd4eb31" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3897/neobiota.35.12366</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5084,73 +5084,73 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">How to cite this datasheet?</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">EPPO (2025) </w:t>
+        <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Cardiospermum grandiflorum</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1866693fad6e5145a" w:history="1">
+      <w:hyperlink r:id="rId949869710bcd4ecc4" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -5226,51 +5226,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">47</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 526-530. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8217693fad6e5151f" w:history="1">
+      <w:hyperlink r:id="rId448069710bcd4ed89" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12427</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
       <w:pgMar w:top="1100" w:right="1100" w:bottom="1100" w:left="1100" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708" w:num="1"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14"/>
 </file>
@@ -5357,137 +5357,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="45345005">
+  <w:abstractNum w:abstractNumId="93003455">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="64716780">
+    <w:lvl w:ilvl="0" w:tplc="17733541">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="64716780" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="17733541" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="64716780" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="17733541" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="64716780" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="17733541" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="64716780" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="17733541" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="64716780" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="17733541" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="64716780" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="17733541" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="64716780" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="17733541" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="64716780" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="17733541" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="45345004">
+  <w:abstractNum w:abstractNumId="93003454">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="73192240">
+    <w:lvl w:ilvl="0" w:tplc="53172177">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -6239,55 +6239,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="45345004">
-    <w:abstractNumId w:val="45345004"/>
+  <w:num w:numId="93003454">
+    <w:abstractNumId w:val="93003454"/>
   </w:num>
-  <w:num w:numId="45345005">
-    <w:abstractNumId w:val="45345005"/>
+  <w:num w:numId="93003455">
+    <w:abstractNumId w:val="93003455"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -17837,51 +17837,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId607887977" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId707773112" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId3300693fad6e4e332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CRIGR/" TargetMode="External"/><Relationship Id="rId2576693fad6e4e399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CRIGR/categorization" TargetMode="External"/><Relationship Id="rId9502693fad6e4e56c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CRIGR/photos" TargetMode="External"/><Relationship Id="rId9952693fad6e5075d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.en%20vironment.gov.za" TargetMode="External"/><Relationship Id="rId7752693fad6e5085f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.timesofmalta.c%20om/articles/view/20130309/local/Valley-flora-being-slowly-chokedby-invasive-plant.460792" TargetMode="External"/><Relationship Id="rId9404693fad6e508a0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.arc.agric.za/home.asp?pid=1&amp;toolid=2&amp;sec=1001" TargetMode="External"/><Relationship Id="rId3193693fad6e508dd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://keys.lucidcentral.org/keys/v3/eafrine%20t/weeds/key/weeds/Media/Html/Cardiospermum_grandiflorum_(Ba%20lloon_Vine).htm" TargetMode="External"/><Relationship Id="rId3066693fad6e50979" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.isc.org" TargetMode="External"/><Relationship Id="rId3689693fad6e50b6d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.eppo.int/INVASIVE_PLANTS/ias_plants.htm" TargetMode="External"/><Relationship Id="rId7364693fad6e50bca" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://florabase.d%20paw.wa.gov.au/browse/profile/1731" TargetMode="External"/><Relationship Id="rId4700693fad6e50d7e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.iucngisd.org/gisd/species.%20php?sc=1346" TargetMode="External"/><Relationship Id="rId8231693fad6e512c3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3897/neobiota.35.12366" TargetMode="External"/><Relationship Id="rId1866693fad6e5145a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId8217693fad6e5151f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12427" TargetMode="External"/><Relationship Id="rId8627693fad6e4e448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId8627693fad6e4e448.jpg"/><Relationship Id="rId8632693fad6e4f738" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId8632693fad6e4f738.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId169574661" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId621325092" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId677669710bcd4b535" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CRIGR/" TargetMode="External"/><Relationship Id="rId560469710bcd4b5a0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CRIGR/categorization" TargetMode="External"/><Relationship Id="rId289769710bcd4bbe8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CRIGR/photos" TargetMode="External"/><Relationship Id="rId462069710bcd4dfbd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.en%20vironment.gov.za" TargetMode="External"/><Relationship Id="rId343669710bcd4e0bd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.timesofmalta.c%20om/articles/view/20130309/local/Valley-flora-being-slowly-chokedby-invasive-plant.460792" TargetMode="External"/><Relationship Id="rId867069710bcd4e100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.arc.agric.za/home.asp?pid=1&amp;toolid=2&amp;sec=1001" TargetMode="External"/><Relationship Id="rId386669710bcd4e13d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://keys.lucidcentral.org/keys/v3/eafrine%20t/weeds/key/weeds/Media/Html/Cardiospermum_grandiflorum_(Ba%20lloon_Vine).htm" TargetMode="External"/><Relationship Id="rId765169710bcd4e1ec" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.isc.org" TargetMode="External"/><Relationship Id="rId363869710bcd4e3ee" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.eppo.int/INVASIVE_PLANTS/ias_plants.htm" TargetMode="External"/><Relationship Id="rId771469710bcd4e44c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://florabase.d%20paw.wa.gov.au/browse/profile/1731" TargetMode="External"/><Relationship Id="rId623469710bcd4e603" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.iucngisd.org/gisd/species.%20php?sc=1346" TargetMode="External"/><Relationship Id="rId452569710bcd4eb31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3897/neobiota.35.12366" TargetMode="External"/><Relationship Id="rId949869710bcd4ecc4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId448069710bcd4ed89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12427" TargetMode="External"/><Relationship Id="rId947469710bcd4bad3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId947469710bcd4bad3.jpg"/><Relationship Id="rId635469710bcd4cbe7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId635469710bcd4cbe7.jpg"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>