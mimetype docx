--- v4 (2026-01-21)
+++ v5 (2026-02-11)
@@ -225,51 +225,51 @@
               <w:t xml:space="preserve"> Plantae: Magnoliophyta: Angiospermae: Malvids: Sapindales: Sapindaceae: Sapindoideae</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> balloon vine, grand balloon vine, heart pea, heart seed, showy balloon vine</w:t>
             </w:r>
-            <w:hyperlink r:id="rId677669710bcd4b535" w:history="1">
+            <w:hyperlink r:id="rId3015698c50f29f2cf" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -285,51 +285,51 @@
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> IAS of Union concern</w:t>
             </w:r>
-            <w:hyperlink r:id="rId560469710bcd4b5a0" w:history="1">
+            <w:hyperlink r:id="rId9078698c50f29f33a" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -343,86 +343,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> CRIGR</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="62357053" name="name746869710bcd4bad5" descr="2286.jpg"/>
+                  <wp:docPr id="53242247" name="name8397698c50f29f9ce" descr="2286.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="2286.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId947469710bcd4bad3" cstate="print"/>
+                          <a:blip r:embed="rId8366698c50f29f9cc" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId289769710bcd4bbe8" w:history="1">
+            <w:hyperlink r:id="rId5867698c50f29fb17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
@@ -746,63 +746,63 @@
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="293" w:after="293" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
         <w:outlineLvl w:val="3"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Distribution</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="23833733" name="name367669710bcd4cbeb" descr="CRIGR_distribution_map.jpg"/>
+            <wp:docPr id="62753741" name="name1559698c50f2a0c06" descr="CRIGR_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="CRIGR_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId635469710bcd4cbe7" cstate="print"/>
+                    <a:blip r:embed="rId3119698c50f2a0c03" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -3054,51 +3054,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">In South Africa control of the species is enabled by the Conservation of Agricultural Resources (CARA) Act 43 of 1983, as amended, in conjunction with the National Environmental Management: Biodiversity (NEMBA) Act 10 of 2004. Currently </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">C. grandiflorum</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> is listed as a Category 1b ‘invader species’ on the NEMBA mandated list of 2014 (Government of the Republic of South Africa, 2014). Category 1b means that the ‘invasive species that may not be owned, imported into South Africa, grown, moved, sold, given as a gift or dumped in a waterway’. Category 1b species are major invaders that may need government assistance to remove. All Category 1b species must be contained, and in many cases they already fall under a government sponsored management programme (</w:t>
       </w:r>
-      <w:hyperlink r:id="rId462069710bcd4dfbd" w:history="1">
+      <w:hyperlink r:id="rId3182698c50f2a1cfe" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.en vironment.gov.za</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3210,129 +3210,129 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1–483.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Ameen J (2013) Valley flora being slowly choked by invasive plant. Times of Malta, Allied Newspapers Ltd. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId343669710bcd4e0bd" w:history="1">
+      <w:hyperlink r:id="rId9536698c50f2a1e05" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.timesofmalta.c om/articles/view/20130309/local/Valley-flora-being-slowly-chokedby-invasive-plant.460792</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 15 August 2016] </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">ARC (2011) Southern Africa Plant Invaders Atlas (SAPIA) News. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId867069710bcd4e100" w:history="1">
+      <w:hyperlink r:id="rId1905698c50f2a1e47" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.arc.agric.za/home.asp?pid=1&amp;toolid=2&amp;sec=1001</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 28 July 2016] </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">BioNET-International (2016) </w:t>
       </w:r>
-      <w:hyperlink r:id="rId386669710bcd4e13d" w:history="1">
+      <w:hyperlink r:id="rId6257698c50f2a1e85" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://keys.lucidcentral.org/keys/v3/eafrine t/weeds/key/weeds/Media/Html/Cardiospermum_grandiflorum_(Ba lloon_Vine).htm</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 25 August 2016] </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3385,51 +3385,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 603–617. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI (2017) Invasive Species Compendium. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId765169710bcd4e1ec" w:history="1">
+      <w:hyperlink r:id="rId5927698c50f2a1f23" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">www.isc.org</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 25 July 2017] </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3696,51 +3696,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2017) Pest Risk Analysis </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Cardiospermum grandiflorum</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> EPPO, Paris. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId363869710bcd4e3ee" w:history="1">
+      <w:hyperlink r:id="rId4909698c50f2a211e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.eppo.int/INVASIVE_PLANTS/ias_plants.htm</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 29 September 2017]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3755,51 +3755,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">FloraBase (2012) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Cardiospermum grandiflorum </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Sw. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId771469710bcd4e44c" w:history="1">
+      <w:hyperlink r:id="rId8187698c50f2a219b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://florabase.d paw.wa.gov.au/browse/profile/1731</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">8 [accessed on 23 August 2016] </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4030,51 +4030,51 @@
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">GISD (2015) Global invasive species database, species profile</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Cardiospermum grandiflorum. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId623469710bcd4e603" w:history="1">
+      <w:hyperlink r:id="rId8167698c50f2a2362" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.iucngisd.org/gisd/species. php?sc=1346</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 23 August 2016]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4860,51 +4860,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">NeoBiota </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">35</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 87–118. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId452569710bcd4eb31" w:history="1">
+      <w:hyperlink r:id="rId5502698c50f2a28a2" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3897/neobiota.35.12366</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5106,51 +5106,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Cardiospermum grandiflorum</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId949869710bcd4ecc4" w:history="1">
+      <w:hyperlink r:id="rId3594698c50f2a2a3f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -5226,51 +5226,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">47</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 526-530. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId448069710bcd4ed89" w:history="1">
+      <w:hyperlink r:id="rId9824698c50f2a2b06" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12427</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
       <w:pgMar w:top="1100" w:right="1100" w:bottom="1100" w:left="1100" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708" w:num="1"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14"/>
 </file>
@@ -5357,137 +5357,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="93003455">
+  <w:abstractNum w:abstractNumId="58008873">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="17733541">
+    <w:lvl w:ilvl="0" w:tplc="26931067">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="17733541" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="26931067" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="17733541" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="26931067" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="17733541" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="26931067" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="17733541" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="26931067" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="17733541" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="26931067" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="17733541" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="26931067" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="17733541" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="26931067" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="17733541" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="26931067" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="93003454">
+  <w:abstractNum w:abstractNumId="58008872">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="53172177">
+    <w:lvl w:ilvl="0" w:tplc="79550740">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -6239,55 +6239,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="93003454">
-    <w:abstractNumId w:val="93003454"/>
+  <w:num w:numId="58008872">
+    <w:abstractNumId w:val="58008872"/>
   </w:num>
-  <w:num w:numId="93003455">
-    <w:abstractNumId w:val="93003455"/>
+  <w:num w:numId="58008873">
+    <w:abstractNumId w:val="58008873"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -17837,51 +17837,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId169574661" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId621325092" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId677669710bcd4b535" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CRIGR/" TargetMode="External"/><Relationship Id="rId560469710bcd4b5a0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CRIGR/categorization" TargetMode="External"/><Relationship Id="rId289769710bcd4bbe8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CRIGR/photos" TargetMode="External"/><Relationship Id="rId462069710bcd4dfbd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.en%20vironment.gov.za" TargetMode="External"/><Relationship Id="rId343669710bcd4e0bd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.timesofmalta.c%20om/articles/view/20130309/local/Valley-flora-being-slowly-chokedby-invasive-plant.460792" TargetMode="External"/><Relationship Id="rId867069710bcd4e100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.arc.agric.za/home.asp?pid=1&amp;toolid=2&amp;sec=1001" TargetMode="External"/><Relationship Id="rId386669710bcd4e13d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://keys.lucidcentral.org/keys/v3/eafrine%20t/weeds/key/weeds/Media/Html/Cardiospermum_grandiflorum_(Ba%20lloon_Vine).htm" TargetMode="External"/><Relationship Id="rId765169710bcd4e1ec" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.isc.org" TargetMode="External"/><Relationship Id="rId363869710bcd4e3ee" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.eppo.int/INVASIVE_PLANTS/ias_plants.htm" TargetMode="External"/><Relationship Id="rId771469710bcd4e44c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://florabase.d%20paw.wa.gov.au/browse/profile/1731" TargetMode="External"/><Relationship Id="rId623469710bcd4e603" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.iucngisd.org/gisd/species.%20php?sc=1346" TargetMode="External"/><Relationship Id="rId452569710bcd4eb31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3897/neobiota.35.12366" TargetMode="External"/><Relationship Id="rId949869710bcd4ecc4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId448069710bcd4ed89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12427" TargetMode="External"/><Relationship Id="rId947469710bcd4bad3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId947469710bcd4bad3.jpg"/><Relationship Id="rId635469710bcd4cbe7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId635469710bcd4cbe7.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId312577890" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId786373281" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId3015698c50f29f2cf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CRIGR/" TargetMode="External"/><Relationship Id="rId9078698c50f29f33a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CRIGR/categorization" TargetMode="External"/><Relationship Id="rId5867698c50f29fb17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CRIGR/photos" TargetMode="External"/><Relationship Id="rId3182698c50f2a1cfe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.en%20vironment.gov.za" TargetMode="External"/><Relationship Id="rId9536698c50f2a1e05" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.timesofmalta.c%20om/articles/view/20130309/local/Valley-flora-being-slowly-chokedby-invasive-plant.460792" TargetMode="External"/><Relationship Id="rId1905698c50f2a1e47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.arc.agric.za/home.asp?pid=1&amp;toolid=2&amp;sec=1001" TargetMode="External"/><Relationship Id="rId6257698c50f2a1e85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://keys.lucidcentral.org/keys/v3/eafrine%20t/weeds/key/weeds/Media/Html/Cardiospermum_grandiflorum_(Ba%20lloon_Vine).htm" TargetMode="External"/><Relationship Id="rId5927698c50f2a1f23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.isc.org" TargetMode="External"/><Relationship Id="rId4909698c50f2a211e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.eppo.int/INVASIVE_PLANTS/ias_plants.htm" TargetMode="External"/><Relationship Id="rId8187698c50f2a219b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://florabase.d%20paw.wa.gov.au/browse/profile/1731" TargetMode="External"/><Relationship Id="rId8167698c50f2a2362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.iucngisd.org/gisd/species.%20php?sc=1346" TargetMode="External"/><Relationship Id="rId5502698c50f2a28a2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3897/neobiota.35.12366" TargetMode="External"/><Relationship Id="rId3594698c50f2a2a3f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId9824698c50f2a2b06" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12427" TargetMode="External"/><Relationship Id="rId8366698c50f29f9cc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId8366698c50f29f9cc.jpg"/><Relationship Id="rId3119698c50f2a0c03" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId3119698c50f2a0c03.jpg"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>