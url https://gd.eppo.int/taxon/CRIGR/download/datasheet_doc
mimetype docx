--- v5 (2026-02-11)
+++ v6 (2026-03-14)
@@ -225,51 +225,51 @@
               <w:t xml:space="preserve"> Plantae: Magnoliophyta: Angiospermae: Malvids: Sapindales: Sapindaceae: Sapindoideae</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> balloon vine, grand balloon vine, heart pea, heart seed, showy balloon vine</w:t>
             </w:r>
-            <w:hyperlink r:id="rId3015698c50f29f2cf" w:history="1">
+            <w:hyperlink r:id="rId932469b5e2f0b9b66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -285,51 +285,51 @@
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> IAS of Union concern</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9078698c50f29f33a" w:history="1">
+            <w:hyperlink r:id="rId274569b5e2f0b9beb" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -343,86 +343,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> CRIGR</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="53242247" name="name8397698c50f29f9ce" descr="2286.jpg"/>
+                  <wp:docPr id="39754631" name="name763669b5e2f0ba19b" descr="2286.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="2286.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId8366698c50f29f9cc" cstate="print"/>
+                          <a:blip r:embed="rId847069b5e2f0ba199" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId5867698c50f29fb17" w:history="1">
+            <w:hyperlink r:id="rId596769b5e2f0ba2b6" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
@@ -746,63 +746,63 @@
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="293" w:after="293" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
         <w:outlineLvl w:val="3"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Distribution</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="62753741" name="name1559698c50f2a0c06" descr="CRIGR_distribution_map.jpg"/>
+            <wp:docPr id="98841700" name="name252569b5e2f0bb2af" descr="CRIGR_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="CRIGR_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId3119698c50f2a0c03" cstate="print"/>
+                    <a:blip r:embed="rId931369b5e2f0bb2ad" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -3054,51 +3054,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">In South Africa control of the species is enabled by the Conservation of Agricultural Resources (CARA) Act 43 of 1983, as amended, in conjunction with the National Environmental Management: Biodiversity (NEMBA) Act 10 of 2004. Currently </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">C. grandiflorum</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> is listed as a Category 1b ‘invader species’ on the NEMBA mandated list of 2014 (Government of the Republic of South Africa, 2014). Category 1b means that the ‘invasive species that may not be owned, imported into South Africa, grown, moved, sold, given as a gift or dumped in a waterway’. Category 1b species are major invaders that may need government assistance to remove. All Category 1b species must be contained, and in many cases they already fall under a government sponsored management programme (</w:t>
       </w:r>
-      <w:hyperlink r:id="rId3182698c50f2a1cfe" w:history="1">
+      <w:hyperlink r:id="rId410769b5e2f0bc55d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.en vironment.gov.za</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3210,129 +3210,129 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1–483.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Ameen J (2013) Valley flora being slowly choked by invasive plant. Times of Malta, Allied Newspapers Ltd. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9536698c50f2a1e05" w:history="1">
+      <w:hyperlink r:id="rId116969b5e2f0bc665" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.timesofmalta.c om/articles/view/20130309/local/Valley-flora-being-slowly-chokedby-invasive-plant.460792</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 15 August 2016] </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">ARC (2011) Southern Africa Plant Invaders Atlas (SAPIA) News. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1905698c50f2a1e47" w:history="1">
+      <w:hyperlink r:id="rId832569b5e2f0bc6a8" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.arc.agric.za/home.asp?pid=1&amp;toolid=2&amp;sec=1001</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 28 July 2016] </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">BioNET-International (2016) </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6257698c50f2a1e85" w:history="1">
+      <w:hyperlink r:id="rId333069b5e2f0bc6e6" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://keys.lucidcentral.org/keys/v3/eafrine t/weeds/key/weeds/Media/Html/Cardiospermum_grandiflorum_(Ba lloon_Vine).htm</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 25 August 2016] </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3385,51 +3385,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 603–617. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI (2017) Invasive Species Compendium. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5927698c50f2a1f23" w:history="1">
+      <w:hyperlink r:id="rId636569b5e2f0bc7b6" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">www.isc.org</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 25 July 2017] </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3696,51 +3696,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2017) Pest Risk Analysis </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Cardiospermum grandiflorum</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> EPPO, Paris. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4909698c50f2a211e" w:history="1">
+      <w:hyperlink r:id="rId316669b5e2f0bc9c7" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.eppo.int/INVASIVE_PLANTS/ias_plants.htm</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 29 September 2017]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3755,51 +3755,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">FloraBase (2012) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Cardiospermum grandiflorum </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Sw. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8187698c50f2a219b" w:history="1">
+      <w:hyperlink r:id="rId484069b5e2f0bca26" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://florabase.d paw.wa.gov.au/browse/profile/1731</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">8 [accessed on 23 August 2016] </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4030,51 +4030,51 @@
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">GISD (2015) Global invasive species database, species profile</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Cardiospermum grandiflorum. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8167698c50f2a2362" w:history="1">
+      <w:hyperlink r:id="rId985169b5e2f0bcc33" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.iucngisd.org/gisd/species. php?sc=1346</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 23 August 2016]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4860,51 +4860,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">NeoBiota </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">35</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 87–118. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5502698c50f2a28a2" w:history="1">
+      <w:hyperlink r:id="rId352369b5e2f0bd225" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3897/neobiota.35.12366</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5106,51 +5106,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Cardiospermum grandiflorum</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3594698c50f2a2a3f" w:history="1">
+      <w:hyperlink r:id="rId173969b5e2f0bd3ca" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -5226,51 +5226,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">47</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 526-530. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9824698c50f2a2b06" w:history="1">
+      <w:hyperlink r:id="rId126969b5e2f0bd4cf" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12427</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
       <w:pgMar w:top="1100" w:right="1100" w:bottom="1100" w:left="1100" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708" w:num="1"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14"/>
 </file>
@@ -5357,137 +5357,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="58008873">
+  <w:abstractNum w:abstractNumId="35812908">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="26931067">
+    <w:lvl w:ilvl="0" w:tplc="68773273">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="26931067" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="68773273" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="26931067" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="68773273" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="26931067" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="68773273" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="26931067" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="68773273" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="26931067" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="68773273" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="26931067" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="68773273" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="26931067" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="68773273" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="26931067" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="68773273" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="58008872">
+  <w:abstractNum w:abstractNumId="35812907">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="79550740">
+    <w:lvl w:ilvl="0" w:tplc="76307847">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -6239,55 +6239,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="58008872">
-    <w:abstractNumId w:val="58008872"/>
+  <w:num w:numId="35812907">
+    <w:abstractNumId w:val="35812907"/>
   </w:num>
-  <w:num w:numId="58008873">
-    <w:abstractNumId w:val="58008873"/>
+  <w:num w:numId="35812908">
+    <w:abstractNumId w:val="35812908"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -17837,51 +17837,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId312577890" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId786373281" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId3015698c50f29f2cf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CRIGR/" TargetMode="External"/><Relationship Id="rId9078698c50f29f33a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CRIGR/categorization" TargetMode="External"/><Relationship Id="rId5867698c50f29fb17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CRIGR/photos" TargetMode="External"/><Relationship Id="rId3182698c50f2a1cfe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.en%20vironment.gov.za" TargetMode="External"/><Relationship Id="rId9536698c50f2a1e05" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.timesofmalta.c%20om/articles/view/20130309/local/Valley-flora-being-slowly-chokedby-invasive-plant.460792" TargetMode="External"/><Relationship Id="rId1905698c50f2a1e47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.arc.agric.za/home.asp?pid=1&amp;toolid=2&amp;sec=1001" TargetMode="External"/><Relationship Id="rId6257698c50f2a1e85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://keys.lucidcentral.org/keys/v3/eafrine%20t/weeds/key/weeds/Media/Html/Cardiospermum_grandiflorum_(Ba%20lloon_Vine).htm" TargetMode="External"/><Relationship Id="rId5927698c50f2a1f23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.isc.org" TargetMode="External"/><Relationship Id="rId4909698c50f2a211e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.eppo.int/INVASIVE_PLANTS/ias_plants.htm" TargetMode="External"/><Relationship Id="rId8187698c50f2a219b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://florabase.d%20paw.wa.gov.au/browse/profile/1731" TargetMode="External"/><Relationship Id="rId8167698c50f2a2362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.iucngisd.org/gisd/species.%20php?sc=1346" TargetMode="External"/><Relationship Id="rId5502698c50f2a28a2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3897/neobiota.35.12366" TargetMode="External"/><Relationship Id="rId3594698c50f2a2a3f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId9824698c50f2a2b06" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12427" TargetMode="External"/><Relationship Id="rId8366698c50f29f9cc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId8366698c50f29f9cc.jpg"/><Relationship Id="rId3119698c50f2a0c03" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId3119698c50f2a0c03.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId491843669" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId556734611" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId932469b5e2f0b9b66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CRIGR/" TargetMode="External"/><Relationship Id="rId274569b5e2f0b9beb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CRIGR/categorization" TargetMode="External"/><Relationship Id="rId596769b5e2f0ba2b6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CRIGR/photos" TargetMode="External"/><Relationship Id="rId410769b5e2f0bc55d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.en%20vironment.gov.za" TargetMode="External"/><Relationship Id="rId116969b5e2f0bc665" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.timesofmalta.c%20om/articles/view/20130309/local/Valley-flora-being-slowly-chokedby-invasive-plant.460792" TargetMode="External"/><Relationship Id="rId832569b5e2f0bc6a8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.arc.agric.za/home.asp?pid=1&amp;toolid=2&amp;sec=1001" TargetMode="External"/><Relationship Id="rId333069b5e2f0bc6e6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://keys.lucidcentral.org/keys/v3/eafrine%20t/weeds/key/weeds/Media/Html/Cardiospermum_grandiflorum_(Ba%20lloon_Vine).htm" TargetMode="External"/><Relationship Id="rId636569b5e2f0bc7b6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.isc.org" TargetMode="External"/><Relationship Id="rId316669b5e2f0bc9c7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.eppo.int/INVASIVE_PLANTS/ias_plants.htm" TargetMode="External"/><Relationship Id="rId484069b5e2f0bca26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://florabase.d%20paw.wa.gov.au/browse/profile/1731" TargetMode="External"/><Relationship Id="rId985169b5e2f0bcc33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.iucngisd.org/gisd/species.%20php?sc=1346" TargetMode="External"/><Relationship Id="rId352369b5e2f0bd225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3897/neobiota.35.12366" TargetMode="External"/><Relationship Id="rId173969b5e2f0bd3ca" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId126969b5e2f0bd4cf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12427" TargetMode="External"/><Relationship Id="rId847069b5e2f0ba199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId847069b5e2f0ba199.jpg"/><Relationship Id="rId931369b5e2f0bb2ad" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId931369b5e2f0bb2ad.jpg"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>