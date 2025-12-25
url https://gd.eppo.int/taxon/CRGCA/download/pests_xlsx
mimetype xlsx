--- v0 (2025-10-05)
+++ v1 (2025-12-25)
@@ -12,65 +12,75 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="CRGCA" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="23">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="26">
   <si>
     <t>type</t>
   </si>
   <si>
     <t>EPPOCode</t>
   </si>
   <si>
     <t>Pref_name</t>
   </si>
   <si>
     <t>References</t>
   </si>
   <si>
     <t>Host</t>
+  </si>
+  <si>
+    <t>EMPOBI</t>
+  </si>
+  <si>
+    <t>Amrasca biguttula</t>
+  </si>
+  <si>
+    <t>* Waterhouse DF (1993) The major arthropod pests and weeds of agriculture in Southeast Asia. Canberra, Australia: ACIAR. v + 141 pp
+------- host as Amrasca devastans</t>
   </si>
   <si>
     <t>BRAPSU</t>
   </si>
   <si>
     <t>Brachyplatys subaeneus</t>
   </si>
   <si>
     <t>* Añino YJ, Zumba-Zhongor M, Naranjo-Morán JA, Rodríguez R, Santos-Murgas A, Zachrisson B (2020) Primer reporte de Brachyplatys subaeneus (Westwood) (Heteroptera: Plataspidae) en Ecuador y el listado sinóptico de sus plantas hospedantes. IDESIA (Chile) 38(1), 113-118.</t>
   </si>
   <si>
     <t>COLLFC</t>
   </si>
   <si>
     <t>Colletotrichum fructicola</t>
   </si>
   <si>
     <t>* EFSA PLH Panel (EFSA Panel on Plant Health), Bragard C, Dehnen-Schmutz K, Di Serio F, Gonthier P, Jacques M-A, Jaques Miret JA, Justesen AF, MacLeod A, Magnusson CS, Milonas P, Navas-Cortes JA, Parnell S, Potting R, Thulke H-H, Van der Werf W, Civera AV, Yuen J, Zappala L,  Migheli Q, Vloutoglou I, Campese C, Maiorano A, Streissl F, Reignault PL (2021) Scientific Opinion on the pest categorisation of Colletotrichum fructicola. EFSA Journal 19(8), 6803, 41 pp</t>
   </si>
   <si>
     <t>DYSDCI</t>
   </si>
   <si>
     <t>Dysdercus cingulatus</t>
   </si>
@@ -428,51 +438,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D8"/>
+  <dimension ref="A1:D9"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="11.711" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="42.418" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="548.438" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
@@ -494,102 +504,116 @@
     </row>
     <row r="3" spans="1:4">
       <c r="A3" t="s">
         <v>4</v>
       </c>
       <c r="B3" t="s">
         <v>8</v>
       </c>
       <c r="C3" t="s">
         <v>9</v>
       </c>
       <c r="D3" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="4" spans="1:4">
       <c r="A4" t="s">
         <v>4</v>
       </c>
       <c r="B4" t="s">
         <v>11</v>
       </c>
       <c r="C4" t="s">
         <v>12</v>
       </c>
-      <c r="D4"/>
+      <c r="D4" t="s">
+        <v>13</v>
+      </c>
     </row>
     <row r="5" spans="1:4">
       <c r="A5" t="s">
         <v>4</v>
       </c>
       <c r="B5" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="C5" t="s">
-        <v>13</v>
+        <v>15</v>
       </c>
       <c r="D5"/>
     </row>
     <row r="6" spans="1:4">
       <c r="A6" t="s">
         <v>4</v>
       </c>
       <c r="B6" t="s">
         <v>14</v>
       </c>
       <c r="C6" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="D6"/>
     </row>
     <row r="7" spans="1:4">
       <c r="A7" t="s">
         <v>4</v>
       </c>
       <c r="B7" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="C7" t="s">
-        <v>17</v>
-[...1 lines deleted...]
-      <c r="D7" t="s">
         <v>18</v>
       </c>
+      <c r="D7"/>
     </row>
     <row r="8" spans="1:4">
       <c r="A8" t="s">
+        <v>4</v>
+      </c>
+      <c r="B8" t="s">
         <v>19</v>
       </c>
-      <c r="B8" t="s">
+      <c r="C8" t="s">
         <v>20</v>
       </c>
-      <c r="C8" t="s">
+      <c r="D8" t="s">
         <v>21</v>
       </c>
-      <c r="D8" t="s">
+    </row>
+    <row r="9" spans="1:4">
+      <c r="A9" t="s">
         <v>22</v>
+      </c>
+      <c r="B9" t="s">
+        <v>23</v>
+      </c>
+      <c r="C9" t="s">
+        <v>24</v>
+      </c>
+      <c r="D9" t="s">
+        <v>25</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">