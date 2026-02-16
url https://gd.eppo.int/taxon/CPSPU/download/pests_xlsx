--- v0 (2025-10-09)
+++ v1 (2026-02-16)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="CPSPU" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="77">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="80">
   <si>
     <t>type</t>
   </si>
   <si>
     <t>EPPOCode</t>
   </si>
   <si>
     <t>Pref_name</t>
   </si>
   <si>
     <t>References</t>
   </si>
   <si>
     <t>Experimental</t>
   </si>
   <si>
     <t>AVBO00</t>
   </si>
   <si>
     <t>Cheravirus arracaciae oca strain (as Solanaceae)</t>
   </si>
   <si>
     <t>TSWV00</t>
   </si>
   <si>
@@ -167,50 +167,59 @@
     <t>* Gonzalez-Alvarez H, Chang-Sidorchuk L, Barboza Vargas N, Gonzalez Arias, Martinez-Zubiaur Y (2017) First report of Tomato chlorotic spot virus infecting pepper and common bean in Cuba. Plant Disease 101(9), 1064-1065.</t>
   </si>
   <si>
     <t>TZSV00</t>
   </si>
   <si>
     <t>Orthotospovirus tomatozonae (as Capsicum)</t>
   </si>
   <si>
     <t>* Dong JH, Cheng XF, Yin YY, Fang Q, Ding M, Li TT, Zhang LZ, Su XX, McBeath JH, Zhang ZK (2008) Characterization of tomato zonate spot virus, a new tospovirus in China. Archives of Virology 153(5), 855-864</t>
   </si>
   <si>
     <t>RALSSL</t>
   </si>
   <si>
     <t>Ralstonia solanacearum</t>
   </si>
   <si>
     <t>* Gutarra L, Herrera J, Fernandez E, Kreuze J, Lindqvist-Kreuze H (2017) Diversity,pathogenicity, and current occurrence of bacterial wilt bacterium Ralstonia solanacearum in Peru. Frontiers in Plant Science 8, 1221 DOI=10.3389/fpls.2017.01221</t>
   </si>
   <si>
     <t>RALSSO</t>
   </si>
   <si>
     <t>Ralstonia solanacearum species complex</t>
+  </si>
+  <si>
+    <t>ROTYRE</t>
+  </si>
+  <si>
+    <t>Rotylenchulus reniformis (as Capsicum)</t>
+  </si>
+  <si>
+    <t>* Carrillo-Fasio JA, Báez-Sañudo MA, Valdez-Morales MT (2026) Estrategias biorracionales para el manejo de Meloidogyne enterolobii y Rotylenchulus reniformis en tomate, chile y pepino en Sinaloa, México. Revista Bioc Scientia 2(1). https://doi.org/10.63622/RBS.2516</t>
   </si>
   <si>
     <t>PRODOR</t>
   </si>
   <si>
     <t>Spodoptera ornithogalli (as Capsicum)</t>
   </si>
   <si>
     <t>* Brito R, Specht A, Gonçalves GL, Moreira GRP, Carneiro E, Santos FL, Roque-Specht VF, Mielke OHH, Casagrande MM (2019) Spodoptera marima: a new synonym of Spodoptera ornithogalli (Lepidoptera: Noctuidae), with notes on adult morphology, host plant use and genetic variation along its geographic range. Neotropical Entomology 48(3), 433-448.
 * Heppner JB (2007) Lepidoptera of Florida. Part 1. Introduction and catalog. Gainesville, Florida Department of Agriculture &amp; Consumer Services, p 670.</t>
   </si>
   <si>
     <t>ARGPLE</t>
   </si>
   <si>
     <t>Thaumatotibia leucotreta (as Capsicum)</t>
   </si>
   <si>
     <t>* Fritsch E (1988) Biologische Bekämpfung des Falschen Apfelwicklers, Cryptophlebia leucotreta (Meyrick) (Lep., Tortricidae), mit Granuloseviren. Mitteilungen der Deutschen Gesellschaft fur Allgemeine und Angewandte Entomologie 6 (1-3), 280-283.
 * Adom M, Fening K, Billah M, Wilson D, Hevi W, Clottey V,  Ansah-Amprofi F, Bruce A (2021) Pest status, bio-ecology and management of the false codling moth, Thaumatotibia leucotreta (Meyrick) (Lepidoptera: Tortricidae) and its implication for international trade. Bulletin of Entomological Research, 111(1), 17-30. doi:10.1017/S0007485320000358
 ------- frequently intercepted on Capsicum.</t>
   </si>
   <si>
     <t>TOBRFV</t>
   </si>
@@ -601,51 +610,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D28"/>
+  <dimension ref="A1:D29"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="15.282" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="57.7" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="409.186" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
@@ -922,119 +931,133 @@
     <row r="22" spans="1:4">
       <c r="A22" t="s">
         <v>10</v>
       </c>
       <c r="B22" t="s">
         <v>59</v>
       </c>
       <c r="C22" t="s">
         <v>60</v>
       </c>
       <c r="D22" t="s">
         <v>61</v>
       </c>
     </row>
     <row r="23" spans="1:4">
       <c r="A23" t="s">
         <v>10</v>
       </c>
       <c r="B23" t="s">
         <v>62</v>
       </c>
       <c r="C23" t="s">
         <v>63</v>
       </c>
       <c r="D23" t="s">
-        <v>61</v>
+        <v>64</v>
       </c>
     </row>
     <row r="24" spans="1:4">
       <c r="A24" t="s">
         <v>10</v>
       </c>
       <c r="B24" t="s">
+        <v>65</v>
+      </c>
+      <c r="C24" t="s">
+        <v>66</v>
+      </c>
+      <c r="D24" t="s">
         <v>64</v>
-      </c>
-[...4 lines deleted...]
-        <v>61</v>
       </c>
     </row>
     <row r="25" spans="1:4">
       <c r="A25" t="s">
         <v>10</v>
       </c>
       <c r="B25" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="C25" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="D25" t="s">
-        <v>61</v>
+        <v>64</v>
       </c>
     </row>
     <row r="26" spans="1:4">
       <c r="A26" t="s">
-        <v>68</v>
+        <v>10</v>
       </c>
       <c r="B26" t="s">
         <v>69</v>
       </c>
       <c r="C26" t="s">
         <v>70</v>
       </c>
       <c r="D26" t="s">
-        <v>71</v>
+        <v>64</v>
       </c>
     </row>
     <row r="27" spans="1:4">
       <c r="A27" t="s">
+        <v>71</v>
+      </c>
+      <c r="B27" t="s">
         <v>72</v>
-      </c>
-[...1 lines deleted...]
-        <v>13</v>
       </c>
       <c r="C27" t="s">
         <v>73</v>
       </c>
-      <c r="D27"/>
+      <c r="D27" t="s">
+        <v>74</v>
+      </c>
     </row>
     <row r="28" spans="1:4">
       <c r="A28" t="s">
-        <v>72</v>
+        <v>75</v>
       </c>
       <c r="B28" t="s">
-        <v>74</v>
+        <v>13</v>
       </c>
       <c r="C28" t="s">
+        <v>76</v>
+      </c>
+      <c r="D28"/>
+    </row>
+    <row r="29" spans="1:4">
+      <c r="A29" t="s">
         <v>75</v>
       </c>
-      <c r="D28" t="s">
-        <v>76</v>
+      <c r="B29" t="s">
+        <v>77</v>
+      </c>
+      <c r="C29" t="s">
+        <v>78</v>
+      </c>
+      <c r="D29" t="s">
+        <v>79</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">