--- v1 (2026-02-16)
+++ v2 (2026-03-09)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="CPSPU" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="80">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="83">
   <si>
     <t>type</t>
   </si>
   <si>
     <t>EPPOCode</t>
   </si>
   <si>
     <t>Pref_name</t>
   </si>
   <si>
     <t>References</t>
   </si>
   <si>
     <t>Experimental</t>
   </si>
   <si>
     <t>AVBO00</t>
   </si>
   <si>
     <t>Cheravirus arracaciae oca strain (as Solanaceae)</t>
   </si>
   <si>
     <t>TSWV00</t>
   </si>
   <si>
@@ -152,50 +152,60 @@
     <t>NACOBA</t>
   </si>
   <si>
     <t>Nacobbus aberrans sensu lato</t>
   </si>
   <si>
     <t>* Manzanilla-López RH, Costilla MA, Doucet M, Inserra RN, Lehman PS, Cid del Prado-Vera I, Souza RM, Evans K (2002) The genus Nacobbus Thorne &amp; Allen, 1944 (Nematoda: Pratylenchidae): systematics, distribution, biology and management. Nematropica 32, 149-226.</t>
   </si>
   <si>
     <t>TCSV00</t>
   </si>
   <si>
     <t>Orthotospovirus tomatoflavi (as Capsicum)</t>
   </si>
   <si>
     <t>* Gonzalez-Alvarez H, Chang-Sidorchuk L, Barboza Vargas N, Gonzalez Arias, Martinez-Zubiaur Y (2017) First report of Tomato chlorotic spot virus infecting pepper and common bean in Cuba. Plant Disease 101(9), 1064-1065.</t>
   </si>
   <si>
     <t>TZSV00</t>
   </si>
   <si>
     <t>Orthotospovirus tomatozonae (as Capsicum)</t>
   </si>
   <si>
     <t>* Dong JH, Cheng XF, Yin YY, Fang Q, Ding M, Li TT, Zhang LZ, Su XX, McBeath JH, Zhang ZK (2008) Characterization of tomato zonate spot virus, a new tospovirus in China. Archives of Virology 153(5), 855-864</t>
+  </si>
+  <si>
+    <t>PSEAPE</t>
+  </si>
+  <si>
+    <t>Pseudaulacaspis pentagona (as Capsicum)</t>
+  </si>
+  <si>
+    <t>* García Morales M, Denno BD, Miller DR, Miller GL, Ben-Dov Y, Hardy NB (2016) ScaleNet: A literature-based model of scale insect biology and systematics. Database. doi: 10.1093/database/bav118. http://scalenet.info [accessed 2026-02].
+* Miller DR &amp; Davidson JA (2005) Armored Scale Insect Pests of Trees and Shrubs. Cornell Univ. Press Ithaca, NY 442 pp.</t>
   </si>
   <si>
     <t>RALSSL</t>
   </si>
   <si>
     <t>Ralstonia solanacearum</t>
   </si>
   <si>
     <t>* Gutarra L, Herrera J, Fernandez E, Kreuze J, Lindqvist-Kreuze H (2017) Diversity,pathogenicity, and current occurrence of bacterial wilt bacterium Ralstonia solanacearum in Peru. Frontiers in Plant Science 8, 1221 DOI=10.3389/fpls.2017.01221</t>
   </si>
   <si>
     <t>RALSSO</t>
   </si>
   <si>
     <t>Ralstonia solanacearum species complex</t>
   </si>
   <si>
     <t>ROTYRE</t>
   </si>
   <si>
     <t>Rotylenchulus reniformis (as Capsicum)</t>
   </si>
   <si>
     <t>* Carrillo-Fasio JA, Báez-Sañudo MA, Valdez-Morales MT (2026) Estrategias biorracionales para el manejo de Meloidogyne enterolobii y Rotylenchulus reniformis en tomate, chile y pepino en Sinaloa, México. Revista Bioc Scientia 2(1). https://doi.org/10.63622/RBS.2516</t>
   </si>
@@ -610,51 +620,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D29"/>
+  <dimension ref="A1:D30"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="15.282" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="57.7" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="409.186" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
@@ -861,65 +871,65 @@
     <row r="17" spans="1:4">
       <c r="A17" t="s">
         <v>10</v>
       </c>
       <c r="B17" t="s">
         <v>45</v>
       </c>
       <c r="C17" t="s">
         <v>46</v>
       </c>
       <c r="D17" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="18" spans="1:4">
       <c r="A18" t="s">
         <v>10</v>
       </c>
       <c r="B18" t="s">
         <v>48</v>
       </c>
       <c r="C18" t="s">
         <v>49</v>
       </c>
       <c r="D18" t="s">
-        <v>47</v>
+        <v>50</v>
       </c>
     </row>
     <row r="19" spans="1:4">
       <c r="A19" t="s">
         <v>10</v>
       </c>
       <c r="B19" t="s">
+        <v>51</v>
+      </c>
+      <c r="C19" t="s">
+        <v>52</v>
+      </c>
+      <c r="D19" t="s">
         <v>50</v>
-      </c>
-[...4 lines deleted...]
-        <v>52</v>
       </c>
     </row>
     <row r="20" spans="1:4">
       <c r="A20" t="s">
         <v>10</v>
       </c>
       <c r="B20" t="s">
         <v>53</v>
       </c>
       <c r="C20" t="s">
         <v>54</v>
       </c>
       <c r="D20" t="s">
         <v>55</v>
       </c>
     </row>
     <row r="21" spans="1:4">
       <c r="A21" t="s">
         <v>10</v>
       </c>
       <c r="B21" t="s">
         <v>56</v>
       </c>
       <c r="C21" t="s">
         <v>57</v>
@@ -945,119 +955,133 @@
     <row r="23" spans="1:4">
       <c r="A23" t="s">
         <v>10</v>
       </c>
       <c r="B23" t="s">
         <v>62</v>
       </c>
       <c r="C23" t="s">
         <v>63</v>
       </c>
       <c r="D23" t="s">
         <v>64</v>
       </c>
     </row>
     <row r="24" spans="1:4">
       <c r="A24" t="s">
         <v>10</v>
       </c>
       <c r="B24" t="s">
         <v>65</v>
       </c>
       <c r="C24" t="s">
         <v>66</v>
       </c>
       <c r="D24" t="s">
-        <v>64</v>
+        <v>67</v>
       </c>
     </row>
     <row r="25" spans="1:4">
       <c r="A25" t="s">
         <v>10</v>
       </c>
       <c r="B25" t="s">
+        <v>68</v>
+      </c>
+      <c r="C25" t="s">
+        <v>69</v>
+      </c>
+      <c r="D25" t="s">
         <v>67</v>
-      </c>
-[...4 lines deleted...]
-        <v>64</v>
       </c>
     </row>
     <row r="26" spans="1:4">
       <c r="A26" t="s">
         <v>10</v>
       </c>
       <c r="B26" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="C26" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="D26" t="s">
-        <v>64</v>
+        <v>67</v>
       </c>
     </row>
     <row r="27" spans="1:4">
       <c r="A27" t="s">
-        <v>71</v>
+        <v>10</v>
       </c>
       <c r="B27" t="s">
         <v>72</v>
       </c>
       <c r="C27" t="s">
         <v>73</v>
       </c>
       <c r="D27" t="s">
-        <v>74</v>
+        <v>67</v>
       </c>
     </row>
     <row r="28" spans="1:4">
       <c r="A28" t="s">
+        <v>74</v>
+      </c>
+      <c r="B28" t="s">
         <v>75</v>
-      </c>
-[...1 lines deleted...]
-        <v>13</v>
       </c>
       <c r="C28" t="s">
         <v>76</v>
       </c>
-      <c r="D28"/>
+      <c r="D28" t="s">
+        <v>77</v>
+      </c>
     </row>
     <row r="29" spans="1:4">
       <c r="A29" t="s">
-        <v>75</v>
+        <v>78</v>
       </c>
       <c r="B29" t="s">
-        <v>77</v>
+        <v>13</v>
       </c>
       <c r="C29" t="s">
+        <v>79</v>
+      </c>
+      <c r="D29"/>
+    </row>
+    <row r="30" spans="1:4">
+      <c r="A30" t="s">
         <v>78</v>
       </c>
-      <c r="D29" t="s">
-        <v>79</v>
+      <c r="B30" t="s">
+        <v>80</v>
+      </c>
+      <c r="C30" t="s">
+        <v>81</v>
+      </c>
+      <c r="D30" t="s">
+        <v>82</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">