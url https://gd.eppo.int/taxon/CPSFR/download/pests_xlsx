--- v0 (2025-10-09)
+++ v1 (2025-10-30)
@@ -12,62 +12,75 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="CPSFR" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="193">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="197">
   <si>
     <t>type</t>
   </si>
   <si>
     <t>EPPOCode</t>
   </si>
   <si>
     <t>Pref_name</t>
   </si>
   <si>
     <t>References</t>
+  </si>
+  <si>
+    <t>Doubtful host</t>
+  </si>
+  <si>
+    <t>EMPOBI</t>
+  </si>
+  <si>
+    <t>Amrasca biguttula</t>
+  </si>
+  <si>
+    <t>* Saeed R, Razaq M, Hardy IC (2015) The importance of alternative host plants as reservoirs of the cotton leaf hopper, Amrasca devastans, and its natural enemies. Journal of Pest Science 88, 517–531.
+------- incidental host.</t>
   </si>
   <si>
     <t>Experimental</t>
   </si>
   <si>
     <t>PEPGMV</t>
   </si>
   <si>
     <t>Begomovirus capsicummusivi</t>
   </si>
   <si>
     <t>AVBO00</t>
   </si>
   <si>
     <t>Cheravirus arracaciae oca strain (as Solanaceae)</t>
   </si>
   <si>
     <t>CORBMI</t>
   </si>
   <si>
     <t>Clavibacter michiganensis</t>
   </si>
   <si>
     <t>* Oh EJ, Bae C, Lee HB, Hwang IS, Lee HI, Yea MC, Yim KO, Lee S, Heu S, Cha JS, Oh CS (2016) Clavibacter michiganensis subsp. capsici subsp. nov., causing bacterial canker disease in pepper. International Journal of Systematic and Evolutionary Microbiology 66(10), 4065-4070.
 ------- Strains isolated from pepper (natural infections) have been reclassified as Clavibacter michiganensis subsp. capsici (now Clavibacter capsici).
@@ -976,1000 +989,1014 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D69"/>
+  <dimension ref="A1:D70"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="15.282" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="16.425" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="57.7" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="548.438" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" t="s">
         <v>4</v>
       </c>
       <c r="B2" t="s">
         <v>5</v>
       </c>
       <c r="C2" t="s">
         <v>6</v>
       </c>
-      <c r="D2"/>
+      <c r="D2" t="s">
+        <v>7</v>
+      </c>
     </row>
     <row r="3" spans="1:4">
       <c r="A3" t="s">
-        <v>4</v>
+        <v>8</v>
       </c>
       <c r="B3" t="s">
-        <v>7</v>
+        <v>9</v>
       </c>
       <c r="C3" t="s">
-        <v>8</v>
+        <v>10</v>
       </c>
       <c r="D3"/>
     </row>
     <row r="4" spans="1:4">
       <c r="A4" t="s">
-        <v>4</v>
+        <v>8</v>
       </c>
       <c r="B4" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
       <c r="C4" t="s">
-        <v>10</v>
-[...3 lines deleted...]
-      </c>
+        <v>12</v>
+      </c>
+      <c r="D4"/>
     </row>
     <row r="5" spans="1:4">
       <c r="A5" t="s">
-        <v>4</v>
+        <v>8</v>
       </c>
       <c r="B5" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="C5" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="D5" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
     </row>
     <row r="6" spans="1:4">
       <c r="A6" t="s">
-        <v>4</v>
+        <v>8</v>
       </c>
       <c r="B6" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="C6" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="D6" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
     </row>
     <row r="7" spans="1:4">
       <c r="A7" t="s">
-        <v>18</v>
+        <v>8</v>
       </c>
       <c r="B7" t="s">
         <v>19</v>
       </c>
       <c r="C7" t="s">
         <v>20</v>
       </c>
-      <c r="D7"/>
+      <c r="D7" t="s">
+        <v>21</v>
+      </c>
     </row>
     <row r="8" spans="1:4">
       <c r="A8" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
       <c r="B8" t="s">
-        <v>21</v>
+        <v>23</v>
       </c>
       <c r="C8" t="s">
-        <v>22</v>
-[...3 lines deleted...]
-      </c>
+        <v>24</v>
+      </c>
+      <c r="D8"/>
     </row>
     <row r="9" spans="1:4">
       <c r="A9" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
       <c r="B9" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="C9" t="s">
-        <v>25</v>
-[...1 lines deleted...]
-      <c r="D9"/>
+        <v>26</v>
+      </c>
+      <c r="D9" t="s">
+        <v>27</v>
+      </c>
     </row>
     <row r="10" spans="1:4">
       <c r="A10" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
       <c r="B10" t="s">
-        <v>26</v>
+        <v>28</v>
       </c>
       <c r="C10" t="s">
-        <v>27</v>
-[...3 lines deleted...]
-      </c>
+        <v>29</v>
+      </c>
+      <c r="D10"/>
     </row>
     <row r="11" spans="1:4">
       <c r="A11" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
       <c r="B11" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="C11" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="D11" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
     </row>
     <row r="12" spans="1:4">
       <c r="A12" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
       <c r="B12" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="C12" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="D12" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
     </row>
     <row r="13" spans="1:4">
       <c r="A13" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
       <c r="B13" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="C13" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="D13" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
     </row>
     <row r="14" spans="1:4">
       <c r="A14" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
       <c r="B14" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="C14" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="D14" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
     </row>
     <row r="15" spans="1:4">
       <c r="A15" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
       <c r="B15" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="C15" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="D15" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
     </row>
     <row r="16" spans="1:4">
       <c r="A16" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
       <c r="B16" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="C16" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="D16" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
     </row>
     <row r="17" spans="1:4">
       <c r="A17" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
       <c r="B17" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="C17" t="s">
-        <v>48</v>
-[...1 lines deleted...]
-      <c r="D17"/>
+        <v>49</v>
+      </c>
+      <c r="D17" t="s">
+        <v>50</v>
+      </c>
     </row>
     <row r="18" spans="1:4">
       <c r="A18" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
       <c r="B18" t="s">
-        <v>49</v>
+        <v>51</v>
       </c>
       <c r="C18" t="s">
-        <v>50</v>
-[...3 lines deleted...]
-      </c>
+        <v>52</v>
+      </c>
+      <c r="D18"/>
     </row>
     <row r="19" spans="1:4">
       <c r="A19" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
       <c r="B19" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="C19" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="D19" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
     </row>
     <row r="20" spans="1:4">
       <c r="A20" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
       <c r="B20" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="C20" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="D20" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
     </row>
     <row r="21" spans="1:4">
       <c r="A21" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
       <c r="B21" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="C21" t="s">
-        <v>59</v>
-[...1 lines deleted...]
-      <c r="D21"/>
+        <v>60</v>
+      </c>
+      <c r="D21" t="s">
+        <v>61</v>
+      </c>
     </row>
     <row r="22" spans="1:4">
       <c r="A22" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
       <c r="B22" t="s">
-        <v>60</v>
+        <v>62</v>
       </c>
       <c r="C22" t="s">
-        <v>61</v>
-[...3 lines deleted...]
-      </c>
+        <v>63</v>
+      </c>
+      <c r="D22"/>
     </row>
     <row r="23" spans="1:4">
       <c r="A23" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
       <c r="B23" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="C23" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="D23" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
     </row>
     <row r="24" spans="1:4">
       <c r="A24" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
       <c r="B24" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="C24" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="D24" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
     </row>
     <row r="25" spans="1:4">
       <c r="A25" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
       <c r="B25" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="C25" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="D25" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
     </row>
     <row r="26" spans="1:4">
       <c r="A26" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
       <c r="B26" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="C26" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="D26" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
     </row>
     <row r="27" spans="1:4">
       <c r="A27" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
       <c r="B27" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="C27" t="s">
-        <v>76</v>
-[...1 lines deleted...]
-      <c r="D27"/>
+        <v>77</v>
+      </c>
+      <c r="D27" t="s">
+        <v>78</v>
+      </c>
     </row>
     <row r="28" spans="1:4">
       <c r="A28" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
       <c r="B28" t="s">
-        <v>77</v>
+        <v>79</v>
       </c>
       <c r="C28" t="s">
-        <v>78</v>
-[...3 lines deleted...]
-      </c>
+        <v>80</v>
+      </c>
+      <c r="D28"/>
     </row>
     <row r="29" spans="1:4">
       <c r="A29" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
       <c r="B29" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="C29" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="D29" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
     </row>
     <row r="30" spans="1:4">
       <c r="A30" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
       <c r="B30" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="C30" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="D30" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
     </row>
     <row r="31" spans="1:4">
       <c r="A31" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
       <c r="B31" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="C31" t="s">
-        <v>87</v>
-[...1 lines deleted...]
-      <c r="D31"/>
+        <v>88</v>
+      </c>
+      <c r="D31" t="s">
+        <v>89</v>
+      </c>
     </row>
     <row r="32" spans="1:4">
       <c r="A32" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
       <c r="B32" t="s">
-        <v>88</v>
+        <v>90</v>
       </c>
       <c r="C32" t="s">
-        <v>89</v>
-[...3 lines deleted...]
-      </c>
+        <v>91</v>
+      </c>
+      <c r="D32"/>
     </row>
     <row r="33" spans="1:4">
       <c r="A33" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
       <c r="B33" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="C33" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="D33" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
     </row>
     <row r="34" spans="1:4">
       <c r="A34" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
       <c r="B34" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="C34" t="s">
-        <v>95</v>
-[...1 lines deleted...]
-      <c r="D34"/>
+        <v>96</v>
+      </c>
+      <c r="D34" t="s">
+        <v>97</v>
+      </c>
     </row>
     <row r="35" spans="1:4">
       <c r="A35" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
       <c r="B35" t="s">
-        <v>96</v>
+        <v>98</v>
       </c>
       <c r="C35" t="s">
-        <v>97</v>
-[...3 lines deleted...]
-      </c>
+        <v>99</v>
+      </c>
+      <c r="D35"/>
     </row>
     <row r="36" spans="1:4">
       <c r="A36" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
       <c r="B36" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="C36" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="D36" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
     </row>
     <row r="37" spans="1:4">
       <c r="A37" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
       <c r="B37" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="C37" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="D37" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
     </row>
     <row r="38" spans="1:4">
       <c r="A38" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
       <c r="B38" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="C38" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="D38" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
     </row>
     <row r="39" spans="1:4">
       <c r="A39" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
       <c r="B39" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="C39" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="D39" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
     </row>
     <row r="40" spans="1:4">
       <c r="A40" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
       <c r="B40" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="C40" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="D40" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
     </row>
     <row r="41" spans="1:4">
       <c r="A41" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
       <c r="B41" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="C41" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="D41" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
     </row>
     <row r="42" spans="1:4">
       <c r="A42" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
       <c r="B42" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="C42" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="D42" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
     </row>
     <row r="43" spans="1:4">
       <c r="A43" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
       <c r="B43" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="C43" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="D43" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
     </row>
     <row r="44" spans="1:4">
       <c r="A44" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
       <c r="B44" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="C44" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="D44" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
     </row>
     <row r="45" spans="1:4">
       <c r="A45" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
       <c r="B45" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
       <c r="C45" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="D45" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
     </row>
     <row r="46" spans="1:4">
       <c r="A46" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
       <c r="B46" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="C46" t="s">
-        <v>130</v>
-[...1 lines deleted...]
-      <c r="D46"/>
+        <v>131</v>
+      </c>
+      <c r="D46" t="s">
+        <v>132</v>
+      </c>
     </row>
     <row r="47" spans="1:4">
       <c r="A47" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
       <c r="B47" t="s">
-        <v>131</v>
+        <v>133</v>
       </c>
       <c r="C47" t="s">
-        <v>132</v>
-[...3 lines deleted...]
-      </c>
+        <v>134</v>
+      </c>
+      <c r="D47"/>
     </row>
     <row r="48" spans="1:4">
       <c r="A48" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
       <c r="B48" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="C48" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="D48" t="s">
-        <v>133</v>
+        <v>137</v>
       </c>
     </row>
     <row r="49" spans="1:4">
       <c r="A49" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
       <c r="B49" t="s">
-        <v>136</v>
+        <v>138</v>
       </c>
       <c r="C49" t="s">
+        <v>139</v>
+      </c>
+      <c r="D49" t="s">
         <v>137</v>
-      </c>
-[...1 lines deleted...]
-        <v>138</v>
       </c>
     </row>
     <row r="50" spans="1:4">
       <c r="A50" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
       <c r="B50" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="C50" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
       <c r="D50" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
     </row>
     <row r="51" spans="1:4">
       <c r="A51" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
       <c r="B51" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
       <c r="C51" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
       <c r="D51" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
     </row>
     <row r="52" spans="1:4">
       <c r="A52" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
       <c r="B52" t="s">
-        <v>145</v>
+        <v>146</v>
       </c>
       <c r="C52" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="D52" t="s">
-        <v>147</v>
+        <v>148</v>
       </c>
     </row>
     <row r="53" spans="1:4">
       <c r="A53" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
       <c r="B53" t="s">
-        <v>148</v>
+        <v>149</v>
       </c>
       <c r="C53" t="s">
-        <v>149</v>
+        <v>150</v>
       </c>
       <c r="D53" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
     </row>
     <row r="54" spans="1:4">
       <c r="A54" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
       <c r="B54" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
       <c r="C54" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="D54" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
     </row>
     <row r="55" spans="1:4">
       <c r="A55" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
       <c r="B55" t="s">
-        <v>154</v>
+        <v>155</v>
       </c>
       <c r="C55" t="s">
-        <v>155</v>
-[...1 lines deleted...]
-      <c r="D55"/>
+        <v>156</v>
+      </c>
+      <c r="D55" t="s">
+        <v>157</v>
+      </c>
     </row>
     <row r="56" spans="1:4">
       <c r="A56" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
       <c r="B56" t="s">
-        <v>156</v>
+        <v>158</v>
       </c>
       <c r="C56" t="s">
-        <v>157</v>
-[...3 lines deleted...]
-      </c>
+        <v>159</v>
+      </c>
+      <c r="D56"/>
     </row>
     <row r="57" spans="1:4">
       <c r="A57" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
       <c r="B57" t="s">
-        <v>159</v>
+        <v>160</v>
       </c>
       <c r="C57" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="D57" t="s">
-        <v>161</v>
+        <v>162</v>
       </c>
     </row>
     <row r="58" spans="1:4">
       <c r="A58" t="s">
-        <v>162</v>
+        <v>22</v>
       </c>
       <c r="B58" t="s">
         <v>163</v>
       </c>
       <c r="C58" t="s">
         <v>164</v>
       </c>
-      <c r="D58"/>
+      <c r="D58" t="s">
+        <v>165</v>
+      </c>
     </row>
     <row r="59" spans="1:4">
       <c r="A59" t="s">
-        <v>162</v>
+        <v>166</v>
       </c>
       <c r="B59" t="s">
-        <v>32</v>
+        <v>167</v>
       </c>
       <c r="C59" t="s">
-        <v>165</v>
-[...3 lines deleted...]
-      </c>
+        <v>168</v>
+      </c>
+      <c r="D59"/>
     </row>
     <row r="60" spans="1:4">
       <c r="A60" t="s">
-        <v>162</v>
+        <v>166</v>
       </c>
       <c r="B60" t="s">
-        <v>167</v>
+        <v>36</v>
       </c>
       <c r="C60" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="D60" t="s">
-        <v>169</v>
+        <v>170</v>
       </c>
     </row>
     <row r="61" spans="1:4">
       <c r="A61" t="s">
-        <v>162</v>
+        <v>166</v>
       </c>
       <c r="B61" t="s">
-        <v>170</v>
+        <v>171</v>
       </c>
       <c r="C61" t="s">
-        <v>171</v>
-[...1 lines deleted...]
-      <c r="D61"/>
+        <v>172</v>
+      </c>
+      <c r="D61" t="s">
+        <v>173</v>
+      </c>
     </row>
     <row r="62" spans="1:4">
       <c r="A62" t="s">
-        <v>162</v>
+        <v>166</v>
       </c>
       <c r="B62" t="s">
-        <v>172</v>
+        <v>174</v>
       </c>
       <c r="C62" t="s">
-        <v>173</v>
-[...3 lines deleted...]
-      </c>
+        <v>175</v>
+      </c>
+      <c r="D62"/>
     </row>
     <row r="63" spans="1:4">
       <c r="A63" t="s">
-        <v>162</v>
+        <v>166</v>
       </c>
       <c r="B63" t="s">
-        <v>175</v>
+        <v>176</v>
       </c>
       <c r="C63" t="s">
-        <v>176</v>
+        <v>177</v>
       </c>
       <c r="D63" t="s">
-        <v>177</v>
+        <v>178</v>
       </c>
     </row>
     <row r="64" spans="1:4">
       <c r="A64" t="s">
-        <v>162</v>
+        <v>166</v>
       </c>
       <c r="B64" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
       <c r="C64" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="D64" t="s">
-        <v>180</v>
+        <v>181</v>
       </c>
     </row>
     <row r="65" spans="1:4">
       <c r="A65" t="s">
-        <v>162</v>
+        <v>166</v>
       </c>
       <c r="B65" t="s">
-        <v>181</v>
+        <v>182</v>
       </c>
       <c r="C65" t="s">
-        <v>182</v>
+        <v>183</v>
       </c>
       <c r="D65" t="s">
-        <v>183</v>
+        <v>184</v>
       </c>
     </row>
     <row r="66" spans="1:4">
       <c r="A66" t="s">
-        <v>162</v>
+        <v>166</v>
       </c>
       <c r="B66" t="s">
-        <v>142</v>
+        <v>185</v>
       </c>
       <c r="C66" t="s">
-        <v>184</v>
+        <v>186</v>
       </c>
       <c r="D66" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
     </row>
     <row r="67" spans="1:4">
       <c r="A67" t="s">
-        <v>162</v>
+        <v>166</v>
       </c>
       <c r="B67" t="s">
-        <v>186</v>
+        <v>146</v>
       </c>
       <c r="C67" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
       <c r="D67" t="s">
-        <v>188</v>
+        <v>189</v>
       </c>
     </row>
     <row r="68" spans="1:4">
       <c r="A68" t="s">
-        <v>189</v>
+        <v>166</v>
       </c>
       <c r="B68" t="s">
-        <v>26</v>
+        <v>190</v>
       </c>
       <c r="C68" t="s">
-        <v>190</v>
-[...1 lines deleted...]
-      <c r="D68"/>
+        <v>191</v>
+      </c>
+      <c r="D68" t="s">
+        <v>192</v>
+      </c>
     </row>
     <row r="69" spans="1:4">
       <c r="A69" t="s">
-        <v>189</v>
+        <v>193</v>
       </c>
       <c r="B69" t="s">
-        <v>186</v>
+        <v>30</v>
       </c>
       <c r="C69" t="s">
-        <v>191</v>
-[...2 lines deleted...]
-        <v>192</v>
+        <v>194</v>
+      </c>
+      <c r="D69"/>
+    </row>
+    <row r="70" spans="1:4">
+      <c r="A70" t="s">
+        <v>193</v>
+      </c>
+      <c r="B70" t="s">
+        <v>190</v>
+      </c>
+      <c r="C70" t="s">
+        <v>195</v>
+      </c>
+      <c r="D70" t="s">
+        <v>196</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">