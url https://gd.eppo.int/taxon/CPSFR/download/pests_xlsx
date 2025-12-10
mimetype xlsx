--- v1 (2025-10-30)
+++ v2 (2025-12-10)
@@ -364,51 +364,57 @@
     <t>MELGCH</t>
   </si>
   <si>
     <t>Meloidogyne chitwoodi (as Capsicum)</t>
   </si>
   <si>
     <t>* Santo GS, O'Bannon JH, Finley AM, Golden AM (1980) Occurrence and host range of a new root-knot nematode (Meloidogyne chitwoodi) in the Pacific northwest. Plant Disease 64, 951-952.</t>
   </si>
   <si>
     <t>MELGET</t>
   </si>
   <si>
     <t>Meloidogyne ethiopica</t>
   </si>
   <si>
     <t>* Whitehead AG (1968) Taxonomy of Meloidogyne (Nematoda: Heteroderidae) with description of four new species. Transactions of the Zoological Society of London 31, 263-401.
 * Whitehead A G (1969) The distribution of root-knot nematodes (Meloidogyne spp.) in tropical Africa. Nematologica 15, 315-333.</t>
   </si>
   <si>
     <t>MELGGC</t>
   </si>
   <si>
     <t>Meloidogyne graminicola</t>
   </si>
   <si>
-    <t>* Rusinque L, Maleita C, Abrantes I, Palomares-Rius JE, Inácio ML (2021) Meloidogyne graminicola - A threat to rice production: review update on distribution, biology, identification, and management. Biology 10, 1163. https://doi.org/10.3390/biology10111163</t>
+    <t xml:space="preserve">* EPPO (2023) Report of a pest risk analysis for Meloidogyne graminicola. EPPO, Paris. Available at https://gd.eppo.int/taxon/MELGGC/documents
+------- conflicting publications on host status.
+* Roy AK (1977) Host suitability of some crops to Meloidogyne graminicola. Indian Phytopathology 30, 483–485. (abst.)
+------- non host
+* Rusinque L, Maleita C, Abrantes I, Palomares-Rius JE, Inácio ML (2021) Meloidogyne graminicola - A threat to rice production: review update on distribution, biology, identification, and management. Biology 10, 1163. https://doi.org/10.3390/biology10111163
+------- host
+</t>
   </si>
   <si>
     <t>CRNPPE</t>
   </si>
   <si>
     <t>Moniliophthora perniciosa</t>
   </si>
   <si>
     <t>* Patrocínio NGRB, Ceresini PC, Gomes LIS, Resende MLV, Mizubuti ESG, Gramacho KP (2017) Population structure and migration of the witches' broom pathogen Moniliophthora perniciosa from cacao and cultivated and wild solanaceous hosts in southeastern Brazil. Plant Pathology, 66(6) 900-911.</t>
   </si>
   <si>
     <t>NACOBA</t>
   </si>
   <si>
     <t>Nacobbus aberrans sensu lato</t>
   </si>
   <si>
     <t>* Manzanilla-López RH, Costilla MA, Doucet M, Inserra RN, Lehman PS, Cid del Prado-Vera I, Souza RM, Evans K (2002) The genus Nacobbus Thorne &amp; Allen, 1944 (Nematoda: Pratylenchidae): systematics, distribution, biology and management. Nematropica 32, 149-226.</t>
   </si>
   <si>
     <t>TCSV00</t>
   </si>
   <si>
     <t>Orthotospovirus tomatoflavi (as Capsicum)</t>
   </si>