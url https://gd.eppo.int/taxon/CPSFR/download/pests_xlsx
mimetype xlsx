--- v2 (2025-12-10)
+++ v3 (2026-02-08)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="CPSFR" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="197">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="198">
   <si>
     <t>type</t>
   </si>
   <si>
     <t>EPPOCode</t>
   </si>
   <si>
     <t>Pref_name</t>
   </si>
   <si>
     <t>References</t>
   </si>
   <si>
     <t>Doubtful host</t>
   </si>
   <si>
     <t>EMPOBI</t>
   </si>
   <si>
     <t>Amrasca biguttula</t>
   </si>
   <si>
     <t>* Saeed R, Razaq M, Hardy IC (2015) The importance of alternative host plants as reservoirs of the cotton leaf hopper, Amrasca devastans, and its natural enemies. Journal of Pest Science 88, 517–531.
 ------- incidental host.</t>
   </si>
@@ -556,50 +556,53 @@
   </si>
   <si>
     <t>Zaprionus indianus</t>
   </si>
   <si>
     <t>* Balmès V, Mouttet R (2019) The drosophilid risk on imports. EPPO Bulletin, 49: 122– 126. https://doi.org/10.1111/epp.12536
 ------- found in fruit at import</t>
   </si>
   <si>
     <t>DACUCU</t>
   </si>
   <si>
     <t>Zeugodacus cucurbitae</t>
   </si>
   <si>
     <t>* De Meyer M, Delatte H, Mwatawala M, Quilici S, Vayssières JF, Virgilio M (2015) A review of the current knowledge on Zeugodacus cucurbitae (Coquillett) (Diptera, Tephritidae) in Africa, with a list of species included in Zeugodacus. ZooKeys 540, 539-557. https://doi.org/10.3897/zookeys.540.9672</t>
   </si>
   <si>
     <t>Major host</t>
   </si>
   <si>
     <t>ALTRTR</t>
   </si>
   <si>
     <t>Aleurothrixus trachoides</t>
+  </si>
+  <si>
+    <t>* Evans GA (2007) The whiteflies (Hemiptera: Aleyrodidae) of the world and their host plants and natural enemies. USDA/Animal Plant Health Inspection Service (APHIS). http://keys.lucidcentral.org/keys/v3/whitefly/PDF_PwP%20ETC/world-whitefly-catalog-Evans.pdf</t>
   </si>
   <si>
     <t>Anthonomus eugenii</t>
   </si>
   <si>
     <t>* Acosta N, Vicente N, Abreu E, Medina-Gaud S (1987) Chemical control of Meloidogyne incognita, Rotylenchus reniformis and Anthonomus eugenii in Capsicum annuum and Capsicum frutescens. Nematropica 17, 163-170.
 * Capinera JL (2017) Pepper weevil, Anthonomus eugenii Cano and Cuban pepper weevil Faustinus cubae (Boheman) ( Insecta: Coleoptera: Curculionidae). https://edis.ifas.ufl.edu/in555
 * Seal DR, Martin CG (2016) Pepper weevil (Coleoptera: Curculionidae) preferences for specific pepper cultivars, plant parts, fruit colors, fruit sizes, and timing. Insects 7, 9. https://doi.org/10.3390/insects7010009</t>
   </si>
   <si>
     <t>DACULA</t>
   </si>
   <si>
     <t>Bactrocera latifrons</t>
   </si>
   <si>
     <t>* McQuate GT, Liquido NJ (2016) Provisional list of suitable host plants of Bactrocera (Bactrocera) latifrons (Hendel) (Diptera: Tephritidae), Version 1.0. Available online at USDA Compendium of Fruit Fly Host Information (CoFFHI). 
 * McQuate GT, Liquido NJ (2013) Annotated World Bibliography of Host Fruits of Bactrocera latifrons (Hendel) (Diptera: Tephritidae). Insecta Mundi. Paper 792. http://digitalcommons.unl.edu/insectamundi/792
 ------- Confirmed host.</t>
   </si>
   <si>
     <t>TOLCND</t>
   </si>
   <si>
     <t>Begomovirus solanumdelhiense</t>
@@ -1809,200 +1812,202 @@
     </row>
     <row r="58" spans="1:4">
       <c r="A58" t="s">
         <v>22</v>
       </c>
       <c r="B58" t="s">
         <v>163</v>
       </c>
       <c r="C58" t="s">
         <v>164</v>
       </c>
       <c r="D58" t="s">
         <v>165</v>
       </c>
     </row>
     <row r="59" spans="1:4">
       <c r="A59" t="s">
         <v>166</v>
       </c>
       <c r="B59" t="s">
         <v>167</v>
       </c>
       <c r="C59" t="s">
         <v>168</v>
       </c>
-      <c r="D59"/>
+      <c r="D59" t="s">
+        <v>169</v>
+      </c>
     </row>
     <row r="60" spans="1:4">
       <c r="A60" t="s">
         <v>166</v>
       </c>
       <c r="B60" t="s">
         <v>36</v>
       </c>
       <c r="C60" t="s">
-        <v>169</v>
+        <v>170</v>
       </c>
       <c r="D60" t="s">
-        <v>170</v>
+        <v>171</v>
       </c>
     </row>
     <row r="61" spans="1:4">
       <c r="A61" t="s">
         <v>166</v>
       </c>
       <c r="B61" t="s">
-        <v>171</v>
+        <v>172</v>
       </c>
       <c r="C61" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
       <c r="D61" t="s">
-        <v>173</v>
+        <v>174</v>
       </c>
     </row>
     <row r="62" spans="1:4">
       <c r="A62" t="s">
         <v>166</v>
       </c>
       <c r="B62" t="s">
-        <v>174</v>
+        <v>175</v>
       </c>
       <c r="C62" t="s">
-        <v>175</v>
+        <v>176</v>
       </c>
       <c r="D62"/>
     </row>
     <row r="63" spans="1:4">
       <c r="A63" t="s">
         <v>166</v>
       </c>
       <c r="B63" t="s">
-        <v>176</v>
+        <v>177</v>
       </c>
       <c r="C63" t="s">
-        <v>177</v>
+        <v>178</v>
       </c>
       <c r="D63" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
     </row>
     <row r="64" spans="1:4">
       <c r="A64" t="s">
         <v>166</v>
       </c>
       <c r="B64" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="C64" t="s">
-        <v>180</v>
+        <v>181</v>
       </c>
       <c r="D64" t="s">
-        <v>181</v>
+        <v>182</v>
       </c>
     </row>
     <row r="65" spans="1:4">
       <c r="A65" t="s">
         <v>166</v>
       </c>
       <c r="B65" t="s">
-        <v>182</v>
+        <v>183</v>
       </c>
       <c r="C65" t="s">
-        <v>183</v>
+        <v>184</v>
       </c>
       <c r="D65" t="s">
-        <v>184</v>
+        <v>185</v>
       </c>
     </row>
     <row r="66" spans="1:4">
       <c r="A66" t="s">
         <v>166</v>
       </c>
       <c r="B66" t="s">
-        <v>185</v>
+        <v>186</v>
       </c>
       <c r="C66" t="s">
-        <v>186</v>
+        <v>187</v>
       </c>
       <c r="D66" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
     </row>
     <row r="67" spans="1:4">
       <c r="A67" t="s">
         <v>166</v>
       </c>
       <c r="B67" t="s">
         <v>146</v>
       </c>
       <c r="C67" t="s">
-        <v>188</v>
+        <v>189</v>
       </c>
       <c r="D67" t="s">
-        <v>189</v>
+        <v>190</v>
       </c>
     </row>
     <row r="68" spans="1:4">
       <c r="A68" t="s">
         <v>166</v>
       </c>
       <c r="B68" t="s">
-        <v>190</v>
+        <v>191</v>
       </c>
       <c r="C68" t="s">
-        <v>191</v>
+        <v>192</v>
       </c>
       <c r="D68" t="s">
-        <v>192</v>
+        <v>193</v>
       </c>
     </row>
     <row r="69" spans="1:4">
       <c r="A69" t="s">
-        <v>193</v>
+        <v>194</v>
       </c>
       <c r="B69" t="s">
         <v>30</v>
       </c>
       <c r="C69" t="s">
-        <v>194</v>
+        <v>195</v>
       </c>
       <c r="D69"/>
     </row>
     <row r="70" spans="1:4">
       <c r="A70" t="s">
-        <v>193</v>
+        <v>194</v>
       </c>
       <c r="B70" t="s">
-        <v>190</v>
+        <v>191</v>
       </c>
       <c r="C70" t="s">
-        <v>195</v>
+        <v>196</v>
       </c>
       <c r="D70" t="s">
-        <v>196</v>
+        <v>197</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">