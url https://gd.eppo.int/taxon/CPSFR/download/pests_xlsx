--- v3 (2026-02-08)
+++ v4 (2026-02-28)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="CPSFR" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="198">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="204">
   <si>
     <t>type</t>
   </si>
   <si>
     <t>EPPOCode</t>
   </si>
   <si>
     <t>Pref_name</t>
   </si>
   <si>
     <t>References</t>
   </si>
   <si>
     <t>Doubtful host</t>
   </si>
   <si>
     <t>EMPOBI</t>
   </si>
   <si>
     <t>Amrasca biguttula</t>
   </si>
   <si>
     <t>* Saeed R, Razaq M, Hardy IC (2015) The importance of alternative host plants as reservoirs of the cotton leaf hopper, Amrasca devastans, and its natural enemies. Journal of Pest Science 88, 517–531.
 ------- incidental host.</t>
   </si>
@@ -452,63 +452,82 @@
   <si>
     <t>PHTOOP</t>
   </si>
   <si>
     <t>Phthorimaea operculella</t>
   </si>
   <si>
     <t>* Rondon SI, Gao Y (2018) The journey of the potato tuberworm around the world. In Perveen K (ed) Moths: Pests of potato, maize and sugar beet. IntechOpen, 17-52. http://dx.doi.org/10.5772/intechopen.81934</t>
   </si>
   <si>
     <t>PHMPOM</t>
   </si>
   <si>
     <t>Phymatotrichopsis omnivora</t>
   </si>
   <si>
     <t>* Anonymous (1960) Index of Plant Diseases in the United States. Agriculture Handbook no 165, USDA-ARS (US) 531 pp.</t>
   </si>
   <si>
     <t>PHYTCP</t>
   </si>
   <si>
     <t>Phytophthora capsici</t>
   </si>
   <si>
+    <t>PSEAPE</t>
+  </si>
+  <si>
+    <t>Pseudaulacaspis pentagona (as Capsicum)</t>
+  </si>
+  <si>
+    <t>* García Morales M, Denno BD, Miller DR, Miller GL, Ben-Dov Y, Hardy NB (2016) ScaleNet: A literature-based model of scale insect biology and systematics. Database. doi: 10.1093/database/bav118. http://scalenet.info [accessed 2026-02].
+* Miller DR &amp; Davidson JA (2005) Armored Scale Insect Pests of Trees and Shrubs. Cornell Univ. Press Ithaca, NY 442 pp.</t>
+  </si>
+  <si>
     <t>RALSPS</t>
   </si>
   <si>
     <t>Ralstonia pseudosolanacearum</t>
   </si>
   <si>
     <t>* Yahiaoui N, Chéron J-J, Ravelomanantsoa S, Hamza AA., Petrousse B, Jeetah R, Jaufeerally-Fakim Y, Félicité J, Fillâtre J, Hostachy B, Guérin F, Cellier G, Prior P, Poussier S (2017) Genetic Diversity of the Ralstonia solanacearum Species Complex in the Southwest Indian Ocean Islands. Frontiers in Plant Science 8, 2139</t>
   </si>
   <si>
     <t>RALSSO</t>
   </si>
   <si>
     <t>Ralstonia solanacearum species complex</t>
+  </si>
+  <si>
+    <t>ROTYRE</t>
+  </si>
+  <si>
+    <t>Rotylenchulus reniformis (as Capsicum)</t>
+  </si>
+  <si>
+    <t>* Carrillo-Fasio JA, Báez-Sañudo MA, Valdez-Morales MT (2026) Estrategias biorracionales para el manejo de Meloidogyne enterolobii y Rotylenchulus reniformis en tomate, chile y pepino en Sinaloa, México. Revista Bioc Scientia 2(1). https://doi.org/10.63622/RBS.2516</t>
   </si>
   <si>
     <t>SCITDO</t>
   </si>
   <si>
     <t>Scirtothrips dorsalis</t>
   </si>
   <si>
     <t>* Ravelo EE, Vaca JU, Arévalo EP, Delgado L, Díaz MF, Piñeros L, Castro AP, Brochero H, Goldarazena A (2018) Presence and distribution of Scirtothrips dorsalis Hood (Thysanoptera: Thripidae) in Colombia. Journal of Insect Science 18, 7. https://doi.org/10.1093/jisesa/iey092</t>
   </si>
   <si>
     <t>PRODOR</t>
   </si>
   <si>
     <t>Spodoptera ornithogalli (as Capsicum)</t>
   </si>
   <si>
     <t>* Brito R, Specht A, Gonçalves GL, Moreira GRP, Carneiro E, Santos FL, Roque-Specht VF, Mielke OHH, Casagrande MM (2019) Spodoptera marima: a new synonym of Spodoptera ornithogalli (Lepidoptera: Noctuidae), with notes on adult morphology, host plant use and genetic variation along its geographic range. Neotropical Entomology 48(3), 433-448.
 * Heppner JB (2007) Lepidoptera of Florida. Part 1. Introduction and catalog. Gainesville, Florida Department of Agriculture &amp; Consumer Services, p 670.</t>
   </si>
   <si>
     <t>ARGPLE</t>
   </si>
   <si>
     <t>Thaumatotibia leucotreta (as Capsicum)</t>
@@ -998,51 +1017,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D70"/>
+  <dimension ref="A1:D72"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="16.425" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="57.7" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="548.438" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
@@ -1675,65 +1694,65 @@
     <row r="48" spans="1:4">
       <c r="A48" t="s">
         <v>22</v>
       </c>
       <c r="B48" t="s">
         <v>135</v>
       </c>
       <c r="C48" t="s">
         <v>136</v>
       </c>
       <c r="D48" t="s">
         <v>137</v>
       </c>
     </row>
     <row r="49" spans="1:4">
       <c r="A49" t="s">
         <v>22</v>
       </c>
       <c r="B49" t="s">
         <v>138</v>
       </c>
       <c r="C49" t="s">
         <v>139</v>
       </c>
       <c r="D49" t="s">
-        <v>137</v>
+        <v>140</v>
       </c>
     </row>
     <row r="50" spans="1:4">
       <c r="A50" t="s">
         <v>22</v>
       </c>
       <c r="B50" t="s">
+        <v>141</v>
+      </c>
+      <c r="C50" t="s">
+        <v>142</v>
+      </c>
+      <c r="D50" t="s">
         <v>140</v>
-      </c>
-[...4 lines deleted...]
-        <v>142</v>
       </c>
     </row>
     <row r="51" spans="1:4">
       <c r="A51" t="s">
         <v>22</v>
       </c>
       <c r="B51" t="s">
         <v>143</v>
       </c>
       <c r="C51" t="s">
         <v>144</v>
       </c>
       <c r="D51" t="s">
         <v>145</v>
       </c>
     </row>
     <row r="52" spans="1:4">
       <c r="A52" t="s">
         <v>22</v>
       </c>
       <c r="B52" t="s">
         <v>146</v>
       </c>
       <c r="C52" t="s">
         <v>147</v>
@@ -1772,242 +1791,270 @@
     </row>
     <row r="55" spans="1:4">
       <c r="A55" t="s">
         <v>22</v>
       </c>
       <c r="B55" t="s">
         <v>155</v>
       </c>
       <c r="C55" t="s">
         <v>156</v>
       </c>
       <c r="D55" t="s">
         <v>157</v>
       </c>
     </row>
     <row r="56" spans="1:4">
       <c r="A56" t="s">
         <v>22</v>
       </c>
       <c r="B56" t="s">
         <v>158</v>
       </c>
       <c r="C56" t="s">
         <v>159</v>
       </c>
-      <c r="D56"/>
+      <c r="D56" t="s">
+        <v>160</v>
+      </c>
     </row>
     <row r="57" spans="1:4">
       <c r="A57" t="s">
         <v>22</v>
       </c>
       <c r="B57" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="C57" t="s">
-        <v>161</v>
+        <v>162</v>
       </c>
       <c r="D57" t="s">
-        <v>162</v>
+        <v>163</v>
       </c>
     </row>
     <row r="58" spans="1:4">
       <c r="A58" t="s">
         <v>22</v>
       </c>
       <c r="B58" t="s">
-        <v>163</v>
+        <v>164</v>
       </c>
       <c r="C58" t="s">
-        <v>164</v>
-[...1 lines deleted...]
-      <c r="D58" t="s">
         <v>165</v>
       </c>
+      <c r="D58"/>
     </row>
     <row r="59" spans="1:4">
       <c r="A59" t="s">
+        <v>22</v>
+      </c>
+      <c r="B59" t="s">
         <v>166</v>
       </c>
-      <c r="B59" t="s">
+      <c r="C59" t="s">
         <v>167</v>
       </c>
-      <c r="C59" t="s">
+      <c r="D59" t="s">
         <v>168</v>
-      </c>
-[...1 lines deleted...]
-        <v>169</v>
       </c>
     </row>
     <row r="60" spans="1:4">
       <c r="A60" t="s">
-        <v>166</v>
+        <v>22</v>
       </c>
       <c r="B60" t="s">
-        <v>36</v>
+        <v>169</v>
       </c>
       <c r="C60" t="s">
         <v>170</v>
       </c>
       <c r="D60" t="s">
         <v>171</v>
       </c>
     </row>
     <row r="61" spans="1:4">
       <c r="A61" t="s">
-        <v>166</v>
+        <v>172</v>
       </c>
       <c r="B61" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
       <c r="C61" t="s">
-        <v>173</v>
+        <v>174</v>
       </c>
       <c r="D61" t="s">
-        <v>174</v>
+        <v>175</v>
       </c>
     </row>
     <row r="62" spans="1:4">
       <c r="A62" t="s">
-        <v>166</v>
+        <v>172</v>
       </c>
       <c r="B62" t="s">
-        <v>175</v>
+        <v>36</v>
       </c>
       <c r="C62" t="s">
         <v>176</v>
       </c>
-      <c r="D62"/>
+      <c r="D62" t="s">
+        <v>177</v>
+      </c>
     </row>
     <row r="63" spans="1:4">
       <c r="A63" t="s">
-        <v>166</v>
+        <v>172</v>
       </c>
       <c r="B63" t="s">
-        <v>177</v>
+        <v>178</v>
       </c>
       <c r="C63" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
       <c r="D63" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
     </row>
     <row r="64" spans="1:4">
       <c r="A64" t="s">
-        <v>166</v>
+        <v>172</v>
       </c>
       <c r="B64" t="s">
-        <v>180</v>
+        <v>181</v>
       </c>
       <c r="C64" t="s">
-        <v>181</v>
-[...1 lines deleted...]
-      <c r="D64" t="s">
         <v>182</v>
       </c>
+      <c r="D64"/>
     </row>
     <row r="65" spans="1:4">
       <c r="A65" t="s">
-        <v>166</v>
+        <v>172</v>
       </c>
       <c r="B65" t="s">
         <v>183</v>
       </c>
       <c r="C65" t="s">
         <v>184</v>
       </c>
       <c r="D65" t="s">
         <v>185</v>
       </c>
     </row>
     <row r="66" spans="1:4">
       <c r="A66" t="s">
-        <v>166</v>
+        <v>172</v>
       </c>
       <c r="B66" t="s">
         <v>186</v>
       </c>
       <c r="C66" t="s">
         <v>187</v>
       </c>
       <c r="D66" t="s">
         <v>188</v>
       </c>
     </row>
     <row r="67" spans="1:4">
       <c r="A67" t="s">
-        <v>166</v>
+        <v>172</v>
       </c>
       <c r="B67" t="s">
-        <v>146</v>
+        <v>189</v>
       </c>
       <c r="C67" t="s">
-        <v>189</v>
+        <v>190</v>
       </c>
       <c r="D67" t="s">
-        <v>190</v>
+        <v>191</v>
       </c>
     </row>
     <row r="68" spans="1:4">
       <c r="A68" t="s">
-        <v>166</v>
+        <v>172</v>
       </c>
       <c r="B68" t="s">
-        <v>191</v>
+        <v>192</v>
       </c>
       <c r="C68" t="s">
-        <v>192</v>
+        <v>193</v>
       </c>
       <c r="D68" t="s">
-        <v>193</v>
+        <v>194</v>
       </c>
     </row>
     <row r="69" spans="1:4">
       <c r="A69" t="s">
-        <v>194</v>
+        <v>172</v>
       </c>
       <c r="B69" t="s">
-        <v>30</v>
+        <v>152</v>
       </c>
       <c r="C69" t="s">
         <v>195</v>
       </c>
-      <c r="D69"/>
+      <c r="D69" t="s">
+        <v>196</v>
+      </c>
     </row>
     <row r="70" spans="1:4">
       <c r="A70" t="s">
-        <v>194</v>
+        <v>172</v>
       </c>
       <c r="B70" t="s">
-        <v>191</v>
+        <v>197</v>
       </c>
       <c r="C70" t="s">
-        <v>196</v>
+        <v>198</v>
       </c>
       <c r="D70" t="s">
+        <v>199</v>
+      </c>
+    </row>
+    <row r="71" spans="1:4">
+      <c r="A71" t="s">
+        <v>200</v>
+      </c>
+      <c r="B71" t="s">
+        <v>30</v>
+      </c>
+      <c r="C71" t="s">
+        <v>201</v>
+      </c>
+      <c r="D71"/>
+    </row>
+    <row r="72" spans="1:4">
+      <c r="A72" t="s">
+        <v>200</v>
+      </c>
+      <c r="B72" t="s">
         <v>197</v>
+      </c>
+      <c r="C72" t="s">
+        <v>202</v>
+      </c>
+      <c r="D72" t="s">
+        <v>203</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">