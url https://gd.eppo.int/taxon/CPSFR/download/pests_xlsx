--- v4 (2026-02-28)
+++ v5 (2026-03-20)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="CPSFR" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="204">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="228">
   <si>
     <t>type</t>
   </si>
   <si>
     <t>EPPOCode</t>
   </si>
   <si>
     <t>Pref_name</t>
   </si>
   <si>
     <t>References</t>
   </si>
   <si>
     <t>Doubtful host</t>
   </si>
   <si>
     <t>EMPOBI</t>
   </si>
   <si>
     <t>Amrasca biguttula</t>
   </si>
   <si>
     <t>* Saeed R, Razaq M, Hardy IC (2015) The importance of alternative host plants as reservoirs of the cotton leaf hopper, Amrasca devastans, and its natural enemies. Journal of Pest Science 88, 517–531.
 ------- incidental host.</t>
   </si>
@@ -181,99 +181,127 @@
   <si>
     <t>Bactrocera passiflorae</t>
   </si>
   <si>
     <t>* Leblanc L (2022) The dacine fruit flies (Diptera: Tephritidae: Dacini) of Oceania. Insecta Mundi 0948, 1-167. https://journals.flvc.org/mundi/article/view/131965/135549.</t>
   </si>
   <si>
     <t>DACUTR</t>
   </si>
   <si>
     <t>Bactrocera tryoni</t>
   </si>
   <si>
     <t>* Drew RAI (1989) The tropical fruit flies (Diptera: Tephritidae: Dacinae) of the Australasian and Oceanian regions. Memoirs of the Queensland Museum 26, 1-521.</t>
   </si>
   <si>
     <t>TYLCV0</t>
   </si>
   <si>
     <t>Begomovirus coheni</t>
   </si>
   <si>
     <t>* Morilla G, Janssen D, García-Andrés S, Moriones E, Cuadrado IM, Bejarano ER (2005) Pepper (Capsicum annuum) Is a dead-end host for Tomato yellow leaf curl virus. Phytopathology 95(9), 1089-1097.</t>
   </si>
   <si>
+    <t>PYMV00</t>
+  </si>
+  <si>
+    <t>Begomovirus tuberosi (as Capsicum)</t>
+  </si>
+  <si>
+    <t>* Missihoun AA, Fanou AA, Nanoukon CN, Agbo IR, Sedah P, Fays M, Desoignies N (2025) Surveys of virus diseases and molecular identification of viruses affecting pepper crops (Capsicum spp.) in southern Benin. Crop Protection 188, 106999.</t>
+  </si>
+  <si>
     <t>BEMITA</t>
   </si>
   <si>
     <t>Bemisia tabaci (as Solanaceae)</t>
+  </si>
+  <si>
+    <t>PVS000</t>
+  </si>
+  <si>
+    <t>Carlavirus sigmasolani (as Capsicum)</t>
+  </si>
+  <si>
+    <t>* Khalid Z, Amer MA, Amir M, Zaman M, Hussain K, Al-Shahwan IM, Al-Saleh MA (2025) Serological detection of important new viruses infecting pepper crop in Saudi Arabia. Advancements in Life Sciences 12(2), 378-383.</t>
   </si>
   <si>
     <t>CERTCA</t>
   </si>
   <si>
     <t>Ceratitis capitata</t>
   </si>
   <si>
     <t>* De Meyer M., Copeland RS, Lux SA, Mansell M, Quilici S, Wharton R, White IM, Zenz NJ (2002) Annotated check list of host plants for Afrotropical fruit flies (Diptera: Tephritidae) of the genus Ceratitis. Zoologische Documentatie Koninklijk Museum voor Midden Afrika 27, 1-91.</t>
   </si>
   <si>
     <t>CERTCO</t>
   </si>
   <si>
     <t>Ceratitis cosyra</t>
   </si>
   <si>
     <t>* Badii KB, Billah MK, Afreh-Nuamah K, Obeng-Ofori D (2015) Species composition and host range of fruit-infesting flies (Diptera: Tephritidae) in northern Ghana. International Journal of Tropical Insect Science 35(3), 137-151.
 * Fazenda LH (2023) Influência de moscas-das-frutas (Diptera: Tephritidae) na produtividade de pimenta malagueta, no semiárido Moçambicano. Revista Verde de Agroecologia e Desenvolvimento Sustentável 18(1), 17-23.
 ------- host in Mozambique</t>
   </si>
   <si>
     <t>CERTRO</t>
   </si>
   <si>
     <t>Ceratitis rosa</t>
   </si>
   <si>
     <t>* Fazenda LH (2023) Influência de moscas-das-frutas (Diptera: Tephritidae) na produtividade de pimenta malagueta, no semiárido Moçambicano. Revista Verde de Agroecologia e Desenvolvimento Sustentável 18(1), 17-23.
 ------- host in Mozambique</t>
   </si>
   <si>
     <t>CRTZBR</t>
   </si>
   <si>
     <t>Ceratothripoides brunneus</t>
   </si>
   <si>
     <t>COLLFC</t>
   </si>
   <si>
     <t>Colletotrichum fructicola</t>
   </si>
   <si>
     <t>* EFSA PLH Panel (EFSA Panel on Plant Health), Bragard C, Dehnen-Schmutz K, Di Serio F, Gonthier P, Jacques M-A, Jaques Miret JA, Justesen AF, MacLeod A, Magnusson CS, Milonas P, Navas-Cortes JA, Parnell S, Potting R, Thulke H-H, Van der Werf W, Civera AV, Yuen J, Zappala L,  Migheli Q, Vloutoglou I, Campese C, Maiorano A, Streissl F, Reignault PL (2021) Scientific Opinion on the pest categorisation of Colletotrichum fructicola. EFSA Journal 19(8), 6803, 41 pp</t>
+  </si>
+  <si>
+    <t>CMV000</t>
+  </si>
+  <si>
+    <t>Cucumovirus CMV (as Capsicum)</t>
+  </si>
+  <si>
+    <t>* Missihoun AA, Fanou AA, Nanoukon CNM, Agbo IR, Sedah P, Fays M, Desoignies N (2025) Surveys of virus diseases and molecular identification of viruses affecting pepper crops (Capsicum spp.) in southern Benin. Crop Protection 188, 106999.
+* Zhang T, Guo N, Zhang R, Wang Y, Xia G, Wang L, Wei B (2025) Molecular detection of viral diseases and the resistance of germplasm in pepper. Vegetable Research 5, e030 doi: 10.48130/vegres-0025-0024</t>
   </si>
   <si>
     <t>BCTV00</t>
   </si>
   <si>
     <t>Curtovirus betae</t>
   </si>
   <si>
     <t>* Bosland PW (2000) Sources of curly top virus resistance in Capsicum. HortScience 35(7),1321-1322.
 * Severin HHP (1929) Additional host plnats of curly top. Hilgardia 20(3), 595-637.</t>
   </si>
   <si>
     <t>DACUCI</t>
   </si>
   <si>
     <t>Dacus ciliatus</t>
   </si>
   <si>
     <t>* McQuate GT, Liquido NJ, Nakamichi KAA (2018) Host plant records of the lesser pumpkin fly, Dacus ciliatus Loew (Diptera: Tephritidae), Version 1.0. Available online at: USDA Compendium of Fruit Fly Host Information (CoFFHI), Edition 3.1.</t>
   </si>
   <si>
     <t>DIABUH</t>
   </si>
   <si>
     <t>Diabrotica undecimpunctata howardi</t>
@@ -313,50 +341,56 @@
     <t>Epitrix subcrinita</t>
   </si>
   <si>
     <t>* Clark SM,  LeDoux DG, Seeno TN,  Riley EG,  Gilbert AJ, Sullivan JM (2004) Host plants of leaf beetle species occurring in the United States and Canada.  Special Publications of the Coleopterists Society, 2, 476 pp.
 ------- Feeding of adults.
 * Landis BJ (1948) Plants upon which tuber flea beetles and western potato flea beetles propagate. Journal of Economic Entomology 41(1), 6-10.
 ------- Confirmed host.</t>
   </si>
   <si>
     <t>EPIXTU</t>
   </si>
   <si>
     <t>Epitrix tuberis</t>
   </si>
   <si>
     <t>* Clark SM,  LeDoux DG, Seeno TN,  Riley EG,  Gilbert AJ, Sullivan JM (2004) Host plants of leaf beetle species occurring in the United States and Canada.  Special Publications of the Coleopterists Society, 2, 476 pp.
 ------- feeding of adults
 * Neilson CL, Finlayson DG (1953) Notes on the biology of the tuber flea beetle, Epitrix tuberis Gentner (Coleoptera: Chrysomelidae) in the interior of British Colombia. The Canadian Entomologist 85:31-32.
 ------- feeding of adults</t>
   </si>
   <si>
     <t>ERWICH</t>
   </si>
   <si>
     <t>Erwinia chrysanthemi (as Capsicum)</t>
+  </si>
+  <si>
+    <t>FRANCS</t>
+  </si>
+  <si>
+    <t>Frankliniella australis (as Solanaceae)</t>
   </si>
   <si>
     <t>LIRIHU</t>
   </si>
   <si>
     <t>Liriomyza huidobrensis</t>
   </si>
   <si>
     <t>* He CX, Wu WW, Wang SF, Wang LZ (2001) Host plants and feeding preferences of Liriomyza huidobrensis. Acta Entomologica Sinica 44, 384-388.</t>
   </si>
   <si>
     <t>PHENHI</t>
   </si>
   <si>
     <t>Maconellicoccus hirsutus</t>
   </si>
   <si>
     <t>* Chang LWH, Miller CE (1996) Pathway Risk Assessment: Pink mealybug from the Caribbean. Animal and Plant Health Inspection Service, U.S. Dept. of Agriculture 61 pp.</t>
   </si>
   <si>
     <t>MELNCO</t>
   </si>
   <si>
     <t>Melanotus communis (as Capsicum)</t>
   </si>
@@ -452,50 +486,80 @@
   <si>
     <t>PHTOOP</t>
   </si>
   <si>
     <t>Phthorimaea operculella</t>
   </si>
   <si>
     <t>* Rondon SI, Gao Y (2018) The journey of the potato tuberworm around the world. In Perveen K (ed) Moths: Pests of potato, maize and sugar beet. IntechOpen, 17-52. http://dx.doi.org/10.5772/intechopen.81934</t>
   </si>
   <si>
     <t>PHMPOM</t>
   </si>
   <si>
     <t>Phymatotrichopsis omnivora</t>
   </si>
   <si>
     <t>* Anonymous (1960) Index of Plant Diseases in the United States. Agriculture Handbook no 165, USDA-ARS (US) 531 pp.</t>
   </si>
   <si>
     <t>PHYTCP</t>
   </si>
   <si>
     <t>Phytophthora capsici</t>
   </si>
   <si>
+    <t>PLRV00</t>
+  </si>
+  <si>
+    <t>Polerovirus PLRV (as Capsicum)</t>
+  </si>
+  <si>
+    <t>PAMV00</t>
+  </si>
+  <si>
+    <t>Potexvirus marmoraucuba (as Capsicum)</t>
+  </si>
+  <si>
+    <t>PVA000</t>
+  </si>
+  <si>
+    <t>Potyvirus atuberosi (as Capsicum)</t>
+  </si>
+  <si>
+    <t>PVV000</t>
+  </si>
+  <si>
+    <t>Potyvirus vetuberosi (as Capsicum)</t>
+  </si>
+  <si>
+    <t>PVY000</t>
+  </si>
+  <si>
+    <t>Potyvirus yituberosi (as Capsicum)</t>
+  </si>
+  <si>
     <t>PSEAPE</t>
   </si>
   <si>
     <t>Pseudaulacaspis pentagona (as Capsicum)</t>
   </si>
   <si>
     <t>* García Morales M, Denno BD, Miller DR, Miller GL, Ben-Dov Y, Hardy NB (2016) ScaleNet: A literature-based model of scale insect biology and systematics. Database. doi: 10.1093/database/bav118. http://scalenet.info [accessed 2026-02].
 * Miller DR &amp; Davidson JA (2005) Armored Scale Insect Pests of Trees and Shrubs. Cornell Univ. Press Ithaca, NY 442 pp.</t>
   </si>
   <si>
     <t>RALSPS</t>
   </si>
   <si>
     <t>Ralstonia pseudosolanacearum</t>
   </si>
   <si>
     <t>* Yahiaoui N, Chéron J-J, Ravelomanantsoa S, Hamza AA., Petrousse B, Jeetah R, Jaufeerally-Fakim Y, Félicité J, Fillâtre J, Hostachy B, Guérin F, Cellier G, Prior P, Poussier S (2017) Genetic Diversity of the Ralstonia solanacearum Species Complex in the Southwest Indian Ocean Islands. Frontiers in Plant Science 8, 2139</t>
   </si>
   <si>
     <t>RALSSO</t>
   </si>
   <si>
     <t>Ralstonia solanacearum species complex</t>
   </si>
   <si>
@@ -541,50 +605,59 @@
     <t>THRIPL</t>
   </si>
   <si>
     <t>Thrips palmi</t>
   </si>
   <si>
     <t>* Kalpana Tillekaratne, Edirisinghe JP, Gunatilleke CVS, Karunaratne AIP (2011) A checklist of thrips species of Sri Lanka. Ceylon Journal of Science (Bio. Sci.) 40(2), 89-108.</t>
   </si>
   <si>
     <t>THRIPV</t>
   </si>
   <si>
     <t>Thrips parvispinus</t>
   </si>
   <si>
     <t>* Nkafu NT, Fening KO, Ajonglefac MF, Afreh-Nuamah K (2024) Influence of sticky trap color, host plant species, and weather factors on the population dynamics of thrips species in Southern Ghana. Environmental Entomology 53(3), 326-37.</t>
   </si>
   <si>
     <t>TOBRFV</t>
   </si>
   <si>
     <t>Tobamovirus fructirugosum (as Capsicum)</t>
   </si>
   <si>
     <t>* Cambrón-Crisantos JM, Rodríguez-Mendoza J, Valencia-Luna JB, Alcasio-Rangel S, García-Ávila CJ, López-Buenfil JA and Ochoa-Martínez DL (2018) First report of Tomato brown rugose fruit virus (ToBRFV) in Michoacan, Mexico. Revista Mexicana de Fitopatología 37(1). DOI: 10.18781/R.MEX.FIT.1810-5</t>
+  </si>
+  <si>
+    <t>TMV000</t>
+  </si>
+  <si>
+    <t>Tobamovirus tabaci (as Capsicum)</t>
+  </si>
+  <si>
+    <t>* Zhang T, Guo N, Zhang R, Wang Y, Xia G, Wang L, Wei B (2025) Molecular detection of viral diseases and the resistance of germplasm in pepper. Vegetable Research 5, e030 doi: 10.48130/vegres-0025-0024</t>
   </si>
   <si>
     <t>TRIAAB</t>
   </si>
   <si>
     <t>Trialeurodes abutiloneus</t>
   </si>
   <si>
     <t>ZAPRIN</t>
   </si>
   <si>
     <t>Zaprionus indianus</t>
   </si>
   <si>
     <t>* Balmès V, Mouttet R (2019) The drosophilid risk on imports. EPPO Bulletin, 49: 122– 126. https://doi.org/10.1111/epp.12536
 ------- found in fruit at import</t>
   </si>
   <si>
     <t>DACUCU</t>
   </si>
   <si>
     <t>Zeugodacus cucurbitae</t>
   </si>
   <si>
     <t>* De Meyer M, Delatte H, Mwatawala M, Quilici S, Vayssières JF, Virgilio M (2015) A review of the current knowledge on Zeugodacus cucurbitae (Coquillett) (Diptera, Tephritidae) in Africa, with a list of species included in Zeugodacus. ZooKeys 540, 539-557. https://doi.org/10.3897/zookeys.540.9672</t>
@@ -1017,51 +1090,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D72"/>
+  <dimension ref="A1:D82"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="16.425" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="57.7" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="548.438" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
@@ -1271,133 +1344,133 @@
     </row>
     <row r="17" spans="1:4">
       <c r="A17" t="s">
         <v>22</v>
       </c>
       <c r="B17" t="s">
         <v>48</v>
       </c>
       <c r="C17" t="s">
         <v>49</v>
       </c>
       <c r="D17" t="s">
         <v>50</v>
       </c>
     </row>
     <row r="18" spans="1:4">
       <c r="A18" t="s">
         <v>22</v>
       </c>
       <c r="B18" t="s">
         <v>51</v>
       </c>
       <c r="C18" t="s">
         <v>52</v>
       </c>
-      <c r="D18"/>
+      <c r="D18" t="s">
+        <v>53</v>
+      </c>
     </row>
     <row r="19" spans="1:4">
       <c r="A19" t="s">
         <v>22</v>
       </c>
       <c r="B19" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="C19" t="s">
-        <v>54</v>
-[...1 lines deleted...]
-      <c r="D19" t="s">
         <v>55</v>
       </c>
+      <c r="D19"/>
     </row>
     <row r="20" spans="1:4">
       <c r="A20" t="s">
         <v>22</v>
       </c>
       <c r="B20" t="s">
         <v>56</v>
       </c>
       <c r="C20" t="s">
         <v>57</v>
       </c>
       <c r="D20" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="21" spans="1:4">
       <c r="A21" t="s">
         <v>22</v>
       </c>
       <c r="B21" t="s">
         <v>59</v>
       </c>
       <c r="C21" t="s">
         <v>60</v>
       </c>
       <c r="D21" t="s">
         <v>61</v>
       </c>
     </row>
     <row r="22" spans="1:4">
       <c r="A22" t="s">
         <v>22</v>
       </c>
       <c r="B22" t="s">
         <v>62</v>
       </c>
       <c r="C22" t="s">
         <v>63</v>
       </c>
-      <c r="D22"/>
+      <c r="D22" t="s">
+        <v>64</v>
+      </c>
     </row>
     <row r="23" spans="1:4">
       <c r="A23" t="s">
         <v>22</v>
       </c>
       <c r="B23" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="C23" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="D23" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
     </row>
     <row r="24" spans="1:4">
       <c r="A24" t="s">
         <v>22</v>
       </c>
       <c r="B24" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="C24" t="s">
-        <v>68</v>
-[...1 lines deleted...]
-      <c r="D24" t="s">
         <v>69</v>
       </c>
+      <c r="D24"/>
     </row>
     <row r="25" spans="1:4">
       <c r="A25" t="s">
         <v>22</v>
       </c>
       <c r="B25" t="s">
         <v>70</v>
       </c>
       <c r="C25" t="s">
         <v>71</v>
       </c>
       <c r="D25" t="s">
         <v>72</v>
       </c>
     </row>
     <row r="26" spans="1:4">
       <c r="A26" t="s">
         <v>22</v>
       </c>
       <c r="B26" t="s">
         <v>73</v>
       </c>
       <c r="C26" t="s">
         <v>74</v>
       </c>
@@ -1407,654 +1480,792 @@
     </row>
     <row r="27" spans="1:4">
       <c r="A27" t="s">
         <v>22</v>
       </c>
       <c r="B27" t="s">
         <v>76</v>
       </c>
       <c r="C27" t="s">
         <v>77</v>
       </c>
       <c r="D27" t="s">
         <v>78</v>
       </c>
     </row>
     <row r="28" spans="1:4">
       <c r="A28" t="s">
         <v>22</v>
       </c>
       <c r="B28" t="s">
         <v>79</v>
       </c>
       <c r="C28" t="s">
         <v>80</v>
       </c>
-      <c r="D28"/>
+      <c r="D28" t="s">
+        <v>81</v>
+      </c>
     </row>
     <row r="29" spans="1:4">
       <c r="A29" t="s">
         <v>22</v>
       </c>
       <c r="B29" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="C29" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="D29" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
     </row>
     <row r="30" spans="1:4">
       <c r="A30" t="s">
         <v>22</v>
       </c>
       <c r="B30" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="C30" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="D30" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
     </row>
     <row r="31" spans="1:4">
       <c r="A31" t="s">
         <v>22</v>
       </c>
       <c r="B31" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="C31" t="s">
-        <v>88</v>
-[...1 lines deleted...]
-      <c r="D31" t="s">
         <v>89</v>
       </c>
+      <c r="D31"/>
     </row>
     <row r="32" spans="1:4">
       <c r="A32" t="s">
         <v>22</v>
       </c>
       <c r="B32" t="s">
         <v>90</v>
       </c>
       <c r="C32" t="s">
         <v>91</v>
       </c>
-      <c r="D32"/>
+      <c r="D32" t="s">
+        <v>92</v>
+      </c>
     </row>
     <row r="33" spans="1:4">
       <c r="A33" t="s">
         <v>22</v>
       </c>
       <c r="B33" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="C33" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="D33" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
     </row>
     <row r="34" spans="1:4">
       <c r="A34" t="s">
         <v>22</v>
       </c>
       <c r="B34" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="C34" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="D34" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
     </row>
     <row r="35" spans="1:4">
       <c r="A35" t="s">
         <v>22</v>
       </c>
       <c r="B35" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="C35" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="D35"/>
     </row>
     <row r="36" spans="1:4">
       <c r="A36" t="s">
         <v>22</v>
       </c>
       <c r="B36" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="C36" t="s">
-        <v>101</v>
-[...1 lines deleted...]
-      <c r="D36" t="s">
         <v>102</v>
       </c>
+      <c r="D36"/>
     </row>
     <row r="37" spans="1:4">
       <c r="A37" t="s">
         <v>22</v>
       </c>
       <c r="B37" t="s">
         <v>103</v>
       </c>
       <c r="C37" t="s">
         <v>104</v>
       </c>
       <c r="D37" t="s">
         <v>105</v>
       </c>
     </row>
     <row r="38" spans="1:4">
       <c r="A38" t="s">
         <v>22</v>
       </c>
       <c r="B38" t="s">
         <v>106</v>
       </c>
       <c r="C38" t="s">
         <v>107</v>
       </c>
       <c r="D38" t="s">
         <v>108</v>
       </c>
     </row>
     <row r="39" spans="1:4">
       <c r="A39" t="s">
         <v>22</v>
       </c>
       <c r="B39" t="s">
         <v>109</v>
       </c>
       <c r="C39" t="s">
         <v>110</v>
       </c>
-      <c r="D39" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D39"/>
     </row>
     <row r="40" spans="1:4">
       <c r="A40" t="s">
         <v>22</v>
       </c>
       <c r="B40" t="s">
+        <v>111</v>
+      </c>
+      <c r="C40" t="s">
         <v>112</v>
       </c>
-      <c r="C40" t="s">
+      <c r="D40" t="s">
         <v>113</v>
-      </c>
-[...1 lines deleted...]
-        <v>114</v>
       </c>
     </row>
     <row r="41" spans="1:4">
       <c r="A41" t="s">
         <v>22</v>
       </c>
       <c r="B41" t="s">
+        <v>114</v>
+      </c>
+      <c r="C41" t="s">
         <v>115</v>
       </c>
-      <c r="C41" t="s">
+      <c r="D41" t="s">
         <v>116</v>
-      </c>
-[...1 lines deleted...]
-        <v>117</v>
       </c>
     </row>
     <row r="42" spans="1:4">
       <c r="A42" t="s">
         <v>22</v>
       </c>
       <c r="B42" t="s">
+        <v>117</v>
+      </c>
+      <c r="C42" t="s">
         <v>118</v>
       </c>
-      <c r="C42" t="s">
+      <c r="D42" t="s">
         <v>119</v>
-      </c>
-[...1 lines deleted...]
-        <v>120</v>
       </c>
     </row>
     <row r="43" spans="1:4">
       <c r="A43" t="s">
         <v>22</v>
       </c>
       <c r="B43" t="s">
+        <v>120</v>
+      </c>
+      <c r="C43" t="s">
         <v>121</v>
       </c>
-      <c r="C43" t="s">
+      <c r="D43" t="s">
         <v>122</v>
-      </c>
-[...1 lines deleted...]
-        <v>123</v>
       </c>
     </row>
     <row r="44" spans="1:4">
       <c r="A44" t="s">
         <v>22</v>
       </c>
       <c r="B44" t="s">
+        <v>123</v>
+      </c>
+      <c r="C44" t="s">
         <v>124</v>
       </c>
-      <c r="C44" t="s">
+      <c r="D44" t="s">
         <v>125</v>
-      </c>
-[...1 lines deleted...]
-        <v>126</v>
       </c>
     </row>
     <row r="45" spans="1:4">
       <c r="A45" t="s">
         <v>22</v>
       </c>
       <c r="B45" t="s">
+        <v>126</v>
+      </c>
+      <c r="C45" t="s">
         <v>127</v>
       </c>
-      <c r="C45" t="s">
+      <c r="D45" t="s">
         <v>128</v>
-      </c>
-[...1 lines deleted...]
-        <v>129</v>
       </c>
     </row>
     <row r="46" spans="1:4">
       <c r="A46" t="s">
         <v>22</v>
       </c>
       <c r="B46" t="s">
+        <v>129</v>
+      </c>
+      <c r="C46" t="s">
         <v>130</v>
       </c>
-      <c r="C46" t="s">
+      <c r="D46" t="s">
         <v>131</v>
-      </c>
-[...1 lines deleted...]
-        <v>132</v>
       </c>
     </row>
     <row r="47" spans="1:4">
       <c r="A47" t="s">
         <v>22</v>
       </c>
       <c r="B47" t="s">
+        <v>132</v>
+      </c>
+      <c r="C47" t="s">
         <v>133</v>
       </c>
-      <c r="C47" t="s">
+      <c r="D47" t="s">
         <v>134</v>
       </c>
-      <c r="D47"/>
     </row>
     <row r="48" spans="1:4">
       <c r="A48" t="s">
         <v>22</v>
       </c>
       <c r="B48" t="s">
         <v>135</v>
       </c>
       <c r="C48" t="s">
         <v>136</v>
       </c>
       <c r="D48" t="s">
         <v>137</v>
       </c>
     </row>
     <row r="49" spans="1:4">
       <c r="A49" t="s">
         <v>22</v>
       </c>
       <c r="B49" t="s">
         <v>138</v>
       </c>
       <c r="C49" t="s">
         <v>139</v>
       </c>
       <c r="D49" t="s">
         <v>140</v>
       </c>
     </row>
     <row r="50" spans="1:4">
       <c r="A50" t="s">
         <v>22</v>
       </c>
       <c r="B50" t="s">
         <v>141</v>
       </c>
       <c r="C50" t="s">
         <v>142</v>
       </c>
       <c r="D50" t="s">
-        <v>140</v>
+        <v>143</v>
       </c>
     </row>
     <row r="51" spans="1:4">
       <c r="A51" t="s">
         <v>22</v>
       </c>
       <c r="B51" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
       <c r="C51" t="s">
-        <v>144</v>
-[...1 lines deleted...]
-      <c r="D51" t="s">
         <v>145</v>
       </c>
+      <c r="D51"/>
     </row>
     <row r="52" spans="1:4">
       <c r="A52" t="s">
         <v>22</v>
       </c>
       <c r="B52" t="s">
         <v>146</v>
       </c>
       <c r="C52" t="s">
         <v>147</v>
       </c>
       <c r="D52" t="s">
-        <v>148</v>
+        <v>58</v>
       </c>
     </row>
     <row r="53" spans="1:4">
       <c r="A53" t="s">
         <v>22</v>
       </c>
       <c r="B53" t="s">
+        <v>148</v>
+      </c>
+      <c r="C53" t="s">
         <v>149</v>
       </c>
-      <c r="C53" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D53" t="s">
-        <v>151</v>
+        <v>58</v>
       </c>
     </row>
     <row r="54" spans="1:4">
       <c r="A54" t="s">
         <v>22</v>
       </c>
       <c r="B54" t="s">
-        <v>152</v>
+        <v>150</v>
       </c>
       <c r="C54" t="s">
-        <v>153</v>
+        <v>151</v>
       </c>
       <c r="D54" t="s">
-        <v>154</v>
+        <v>58</v>
       </c>
     </row>
     <row r="55" spans="1:4">
       <c r="A55" t="s">
         <v>22</v>
       </c>
       <c r="B55" t="s">
-        <v>155</v>
+        <v>152</v>
       </c>
       <c r="C55" t="s">
-        <v>156</v>
+        <v>153</v>
       </c>
       <c r="D55" t="s">
-        <v>157</v>
+        <v>58</v>
       </c>
     </row>
     <row r="56" spans="1:4">
       <c r="A56" t="s">
         <v>22</v>
       </c>
       <c r="B56" t="s">
-        <v>158</v>
+        <v>154</v>
       </c>
       <c r="C56" t="s">
-        <v>159</v>
+        <v>155</v>
       </c>
       <c r="D56" t="s">
-        <v>160</v>
+        <v>53</v>
       </c>
     </row>
     <row r="57" spans="1:4">
       <c r="A57" t="s">
         <v>22</v>
       </c>
       <c r="B57" t="s">
-        <v>161</v>
+        <v>156</v>
       </c>
       <c r="C57" t="s">
-        <v>162</v>
+        <v>157</v>
       </c>
       <c r="D57" t="s">
-        <v>163</v>
+        <v>158</v>
       </c>
     </row>
     <row r="58" spans="1:4">
       <c r="A58" t="s">
         <v>22</v>
       </c>
       <c r="B58" t="s">
-        <v>164</v>
+        <v>159</v>
       </c>
       <c r="C58" t="s">
-        <v>165</v>
-[...1 lines deleted...]
-      <c r="D58"/>
+        <v>160</v>
+      </c>
+      <c r="D58" t="s">
+        <v>161</v>
+      </c>
     </row>
     <row r="59" spans="1:4">
       <c r="A59" t="s">
         <v>22</v>
       </c>
       <c r="B59" t="s">
-        <v>166</v>
+        <v>162</v>
       </c>
       <c r="C59" t="s">
-        <v>167</v>
+        <v>163</v>
       </c>
       <c r="D59" t="s">
-        <v>168</v>
+        <v>161</v>
       </c>
     </row>
     <row r="60" spans="1:4">
       <c r="A60" t="s">
         <v>22</v>
       </c>
       <c r="B60" t="s">
-        <v>169</v>
+        <v>164</v>
       </c>
       <c r="C60" t="s">
-        <v>170</v>
+        <v>165</v>
       </c>
       <c r="D60" t="s">
-        <v>171</v>
+        <v>166</v>
       </c>
     </row>
     <row r="61" spans="1:4">
       <c r="A61" t="s">
-        <v>172</v>
+        <v>22</v>
       </c>
       <c r="B61" t="s">
-        <v>173</v>
+        <v>167</v>
       </c>
       <c r="C61" t="s">
-        <v>174</v>
+        <v>168</v>
       </c>
       <c r="D61" t="s">
-        <v>175</v>
+        <v>169</v>
       </c>
     </row>
     <row r="62" spans="1:4">
       <c r="A62" t="s">
+        <v>22</v>
+      </c>
+      <c r="B62" t="s">
+        <v>170</v>
+      </c>
+      <c r="C62" t="s">
+        <v>171</v>
+      </c>
+      <c r="D62" t="s">
         <v>172</v>
-      </c>
-[...7 lines deleted...]
-        <v>177</v>
       </c>
     </row>
     <row r="63" spans="1:4">
       <c r="A63" t="s">
-        <v>172</v>
+        <v>22</v>
       </c>
       <c r="B63" t="s">
-        <v>178</v>
+        <v>173</v>
       </c>
       <c r="C63" t="s">
-        <v>179</v>
+        <v>174</v>
       </c>
       <c r="D63" t="s">
-        <v>180</v>
+        <v>175</v>
       </c>
     </row>
     <row r="64" spans="1:4">
       <c r="A64" t="s">
-        <v>172</v>
+        <v>22</v>
       </c>
       <c r="B64" t="s">
-        <v>181</v>
+        <v>176</v>
       </c>
       <c r="C64" t="s">
-        <v>182</v>
-[...1 lines deleted...]
-      <c r="D64"/>
+        <v>177</v>
+      </c>
+      <c r="D64" t="s">
+        <v>178</v>
+      </c>
     </row>
     <row r="65" spans="1:4">
       <c r="A65" t="s">
-        <v>172</v>
+        <v>22</v>
       </c>
       <c r="B65" t="s">
-        <v>183</v>
+        <v>179</v>
       </c>
       <c r="C65" t="s">
-        <v>184</v>
+        <v>180</v>
       </c>
       <c r="D65" t="s">
-        <v>185</v>
+        <v>181</v>
       </c>
     </row>
     <row r="66" spans="1:4">
       <c r="A66" t="s">
-        <v>172</v>
+        <v>22</v>
       </c>
       <c r="B66" t="s">
-        <v>186</v>
+        <v>182</v>
       </c>
       <c r="C66" t="s">
-        <v>187</v>
+        <v>183</v>
       </c>
       <c r="D66" t="s">
-        <v>188</v>
+        <v>184</v>
       </c>
     </row>
     <row r="67" spans="1:4">
       <c r="A67" t="s">
-        <v>172</v>
+        <v>22</v>
       </c>
       <c r="B67" t="s">
-        <v>189</v>
+        <v>185</v>
       </c>
       <c r="C67" t="s">
-        <v>190</v>
+        <v>186</v>
       </c>
       <c r="D67" t="s">
-        <v>191</v>
+        <v>187</v>
       </c>
     </row>
     <row r="68" spans="1:4">
       <c r="A68" t="s">
-        <v>172</v>
+        <v>22</v>
       </c>
       <c r="B68" t="s">
-        <v>192</v>
+        <v>188</v>
       </c>
       <c r="C68" t="s">
-        <v>193</v>
-[...3 lines deleted...]
-      </c>
+        <v>189</v>
+      </c>
+      <c r="D68"/>
     </row>
     <row r="69" spans="1:4">
       <c r="A69" t="s">
-        <v>172</v>
+        <v>22</v>
       </c>
       <c r="B69" t="s">
-        <v>152</v>
+        <v>190</v>
       </c>
       <c r="C69" t="s">
-        <v>195</v>
+        <v>191</v>
       </c>
       <c r="D69" t="s">
-        <v>196</v>
+        <v>192</v>
       </c>
     </row>
     <row r="70" spans="1:4">
       <c r="A70" t="s">
-        <v>172</v>
+        <v>22</v>
       </c>
       <c r="B70" t="s">
-        <v>197</v>
+        <v>193</v>
       </c>
       <c r="C70" t="s">
-        <v>198</v>
+        <v>194</v>
       </c>
       <c r="D70" t="s">
-        <v>199</v>
+        <v>195</v>
       </c>
     </row>
     <row r="71" spans="1:4">
       <c r="A71" t="s">
-        <v>200</v>
+        <v>196</v>
       </c>
       <c r="B71" t="s">
-        <v>30</v>
+        <v>197</v>
       </c>
       <c r="C71" t="s">
-        <v>201</v>
-[...1 lines deleted...]
-      <c r="D71"/>
+        <v>198</v>
+      </c>
+      <c r="D71" t="s">
+        <v>199</v>
+      </c>
     </row>
     <row r="72" spans="1:4">
       <c r="A72" t="s">
+        <v>196</v>
+      </c>
+      <c r="B72" t="s">
+        <v>36</v>
+      </c>
+      <c r="C72" t="s">
         <v>200</v>
       </c>
-      <c r="B72" t="s">
-[...2 lines deleted...]
-      <c r="C72" t="s">
+      <c r="D72" t="s">
+        <v>201</v>
+      </c>
+    </row>
+    <row r="73" spans="1:4">
+      <c r="A73" t="s">
+        <v>196</v>
+      </c>
+      <c r="B73" t="s">
         <v>202</v>
       </c>
-      <c r="D72" t="s">
+      <c r="C73" t="s">
         <v>203</v>
+      </c>
+      <c r="D73" t="s">
+        <v>204</v>
+      </c>
+    </row>
+    <row r="74" spans="1:4">
+      <c r="A74" t="s">
+        <v>196</v>
+      </c>
+      <c r="B74" t="s">
+        <v>205</v>
+      </c>
+      <c r="C74" t="s">
+        <v>206</v>
+      </c>
+      <c r="D74"/>
+    </row>
+    <row r="75" spans="1:4">
+      <c r="A75" t="s">
+        <v>196</v>
+      </c>
+      <c r="B75" t="s">
+        <v>207</v>
+      </c>
+      <c r="C75" t="s">
+        <v>208</v>
+      </c>
+      <c r="D75" t="s">
+        <v>209</v>
+      </c>
+    </row>
+    <row r="76" spans="1:4">
+      <c r="A76" t="s">
+        <v>196</v>
+      </c>
+      <c r="B76" t="s">
+        <v>210</v>
+      </c>
+      <c r="C76" t="s">
+        <v>211</v>
+      </c>
+      <c r="D76" t="s">
+        <v>212</v>
+      </c>
+    </row>
+    <row r="77" spans="1:4">
+      <c r="A77" t="s">
+        <v>196</v>
+      </c>
+      <c r="B77" t="s">
+        <v>213</v>
+      </c>
+      <c r="C77" t="s">
+        <v>214</v>
+      </c>
+      <c r="D77" t="s">
+        <v>215</v>
+      </c>
+    </row>
+    <row r="78" spans="1:4">
+      <c r="A78" t="s">
+        <v>196</v>
+      </c>
+      <c r="B78" t="s">
+        <v>216</v>
+      </c>
+      <c r="C78" t="s">
+        <v>217</v>
+      </c>
+      <c r="D78" t="s">
+        <v>218</v>
+      </c>
+    </row>
+    <row r="79" spans="1:4">
+      <c r="A79" t="s">
+        <v>196</v>
+      </c>
+      <c r="B79" t="s">
+        <v>173</v>
+      </c>
+      <c r="C79" t="s">
+        <v>219</v>
+      </c>
+      <c r="D79" t="s">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="80" spans="1:4">
+      <c r="A80" t="s">
+        <v>196</v>
+      </c>
+      <c r="B80" t="s">
+        <v>221</v>
+      </c>
+      <c r="C80" t="s">
+        <v>222</v>
+      </c>
+      <c r="D80" t="s">
+        <v>223</v>
+      </c>
+    </row>
+    <row r="81" spans="1:4">
+      <c r="A81" t="s">
+        <v>224</v>
+      </c>
+      <c r="B81" t="s">
+        <v>30</v>
+      </c>
+      <c r="C81" t="s">
+        <v>225</v>
+      </c>
+      <c r="D81"/>
+    </row>
+    <row r="82" spans="1:4">
+      <c r="A82" t="s">
+        <v>224</v>
+      </c>
+      <c r="B82" t="s">
+        <v>221</v>
+      </c>
+      <c r="C82" t="s">
+        <v>226</v>
+      </c>
+      <c r="D82" t="s">
+        <v>227</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">