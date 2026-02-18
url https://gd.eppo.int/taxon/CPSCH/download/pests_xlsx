--- v0 (2025-10-21)
+++ v1 (2026-02-18)
@@ -12,80 +12,89 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="CPSCH" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="98">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="107">
   <si>
     <t>type</t>
   </si>
   <si>
     <t>EPPOCode</t>
   </si>
   <si>
     <t>Pref_name</t>
   </si>
   <si>
     <t>References</t>
   </si>
   <si>
     <t>Experimental</t>
   </si>
   <si>
     <t>AVBO00</t>
   </si>
   <si>
     <t>Cheravirus arracaciae oca strain (as Solanaceae)</t>
   </si>
   <si>
     <t>Host</t>
   </si>
   <si>
     <t>VASALY</t>
   </si>
   <si>
     <t>Aculops lycopersici (as Solanaceae)</t>
+  </si>
+  <si>
+    <t>ALTRTR</t>
+  </si>
+  <si>
+    <t>Aleurothrixus trachoides</t>
+  </si>
+  <si>
+    <t>* Sah C, Mohammadou M, Adamou M, Tsekane SJ, Kenne TA, Ngamaleu-Siewe B, Kenne EL, Oumarou AA, Youssoufa O, Tchoubou AS, Atibita NE (2025) Diversity and abundance of pest insects associated with Capsicum chinense (Jacq. 1776)(Solanales: Solanaceae) in the locality of Bini (Ngaoundere-Cameroon). Asian Journal of Research in Crop Science 10(3), 81-104.</t>
   </si>
   <si>
     <t>PYDV00</t>
   </si>
   <si>
     <t>Alphanucleorhabdovirus tuberosum (as Capsicum)</t>
   </si>
   <si>
     <t>* Paslay C, Ali A (2023) First report of potato yellow dwarf nucleorhabdovirus infecting pepper (Capsicum spp.) in Oklahoma. Plant Disease 107(8), 2562. https://doi.org/10.1094/PDIS-01-23-0147-PDN</t>
   </si>
   <si>
     <t>ANTHEU</t>
   </si>
   <si>
     <t>Anthonomus eugenii</t>
   </si>
   <si>
     <t>* Chaires-Grijalva MP, del Carmen Antonio-Luis M, Palacios-Torres RE, Hernández-Hernández H, Castañeda-Vildozola A, Valenzuela-Escoboza FA, López-Martínez G (2021) Nuevos Registros de Parasitoides del Picudo del Chile y Su Parasitismo Natural en Loma Bonita, Oaxaca. Southwestern Entomologist 45(4), 979-984.
 * Fernández DC, VanLaerhoven SL, Labbé R (2021) Host utilization by the pepper weevil (Anthonom us eugenii): suitability, preference and offspring performance. Pest Management Science 77(10), 4719-4729.
 ------- considered less suitable host than Capsicum annuum.</t>
   </si>
   <si>
     <t>Anthonomus eugenii (as Capsicum)</t>
   </si>
   <si>
@@ -211,50 +220,69 @@
   <si>
     <t>Orthotospovirus tomatomaculae</t>
   </si>
   <si>
     <t>* Parrella G, Gognalons P, Gebre-Selassie K, Vovlas C, Marchoux G (2003) An update of the host range of tomato spotted wilt virus. Journal of Plant Pathology 85(4), 227-264.
 ------- Confirmed host. As Capsicum chinense var. Habanero.</t>
   </si>
   <si>
     <t>TZSV00</t>
   </si>
   <si>
     <t>Orthotospovirus tomatozonae (as Capsicum)</t>
   </si>
   <si>
     <t>* Dong JH, Cheng XF, Yin YY, Fang Q, Ding M, Li TT, Zhang LZ, Su XX, McBeath JH, Zhang ZK (2008) Characterization of tomato zonate spot virus, a new tospovirus in China. Archives of Virology 153(5), 855-864</t>
   </si>
   <si>
     <t>PRDILO</t>
   </si>
   <si>
     <t>Prodiplosis longifila</t>
   </si>
   <si>
     <t>* Dhileepan K, Neser S, Rumiz D, Raman A, Sharma A (2017) Host associations of gall-inducing Prodiplosis longifila (Diptera: Cecidomyiidae) from Bolivia: Implications for its use as a biological control agent for Jatropha gossypiifolia (Euphorbiaceae). Florida Entomologist, 100(4), 777-786.
 * Diaz-Silva F (2011) [Agroecological aspects for the integrated management of Prodiplosis longifila Gagné in the irrigation of Chavimochic]. Escuela de Ciencias Biológicas, Universidad de Trujillo, Trujillo, PERU (in Spanish).</t>
+  </si>
+  <si>
+    <t>PSEAPE</t>
+  </si>
+  <si>
+    <t>Pseudaulacaspis pentagona (as Capsicum)</t>
+  </si>
+  <si>
+    <t>* García Morales M, Denno BD, Miller DR, Miller GL, Ben-Dov Y, Hardy NB (2016) ScaleNet: A literature-based model of scale insect biology and systematics. Database. doi: 10.1093/database/bav118. http://scalenet.info [accessed 2026-02].
+* Miller DR &amp; Davidson JA (2005) Armored Scale Insect Pests of Trees and Shrubs. Cornell Univ. Press Ithaca, NY 442 pp.</t>
+  </si>
+  <si>
+    <t>ROTYRE</t>
+  </si>
+  <si>
+    <t>Rotylenchulus reniformis (as Capsicum)</t>
+  </si>
+  <si>
+    <t>* Carrillo-Fasio JA, Báez-Sañudo MA, Valdez-Morales MT (2026) Estrategias biorracionales para el manejo de Meloidogyne enterolobii y Rotylenchulus reniformis en tomate, chile y pepino en Sinaloa, México. Revista Bioc Scientia 2(1). https://doi.org/10.63622/RBS.2516</t>
   </si>
   <si>
     <t>RUSLSO</t>
   </si>
   <si>
     <t>Russelliana solanicola</t>
   </si>
   <si>
     <t>* Kuhn TM, Burckhardt D, Queiroz DL, Antolínez CA, Teresani GR, Lopes JR (2023) The psyllid fauna (Hemiptera: Psylloidea) of vegetable fields in Brazil. Revista Brasileira de Entomologia 67(1), e20220036. https://doi.org/10.1590/1806-9665-RBENT-2022-0036
 ------- Confirmed host.</t>
   </si>
   <si>
     <t>PRODOR</t>
   </si>
   <si>
     <t>Spodoptera ornithogalli (as Capsicum)</t>
   </si>
   <si>
     <t>* Brito R, Specht A, Gonçalves GL, Moreira GRP, Carneiro E, Santos FL, Roque-Specht VF, Mielke OHH, Casagrande MM (2019) Spodoptera marima: a new synonym of Spodoptera ornithogalli (Lepidoptera: Noctuidae), with notes on adult morphology, host plant use and genetic variation along its geographic range. Neotropical Entomology 48(3), 433-448.
 * Heppner JB (2007) Lepidoptera of Florida. Part 1. Introduction and catalog. Gainesville, Florida Department of Agriculture &amp; Consumer Services, p 670.</t>
   </si>
   <si>
     <t>ARGPLE</t>
   </si>
   <si>
@@ -673,51 +701,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D36"/>
+  <dimension ref="A1:D39"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="15.282" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="57.7" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="451.747" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
@@ -758,251 +786,251 @@
         <v>11</v>
       </c>
       <c r="D4" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="5" spans="1:4">
       <c r="A5" t="s">
         <v>7</v>
       </c>
       <c r="B5" t="s">
         <v>13</v>
       </c>
       <c r="C5" t="s">
         <v>14</v>
       </c>
       <c r="D5" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="6" spans="1:4">
       <c r="A6" t="s">
         <v>7</v>
       </c>
       <c r="B6" t="s">
-        <v>13</v>
+        <v>16</v>
       </c>
       <c r="C6" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="D6" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
     </row>
     <row r="7" spans="1:4">
       <c r="A7" t="s">
         <v>7</v>
       </c>
       <c r="B7" t="s">
-        <v>18</v>
+        <v>16</v>
       </c>
       <c r="C7" t="s">
         <v>19</v>
       </c>
       <c r="D7" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="8" spans="1:4">
       <c r="A8" t="s">
         <v>7</v>
       </c>
       <c r="B8" t="s">
         <v>21</v>
       </c>
       <c r="C8" t="s">
         <v>22</v>
       </c>
       <c r="D8" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="9" spans="1:4">
       <c r="A9" t="s">
         <v>7</v>
       </c>
       <c r="B9" t="s">
         <v>24</v>
       </c>
       <c r="C9" t="s">
         <v>25</v>
       </c>
-      <c r="D9"/>
+      <c r="D9" t="s">
+        <v>26</v>
+      </c>
     </row>
     <row r="10" spans="1:4">
       <c r="A10" t="s">
         <v>7</v>
       </c>
       <c r="B10" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="C10" t="s">
-        <v>27</v>
-[...1 lines deleted...]
-      <c r="D10" t="s">
         <v>28</v>
       </c>
+      <c r="D10"/>
     </row>
     <row r="11" spans="1:4">
       <c r="A11" t="s">
         <v>7</v>
       </c>
       <c r="B11" t="s">
         <v>29</v>
       </c>
       <c r="C11" t="s">
         <v>30</v>
       </c>
       <c r="D11" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="12" spans="1:4">
       <c r="A12" t="s">
         <v>7</v>
       </c>
       <c r="B12" t="s">
         <v>32</v>
       </c>
       <c r="C12" t="s">
         <v>33</v>
       </c>
-      <c r="D12"/>
+      <c r="D12" t="s">
+        <v>34</v>
+      </c>
     </row>
     <row r="13" spans="1:4">
       <c r="A13" t="s">
         <v>7</v>
       </c>
       <c r="B13" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="C13" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="D13"/>
     </row>
     <row r="14" spans="1:4">
       <c r="A14" t="s">
         <v>7</v>
       </c>
       <c r="B14" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="C14" t="s">
-        <v>37</v>
-[...1 lines deleted...]
-      <c r="D14" t="s">
         <v>38</v>
       </c>
+      <c r="D14"/>
     </row>
     <row r="15" spans="1:4">
       <c r="A15" t="s">
         <v>7</v>
       </c>
       <c r="B15" t="s">
         <v>39</v>
       </c>
       <c r="C15" t="s">
         <v>40</v>
       </c>
-      <c r="D15"/>
+      <c r="D15" t="s">
+        <v>41</v>
+      </c>
     </row>
     <row r="16" spans="1:4">
       <c r="A16" t="s">
         <v>7</v>
       </c>
       <c r="B16" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="C16" t="s">
-        <v>42</v>
-[...1 lines deleted...]
-      <c r="D16" t="s">
         <v>43</v>
       </c>
+      <c r="D16"/>
     </row>
     <row r="17" spans="1:4">
       <c r="A17" t="s">
         <v>7</v>
       </c>
       <c r="B17" t="s">
         <v>44</v>
       </c>
       <c r="C17" t="s">
         <v>45</v>
       </c>
       <c r="D17" t="s">
         <v>46</v>
       </c>
     </row>
     <row r="18" spans="1:4">
       <c r="A18" t="s">
         <v>7</v>
       </c>
       <c r="B18" t="s">
         <v>47</v>
       </c>
       <c r="C18" t="s">
         <v>48</v>
       </c>
-      <c r="D18"/>
+      <c r="D18" t="s">
+        <v>49</v>
+      </c>
     </row>
     <row r="19" spans="1:4">
       <c r="A19" t="s">
         <v>7</v>
       </c>
       <c r="B19" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="C19" t="s">
-        <v>50</v>
-[...1 lines deleted...]
-      <c r="D19" t="s">
         <v>51</v>
       </c>
+      <c r="D19"/>
     </row>
     <row r="20" spans="1:4">
       <c r="A20" t="s">
         <v>7</v>
       </c>
       <c r="B20" t="s">
-        <v>49</v>
+        <v>52</v>
       </c>
       <c r="C20" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="D20" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
     </row>
     <row r="21" spans="1:4">
       <c r="A21" t="s">
         <v>7</v>
       </c>
       <c r="B21" t="s">
-        <v>54</v>
+        <v>52</v>
       </c>
       <c r="C21" t="s">
         <v>55</v>
       </c>
       <c r="D21" t="s">
         <v>56</v>
       </c>
     </row>
     <row r="22" spans="1:4">
       <c r="A22" t="s">
         <v>7</v>
       </c>
       <c r="B22" t="s">
         <v>57</v>
       </c>
       <c r="C22" t="s">
         <v>58</v>
       </c>
       <c r="D22" t="s">
         <v>59</v>
       </c>
     </row>
     <row r="23" spans="1:4">
       <c r="A23" t="s">
         <v>7</v>
@@ -1076,147 +1104,189 @@
     <row r="28" spans="1:4">
       <c r="A28" t="s">
         <v>7</v>
       </c>
       <c r="B28" t="s">
         <v>75</v>
       </c>
       <c r="C28" t="s">
         <v>76</v>
       </c>
       <c r="D28" t="s">
         <v>77</v>
       </c>
     </row>
     <row r="29" spans="1:4">
       <c r="A29" t="s">
         <v>7</v>
       </c>
       <c r="B29" t="s">
         <v>78</v>
       </c>
       <c r="C29" t="s">
         <v>79</v>
       </c>
       <c r="D29" t="s">
-        <v>77</v>
+        <v>80</v>
       </c>
     </row>
     <row r="30" spans="1:4">
       <c r="A30" t="s">
         <v>7</v>
       </c>
       <c r="B30" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="C30" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="D30" t="s">
-        <v>77</v>
+        <v>83</v>
       </c>
     </row>
     <row r="31" spans="1:4">
       <c r="A31" t="s">
         <v>7</v>
       </c>
       <c r="B31" t="s">
-        <v>82</v>
+        <v>84</v>
       </c>
       <c r="C31" t="s">
-        <v>83</v>
+        <v>85</v>
       </c>
       <c r="D31" t="s">
-        <v>77</v>
+        <v>86</v>
       </c>
     </row>
     <row r="32" spans="1:4">
       <c r="A32" t="s">
-        <v>84</v>
+        <v>7</v>
       </c>
       <c r="B32" t="s">
-        <v>85</v>
+        <v>87</v>
       </c>
       <c r="C32" t="s">
+        <v>88</v>
+      </c>
+      <c r="D32" t="s">
         <v>86</v>
-      </c>
-[...1 lines deleted...]
-        <v>87</v>
       </c>
     </row>
     <row r="33" spans="1:4">
       <c r="A33" t="s">
-        <v>84</v>
+        <v>7</v>
       </c>
       <c r="B33" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="C33" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="D33" t="s">
-        <v>90</v>
+        <v>86</v>
       </c>
     </row>
     <row r="34" spans="1:4">
       <c r="A34" t="s">
-        <v>84</v>
+        <v>7</v>
       </c>
       <c r="B34" t="s">
-        <v>69</v>
+        <v>91</v>
       </c>
       <c r="C34" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="D34" t="s">
-        <v>92</v>
+        <v>86</v>
       </c>
     </row>
     <row r="35" spans="1:4">
       <c r="A35" t="s">
         <v>93</v>
       </c>
       <c r="B35" t="s">
-        <v>10</v>
+        <v>94</v>
       </c>
       <c r="C35" t="s">
-        <v>94</v>
-[...1 lines deleted...]
-      <c r="D35"/>
+        <v>95</v>
+      </c>
+      <c r="D35" t="s">
+        <v>96</v>
+      </c>
     </row>
     <row r="36" spans="1:4">
       <c r="A36" t="s">
         <v>93</v>
       </c>
       <c r="B36" t="s">
-        <v>95</v>
+        <v>97</v>
       </c>
       <c r="C36" t="s">
-        <v>96</v>
+        <v>98</v>
       </c>
       <c r="D36" t="s">
-        <v>97</v>
+        <v>99</v>
+      </c>
+    </row>
+    <row r="37" spans="1:4">
+      <c r="A37" t="s">
+        <v>93</v>
+      </c>
+      <c r="B37" t="s">
+        <v>78</v>
+      </c>
+      <c r="C37" t="s">
+        <v>100</v>
+      </c>
+      <c r="D37" t="s">
+        <v>101</v>
+      </c>
+    </row>
+    <row r="38" spans="1:4">
+      <c r="A38" t="s">
+        <v>102</v>
+      </c>
+      <c r="B38" t="s">
+        <v>13</v>
+      </c>
+      <c r="C38" t="s">
+        <v>103</v>
+      </c>
+      <c r="D38"/>
+    </row>
+    <row r="39" spans="1:4">
+      <c r="A39" t="s">
+        <v>102</v>
+      </c>
+      <c r="B39" t="s">
+        <v>104</v>
+      </c>
+      <c r="C39" t="s">
+        <v>105</v>
+      </c>
+      <c r="D39" t="s">
+        <v>106</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">