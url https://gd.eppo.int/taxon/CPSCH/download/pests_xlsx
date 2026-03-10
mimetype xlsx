--- v1 (2026-02-18)
+++ v2 (2026-03-10)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="CPSCH" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="107">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="112">
   <si>
     <t>type</t>
   </si>
   <si>
     <t>EPPOCode</t>
   </si>
   <si>
     <t>Pref_name</t>
   </si>
   <si>
     <t>References</t>
   </si>
   <si>
     <t>Experimental</t>
   </si>
   <si>
     <t>AVBO00</t>
   </si>
   <si>
     <t>Cheravirus arracaciae oca strain (as Solanaceae)</t>
   </si>
   <si>
     <t>Host</t>
   </si>
   <si>
@@ -136,50 +136,65 @@
     <t>Ceratitis capitata</t>
   </si>
   <si>
     <t>* Mziray HA, Makundi RH, Mwatawala M, Maerere A, De Meyer M (2010) Host use of Bactrocera latifirons, a new invasive tephritid species in Tanzania. Journal of Economic Entomology 103(1), 70-76.</t>
   </si>
   <si>
     <t>BCTV00</t>
   </si>
   <si>
     <t>Curtovirus betae</t>
   </si>
   <si>
     <t>* Bosland PW (2000) Sources of curly top virus resistance in Capsicum. HortScience 35(7),1321-1322.</t>
   </si>
   <si>
     <t>EPILVI</t>
   </si>
   <si>
     <t>Epilachna vigintioctomaculata (as Solanaceae)</t>
   </si>
   <si>
     <t>ERWICH</t>
   </si>
   <si>
     <t>Erwinia chrysanthemi (as Capsicum)</t>
+  </si>
+  <si>
+    <t>ANMLOR</t>
+  </si>
+  <si>
+    <t>Exomala orientalis</t>
+  </si>
+  <si>
+    <t>* Sah C, Mohammadou M, Adamou M, Tsekane SJ, Kenne TA, Ngamaleu-Siewe B, Kenne EL, Oumarou AA, Youssoufa O, Tchoubou AS, Atibita NE (2025) Diversity and abundance of pest insects associated with Capsicum chinense (Jacq. 1776)(Solanales: Solanaceae) in the locality of Bini (Ngaoundere-Cameroon). Asian Journal of Research in Crop Science 10(3), 81-104. https://doi.org/10.9734/ajrcs/2025/v10i3376</t>
+  </si>
+  <si>
+    <t>LASPFU</t>
+  </si>
+  <si>
+    <t>Grapholita funebrana</t>
   </si>
   <si>
     <t>LIRITR</t>
   </si>
   <si>
     <t>Liriomyza trifolii</t>
   </si>
   <si>
     <t>* Holguín-Peña, de Lourdes Ramírez-Ahuja M, Medina-Hernández D, Palacios Torres RE, Servín-Villegas R (2019) Parasitoid Wasps Associated with Liriomyza trifolii Mortality in Pepper at Baja California Sur, Mexico. Southwestern Entomologist 44(4), 867-875. https://doi.org/10.3958/059.044.0402
 ------- confirmed host</t>
   </si>
   <si>
     <t>MELNCO</t>
   </si>
   <si>
     <t>Melanotus communis (as Capsicum)</t>
   </si>
   <si>
     <t>MELGCH</t>
   </si>
   <si>
     <t>Meloidogyne chitwoodi (as Capsicum)</t>
   </si>
   <si>
     <t>* Santo GS, O'Bannon JH, Finley AM, Golden AM (1980) Occurrence and host range of a new root-knot nematode (Meloidogyne chitwoodi) in the Pacific northwest. Plant Disease 64, 951-952.</t>
@@ -701,62 +716,62 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D39"/>
+  <dimension ref="A1:D41"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="15.282" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="57.7" bestFit="true" customWidth="true" style="0"/>
-    <col min="4" max="4" width="451.747" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="468.171" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" t="s">
         <v>4</v>
       </c>
       <c r="B2" t="s">
         <v>5</v>
       </c>
       <c r="C2" t="s">
         <v>6</v>
@@ -925,368 +940,396 @@
     </row>
     <row r="15" spans="1:4">
       <c r="A15" t="s">
         <v>7</v>
       </c>
       <c r="B15" t="s">
         <v>39</v>
       </c>
       <c r="C15" t="s">
         <v>40</v>
       </c>
       <c r="D15" t="s">
         <v>41</v>
       </c>
     </row>
     <row r="16" spans="1:4">
       <c r="A16" t="s">
         <v>7</v>
       </c>
       <c r="B16" t="s">
         <v>42</v>
       </c>
       <c r="C16" t="s">
         <v>43</v>
       </c>
-      <c r="D16"/>
+      <c r="D16" t="s">
+        <v>41</v>
+      </c>
     </row>
     <row r="17" spans="1:4">
       <c r="A17" t="s">
         <v>7</v>
       </c>
       <c r="B17" t="s">
         <v>44</v>
       </c>
       <c r="C17" t="s">
         <v>45</v>
       </c>
       <c r="D17" t="s">
         <v>46</v>
       </c>
     </row>
     <row r="18" spans="1:4">
       <c r="A18" t="s">
         <v>7</v>
       </c>
       <c r="B18" t="s">
         <v>47</v>
       </c>
       <c r="C18" t="s">
         <v>48</v>
       </c>
-      <c r="D18" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D18"/>
     </row>
     <row r="19" spans="1:4">
       <c r="A19" t="s">
         <v>7</v>
       </c>
       <c r="B19" t="s">
+        <v>49</v>
+      </c>
+      <c r="C19" t="s">
         <v>50</v>
       </c>
-      <c r="C19" t="s">
+      <c r="D19" t="s">
         <v>51</v>
       </c>
-      <c r="D19"/>
     </row>
     <row r="20" spans="1:4">
       <c r="A20" t="s">
         <v>7</v>
       </c>
       <c r="B20" t="s">
         <v>52</v>
       </c>
       <c r="C20" t="s">
         <v>53</v>
       </c>
       <c r="D20" t="s">
         <v>54</v>
       </c>
     </row>
     <row r="21" spans="1:4">
       <c r="A21" t="s">
         <v>7</v>
       </c>
       <c r="B21" t="s">
-        <v>52</v>
+        <v>55</v>
       </c>
       <c r="C21" t="s">
-        <v>55</v>
-[...1 lines deleted...]
-      <c r="D21" t="s">
         <v>56</v>
       </c>
+      <c r="D21"/>
     </row>
     <row r="22" spans="1:4">
       <c r="A22" t="s">
         <v>7</v>
       </c>
       <c r="B22" t="s">
         <v>57</v>
       </c>
       <c r="C22" t="s">
         <v>58</v>
       </c>
       <c r="D22" t="s">
         <v>59</v>
       </c>
     </row>
     <row r="23" spans="1:4">
       <c r="A23" t="s">
         <v>7</v>
       </c>
       <c r="B23" t="s">
+        <v>57</v>
+      </c>
+      <c r="C23" t="s">
         <v>60</v>
       </c>
-      <c r="C23" t="s">
+      <c r="D23" t="s">
         <v>61</v>
-      </c>
-[...1 lines deleted...]
-        <v>62</v>
       </c>
     </row>
     <row r="24" spans="1:4">
       <c r="A24" t="s">
         <v>7</v>
       </c>
       <c r="B24" t="s">
+        <v>62</v>
+      </c>
+      <c r="C24" t="s">
         <v>63</v>
       </c>
-      <c r="C24" t="s">
+      <c r="D24" t="s">
         <v>64</v>
-      </c>
-[...1 lines deleted...]
-        <v>65</v>
       </c>
     </row>
     <row r="25" spans="1:4">
       <c r="A25" t="s">
         <v>7</v>
       </c>
       <c r="B25" t="s">
+        <v>65</v>
+      </c>
+      <c r="C25" t="s">
         <v>66</v>
       </c>
-      <c r="C25" t="s">
+      <c r="D25" t="s">
         <v>67</v>
-      </c>
-[...1 lines deleted...]
-        <v>68</v>
       </c>
     </row>
     <row r="26" spans="1:4">
       <c r="A26" t="s">
         <v>7</v>
       </c>
       <c r="B26" t="s">
+        <v>68</v>
+      </c>
+      <c r="C26" t="s">
         <v>69</v>
       </c>
-      <c r="C26" t="s">
+      <c r="D26" t="s">
         <v>70</v>
-      </c>
-[...1 lines deleted...]
-        <v>71</v>
       </c>
     </row>
     <row r="27" spans="1:4">
       <c r="A27" t="s">
         <v>7</v>
       </c>
       <c r="B27" t="s">
+        <v>71</v>
+      </c>
+      <c r="C27" t="s">
         <v>72</v>
       </c>
-      <c r="C27" t="s">
+      <c r="D27" t="s">
         <v>73</v>
-      </c>
-[...1 lines deleted...]
-        <v>74</v>
       </c>
     </row>
     <row r="28" spans="1:4">
       <c r="A28" t="s">
         <v>7</v>
       </c>
       <c r="B28" t="s">
+        <v>74</v>
+      </c>
+      <c r="C28" t="s">
         <v>75</v>
       </c>
-      <c r="C28" t="s">
+      <c r="D28" t="s">
         <v>76</v>
-      </c>
-[...1 lines deleted...]
-        <v>77</v>
       </c>
     </row>
     <row r="29" spans="1:4">
       <c r="A29" t="s">
         <v>7</v>
       </c>
       <c r="B29" t="s">
+        <v>77</v>
+      </c>
+      <c r="C29" t="s">
         <v>78</v>
       </c>
-      <c r="C29" t="s">
+      <c r="D29" t="s">
         <v>79</v>
-      </c>
-[...1 lines deleted...]
-        <v>80</v>
       </c>
     </row>
     <row r="30" spans="1:4">
       <c r="A30" t="s">
         <v>7</v>
       </c>
       <c r="B30" t="s">
+        <v>80</v>
+      </c>
+      <c r="C30" t="s">
         <v>81</v>
       </c>
-      <c r="C30" t="s">
+      <c r="D30" t="s">
         <v>82</v>
-      </c>
-[...1 lines deleted...]
-        <v>83</v>
       </c>
     </row>
     <row r="31" spans="1:4">
       <c r="A31" t="s">
         <v>7</v>
       </c>
       <c r="B31" t="s">
+        <v>83</v>
+      </c>
+      <c r="C31" t="s">
         <v>84</v>
       </c>
-      <c r="C31" t="s">
+      <c r="D31" t="s">
         <v>85</v>
-      </c>
-[...1 lines deleted...]
-        <v>86</v>
       </c>
     </row>
     <row r="32" spans="1:4">
       <c r="A32" t="s">
         <v>7</v>
       </c>
       <c r="B32" t="s">
+        <v>86</v>
+      </c>
+      <c r="C32" t="s">
         <v>87</v>
       </c>
-      <c r="C32" t="s">
+      <c r="D32" t="s">
         <v>88</v>
-      </c>
-[...1 lines deleted...]
-        <v>86</v>
       </c>
     </row>
     <row r="33" spans="1:4">
       <c r="A33" t="s">
         <v>7</v>
       </c>
       <c r="B33" t="s">
         <v>89</v>
       </c>
       <c r="C33" t="s">
         <v>90</v>
       </c>
       <c r="D33" t="s">
-        <v>86</v>
+        <v>91</v>
       </c>
     </row>
     <row r="34" spans="1:4">
       <c r="A34" t="s">
         <v>7</v>
       </c>
       <c r="B34" t="s">
+        <v>92</v>
+      </c>
+      <c r="C34" t="s">
+        <v>93</v>
+      </c>
+      <c r="D34" t="s">
         <v>91</v>
-      </c>
-[...4 lines deleted...]
-        <v>86</v>
       </c>
     </row>
     <row r="35" spans="1:4">
       <c r="A35" t="s">
-        <v>93</v>
+        <v>7</v>
       </c>
       <c r="B35" t="s">
         <v>94</v>
       </c>
       <c r="C35" t="s">
         <v>95</v>
       </c>
       <c r="D35" t="s">
-        <v>96</v>
+        <v>91</v>
       </c>
     </row>
     <row r="36" spans="1:4">
       <c r="A36" t="s">
-        <v>93</v>
+        <v>7</v>
       </c>
       <c r="B36" t="s">
+        <v>96</v>
+      </c>
+      <c r="C36" t="s">
         <v>97</v>
       </c>
-      <c r="C36" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D36" t="s">
-        <v>99</v>
+        <v>91</v>
       </c>
     </row>
     <row r="37" spans="1:4">
       <c r="A37" t="s">
-        <v>93</v>
+        <v>98</v>
       </c>
       <c r="B37" t="s">
-        <v>78</v>
+        <v>99</v>
       </c>
       <c r="C37" t="s">
         <v>100</v>
       </c>
       <c r="D37" t="s">
         <v>101</v>
       </c>
     </row>
     <row r="38" spans="1:4">
       <c r="A38" t="s">
+        <v>98</v>
+      </c>
+      <c r="B38" t="s">
         <v>102</v>
-      </c>
-[...1 lines deleted...]
-        <v>13</v>
       </c>
       <c r="C38" t="s">
         <v>103</v>
       </c>
-      <c r="D38"/>
+      <c r="D38" t="s">
+        <v>104</v>
+      </c>
     </row>
     <row r="39" spans="1:4">
       <c r="A39" t="s">
-        <v>102</v>
+        <v>98</v>
       </c>
       <c r="B39" t="s">
-        <v>104</v>
+        <v>83</v>
       </c>
       <c r="C39" t="s">
         <v>105</v>
       </c>
       <c r="D39" t="s">
         <v>106</v>
+      </c>
+    </row>
+    <row r="40" spans="1:4">
+      <c r="A40" t="s">
+        <v>107</v>
+      </c>
+      <c r="B40" t="s">
+        <v>13</v>
+      </c>
+      <c r="C40" t="s">
+        <v>108</v>
+      </c>
+      <c r="D40"/>
+    </row>
+    <row r="41" spans="1:4">
+      <c r="A41" t="s">
+        <v>107</v>
+      </c>
+      <c r="B41" t="s">
+        <v>109</v>
+      </c>
+      <c r="C41" t="s">
+        <v>110</v>
+      </c>
+      <c r="D41" t="s">
+        <v>111</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">