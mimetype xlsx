--- v2 (2026-03-10)
+++ v3 (2026-03-31)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="CPSCH" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="112">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="136">
   <si>
     <t>type</t>
   </si>
   <si>
     <t>EPPOCode</t>
   </si>
   <si>
     <t>Pref_name</t>
   </si>
   <si>
     <t>References</t>
   </si>
   <si>
     <t>Experimental</t>
   </si>
   <si>
     <t>AVBO00</t>
   </si>
   <si>
     <t>Cheravirus arracaciae oca strain (as Solanaceae)</t>
   </si>
   <si>
     <t>Host</t>
   </si>
   <si>
@@ -102,93 +102,127 @@
 * Capinera JL (2017) Pepper weevil, Anthonomus eugenii Cano and Cuban pepper weevil Faustinus cubae (Boheman) ( Insecta: Coleoptera: Curculionidae). https://edis.ifas.ufl.edu/in555
 * Elmore JC, Davis AC, Campbell RE (1934) The pepper weevil. USDA Techical Bulletin No. 447.
 * Patrock RJ, Schuster DJ (1992) Feeding, oviposition and development of the pepper weevil (Anthonomus eugenii) on selected species of Solanaceae. Tropical Pest Management 38, 65-69.
 * Seal DR, Martin CG (2016) Pepper weevil (Coleoptera: Curculionidae) preferences for specific pepper cultivars, plant parts, fruit colors, fruit sizes, and timing. Insects 7, 9. https://doi.org/10.3390/insects7010009</t>
   </si>
   <si>
     <t>BCTRCB</t>
   </si>
   <si>
     <t>Bactrocera carambolae</t>
   </si>
   <si>
     <t>* Liquido NJ, McQuate GT, Nakamichi KA, Kurashima RS, Birnbaum AL, Hanlin MA (2016) Provisional list of suitable host plants of carambola fruit fly, Bactrocera (Bactrocera) carambolae Drew &amp; Hancock (Diptera: Tephritidae), Version 1.1. Available online at USDA Compendium of Fruit Fly Host Information (CoFFHI).</t>
   </si>
   <si>
     <t>TOLCND</t>
   </si>
   <si>
     <t>Begomovirus solanumdelhiense</t>
   </si>
   <si>
     <t>* Ruiz L, Simon A, Velasco L, Janssen D (2017) Biological characterization of Tomato leaf curl New Delhi virus from Spain. Plant Pathology, 66, 376–382.
 ------- infected with viruliferous whiteflies in laboratory studies</t>
   </si>
   <si>
+    <t>PYMV00</t>
+  </si>
+  <si>
+    <t>Begomovirus tuberosi (as Capsicum)</t>
+  </si>
+  <si>
+    <t>* Missihoun AA, Fanou AA, Nanoukon CN, Agbo IR, Sedah P, Fays M, Desoignies N (2025) Surveys of virus diseases and molecular identification of viruses affecting pepper crops (Capsicum spp.) in southern Benin. Crop Protection 188, 106999.</t>
+  </si>
+  <si>
     <t>BEMITA</t>
   </si>
   <si>
     <t>Bemisia tabaci (as Solanaceae)</t>
   </si>
   <si>
+    <t>PVS000</t>
+  </si>
+  <si>
+    <t>Carlavirus sigmasolani (as Capsicum)</t>
+  </si>
+  <si>
+    <t>* Khalid Z, Amer MA, Amir M, Zaman M, Hussain K, Al-Shahwan IM, Al-Saleh MA (2025) Serological detection of important new viruses infecting pepper crop in Saudi Arabia. Advancements in Life Sciences 12(2), 378-383.</t>
+  </si>
+  <si>
     <t>CERTCA</t>
   </si>
   <si>
     <t>Ceratitis capitata</t>
   </si>
   <si>
     <t>* Mziray HA, Makundi RH, Mwatawala M, Maerere A, De Meyer M (2010) Host use of Bactrocera latifirons, a new invasive tephritid species in Tanzania. Journal of Economic Entomology 103(1), 70-76.</t>
   </si>
   <si>
+    <t>CMV000</t>
+  </si>
+  <si>
+    <t>Cucumovirus CMV (as Capsicum)</t>
+  </si>
+  <si>
+    <t>* Missihoun AA, Fanou AA, Nanoukon CNM, Agbo IR, Sedah P, Fays M, Desoignies N (2025) Surveys of virus diseases and molecular identification of viruses affecting pepper crops (Capsicum spp.) in southern Benin. Crop Protection 188, 106999.
+* Zhang T, Guo N, Zhang R, Wang Y, Xia G, Wang L, Wei B (2025) Molecular detection of viral diseases and the resistance of germplasm in pepper. Vegetable Research 5, e030 doi: 10.48130/vegres-0025-0024</t>
+  </si>
+  <si>
     <t>BCTV00</t>
   </si>
   <si>
     <t>Curtovirus betae</t>
   </si>
   <si>
     <t>* Bosland PW (2000) Sources of curly top virus resistance in Capsicum. HortScience 35(7),1321-1322.</t>
   </si>
   <si>
     <t>EPILVI</t>
   </si>
   <si>
     <t>Epilachna vigintioctomaculata (as Solanaceae)</t>
   </si>
   <si>
     <t>ERWICH</t>
   </si>
   <si>
     <t>Erwinia chrysanthemi (as Capsicum)</t>
   </si>
   <si>
     <t>ANMLOR</t>
   </si>
   <si>
     <t>Exomala orientalis</t>
   </si>
   <si>
     <t>* Sah C, Mohammadou M, Adamou M, Tsekane SJ, Kenne TA, Ngamaleu-Siewe B, Kenne EL, Oumarou AA, Youssoufa O, Tchoubou AS, Atibita NE (2025) Diversity and abundance of pest insects associated with Capsicum chinense (Jacq. 1776)(Solanales: Solanaceae) in the locality of Bini (Ngaoundere-Cameroon). Asian Journal of Research in Crop Science 10(3), 81-104. https://doi.org/10.9734/ajrcs/2025/v10i3376</t>
+  </si>
+  <si>
+    <t>FRANCS</t>
+  </si>
+  <si>
+    <t>Frankliniella australis (as Solanaceae)</t>
   </si>
   <si>
     <t>LASPFU</t>
   </si>
   <si>
     <t>Grapholita funebrana</t>
   </si>
   <si>
     <t>LIRITR</t>
   </si>
   <si>
     <t>Liriomyza trifolii</t>
   </si>
   <si>
     <t>* Holguín-Peña, de Lourdes Ramírez-Ahuja M, Medina-Hernández D, Palacios Torres RE, Servín-Villegas R (2019) Parasitoid Wasps Associated with Liriomyza trifolii Mortality in Pepper at Baja California Sur, Mexico. Southwestern Entomologist 44(4), 867-875. https://doi.org/10.3958/059.044.0402
 ------- confirmed host</t>
   </si>
   <si>
     <t>MELNCO</t>
   </si>
   <si>
     <t>Melanotus communis (as Capsicum)</t>
   </si>
   <si>
     <t>MELGCH</t>
@@ -225,50 +259,80 @@
   </si>
   <si>
     <t>Orthotospovirus tomatoflavi (as Capsicum)</t>
   </si>
   <si>
     <t>* Gonzalez-Alvarez H, Chang-Sidorchuk L, Barboza Vargas N, Gonzalez Arias, Martinez-Zubiaur Y (2017) First report of Tomato chlorotic spot virus infecting pepper and common bean in Cuba. Plant Disease 101(9), 1064-1065.</t>
   </si>
   <si>
     <t>TSWV00</t>
   </si>
   <si>
     <t>Orthotospovirus tomatomaculae</t>
   </si>
   <si>
     <t>* Parrella G, Gognalons P, Gebre-Selassie K, Vovlas C, Marchoux G (2003) An update of the host range of tomato spotted wilt virus. Journal of Plant Pathology 85(4), 227-264.
 ------- Confirmed host. As Capsicum chinense var. Habanero.</t>
   </si>
   <si>
     <t>TZSV00</t>
   </si>
   <si>
     <t>Orthotospovirus tomatozonae (as Capsicum)</t>
   </si>
   <si>
     <t>* Dong JH, Cheng XF, Yin YY, Fang Q, Ding M, Li TT, Zhang LZ, Su XX, McBeath JH, Zhang ZK (2008) Characterization of tomato zonate spot virus, a new tospovirus in China. Archives of Virology 153(5), 855-864</t>
+  </si>
+  <si>
+    <t>PLRV00</t>
+  </si>
+  <si>
+    <t>Polerovirus PLRV (as Capsicum)</t>
+  </si>
+  <si>
+    <t>PAMV00</t>
+  </si>
+  <si>
+    <t>Potexvirus marmoraucuba (as Capsicum)</t>
+  </si>
+  <si>
+    <t>PVA000</t>
+  </si>
+  <si>
+    <t>Potyvirus atuberosi (as Capsicum)</t>
+  </si>
+  <si>
+    <t>PVV000</t>
+  </si>
+  <si>
+    <t>Potyvirus vetuberosi (as Capsicum)</t>
+  </si>
+  <si>
+    <t>PVY000</t>
+  </si>
+  <si>
+    <t>Potyvirus yituberosi (as Capsicum)</t>
   </si>
   <si>
     <t>PRDILO</t>
   </si>
   <si>
     <t>Prodiplosis longifila</t>
   </si>
   <si>
     <t>* Dhileepan K, Neser S, Rumiz D, Raman A, Sharma A (2017) Host associations of gall-inducing Prodiplosis longifila (Diptera: Cecidomyiidae) from Bolivia: Implications for its use as a biological control agent for Jatropha gossypiifolia (Euphorbiaceae). Florida Entomologist, 100(4), 777-786.
 * Diaz-Silva F (2011) [Agroecological aspects for the integrated management of Prodiplosis longifila Gagné in the irrigation of Chavimochic]. Escuela de Ciencias Biológicas, Universidad de Trujillo, Trujillo, PERU (in Spanish).</t>
   </si>
   <si>
     <t>PSEAPE</t>
   </si>
   <si>
     <t>Pseudaulacaspis pentagona (as Capsicum)</t>
   </si>
   <si>
     <t>* García Morales M, Denno BD, Miller DR, Miller GL, Ben-Dov Y, Hardy NB (2016) ScaleNet: A literature-based model of scale insect biology and systematics. Database. doi: 10.1093/database/bav118. http://scalenet.info [accessed 2026-02].
 * Miller DR &amp; Davidson JA (2005) Armored Scale Insect Pests of Trees and Shrubs. Cornell Univ. Press Ithaca, NY 442 pp.</t>
   </si>
   <si>
     <t>ROTYRE</t>
   </si>
   <si>
@@ -294,50 +358,59 @@
     <t>Spodoptera ornithogalli (as Capsicum)</t>
   </si>
   <si>
     <t>* Brito R, Specht A, Gonçalves GL, Moreira GRP, Carneiro E, Santos FL, Roque-Specht VF, Mielke OHH, Casagrande MM (2019) Spodoptera marima: a new synonym of Spodoptera ornithogalli (Lepidoptera: Noctuidae), with notes on adult morphology, host plant use and genetic variation along its geographic range. Neotropical Entomology 48(3), 433-448.
 * Heppner JB (2007) Lepidoptera of Florida. Part 1. Introduction and catalog. Gainesville, Florida Department of Agriculture &amp; Consumer Services, p 670.</t>
   </si>
   <si>
     <t>ARGPLE</t>
   </si>
   <si>
     <t>Thaumatotibia leucotreta (as Capsicum)</t>
   </si>
   <si>
     <t>* Fritsch E (1988) Biologische Bekämpfung des Falschen Apfelwicklers, Cryptophlebia leucotreta (Meyrick) (Lep., Tortricidae), mit Granuloseviren. Mitteilungen der Deutschen Gesellschaft fur Allgemeine und Angewandte Entomologie 6 (1-3), 280-283.
 * Adom M, Fening K, Billah M, Wilson D, Hevi W, Clottey V,  Ansah-Amprofi F, Bruce A (2021) Pest status, bio-ecology and management of the false codling moth, Thaumatotibia leucotreta (Meyrick) (Lepidoptera: Tortricidae) and its implication for international trade. Bulletin of Entomological Research, 111(1), 17-30. doi:10.1017/S0007485320000358
 ------- frequently intercepted on Capsicum.</t>
   </si>
   <si>
     <t>TOBRFV</t>
   </si>
   <si>
     <t>Tobamovirus fructirugosum (as Capsicum)</t>
   </si>
   <si>
     <t>* Cambrón-Crisantos JM, Rodríguez-Mendoza J, Valencia-Luna JB, Alcasio-Rangel S, García-Ávila CJ, López-Buenfil JA and Ochoa-Martínez DL (2018) First report of Tomato brown rugose fruit virus (ToBRFV) in Michoacan, Mexico. Revista Mexicana de Fitopatología 37(1). DOI: 10.18781/R.MEX.FIT.1810-5</t>
+  </si>
+  <si>
+    <t>TMV000</t>
+  </si>
+  <si>
+    <t>Tobamovirus tabaci (as Capsicum)</t>
+  </si>
+  <si>
+    <t>* Zhang T, Guo N, Zhang R, Wang Y, Xia G, Wang L, Wei B (2025) Molecular detection of viral diseases and the resistance of germplasm in pepper. Vegetable Research 5, e030 doi: 10.48130/vegres-0025-0024</t>
   </si>
   <si>
     <t>XANTEU</t>
   </si>
   <si>
     <t>Xanthomonas euvesicatoria pv. euvesicatoria</t>
   </si>
   <si>
     <t xml:space="preserve">* Osdaghi E, Jones JB, Sharma A, Goss EM, Abrahamian P, Newberry EA, Potnis N, Carvalho R, Choudhary M, Paret ML, Timilsina S, Vallad GE (2021) A centenary for bacterial spot of tomato and pepper. Molecular Plant Pathology 22,1500-1519.
 ------- No details on the Xanthomonas species involved, but bacterial spot is recorded on Capsicum anomalum. </t>
   </si>
   <si>
     <t>XANTPF</t>
   </si>
   <si>
     <t>Xanthomonas euvesicatoria pv. perforans</t>
   </si>
   <si>
     <t>XANTGA</t>
   </si>
   <si>
     <t>Xanthomonas hortorum pv. gardneri</t>
   </si>
   <si>
     <t>XANTVE</t>
@@ -716,51 +789,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D41"/>
+  <dimension ref="A1:D51"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="15.282" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="57.7" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="468.171" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
@@ -862,474 +935,612 @@
     </row>
     <row r="9" spans="1:4">
       <c r="A9" t="s">
         <v>7</v>
       </c>
       <c r="B9" t="s">
         <v>24</v>
       </c>
       <c r="C9" t="s">
         <v>25</v>
       </c>
       <c r="D9" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="10" spans="1:4">
       <c r="A10" t="s">
         <v>7</v>
       </c>
       <c r="B10" t="s">
         <v>27</v>
       </c>
       <c r="C10" t="s">
         <v>28</v>
       </c>
-      <c r="D10"/>
+      <c r="D10" t="s">
+        <v>29</v>
+      </c>
     </row>
     <row r="11" spans="1:4">
       <c r="A11" t="s">
         <v>7</v>
       </c>
       <c r="B11" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="C11" t="s">
-        <v>30</v>
-[...1 lines deleted...]
-      <c r="D11" t="s">
         <v>31</v>
       </c>
+      <c r="D11"/>
     </row>
     <row r="12" spans="1:4">
       <c r="A12" t="s">
         <v>7</v>
       </c>
       <c r="B12" t="s">
         <v>32</v>
       </c>
       <c r="C12" t="s">
         <v>33</v>
       </c>
       <c r="D12" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="13" spans="1:4">
       <c r="A13" t="s">
         <v>7</v>
       </c>
       <c r="B13" t="s">
         <v>35</v>
       </c>
       <c r="C13" t="s">
         <v>36</v>
       </c>
-      <c r="D13"/>
+      <c r="D13" t="s">
+        <v>37</v>
+      </c>
     </row>
     <row r="14" spans="1:4">
       <c r="A14" t="s">
         <v>7</v>
       </c>
       <c r="B14" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="C14" t="s">
-        <v>38</v>
-[...1 lines deleted...]
-      <c r="D14"/>
+        <v>39</v>
+      </c>
+      <c r="D14" t="s">
+        <v>40</v>
+      </c>
     </row>
     <row r="15" spans="1:4">
       <c r="A15" t="s">
         <v>7</v>
       </c>
       <c r="B15" t="s">
-        <v>39</v>
+        <v>41</v>
       </c>
       <c r="C15" t="s">
-        <v>40</v>
+        <v>42</v>
       </c>
       <c r="D15" t="s">
-        <v>41</v>
+        <v>43</v>
       </c>
     </row>
     <row r="16" spans="1:4">
       <c r="A16" t="s">
         <v>7</v>
       </c>
       <c r="B16" t="s">
-        <v>42</v>
+        <v>44</v>
       </c>
       <c r="C16" t="s">
-        <v>43</v>
-[...3 lines deleted...]
-      </c>
+        <v>45</v>
+      </c>
+      <c r="D16"/>
     </row>
     <row r="17" spans="1:4">
       <c r="A17" t="s">
         <v>7</v>
       </c>
       <c r="B17" t="s">
-        <v>44</v>
+        <v>46</v>
       </c>
       <c r="C17" t="s">
-        <v>45</v>
-[...3 lines deleted...]
-      </c>
+        <v>47</v>
+      </c>
+      <c r="D17"/>
     </row>
     <row r="18" spans="1:4">
       <c r="A18" t="s">
         <v>7</v>
       </c>
       <c r="B18" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="C18" t="s">
-        <v>48</v>
-[...1 lines deleted...]
-      <c r="D18"/>
+        <v>49</v>
+      </c>
+      <c r="D18" t="s">
+        <v>50</v>
+      </c>
     </row>
     <row r="19" spans="1:4">
       <c r="A19" t="s">
         <v>7</v>
       </c>
       <c r="B19" t="s">
-        <v>49</v>
+        <v>51</v>
       </c>
       <c r="C19" t="s">
-        <v>50</v>
-[...3 lines deleted...]
-      </c>
+        <v>52</v>
+      </c>
+      <c r="D19"/>
     </row>
     <row r="20" spans="1:4">
       <c r="A20" t="s">
         <v>7</v>
       </c>
       <c r="B20" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="C20" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="D20" t="s">
-        <v>54</v>
+        <v>50</v>
       </c>
     </row>
     <row r="21" spans="1:4">
       <c r="A21" t="s">
         <v>7</v>
       </c>
       <c r="B21" t="s">
         <v>55</v>
       </c>
       <c r="C21" t="s">
         <v>56</v>
       </c>
-      <c r="D21"/>
+      <c r="D21" t="s">
+        <v>57</v>
+      </c>
     </row>
     <row r="22" spans="1:4">
       <c r="A22" t="s">
         <v>7</v>
       </c>
       <c r="B22" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="C22" t="s">
-        <v>58</v>
-[...1 lines deleted...]
-      <c r="D22" t="s">
         <v>59</v>
       </c>
+      <c r="D22"/>
     </row>
     <row r="23" spans="1:4">
       <c r="A23" t="s">
         <v>7</v>
       </c>
       <c r="B23" t="s">
-        <v>57</v>
+        <v>60</v>
       </c>
       <c r="C23" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="D23" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
     </row>
     <row r="24" spans="1:4">
       <c r="A24" t="s">
         <v>7</v>
       </c>
       <c r="B24" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="C24" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="D24" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
     </row>
     <row r="25" spans="1:4">
       <c r="A25" t="s">
         <v>7</v>
       </c>
       <c r="B25" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="C25" t="s">
-        <v>66</v>
-[...1 lines deleted...]
-      <c r="D25" t="s">
         <v>67</v>
       </c>
+      <c r="D25"/>
     </row>
     <row r="26" spans="1:4">
       <c r="A26" t="s">
         <v>7</v>
       </c>
       <c r="B26" t="s">
         <v>68</v>
       </c>
       <c r="C26" t="s">
         <v>69</v>
       </c>
       <c r="D26" t="s">
         <v>70</v>
       </c>
     </row>
     <row r="27" spans="1:4">
       <c r="A27" t="s">
         <v>7</v>
       </c>
       <c r="B27" t="s">
+        <v>68</v>
+      </c>
+      <c r="C27" t="s">
         <v>71</v>
       </c>
-      <c r="C27" t="s">
+      <c r="D27" t="s">
         <v>72</v>
-      </c>
-[...1 lines deleted...]
-        <v>73</v>
       </c>
     </row>
     <row r="28" spans="1:4">
       <c r="A28" t="s">
         <v>7</v>
       </c>
       <c r="B28" t="s">
+        <v>73</v>
+      </c>
+      <c r="C28" t="s">
         <v>74</v>
       </c>
-      <c r="C28" t="s">
+      <c r="D28" t="s">
         <v>75</v>
-      </c>
-[...1 lines deleted...]
-        <v>76</v>
       </c>
     </row>
     <row r="29" spans="1:4">
       <c r="A29" t="s">
         <v>7</v>
       </c>
       <c r="B29" t="s">
+        <v>76</v>
+      </c>
+      <c r="C29" t="s">
         <v>77</v>
       </c>
-      <c r="C29" t="s">
+      <c r="D29" t="s">
         <v>78</v>
-      </c>
-[...1 lines deleted...]
-        <v>79</v>
       </c>
     </row>
     <row r="30" spans="1:4">
       <c r="A30" t="s">
         <v>7</v>
       </c>
       <c r="B30" t="s">
+        <v>79</v>
+      </c>
+      <c r="C30" t="s">
         <v>80</v>
       </c>
-      <c r="C30" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D30" t="s">
-        <v>82</v>
+        <v>34</v>
       </c>
     </row>
     <row r="31" spans="1:4">
       <c r="A31" t="s">
         <v>7</v>
       </c>
       <c r="B31" t="s">
-        <v>83</v>
+        <v>81</v>
       </c>
       <c r="C31" t="s">
-        <v>84</v>
+        <v>82</v>
       </c>
       <c r="D31" t="s">
-        <v>85</v>
+        <v>34</v>
       </c>
     </row>
     <row r="32" spans="1:4">
       <c r="A32" t="s">
         <v>7</v>
       </c>
       <c r="B32" t="s">
-        <v>86</v>
+        <v>83</v>
       </c>
       <c r="C32" t="s">
-        <v>87</v>
+        <v>84</v>
       </c>
       <c r="D32" t="s">
-        <v>88</v>
+        <v>34</v>
       </c>
     </row>
     <row r="33" spans="1:4">
       <c r="A33" t="s">
         <v>7</v>
       </c>
       <c r="B33" t="s">
-        <v>89</v>
+        <v>85</v>
       </c>
       <c r="C33" t="s">
-        <v>90</v>
+        <v>86</v>
       </c>
       <c r="D33" t="s">
-        <v>91</v>
+        <v>34</v>
       </c>
     </row>
     <row r="34" spans="1:4">
       <c r="A34" t="s">
         <v>7</v>
       </c>
       <c r="B34" t="s">
-        <v>92</v>
+        <v>87</v>
       </c>
       <c r="C34" t="s">
-        <v>93</v>
+        <v>88</v>
       </c>
       <c r="D34" t="s">
-        <v>91</v>
+        <v>29</v>
       </c>
     </row>
     <row r="35" spans="1:4">
       <c r="A35" t="s">
         <v>7</v>
       </c>
       <c r="B35" t="s">
-        <v>94</v>
+        <v>89</v>
       </c>
       <c r="C35" t="s">
-        <v>95</v>
+        <v>90</v>
       </c>
       <c r="D35" t="s">
         <v>91</v>
       </c>
     </row>
     <row r="36" spans="1:4">
       <c r="A36" t="s">
         <v>7</v>
       </c>
       <c r="B36" t="s">
-        <v>96</v>
+        <v>92</v>
       </c>
       <c r="C36" t="s">
-        <v>97</v>
+        <v>93</v>
       </c>
       <c r="D36" t="s">
-        <v>91</v>
+        <v>94</v>
       </c>
     </row>
     <row r="37" spans="1:4">
       <c r="A37" t="s">
-        <v>98</v>
+        <v>7</v>
       </c>
       <c r="B37" t="s">
-        <v>99</v>
+        <v>95</v>
       </c>
       <c r="C37" t="s">
-        <v>100</v>
+        <v>96</v>
       </c>
       <c r="D37" t="s">
-        <v>101</v>
+        <v>97</v>
       </c>
     </row>
     <row r="38" spans="1:4">
       <c r="A38" t="s">
+        <v>7</v>
+      </c>
+      <c r="B38" t="s">
         <v>98</v>
       </c>
-      <c r="B38" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C38" t="s">
-        <v>103</v>
+        <v>99</v>
       </c>
       <c r="D38" t="s">
-        <v>104</v>
+        <v>100</v>
       </c>
     </row>
     <row r="39" spans="1:4">
       <c r="A39" t="s">
-        <v>98</v>
+        <v>7</v>
       </c>
       <c r="B39" t="s">
-        <v>83</v>
+        <v>101</v>
       </c>
       <c r="C39" t="s">
-        <v>105</v>
+        <v>102</v>
       </c>
       <c r="D39" t="s">
-        <v>106</v>
+        <v>103</v>
       </c>
     </row>
     <row r="40" spans="1:4">
       <c r="A40" t="s">
-        <v>107</v>
+        <v>7</v>
       </c>
       <c r="B40" t="s">
-        <v>13</v>
+        <v>104</v>
       </c>
       <c r="C40" t="s">
-        <v>108</v>
-[...1 lines deleted...]
-      <c r="D40"/>
+        <v>105</v>
+      </c>
+      <c r="D40" t="s">
+        <v>106</v>
+      </c>
     </row>
     <row r="41" spans="1:4">
       <c r="A41" t="s">
+        <v>7</v>
+      </c>
+      <c r="B41" t="s">
         <v>107</v>
       </c>
-      <c r="B41" t="s">
+      <c r="C41" t="s">
+        <v>108</v>
+      </c>
+      <c r="D41" t="s">
         <v>109</v>
       </c>
-      <c r="C41" t="s">
+    </row>
+    <row r="42" spans="1:4">
+      <c r="A42" t="s">
+        <v>7</v>
+      </c>
+      <c r="B42" t="s">
         <v>110</v>
       </c>
-      <c r="D41" t="s">
+      <c r="C42" t="s">
         <v>111</v>
+      </c>
+      <c r="D42" t="s">
+        <v>112</v>
+      </c>
+    </row>
+    <row r="43" spans="1:4">
+      <c r="A43" t="s">
+        <v>7</v>
+      </c>
+      <c r="B43" t="s">
+        <v>113</v>
+      </c>
+      <c r="C43" t="s">
+        <v>114</v>
+      </c>
+      <c r="D43" t="s">
+        <v>115</v>
+      </c>
+    </row>
+    <row r="44" spans="1:4">
+      <c r="A44" t="s">
+        <v>7</v>
+      </c>
+      <c r="B44" t="s">
+        <v>116</v>
+      </c>
+      <c r="C44" t="s">
+        <v>117</v>
+      </c>
+      <c r="D44" t="s">
+        <v>115</v>
+      </c>
+    </row>
+    <row r="45" spans="1:4">
+      <c r="A45" t="s">
+        <v>7</v>
+      </c>
+      <c r="B45" t="s">
+        <v>118</v>
+      </c>
+      <c r="C45" t="s">
+        <v>119</v>
+      </c>
+      <c r="D45" t="s">
+        <v>115</v>
+      </c>
+    </row>
+    <row r="46" spans="1:4">
+      <c r="A46" t="s">
+        <v>7</v>
+      </c>
+      <c r="B46" t="s">
+        <v>120</v>
+      </c>
+      <c r="C46" t="s">
+        <v>121</v>
+      </c>
+      <c r="D46" t="s">
+        <v>115</v>
+      </c>
+    </row>
+    <row r="47" spans="1:4">
+      <c r="A47" t="s">
+        <v>122</v>
+      </c>
+      <c r="B47" t="s">
+        <v>123</v>
+      </c>
+      <c r="C47" t="s">
+        <v>124</v>
+      </c>
+      <c r="D47" t="s">
+        <v>125</v>
+      </c>
+    </row>
+    <row r="48" spans="1:4">
+      <c r="A48" t="s">
+        <v>122</v>
+      </c>
+      <c r="B48" t="s">
+        <v>126</v>
+      </c>
+      <c r="C48" t="s">
+        <v>127</v>
+      </c>
+      <c r="D48" t="s">
+        <v>128</v>
+      </c>
+    </row>
+    <row r="49" spans="1:4">
+      <c r="A49" t="s">
+        <v>122</v>
+      </c>
+      <c r="B49" t="s">
+        <v>104</v>
+      </c>
+      <c r="C49" t="s">
+        <v>129</v>
+      </c>
+      <c r="D49" t="s">
+        <v>130</v>
+      </c>
+    </row>
+    <row r="50" spans="1:4">
+      <c r="A50" t="s">
+        <v>131</v>
+      </c>
+      <c r="B50" t="s">
+        <v>13</v>
+      </c>
+      <c r="C50" t="s">
+        <v>132</v>
+      </c>
+      <c r="D50"/>
+    </row>
+    <row r="51" spans="1:4">
+      <c r="A51" t="s">
+        <v>131</v>
+      </c>
+      <c r="B51" t="s">
+        <v>133</v>
+      </c>
+      <c r="C51" t="s">
+        <v>134</v>
+      </c>
+      <c r="D51" t="s">
+        <v>135</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">