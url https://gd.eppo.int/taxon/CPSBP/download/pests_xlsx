--- v0 (2025-10-20)
+++ v1 (2026-02-25)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="CPSBP" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="57">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="63">
   <si>
     <t>type</t>
   </si>
   <si>
     <t>EPPOCode</t>
   </si>
   <si>
     <t>Pref_name</t>
   </si>
   <si>
     <t>References</t>
   </si>
   <si>
     <t>Experimental</t>
   </si>
   <si>
     <t>AVBO00</t>
   </si>
   <si>
     <t>Cheravirus arracaciae oca strain (as Solanaceae)</t>
   </si>
   <si>
     <t>Host</t>
   </si>
   <si>
@@ -133,50 +133,69 @@
     <t>NACOBA</t>
   </si>
   <si>
     <t>Nacobbus aberrans sensu lato</t>
   </si>
   <si>
     <t>* Manzanilla-López RH, Costilla MA, Doucet M, Inserra RN, Lehman PS, Cid del Prado-Vera I, Souza RM, Evans K (2002) The genus Nacobbus Thorne &amp; Allen, 1944 (Nematoda: Pratylenchidae): systematics, distribution, biology and management. Nematropica 32, 149-226.</t>
   </si>
   <si>
     <t>TCSV00</t>
   </si>
   <si>
     <t>Orthotospovirus tomatoflavi (as Capsicum)</t>
   </si>
   <si>
     <t>* Gonzalez-Alvarez H, Chang-Sidorchuk L, Barboza Vargas N, Gonzalez Arias, Martinez-Zubiaur Y (2017) First report of Tomato chlorotic spot virus infecting pepper and common bean in Cuba. Plant Disease 101(9), 1064-1065.</t>
   </si>
   <si>
     <t>TZSV00</t>
   </si>
   <si>
     <t>Orthotospovirus tomatozonae (as Capsicum)</t>
   </si>
   <si>
     <t>* Dong JH, Cheng XF, Yin YY, Fang Q, Ding M, Li TT, Zhang LZ, Su XX, McBeath JH, Zhang ZK (2008) Characterization of tomato zonate spot virus, a new tospovirus in China. Archives of Virology 153(5), 855-864</t>
+  </si>
+  <si>
+    <t>PSEAPE</t>
+  </si>
+  <si>
+    <t>Pseudaulacaspis pentagona (as Capsicum)</t>
+  </si>
+  <si>
+    <t>* García Morales M, Denno BD, Miller DR, Miller GL, Ben-Dov Y, Hardy NB (2016) ScaleNet: A literature-based model of scale insect biology and systematics. Database. doi: 10.1093/database/bav118. http://scalenet.info [accessed 2026-02].
+* Miller DR &amp; Davidson JA (2005) Armored Scale Insect Pests of Trees and Shrubs. Cornell Univ. Press Ithaca, NY 442 pp.</t>
+  </si>
+  <si>
+    <t>ROTYRE</t>
+  </si>
+  <si>
+    <t>Rotylenchulus reniformis (as Capsicum)</t>
+  </si>
+  <si>
+    <t>* Carrillo-Fasio JA, Báez-Sañudo MA, Valdez-Morales MT (2026) Estrategias biorracionales para el manejo de Meloidogyne enterolobii y Rotylenchulus reniformis en tomate, chile y pepino en Sinaloa, México. Revista Bioc Scientia 2(1). https://doi.org/10.63622/RBS.2516</t>
   </si>
   <si>
     <t>PRODOR</t>
   </si>
   <si>
     <t>Spodoptera ornithogalli (as Capsicum)</t>
   </si>
   <si>
     <t>* Brito R, Specht A, Gonçalves GL, Moreira GRP, Carneiro E, Santos FL, Roque-Specht VF, Mielke OHH, Casagrande MM (2019) Spodoptera marima: a new synonym of Spodoptera ornithogalli (Lepidoptera: Noctuidae), with notes on adult morphology, host plant use and genetic variation along its geographic range. Neotropical Entomology 48(3), 433-448.
 * Heppner JB (2007) Lepidoptera of Florida. Part 1. Introduction and catalog. Gainesville, Florida Department of Agriculture &amp; Consumer Services, p 670.</t>
   </si>
   <si>
     <t>ARGPLE</t>
   </si>
   <si>
     <t>Thaumatotibia leucotreta (as Capsicum)</t>
   </si>
   <si>
     <t>* Fritsch E (1988) Biologische Bekämpfung des Falschen Apfelwicklers, Cryptophlebia leucotreta (Meyrick) (Lep., Tortricidae), mit Granuloseviren. Mitteilungen der Deutschen Gesellschaft fur Allgemeine und Angewandte Entomologie 6 (1-3), 280-283.
 * Adom M, Fening K, Billah M, Wilson D, Hevi W, Clottey V,  Ansah-Amprofi F, Bruce A (2021) Pest status, bio-ecology and management of the false codling moth, Thaumatotibia leucotreta (Meyrick) (Lepidoptera: Tortricidae) and its implication for international trade. Bulletin of Entomological Research, 111(1), 17-30. doi:10.1017/S0007485320000358
 ------- frequently intercepted on Capsicum.</t>
   </si>
   <si>
     <t>TOBRFV</t>
   </si>
@@ -539,51 +558,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D20"/>
+  <dimension ref="A1:D22"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="15.282" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="57.7" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="409.186" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
@@ -781,86 +800,114 @@
         <v>42</v>
       </c>
       <c r="C16" t="s">
         <v>43</v>
       </c>
       <c r="D16" t="s">
         <v>44</v>
       </c>
     </row>
     <row r="17" spans="1:4">
       <c r="A17" t="s">
         <v>7</v>
       </c>
       <c r="B17" t="s">
         <v>45</v>
       </c>
       <c r="C17" t="s">
         <v>46</v>
       </c>
       <c r="D17" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="18" spans="1:4">
       <c r="A18" t="s">
+        <v>7</v>
+      </c>
+      <c r="B18" t="s">
         <v>48</v>
       </c>
-      <c r="B18" t="s">
+      <c r="C18" t="s">
         <v>49</v>
       </c>
-      <c r="C18" t="s">
+      <c r="D18" t="s">
         <v>50</v>
-      </c>
-[...1 lines deleted...]
-        <v>51</v>
       </c>
     </row>
     <row r="19" spans="1:4">
       <c r="A19" t="s">
+        <v>7</v>
+      </c>
+      <c r="B19" t="s">
+        <v>51</v>
+      </c>
+      <c r="C19" t="s">
         <v>52</v>
       </c>
-      <c r="B19" t="s">
-[...2 lines deleted...]
-      <c r="C19" t="s">
+      <c r="D19" t="s">
         <v>53</v>
       </c>
-      <c r="D19"/>
     </row>
     <row r="20" spans="1:4">
       <c r="A20" t="s">
-        <v>52</v>
+        <v>54</v>
       </c>
       <c r="B20" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="C20" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="D20" t="s">
-        <v>56</v>
+        <v>57</v>
+      </c>
+    </row>
+    <row r="21" spans="1:4">
+      <c r="A21" t="s">
+        <v>58</v>
+      </c>
+      <c r="B21" t="s">
+        <v>10</v>
+      </c>
+      <c r="C21" t="s">
+        <v>59</v>
+      </c>
+      <c r="D21"/>
+    </row>
+    <row r="22" spans="1:4">
+      <c r="A22" t="s">
+        <v>58</v>
+      </c>
+      <c r="B22" t="s">
+        <v>60</v>
+      </c>
+      <c r="C22" t="s">
+        <v>61</v>
+      </c>
+      <c r="D22" t="s">
+        <v>62</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">