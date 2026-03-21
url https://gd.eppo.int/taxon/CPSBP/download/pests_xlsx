--- v1 (2026-02-25)
+++ v2 (2026-03-21)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="CPSBP" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="63">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="87">
   <si>
     <t>type</t>
   </si>
   <si>
     <t>EPPOCode</t>
   </si>
   <si>
     <t>Pref_name</t>
   </si>
   <si>
     <t>References</t>
   </si>
   <si>
     <t>Experimental</t>
   </si>
   <si>
     <t>AVBO00</t>
   </si>
   <si>
     <t>Cheravirus arracaciae oca strain (as Solanaceae)</t>
   </si>
   <si>
     <t>Host</t>
   </si>
   <si>
@@ -75,157 +75,230 @@
     <t>* Paslay C, Ali A (2023) First report of potato yellow dwarf nucleorhabdovirus infecting pepper (Capsicum spp.) in Oklahoma. Plant Disease 107(8), 2562. https://doi.org/10.1094/PDIS-01-23-0147-PDN</t>
   </si>
   <si>
     <t>ANTHEU</t>
   </si>
   <si>
     <t>Anthonomus eugenii (as Capsicum)</t>
   </si>
   <si>
     <t>* Acosta N, Vicente N, Abreu E, Medina-Gaud S (1987) Chemical control of Meloidogyne incognita, Rotylenchus reniformis and Anthonomus eugenii in Capsicum annuum and Capsicum frutescens. Nematropica 17, 163-170.
 * Capinera JL (2017) Pepper weevil, Anthonomus eugenii Cano and Cuban pepper weevil Faustinus cubae (Boheman) ( Insecta: Coleoptera: Curculionidae). https://edis.ifas.ufl.edu/in555
 * Elmore JC, Davis AC, Campbell RE (1934) The pepper weevil. USDA Techical Bulletin No. 447.
 * Patrock RJ, Schuster DJ (1992) Feeding, oviposition and development of the pepper weevil (Anthonomus eugenii) on selected species of Solanaceae. Tropical Pest Management 38, 65-69.
 * Seal DR, Martin CG (2016) Pepper weevil (Coleoptera: Curculionidae) preferences for specific pepper cultivars, plant parts, fruit colors, fruit sizes, and timing. Insects 7, 9. https://doi.org/10.3390/insects7010009</t>
   </si>
   <si>
     <t>TOSRV0</t>
   </si>
   <si>
     <t>Begomovirus solanumseverugosi</t>
   </si>
   <si>
     <t>* Bezerra-Agasie IC, Ferreira GB, de Ávila AC, Inoue-Nagata AK (2006) First report of tomato severe rugose virus in chili pepper in Brazil. Plant Disease 90(1), 114. https://doi.org/10.1094/PD-90-0114C</t>
   </si>
   <si>
+    <t>PYMV00</t>
+  </si>
+  <si>
+    <t>Begomovirus tuberosi (as Capsicum)</t>
+  </si>
+  <si>
+    <t>* Missihoun AA, Fanou AA, Nanoukon CN, Agbo IR, Sedah P, Fays M, Desoignies N (2025) Surveys of virus diseases and molecular identification of viruses affecting pepper crops (Capsicum spp.) in southern Benin. Crop Protection 188, 106999.</t>
+  </si>
+  <si>
     <t>BEMITA</t>
   </si>
   <si>
     <t>Bemisia tabaci (as Solanaceae)</t>
   </si>
   <si>
+    <t>PVS000</t>
+  </si>
+  <si>
+    <t>Carlavirus sigmasolani (as Capsicum)</t>
+  </si>
+  <si>
+    <t>* Khalid Z, Amer MA, Amir M, Zaman M, Hussain K, Al-Shahwan IM, Al-Saleh MA (2025) Serological detection of important new viruses infecting pepper crop in Saudi Arabia. Advancements in Life Sciences 12(2), 378-383.</t>
+  </si>
+  <si>
+    <t>CMV000</t>
+  </si>
+  <si>
+    <t>Cucumovirus CMV (as Capsicum)</t>
+  </si>
+  <si>
+    <t>* Missihoun AA, Fanou AA, Nanoukon CNM, Agbo IR, Sedah P, Fays M, Desoignies N (2025) Surveys of virus diseases and molecular identification of viruses affecting pepper crops (Capsicum spp.) in southern Benin. Crop Protection 188, 106999.
+* Zhang T, Guo N, Zhang R, Wang Y, Xia G, Wang L, Wei B (2025) Molecular detection of viral diseases and the resistance of germplasm in pepper. Vegetable Research 5, e030 doi: 10.48130/vegres-0025-0024</t>
+  </si>
+  <si>
     <t>EPILVI</t>
   </si>
   <si>
     <t>Epilachna vigintioctomaculata (as Solanaceae)</t>
   </si>
   <si>
     <t>ERWICH</t>
   </si>
   <si>
     <t>Erwinia chrysanthemi (as Capsicum)</t>
   </si>
   <si>
+    <t>FRANCS</t>
+  </si>
+  <si>
+    <t>Frankliniella australis (as Solanaceae)</t>
+  </si>
+  <si>
     <t>MELNCO</t>
   </si>
   <si>
     <t>Melanotus communis (as Capsicum)</t>
   </si>
   <si>
     <t>MELGCH</t>
   </si>
   <si>
     <t>Meloidogyne chitwoodi (as Capsicum)</t>
   </si>
   <si>
     <t>* Santo GS, O'Bannon JH, Finley AM, Golden AM (1980) Occurrence and host range of a new root-knot nematode (Meloidogyne chitwoodi) in the Pacific northwest. Plant Disease 64, 951-952.</t>
   </si>
   <si>
     <t>NACOBA</t>
   </si>
   <si>
     <t>Nacobbus aberrans sensu lato</t>
   </si>
   <si>
     <t>* Manzanilla-López RH, Costilla MA, Doucet M, Inserra RN, Lehman PS, Cid del Prado-Vera I, Souza RM, Evans K (2002) The genus Nacobbus Thorne &amp; Allen, 1944 (Nematoda: Pratylenchidae): systematics, distribution, biology and management. Nematropica 32, 149-226.</t>
   </si>
   <si>
     <t>TCSV00</t>
   </si>
   <si>
     <t>Orthotospovirus tomatoflavi (as Capsicum)</t>
   </si>
   <si>
     <t>* Gonzalez-Alvarez H, Chang-Sidorchuk L, Barboza Vargas N, Gonzalez Arias, Martinez-Zubiaur Y (2017) First report of Tomato chlorotic spot virus infecting pepper and common bean in Cuba. Plant Disease 101(9), 1064-1065.</t>
   </si>
   <si>
     <t>TZSV00</t>
   </si>
   <si>
     <t>Orthotospovirus tomatozonae (as Capsicum)</t>
   </si>
   <si>
     <t>* Dong JH, Cheng XF, Yin YY, Fang Q, Ding M, Li TT, Zhang LZ, Su XX, McBeath JH, Zhang ZK (2008) Characterization of tomato zonate spot virus, a new tospovirus in China. Archives of Virology 153(5), 855-864</t>
+  </si>
+  <si>
+    <t>PLRV00</t>
+  </si>
+  <si>
+    <t>Polerovirus PLRV (as Capsicum)</t>
+  </si>
+  <si>
+    <t>PAMV00</t>
+  </si>
+  <si>
+    <t>Potexvirus marmoraucuba (as Capsicum)</t>
+  </si>
+  <si>
+    <t>PVA000</t>
+  </si>
+  <si>
+    <t>Potyvirus atuberosi (as Capsicum)</t>
+  </si>
+  <si>
+    <t>PVV000</t>
+  </si>
+  <si>
+    <t>Potyvirus vetuberosi (as Capsicum)</t>
+  </si>
+  <si>
+    <t>PVY000</t>
+  </si>
+  <si>
+    <t>Potyvirus yituberosi (as Capsicum)</t>
   </si>
   <si>
     <t>PSEAPE</t>
   </si>
   <si>
     <t>Pseudaulacaspis pentagona (as Capsicum)</t>
   </si>
   <si>
     <t>* García Morales M, Denno BD, Miller DR, Miller GL, Ben-Dov Y, Hardy NB (2016) ScaleNet: A literature-based model of scale insect biology and systematics. Database. doi: 10.1093/database/bav118. http://scalenet.info [accessed 2026-02].
 * Miller DR &amp; Davidson JA (2005) Armored Scale Insect Pests of Trees and Shrubs. Cornell Univ. Press Ithaca, NY 442 pp.</t>
   </si>
   <si>
     <t>ROTYRE</t>
   </si>
   <si>
     <t>Rotylenchulus reniformis (as Capsicum)</t>
   </si>
   <si>
     <t>* Carrillo-Fasio JA, Báez-Sañudo MA, Valdez-Morales MT (2026) Estrategias biorracionales para el manejo de Meloidogyne enterolobii y Rotylenchulus reniformis en tomate, chile y pepino en Sinaloa, México. Revista Bioc Scientia 2(1). https://doi.org/10.63622/RBS.2516</t>
   </si>
   <si>
     <t>PRODOR</t>
   </si>
   <si>
     <t>Spodoptera ornithogalli (as Capsicum)</t>
   </si>
   <si>
     <t>* Brito R, Specht A, Gonçalves GL, Moreira GRP, Carneiro E, Santos FL, Roque-Specht VF, Mielke OHH, Casagrande MM (2019) Spodoptera marima: a new synonym of Spodoptera ornithogalli (Lepidoptera: Noctuidae), with notes on adult morphology, host plant use and genetic variation along its geographic range. Neotropical Entomology 48(3), 433-448.
 * Heppner JB (2007) Lepidoptera of Florida. Part 1. Introduction and catalog. Gainesville, Florida Department of Agriculture &amp; Consumer Services, p 670.</t>
   </si>
   <si>
     <t>ARGPLE</t>
   </si>
   <si>
     <t>Thaumatotibia leucotreta (as Capsicum)</t>
   </si>
   <si>
     <t>* Fritsch E (1988) Biologische Bekämpfung des Falschen Apfelwicklers, Cryptophlebia leucotreta (Meyrick) (Lep., Tortricidae), mit Granuloseviren. Mitteilungen der Deutschen Gesellschaft fur Allgemeine und Angewandte Entomologie 6 (1-3), 280-283.
 * Adom M, Fening K, Billah M, Wilson D, Hevi W, Clottey V,  Ansah-Amprofi F, Bruce A (2021) Pest status, bio-ecology and management of the false codling moth, Thaumatotibia leucotreta (Meyrick) (Lepidoptera: Tortricidae) and its implication for international trade. Bulletin of Entomological Research, 111(1), 17-30. doi:10.1017/S0007485320000358
 ------- frequently intercepted on Capsicum.</t>
   </si>
   <si>
     <t>TOBRFV</t>
   </si>
   <si>
     <t>Tobamovirus fructirugosum (as Capsicum)</t>
   </si>
   <si>
     <t>* Cambrón-Crisantos JM, Rodríguez-Mendoza J, Valencia-Luna JB, Alcasio-Rangel S, García-Ávila CJ, López-Buenfil JA and Ochoa-Martínez DL (2018) First report of Tomato brown rugose fruit virus (ToBRFV) in Michoacan, Mexico. Revista Mexicana de Fitopatología 37(1). DOI: 10.18781/R.MEX.FIT.1810-5</t>
+  </si>
+  <si>
+    <t>TMV000</t>
+  </si>
+  <si>
+    <t>Tobamovirus tabaci (as Capsicum)</t>
+  </si>
+  <si>
+    <t>* Zhang T, Guo N, Zhang R, Wang Y, Xia G, Wang L, Wei B (2025) Molecular detection of viral diseases and the resistance of germplasm in pepper. Vegetable Research 5, e030 doi: 10.48130/vegres-0025-0024</t>
   </si>
   <si>
     <t>Major host</t>
   </si>
   <si>
     <t>PEWBVY</t>
   </si>
   <si>
     <t>Polerovirus PEWBVYV (as Capsicum)</t>
   </si>
   <si>
     <t>* Ghosh S, Kanakala S, Lebedev G, Kontsedalov S, Silverman D, Alon T, Mor N, Sela N, Luria N, Dombrovsky A, Mawassi M (2019) Transmission of a new polerovirus infecting pepper by the whitefly Bemisia tabaci. Journal of virology 93(15),10-128. https://doi.org/10.1128/jvi.00488-19</t>
   </si>
   <si>
     <t>Wild/Weed</t>
   </si>
   <si>
     <t>Alphanucleorhabdovirus tuberosum (as Solanaceae)</t>
   </si>
   <si>
     <t>TOMMV0</t>
   </si>
   <si>
     <t>Tobamovirus maculatessellati (as Capsicum)</t>
   </si>
@@ -558,51 +631,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D22"/>
+  <dimension ref="A1:D32"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="15.282" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="57.7" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="409.186" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
@@ -662,252 +735,390 @@
     </row>
     <row r="6" spans="1:4">
       <c r="A6" t="s">
         <v>7</v>
       </c>
       <c r="B6" t="s">
         <v>16</v>
       </c>
       <c r="C6" t="s">
         <v>17</v>
       </c>
       <c r="D6" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="7" spans="1:4">
       <c r="A7" t="s">
         <v>7</v>
       </c>
       <c r="B7" t="s">
         <v>19</v>
       </c>
       <c r="C7" t="s">
         <v>20</v>
       </c>
-      <c r="D7"/>
+      <c r="D7" t="s">
+        <v>21</v>
+      </c>
     </row>
     <row r="8" spans="1:4">
       <c r="A8" t="s">
         <v>7</v>
       </c>
       <c r="B8" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="C8" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="D8"/>
     </row>
     <row r="9" spans="1:4">
       <c r="A9" t="s">
         <v>7</v>
       </c>
       <c r="B9" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="C9" t="s">
-        <v>24</v>
-[...1 lines deleted...]
-      <c r="D9"/>
+        <v>25</v>
+      </c>
+      <c r="D9" t="s">
+        <v>26</v>
+      </c>
     </row>
     <row r="10" spans="1:4">
       <c r="A10" t="s">
         <v>7</v>
       </c>
       <c r="B10" t="s">
-        <v>25</v>
+        <v>27</v>
       </c>
       <c r="C10" t="s">
-        <v>26</v>
-[...1 lines deleted...]
-      <c r="D10"/>
+        <v>28</v>
+      </c>
+      <c r="D10" t="s">
+        <v>29</v>
+      </c>
     </row>
     <row r="11" spans="1:4">
       <c r="A11" t="s">
         <v>7</v>
       </c>
       <c r="B11" t="s">
-        <v>27</v>
+        <v>30</v>
       </c>
       <c r="C11" t="s">
-        <v>28</v>
-[...3 lines deleted...]
-      </c>
+        <v>31</v>
+      </c>
+      <c r="D11"/>
     </row>
     <row r="12" spans="1:4">
       <c r="A12" t="s">
         <v>7</v>
       </c>
       <c r="B12" t="s">
-        <v>30</v>
+        <v>32</v>
       </c>
       <c r="C12" t="s">
-        <v>31</v>
-[...3 lines deleted...]
-      </c>
+        <v>33</v>
+      </c>
+      <c r="D12"/>
     </row>
     <row r="13" spans="1:4">
       <c r="A13" t="s">
         <v>7</v>
       </c>
       <c r="B13" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="C13" t="s">
-        <v>34</v>
-[...1 lines deleted...]
-      <c r="D13" t="s">
         <v>35</v>
       </c>
+      <c r="D13"/>
     </row>
     <row r="14" spans="1:4">
       <c r="A14" t="s">
         <v>7</v>
       </c>
       <c r="B14" t="s">
         <v>36</v>
       </c>
       <c r="C14" t="s">
         <v>37</v>
       </c>
-      <c r="D14" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D14"/>
     </row>
     <row r="15" spans="1:4">
       <c r="A15" t="s">
         <v>7</v>
       </c>
       <c r="B15" t="s">
+        <v>38</v>
+      </c>
+      <c r="C15" t="s">
         <v>39</v>
       </c>
-      <c r="C15" t="s">
+      <c r="D15" t="s">
         <v>40</v>
-      </c>
-[...1 lines deleted...]
-        <v>41</v>
       </c>
     </row>
     <row r="16" spans="1:4">
       <c r="A16" t="s">
         <v>7</v>
       </c>
       <c r="B16" t="s">
+        <v>41</v>
+      </c>
+      <c r="C16" t="s">
         <v>42</v>
       </c>
-      <c r="C16" t="s">
+      <c r="D16" t="s">
         <v>43</v>
-      </c>
-[...1 lines deleted...]
-        <v>44</v>
       </c>
     </row>
     <row r="17" spans="1:4">
       <c r="A17" t="s">
         <v>7</v>
       </c>
       <c r="B17" t="s">
+        <v>44</v>
+      </c>
+      <c r="C17" t="s">
         <v>45</v>
       </c>
-      <c r="C17" t="s">
+      <c r="D17" t="s">
         <v>46</v>
-      </c>
-[...1 lines deleted...]
-        <v>47</v>
       </c>
     </row>
     <row r="18" spans="1:4">
       <c r="A18" t="s">
         <v>7</v>
       </c>
       <c r="B18" t="s">
+        <v>47</v>
+      </c>
+      <c r="C18" t="s">
         <v>48</v>
       </c>
-      <c r="C18" t="s">
+      <c r="D18" t="s">
         <v>49</v>
-      </c>
-[...1 lines deleted...]
-        <v>50</v>
       </c>
     </row>
     <row r="19" spans="1:4">
       <c r="A19" t="s">
         <v>7</v>
       </c>
       <c r="B19" t="s">
+        <v>50</v>
+      </c>
+      <c r="C19" t="s">
         <v>51</v>
       </c>
-      <c r="C19" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D19" t="s">
-        <v>53</v>
+        <v>26</v>
       </c>
     </row>
     <row r="20" spans="1:4">
       <c r="A20" t="s">
-        <v>54</v>
+        <v>7</v>
       </c>
       <c r="B20" t="s">
-        <v>55</v>
+        <v>52</v>
       </c>
       <c r="C20" t="s">
-        <v>56</v>
+        <v>53</v>
       </c>
       <c r="D20" t="s">
-        <v>57</v>
+        <v>26</v>
       </c>
     </row>
     <row r="21" spans="1:4">
       <c r="A21" t="s">
-        <v>58</v>
+        <v>7</v>
       </c>
       <c r="B21" t="s">
-        <v>10</v>
+        <v>54</v>
       </c>
       <c r="C21" t="s">
-        <v>59</v>
-[...1 lines deleted...]
-      <c r="D21"/>
+        <v>55</v>
+      </c>
+      <c r="D21" t="s">
+        <v>26</v>
+      </c>
     </row>
     <row r="22" spans="1:4">
       <c r="A22" t="s">
+        <v>7</v>
+      </c>
+      <c r="B22" t="s">
+        <v>56</v>
+      </c>
+      <c r="C22" t="s">
+        <v>57</v>
+      </c>
+      <c r="D22" t="s">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="23" spans="1:4">
+      <c r="A23" t="s">
+        <v>7</v>
+      </c>
+      <c r="B23" t="s">
         <v>58</v>
       </c>
-      <c r="B22" t="s">
+      <c r="C23" t="s">
+        <v>59</v>
+      </c>
+      <c r="D23" t="s">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="24" spans="1:4">
+      <c r="A24" t="s">
+        <v>7</v>
+      </c>
+      <c r="B24" t="s">
         <v>60</v>
       </c>
-      <c r="C22" t="s">
+      <c r="C24" t="s">
         <v>61</v>
       </c>
-      <c r="D22" t="s">
+      <c r="D24" t="s">
         <v>62</v>
+      </c>
+    </row>
+    <row r="25" spans="1:4">
+      <c r="A25" t="s">
+        <v>7</v>
+      </c>
+      <c r="B25" t="s">
+        <v>63</v>
+      </c>
+      <c r="C25" t="s">
+        <v>64</v>
+      </c>
+      <c r="D25" t="s">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="26" spans="1:4">
+      <c r="A26" t="s">
+        <v>7</v>
+      </c>
+      <c r="B26" t="s">
+        <v>66</v>
+      </c>
+      <c r="C26" t="s">
+        <v>67</v>
+      </c>
+      <c r="D26" t="s">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="27" spans="1:4">
+      <c r="A27" t="s">
+        <v>7</v>
+      </c>
+      <c r="B27" t="s">
+        <v>69</v>
+      </c>
+      <c r="C27" t="s">
+        <v>70</v>
+      </c>
+      <c r="D27" t="s">
+        <v>71</v>
+      </c>
+    </row>
+    <row r="28" spans="1:4">
+      <c r="A28" t="s">
+        <v>7</v>
+      </c>
+      <c r="B28" t="s">
+        <v>72</v>
+      </c>
+      <c r="C28" t="s">
+        <v>73</v>
+      </c>
+      <c r="D28" t="s">
+        <v>74</v>
+      </c>
+    </row>
+    <row r="29" spans="1:4">
+      <c r="A29" t="s">
+        <v>7</v>
+      </c>
+      <c r="B29" t="s">
+        <v>75</v>
+      </c>
+      <c r="C29" t="s">
+        <v>76</v>
+      </c>
+      <c r="D29" t="s">
+        <v>77</v>
+      </c>
+    </row>
+    <row r="30" spans="1:4">
+      <c r="A30" t="s">
+        <v>78</v>
+      </c>
+      <c r="B30" t="s">
+        <v>79</v>
+      </c>
+      <c r="C30" t="s">
+        <v>80</v>
+      </c>
+      <c r="D30" t="s">
+        <v>81</v>
+      </c>
+    </row>
+    <row r="31" spans="1:4">
+      <c r="A31" t="s">
+        <v>82</v>
+      </c>
+      <c r="B31" t="s">
+        <v>10</v>
+      </c>
+      <c r="C31" t="s">
+        <v>83</v>
+      </c>
+      <c r="D31"/>
+    </row>
+    <row r="32" spans="1:4">
+      <c r="A32" t="s">
+        <v>82</v>
+      </c>
+      <c r="B32" t="s">
+        <v>84</v>
+      </c>
+      <c r="C32" t="s">
+        <v>85</v>
+      </c>
+      <c r="D32" t="s">
+        <v>86</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">