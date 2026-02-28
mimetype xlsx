--- v0 (2025-10-15)
+++ v1 (2026-02-28)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="CPSAN" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="449">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="459">
   <si>
     <t>type</t>
   </si>
   <si>
     <t>EPPOCode</t>
   </si>
   <si>
     <t>Pref_name</t>
   </si>
   <si>
     <t>References</t>
   </si>
   <si>
     <t>Doubtful host</t>
   </si>
   <si>
     <t>TICV00</t>
   </si>
   <si>
     <t>Crinivirus contagichlorosis</t>
   </si>
   <si>
     <t>LEUIOR</t>
   </si>
   <si>
@@ -94,51 +94,53 @@
     <t>AVBO00</t>
   </si>
   <si>
     <t>Cheravirus arracaciae oca strain (as Solanaceae)</t>
   </si>
   <si>
     <t>CORBMI</t>
   </si>
   <si>
     <t>Clavibacter michiganensis</t>
   </si>
   <si>
     <t>* Oh EJ, Bae C, Lee HB, Hwang IS, Lee HI, Yea MC, Yim KO, Lee S, Heu S, Cha JS, Oh CS (2016) Clavibacter michiganensis subsp. capsici subsp. nov., causing bacterial canker disease in pepper. International Journal of Systematic and Evolutionary Microbiology 66(10), 4065-4070.
 ------- Strains isolated from pepper (natural infections) have been reclassified as Clavibacter michiganensis subsp. capsici (now Clavibacter capsici).
 * Yim KO, Lee HI, Kim JH, Lee SD, Cho JH, Cha JS (2012) Characterization of phenotypic variants of Clavibacter michiganensis subsp. michiganensis isolated from Capsicum annuum. European Journal of Plant Pathology 133, 559–575.
 ------- Experiments.</t>
   </si>
   <si>
     <t>FUSAFO</t>
   </si>
   <si>
     <t>Fusarium foetens</t>
   </si>
   <si>
     <t>* Amobonye A, Bhagwat P, Ranjith D, Mohanlall V, Pillai S (2021) Characterisation, pathogenicity and hydrolytic enzyme profiling of selected Fusarium species and their inhibition by novel coumarins. Archives of Microbiology 203, 3495-3508.
-------- When inoculated Capsicum annuum var. grossum and Capsicum annuum var. longum showed symptoms.</t>
+------- When inoculated Capsicum annuum var. grossum and Capsicum annuum var. longum showed symptoms.
+* Xie Z, Li H, Gao C, Wang J, Zhang X, Lu B, Yang L, Zhang Y, Gao J (2025) Cross pathogenicity, host range and molecular characteristics of Fusarium oxysporum species complex populations isolated from tobacco in Jilin Province, China. Plant Pathology 74(1), 84-100.
+------- experimental host</t>
   </si>
   <si>
     <t>MELGFL</t>
   </si>
   <si>
     <t>Meloidogyne floridensis</t>
   </si>
   <si>
     <t>* Ploeg AT,  Edwards S (2024) Host status of melon, carrot, and Meloidogyne incognita-susceptible and-resistant cotton, cowpea, pepper, and tomato for M. floridensis from California. Journal of Nematology, 56(1), e2023. https://doi.org/10.2478/jofnem-2024-0004
 ------- good host in pot experiments.</t>
   </si>
   <si>
     <t>OPOGSC</t>
   </si>
   <si>
     <t>Opogona sacchari</t>
   </si>
   <si>
     <t>* Suss L (1974) Opogona sacchari (Bojer) (Lepidoptera, Lyonetiidae) nuovo fitofago di piante ornamentali in serra. Bollettino di Zoologia Agraria e di Bachicoltura 12, 1-28.
 ------- in experiment.</t>
   </si>
   <si>
     <t>TCDVD0</t>
   </si>
   <si>
@@ -892,60 +894,79 @@
   <si>
     <t>SPFMV0</t>
   </si>
   <si>
     <t>Potyvirus batataplumei</t>
   </si>
   <si>
     <t>* Akel E, Ismail ID, Al-Chaabi S, Fuentes S (2010) New natural weed hosts of Sweet potato feathery mottle virus in Syria. Arab Journal of Plant Protection 28(1), 96-100.</t>
   </si>
   <si>
     <t>ZYMV00</t>
   </si>
   <si>
     <t>Potyvirus cucurbitaflavitesselati</t>
   </si>
   <si>
     <t>* Verma R, Tripathi S, Gorane T, Naik AA, Nikam TD, Ade AB, Mahapatro GK (2019) First report of zucchini yellow mosaic virus in bell pepper, Capsicum annum, in India. Plant Disease 103(10), 2700. https://doi.org/10.1094/PDIS-04-19-0740-PDN</t>
   </si>
   <si>
     <t>PSEAPE</t>
   </si>
   <si>
     <t>Pseudaulacaspis pentagona</t>
   </si>
   <si>
+    <t>* García Morales M, Denno BD, Miller DR, Miller GL, Ben-Dov Y, Hardy NB (2016) ScaleNet: A literature-based model of scale insect biology and systematics. Database. doi: 10.1093/database/bav118. http://scalenet.info [accessed 2026-02].</t>
+  </si>
+  <si>
+    <t>Pseudaulacaspis pentagona (as Capsicum)</t>
+  </si>
+  <si>
+    <t>* García Morales M, Denno BD, Miller DR, Miller GL, Ben-Dov Y, Hardy NB (2016) ScaleNet: A literature-based model of scale insect biology and systematics. Database. doi: 10.1093/database/bav118. http://scalenet.info [accessed 2026-02].
+* Miller DR &amp; Davidson JA (2005) Armored Scale Insect Pests of Trees and Shrubs. Cornell Univ. Press Ithaca, NY 442 pp.</t>
+  </si>
+  <si>
     <t>PSDMCI</t>
   </si>
   <si>
     <t>Pseudomonas cichorii</t>
   </si>
   <si>
     <t>PSDMS1</t>
   </si>
   <si>
     <t>Ralstonia solanacearum race 1 (no longer in use)</t>
+  </si>
+  <si>
+    <t>ROTYRE</t>
+  </si>
+  <si>
+    <t>Rotylenchulus reniformis (as Capsicum)</t>
+  </si>
+  <si>
+    <t>* Carrillo-Fasio JA, Báez-Sañudo MA, Valdez-Morales MT (2026) Estrategias biorracionales para el manejo de Meloidogyne enterolobii y Rotylenchulus reniformis en tomate, chile y pepino en Sinaloa, México. Revista Bioc Scientia 2(1). https://doi.org/10.63622/RBS.2516</t>
   </si>
   <si>
     <t>SERRMA</t>
   </si>
   <si>
     <t>Serratia marcescens</t>
   </si>
   <si>
     <t>* Gillis A, Rodríguez M, Santana MA (2014) Serratia marcescens associated with bell pepper (Capsicum annuum L.) soft-rot disease under greenhouse conditions. European journal of plant pathology 138:1-8.</t>
   </si>
   <si>
     <t>PRODER</t>
   </si>
   <si>
     <t>Spodoptera eridania</t>
   </si>
   <si>
     <t>* Montezano DG, Specht A, Sosa-Gomez DR, Roque-Specht VF &amp; de Barros NM (2014) Immature stages of Spodoptera eridania (Lepidoptera: Noctuidae): developmental parameters and host plants. Journal of Insect Science 14, 238. https://doi.org/10.1093/jisesa/ieu132</t>
   </si>
   <si>
     <t>LAPHFR</t>
   </si>
   <si>
     <t>Spodoptera frugiperda</t>
   </si>
@@ -1078,50 +1099,53 @@
   <si>
     <t>Zeugodacus cucurbitae</t>
   </si>
   <si>
     <t>* De Meyer M, Delatte H, Mwatawala M, Quilici S, Vayssières JF, Virgilio M (2015) A review of the current knowledge on Zeugodacus cucurbitae (Coquillett) (Diptera, Tephritidae) in Africa, with a list of species included in Zeugodacus. ZooKeys 540, 539-557. https://doi.org/10.3897/zookeys.540.9672</t>
   </si>
   <si>
     <t>ZONOEL</t>
   </si>
   <si>
     <t>Zonosemata electa</t>
   </si>
   <si>
     <t>* INTERNET
 The Connecticut Agricultural Experiment Station (CAES). Insect Fact Sheets. Pepper maggot - Zonosemata electa (Say). https://portal.ct.gov/-/media/CAES/DOCUMENTS/Publications/Fact_Sheets/Entomology/Pepper_Maggot_Zonosemata.pdf
 ------- Sporadic pest of peppers. Cherry peppers and green bell peppers are the preferred hosts.</t>
   </si>
   <si>
     <t>Major host</t>
   </si>
   <si>
     <t>ALTRTR</t>
   </si>
   <si>
     <t>Aleurothrixus trachoides</t>
+  </si>
+  <si>
+    <t>* Evans GA (2007) The whiteflies (Hemiptera: Aleyrodidae) of the world and their host plants and natural enemies. USDA/Animal Plant Health Inspection Service (APHIS). http://keys.lucidcentral.org/keys/v3/whitefly/PDF_PwP%20ETC/world-whitefly-catalog-Evans.pdf</t>
   </si>
   <si>
     <t>EMDV00</t>
   </si>
   <si>
     <t>Alphanucleorhabdovirus melongenae</t>
   </si>
   <si>
     <t>Anthonomus eugenii</t>
   </si>
   <si>
     <t>* Acosta N, Vicente N, Abreu E, Medina-Gaud S (1987) Chemical control of Meloidogyne incognita, Rotylenchus reniformis and Anthonomus eugenii in Capsicum annuum and Capsicum frutescens. Nematropica 17, 163-170.
 * Capinera JL (2017) Pepper weevil, Anthonomus eugenii Cano and Cuban pepper weevil Faustinus cubae (Boheman) ( Insecta: Coleoptera: Curculionidae). https://edis.ifas.ufl.edu/in555
 * Patrock RJ, Schuster DJ (1992) Feeding, oviposition and development of the pepper weevil (Anthonomus eugenii) on selected species of Solanaceae. Tropical Pest Management 38, 65-69.
 * Seal DR, Martin CG (2016) Pepper weevil (Coleoptera: Curculionidae) preferences for specific pepper cultivars, plant parts, fruit colors, fruit sizes, and timing. Insects 7, 9. https://doi.org/10.3390/insects7010009</t>
   </si>
   <si>
     <t>PZSV00</t>
   </si>
   <si>
     <t>Anulavirus PZSV</t>
   </si>
   <si>
     <t>APLOBE</t>
   </si>
@@ -1165,86 +1189,99 @@
     <t>DACUTR</t>
   </si>
   <si>
     <t>Bactrocera tryoni</t>
   </si>
   <si>
     <t>* Hancock D, Hamacek EL, Lloyd AC, Elson-Harris MM (2000) The distribution and host plants of fruit flies (Diptera: Tephritidae) in Australia. Queensland Department of Primary Industries, 75 pp.
 * Leblanc L, Vueti ET, Drew AI, Allwood AJ (2012) Host plant records for fruit flies (Diptera: Tephritidae: Dacini) in the Pacific islands. Proceedings of the Hawaiian Society 44, 11-53.</t>
   </si>
   <si>
     <t>PHYVV0</t>
   </si>
   <si>
     <t>Begomovirus capsicumhuastecoense</t>
   </si>
   <si>
     <t>* Melendrez-Bojorquez N, Magallanes-Tapia MA, Armenta-Anaya C, Camacho-Beltrán E, Rodríguez-Negrete EA, Leyva-López NE, Méndez-Lozano J (2016) Pepper huasteco yellow vein virus associated to sweet pepper disease in Sinaloa, Mexico. Plant Disease 100(11), p 2338.</t>
   </si>
   <si>
     <t>PEPGMV</t>
   </si>
   <si>
     <t>Begomovirus capsicummusivi</t>
   </si>
   <si>
+    <t>CHILCU</t>
+  </si>
+  <si>
+    <t>Begomovirus chillicapsici</t>
+  </si>
+  <si>
+    <t>* Brown JK, Zerbini FM, Navas-Castillo J, Moriones E, Ramos-Sobrinho R, Silva JCF, Fiallo-Olive E, Briddon RW, Hernández-Zepeda C, Idris A, Malathi VG, Martin DP, Rivera-Bustamante R, Ueda S, Varsani A (2015) Revision of Begomovirus taxonomy based on pairwise sequence comparisons. Archives of Virology 160, 1593-1619. https://doi.org/10.1007/s00705-015-2398-y
+------- based on isolate considered as chilli leaf curl virus
+* Paul S, Emmadi V, Saxena S, Sarkar M, Mandal B, Kumar R, Sinha P, Roy A (2025) RPA-assisted CRISPR-Cas12a-enabledpoint-of-care diagnostic platform for chili leaf curl virus with fluorescent and colorimetric readouts. Frontiers in Microbiology 16, 1644322. doi 10.3389/fmicb.2025.1644322
+* Senanayake DMJB, Mandal B, Lodha S, Varma A (2007) First report of Chilli leaf curl virus affecting chilli in India. Plant Pathology 56, 343.</t>
+  </si>
+  <si>
     <t>TOLCND</t>
   </si>
   <si>
     <t>Begomovirus solanumdelhiense</t>
   </si>
   <si>
     <t xml:space="preserve">* Khan MS, Raj SK, Singh R (2005) First report of Tomato leaf curl New Delhi virus infecting chilli in India. New Disease Reports 11, 41 http://www.ndrs.org.uk/article.php?id=011041
 ------- confirmed host. 
 * Luigi M, Bertin S, Manglli A, Troiano E, Davino S, Tomassoli L, Parrella G (2019) First report of Tomato leaf curl New Delhi virus causing yellow leaf curl of pepper in Europe. Plant Disease 103(11), p 2970.
 </t>
   </si>
   <si>
     <t>TOLCSI</t>
   </si>
   <si>
     <t>Begomovirus solanumsinaloaense</t>
   </si>
   <si>
     <t>LIBEPS</t>
   </si>
   <si>
     <t>'Candidatus Liberibacter solanacearum'</t>
   </si>
   <si>
     <t>* Rojas-Martinez RI, Camacho-Tapia M, Zavaleta-Mejia E, Lévy J (2016) First report of the presence of haplotypes A and B of Candidatus Liberibacter solanacearum in chili (Capsicum annuum L.) in the central region of Mexico. Journal of Plant Pathology 98(1), 111-115.
 ------- confirmed host</t>
   </si>
   <si>
     <t>TOCV00</t>
   </si>
   <si>
     <t>Crinivirus tomatichlorosis</t>
   </si>
   <si>
     <t>* Fiallo‐Olivé E, Navas‐Castillo J (2019), Tomato chlorosis virus, an emergent plant virus still expanding its geographical and host ranges. Molecular Plant Pathology, 20: 1307-1320. doi:10.1111/mpp.12847
 * Gavrili V, Lotos L, Katis N, Maliogka V (2022) First report of tomato chlorosis virus in pepper in Greece. Journal of Plant Pathology 104, p 439.
+* Kwak HR, Byun HS, Lee B, Kang DW, Han I (2025) First report of paprika as a natural host plant for tomato chlorosis virus in Korea. Plant Disease. 109(1), 238. https://doi.org/10.1094/PDIS-08-24-1697-PDN
 * Lozano G, Moriones E, Navas‐Castillo J (2004) First report of sweet pepper (Capsicum annuum) as a natural host plant for Tomato chlorosis virus. Plant Dis. 88, 224.
 ------- Confirmed host.</t>
   </si>
   <si>
     <t>BCTV00</t>
   </si>
   <si>
     <t>Curtovirus betae</t>
   </si>
   <si>
     <t>* Creamer R, Hubble H, Lewis A (2005) Curtovirus infection of chile pepper in New Mexico. Plant Disease 89, 480–486.</t>
   </si>
   <si>
     <t>EPIXSI</t>
   </si>
   <si>
     <t>Epitrix similaris</t>
   </si>
   <si>
     <t>FRANOC</t>
   </si>
   <si>
     <t>Frankliniella occidentalis</t>
   </si>
   <si>
@@ -1864,51 +1901,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D161"/>
+  <dimension ref="A1:D164"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="16.425" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="68.269" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="452.889" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
@@ -3178,89 +3215,91 @@
     </row>
     <row r="94" spans="1:4">
       <c r="A94" t="s">
         <v>49</v>
       </c>
       <c r="B94" t="s">
         <v>265</v>
       </c>
       <c r="C94" t="s">
         <v>266</v>
       </c>
       <c r="D94" t="s">
         <v>267</v>
       </c>
     </row>
     <row r="95" spans="1:4">
       <c r="A95" t="s">
         <v>49</v>
       </c>
       <c r="B95" t="s">
         <v>268</v>
       </c>
       <c r="C95" t="s">
         <v>269</v>
       </c>
-      <c r="D95"/>
+      <c r="D95" t="s">
+        <v>270</v>
+      </c>
     </row>
     <row r="96" spans="1:4">
       <c r="A96" t="s">
         <v>49</v>
       </c>
       <c r="B96" t="s">
-        <v>270</v>
+        <v>268</v>
       </c>
       <c r="C96" t="s">
         <v>271</v>
       </c>
-      <c r="D96"/>
+      <c r="D96" t="s">
+        <v>272</v>
+      </c>
     </row>
     <row r="97" spans="1:4">
       <c r="A97" t="s">
         <v>49</v>
       </c>
       <c r="B97" t="s">
-        <v>272</v>
+        <v>273</v>
       </c>
       <c r="C97" t="s">
-        <v>273</v>
+        <v>274</v>
       </c>
       <c r="D97"/>
     </row>
     <row r="98" spans="1:4">
       <c r="A98" t="s">
         <v>49</v>
       </c>
       <c r="B98" t="s">
-        <v>274</v>
+        <v>275</v>
       </c>
       <c r="C98" t="s">
-        <v>275</v>
-[...1 lines deleted...]
-      <c r="D98" t="s">
         <v>276</v>
       </c>
+      <c r="D98"/>
     </row>
     <row r="99" spans="1:4">
       <c r="A99" t="s">
         <v>49</v>
       </c>
       <c r="B99" t="s">
         <v>277</v>
       </c>
       <c r="C99" t="s">
         <v>278</v>
       </c>
       <c r="D99" t="s">
         <v>279</v>
       </c>
     </row>
     <row r="100" spans="1:4">
       <c r="A100" t="s">
         <v>49</v>
       </c>
       <c r="B100" t="s">
         <v>280</v>
       </c>
       <c r="C100" t="s">
         <v>281</v>
       </c>
@@ -3279,140 +3318,140 @@
         <v>284</v>
       </c>
       <c r="D101" t="s">
         <v>285</v>
       </c>
     </row>
     <row r="102" spans="1:4">
       <c r="A102" t="s">
         <v>49</v>
       </c>
       <c r="B102" t="s">
         <v>286</v>
       </c>
       <c r="C102" t="s">
         <v>287</v>
       </c>
       <c r="D102" t="s">
         <v>288</v>
       </c>
     </row>
     <row r="103" spans="1:4">
       <c r="A103" t="s">
         <v>49</v>
       </c>
       <c r="B103" t="s">
-        <v>286</v>
+        <v>289</v>
       </c>
       <c r="C103" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="D103" t="s">
-        <v>290</v>
+        <v>291</v>
       </c>
     </row>
     <row r="104" spans="1:4">
       <c r="A104" t="s">
         <v>49</v>
       </c>
       <c r="B104" t="s">
-        <v>291</v>
+        <v>292</v>
       </c>
       <c r="C104" t="s">
-        <v>292</v>
+        <v>293</v>
       </c>
       <c r="D104" t="s">
-        <v>293</v>
+        <v>294</v>
       </c>
     </row>
     <row r="105" spans="1:4">
       <c r="A105" t="s">
         <v>49</v>
       </c>
       <c r="B105" t="s">
-        <v>294</v>
+        <v>292</v>
       </c>
       <c r="C105" t="s">
         <v>295</v>
       </c>
       <c r="D105" t="s">
-        <v>197</v>
+        <v>296</v>
       </c>
     </row>
     <row r="106" spans="1:4">
       <c r="A106" t="s">
         <v>49</v>
       </c>
       <c r="B106" t="s">
-        <v>296</v>
+        <v>297</v>
       </c>
       <c r="C106" t="s">
-        <v>297</v>
+        <v>298</v>
       </c>
       <c r="D106" t="s">
-        <v>298</v>
+        <v>299</v>
       </c>
     </row>
     <row r="107" spans="1:4">
       <c r="A107" t="s">
         <v>49</v>
       </c>
       <c r="B107" t="s">
-        <v>299</v>
+        <v>300</v>
       </c>
       <c r="C107" t="s">
-        <v>300</v>
-[...1 lines deleted...]
-      <c r="D107"/>
+        <v>301</v>
+      </c>
+      <c r="D107" t="s">
+        <v>197</v>
+      </c>
     </row>
     <row r="108" spans="1:4">
       <c r="A108" t="s">
         <v>49</v>
       </c>
       <c r="B108" t="s">
-        <v>301</v>
+        <v>302</v>
       </c>
       <c r="C108" t="s">
-        <v>302</v>
+        <v>303</v>
       </c>
       <c r="D108" t="s">
-        <v>303</v>
+        <v>304</v>
       </c>
     </row>
     <row r="109" spans="1:4">
       <c r="A109" t="s">
         <v>49</v>
       </c>
       <c r="B109" t="s">
-        <v>304</v>
+        <v>305</v>
       </c>
       <c r="C109" t="s">
-        <v>305</v>
-[...1 lines deleted...]
-      <c r="D109" t="s">
         <v>306</v>
       </c>
+      <c r="D109"/>
     </row>
     <row r="110" spans="1:4">
       <c r="A110" t="s">
         <v>49</v>
       </c>
       <c r="B110" t="s">
         <v>307</v>
       </c>
       <c r="C110" t="s">
         <v>308</v>
       </c>
       <c r="D110" t="s">
         <v>309</v>
       </c>
     </row>
     <row r="111" spans="1:4">
       <c r="A111" t="s">
         <v>49</v>
       </c>
       <c r="B111" t="s">
         <v>310</v>
       </c>
       <c r="C111" t="s">
         <v>311</v>
       </c>
@@ -3456,672 +3495,716 @@
         <v>319</v>
       </c>
       <c r="C114" t="s">
         <v>320</v>
       </c>
       <c r="D114" t="s">
         <v>321</v>
       </c>
     </row>
     <row r="115" spans="1:4">
       <c r="A115" t="s">
         <v>49</v>
       </c>
       <c r="B115" t="s">
         <v>322</v>
       </c>
       <c r="C115" t="s">
         <v>323</v>
       </c>
       <c r="D115" t="s">
         <v>324</v>
       </c>
     </row>
     <row r="116" spans="1:4">
       <c r="A116" t="s">
+        <v>49</v>
+      </c>
+      <c r="B116" t="s">
         <v>325</v>
       </c>
-      <c r="B116" t="s">
+      <c r="C116" t="s">
         <v>326</v>
       </c>
-      <c r="C116" t="s">
+      <c r="D116" t="s">
         <v>327</v>
       </c>
-      <c r="D116"/>
     </row>
     <row r="117" spans="1:4">
       <c r="A117" t="s">
-        <v>325</v>
+        <v>49</v>
       </c>
       <c r="B117" t="s">
         <v>328</v>
       </c>
       <c r="C117" t="s">
         <v>329</v>
       </c>
-      <c r="D117"/>
+      <c r="D117" t="s">
+        <v>330</v>
+      </c>
     </row>
     <row r="118" spans="1:4">
       <c r="A118" t="s">
-        <v>325</v>
+        <v>331</v>
       </c>
       <c r="B118" t="s">
-        <v>69</v>
+        <v>332</v>
       </c>
       <c r="C118" t="s">
-        <v>330</v>
+        <v>333</v>
       </c>
       <c r="D118" t="s">
-        <v>331</v>
+        <v>334</v>
       </c>
     </row>
     <row r="119" spans="1:4">
       <c r="A119" t="s">
-        <v>325</v>
+        <v>331</v>
       </c>
       <c r="B119" t="s">
-        <v>332</v>
+        <v>335</v>
       </c>
       <c r="C119" t="s">
-        <v>333</v>
+        <v>336</v>
       </c>
       <c r="D119"/>
     </row>
     <row r="120" spans="1:4">
       <c r="A120" t="s">
-        <v>325</v>
+        <v>331</v>
       </c>
       <c r="B120" t="s">
-        <v>334</v>
+        <v>69</v>
       </c>
       <c r="C120" t="s">
-        <v>335</v>
+        <v>337</v>
       </c>
       <c r="D120" t="s">
-        <v>336</v>
+        <v>338</v>
       </c>
     </row>
     <row r="121" spans="1:4">
       <c r="A121" t="s">
-        <v>325</v>
+        <v>331</v>
       </c>
       <c r="B121" t="s">
-        <v>337</v>
+        <v>339</v>
       </c>
       <c r="C121" t="s">
-        <v>338</v>
-[...3 lines deleted...]
-      </c>
+        <v>340</v>
+      </c>
+      <c r="D121"/>
     </row>
     <row r="122" spans="1:4">
       <c r="A122" t="s">
-        <v>325</v>
+        <v>331</v>
       </c>
       <c r="B122" t="s">
-        <v>340</v>
+        <v>341</v>
       </c>
       <c r="C122" t="s">
-        <v>341</v>
+        <v>342</v>
       </c>
       <c r="D122" t="s">
-        <v>342</v>
+        <v>343</v>
       </c>
     </row>
     <row r="123" spans="1:4">
       <c r="A123" t="s">
-        <v>325</v>
+        <v>331</v>
       </c>
       <c r="B123" t="s">
-        <v>343</v>
+        <v>344</v>
       </c>
       <c r="C123" t="s">
-        <v>344</v>
+        <v>345</v>
       </c>
       <c r="D123" t="s">
-        <v>345</v>
+        <v>346</v>
       </c>
     </row>
     <row r="124" spans="1:4">
       <c r="A124" t="s">
-        <v>325</v>
+        <v>331</v>
       </c>
       <c r="B124" t="s">
-        <v>346</v>
+        <v>347</v>
       </c>
       <c r="C124" t="s">
-        <v>347</v>
+        <v>348</v>
       </c>
       <c r="D124" t="s">
-        <v>348</v>
+        <v>349</v>
       </c>
     </row>
     <row r="125" spans="1:4">
       <c r="A125" t="s">
-        <v>325</v>
+        <v>331</v>
       </c>
       <c r="B125" t="s">
-        <v>349</v>
+        <v>350</v>
       </c>
       <c r="C125" t="s">
-        <v>350</v>
-[...1 lines deleted...]
-      <c r="D125"/>
+        <v>351</v>
+      </c>
+      <c r="D125" t="s">
+        <v>352</v>
+      </c>
     </row>
     <row r="126" spans="1:4">
       <c r="A126" t="s">
-        <v>325</v>
+        <v>331</v>
       </c>
       <c r="B126" t="s">
-        <v>351</v>
+        <v>353</v>
       </c>
       <c r="C126" t="s">
-        <v>352</v>
+        <v>354</v>
       </c>
       <c r="D126" t="s">
-        <v>353</v>
+        <v>355</v>
       </c>
     </row>
     <row r="127" spans="1:4">
       <c r="A127" t="s">
-        <v>325</v>
+        <v>331</v>
       </c>
       <c r="B127" t="s">
-        <v>354</v>
+        <v>356</v>
       </c>
       <c r="C127" t="s">
-        <v>355</v>
+        <v>357</v>
       </c>
       <c r="D127"/>
     </row>
     <row r="128" spans="1:4">
       <c r="A128" t="s">
-        <v>325</v>
+        <v>331</v>
       </c>
       <c r="B128" t="s">
-        <v>356</v>
+        <v>358</v>
       </c>
       <c r="C128" t="s">
-        <v>357</v>
+        <v>359</v>
       </c>
       <c r="D128" t="s">
-        <v>358</v>
+        <v>360</v>
       </c>
     </row>
     <row r="129" spans="1:4">
       <c r="A129" t="s">
-        <v>325</v>
+        <v>331</v>
       </c>
       <c r="B129" t="s">
-        <v>359</v>
+        <v>361</v>
       </c>
       <c r="C129" t="s">
-        <v>360</v>
+        <v>362</v>
       </c>
       <c r="D129" t="s">
-        <v>361</v>
+        <v>363</v>
       </c>
     </row>
     <row r="130" spans="1:4">
       <c r="A130" t="s">
-        <v>325</v>
+        <v>331</v>
       </c>
       <c r="B130" t="s">
-        <v>362</v>
+        <v>364</v>
       </c>
       <c r="C130" t="s">
-        <v>363</v>
-[...3 lines deleted...]
-      </c>
+        <v>365</v>
+      </c>
+      <c r="D130"/>
     </row>
     <row r="131" spans="1:4">
       <c r="A131" t="s">
-        <v>325</v>
+        <v>331</v>
       </c>
       <c r="B131" t="s">
-        <v>365</v>
+        <v>366</v>
       </c>
       <c r="C131" t="s">
-        <v>366</v>
-[...1 lines deleted...]
-      <c r="D131"/>
+        <v>367</v>
+      </c>
+      <c r="D131" t="s">
+        <v>368</v>
+      </c>
     </row>
     <row r="132" spans="1:4">
       <c r="A132" t="s">
-        <v>325</v>
+        <v>331</v>
       </c>
       <c r="B132" t="s">
-        <v>367</v>
+        <v>369</v>
       </c>
       <c r="C132" t="s">
-        <v>368</v>
+        <v>370</v>
       </c>
       <c r="D132" t="s">
-        <v>369</v>
+        <v>371</v>
       </c>
     </row>
     <row r="133" spans="1:4">
       <c r="A133" t="s">
-        <v>325</v>
+        <v>331</v>
       </c>
       <c r="B133" t="s">
-        <v>370</v>
+        <v>372</v>
       </c>
       <c r="C133" t="s">
-        <v>371</v>
+        <v>373</v>
       </c>
       <c r="D133" t="s">
-        <v>372</v>
+        <v>374</v>
       </c>
     </row>
     <row r="134" spans="1:4">
       <c r="A134" t="s">
-        <v>325</v>
+        <v>331</v>
       </c>
       <c r="B134" t="s">
-        <v>373</v>
+        <v>375</v>
       </c>
       <c r="C134" t="s">
-        <v>374</v>
-[...3 lines deleted...]
-      </c>
+        <v>376</v>
+      </c>
+      <c r="D134"/>
     </row>
     <row r="135" spans="1:4">
       <c r="A135" t="s">
-        <v>325</v>
+        <v>331</v>
       </c>
       <c r="B135" t="s">
-        <v>376</v>
+        <v>377</v>
       </c>
       <c r="C135" t="s">
-        <v>377</v>
+        <v>378</v>
       </c>
       <c r="D135" t="s">
-        <v>378</v>
+        <v>379</v>
       </c>
     </row>
     <row r="136" spans="1:4">
       <c r="A136" t="s">
-        <v>325</v>
+        <v>331</v>
       </c>
       <c r="B136" t="s">
-        <v>222</v>
+        <v>380</v>
       </c>
       <c r="C136" t="s">
-        <v>379</v>
+        <v>381</v>
       </c>
       <c r="D136" t="s">
-        <v>380</v>
+        <v>382</v>
       </c>
     </row>
     <row r="137" spans="1:4">
       <c r="A137" t="s">
-        <v>325</v>
+        <v>331</v>
       </c>
       <c r="B137" t="s">
-        <v>381</v>
+        <v>383</v>
       </c>
       <c r="C137" t="s">
-        <v>382</v>
+        <v>384</v>
       </c>
       <c r="D137" t="s">
-        <v>383</v>
+        <v>385</v>
       </c>
     </row>
     <row r="138" spans="1:4">
       <c r="A138" t="s">
-        <v>325</v>
+        <v>331</v>
       </c>
       <c r="B138" t="s">
-        <v>384</v>
+        <v>386</v>
       </c>
       <c r="C138" t="s">
-        <v>385</v>
-[...1 lines deleted...]
-      <c r="D138"/>
+        <v>387</v>
+      </c>
+      <c r="D138" t="s">
+        <v>388</v>
+      </c>
     </row>
     <row r="139" spans="1:4">
       <c r="A139" t="s">
-        <v>325</v>
+        <v>331</v>
       </c>
       <c r="B139" t="s">
-        <v>386</v>
+        <v>222</v>
       </c>
       <c r="C139" t="s">
-        <v>387</v>
+        <v>389</v>
       </c>
       <c r="D139" t="s">
-        <v>388</v>
+        <v>390</v>
       </c>
     </row>
     <row r="140" spans="1:4">
       <c r="A140" t="s">
-        <v>325</v>
+        <v>331</v>
       </c>
       <c r="B140" t="s">
-        <v>389</v>
+        <v>391</v>
       </c>
       <c r="C140" t="s">
-        <v>390</v>
+        <v>392</v>
       </c>
       <c r="D140" t="s">
-        <v>391</v>
+        <v>393</v>
       </c>
     </row>
     <row r="141" spans="1:4">
       <c r="A141" t="s">
-        <v>325</v>
+        <v>331</v>
       </c>
       <c r="B141" t="s">
-        <v>392</v>
+        <v>394</v>
       </c>
       <c r="C141" t="s">
-        <v>393</v>
-[...3 lines deleted...]
-      </c>
+        <v>395</v>
+      </c>
+      <c r="D141"/>
     </row>
     <row r="142" spans="1:4">
       <c r="A142" t="s">
-        <v>325</v>
+        <v>331</v>
       </c>
       <c r="B142" t="s">
-        <v>395</v>
+        <v>396</v>
       </c>
       <c r="C142" t="s">
-        <v>396</v>
+        <v>397</v>
       </c>
       <c r="D142" t="s">
-        <v>397</v>
+        <v>398</v>
       </c>
     </row>
     <row r="143" spans="1:4">
       <c r="A143" t="s">
-        <v>325</v>
+        <v>331</v>
       </c>
       <c r="B143" t="s">
-        <v>398</v>
+        <v>399</v>
       </c>
       <c r="C143" t="s">
-        <v>399</v>
+        <v>400</v>
       </c>
       <c r="D143" t="s">
-        <v>400</v>
+        <v>401</v>
       </c>
     </row>
     <row r="144" spans="1:4">
       <c r="A144" t="s">
-        <v>325</v>
+        <v>331</v>
       </c>
       <c r="B144" t="s">
-        <v>401</v>
+        <v>402</v>
       </c>
       <c r="C144" t="s">
-        <v>402</v>
+        <v>403</v>
       </c>
       <c r="D144" t="s">
-        <v>403</v>
+        <v>404</v>
       </c>
     </row>
     <row r="145" spans="1:4">
       <c r="A145" t="s">
-        <v>325</v>
+        <v>331</v>
       </c>
       <c r="B145" t="s">
-        <v>404</v>
+        <v>405</v>
       </c>
       <c r="C145" t="s">
-        <v>405</v>
+        <v>406</v>
       </c>
       <c r="D145" t="s">
-        <v>406</v>
+        <v>407</v>
       </c>
     </row>
     <row r="146" spans="1:4">
       <c r="A146" t="s">
-        <v>325</v>
+        <v>331</v>
       </c>
       <c r="B146" t="s">
-        <v>407</v>
+        <v>408</v>
       </c>
       <c r="C146" t="s">
-        <v>408</v>
+        <v>409</v>
       </c>
       <c r="D146" t="s">
-        <v>409</v>
+        <v>410</v>
       </c>
     </row>
     <row r="147" spans="1:4">
       <c r="A147" t="s">
-        <v>325</v>
+        <v>331</v>
       </c>
       <c r="B147" t="s">
-        <v>410</v>
+        <v>411</v>
       </c>
       <c r="C147" t="s">
-        <v>411</v>
+        <v>412</v>
       </c>
       <c r="D147" t="s">
-        <v>412</v>
+        <v>413</v>
       </c>
     </row>
     <row r="148" spans="1:4">
       <c r="A148" t="s">
-        <v>325</v>
+        <v>331</v>
       </c>
       <c r="B148" t="s">
-        <v>413</v>
+        <v>414</v>
       </c>
       <c r="C148" t="s">
-        <v>414</v>
+        <v>415</v>
       </c>
       <c r="D148" t="s">
-        <v>415</v>
+        <v>416</v>
       </c>
     </row>
     <row r="149" spans="1:4">
       <c r="A149" t="s">
-        <v>325</v>
+        <v>331</v>
       </c>
       <c r="B149" t="s">
-        <v>416</v>
+        <v>417</v>
       </c>
       <c r="C149" t="s">
-        <v>417</v>
+        <v>418</v>
       </c>
       <c r="D149" t="s">
-        <v>418</v>
+        <v>419</v>
       </c>
     </row>
     <row r="150" spans="1:4">
       <c r="A150" t="s">
-        <v>325</v>
+        <v>331</v>
       </c>
       <c r="B150" t="s">
-        <v>419</v>
+        <v>420</v>
       </c>
       <c r="C150" t="s">
-        <v>420</v>
+        <v>421</v>
       </c>
       <c r="D150" t="s">
-        <v>421</v>
+        <v>422</v>
       </c>
     </row>
     <row r="151" spans="1:4">
       <c r="A151" t="s">
-        <v>325</v>
+        <v>331</v>
       </c>
       <c r="B151" t="s">
-        <v>291</v>
+        <v>423</v>
       </c>
       <c r="C151" t="s">
-        <v>422</v>
+        <v>424</v>
       </c>
       <c r="D151" t="s">
-        <v>423</v>
+        <v>425</v>
       </c>
     </row>
     <row r="152" spans="1:4">
       <c r="A152" t="s">
-        <v>325</v>
+        <v>331</v>
       </c>
       <c r="B152" t="s">
-        <v>424</v>
+        <v>426</v>
       </c>
       <c r="C152" t="s">
-        <v>425</v>
+        <v>427</v>
       </c>
       <c r="D152" t="s">
-        <v>426</v>
+        <v>428</v>
       </c>
     </row>
     <row r="153" spans="1:4">
       <c r="A153" t="s">
-        <v>325</v>
+        <v>331</v>
       </c>
       <c r="B153" t="s">
-        <v>301</v>
+        <v>429</v>
       </c>
       <c r="C153" t="s">
-        <v>427</v>
+        <v>430</v>
       </c>
       <c r="D153" t="s">
-        <v>428</v>
+        <v>431</v>
       </c>
     </row>
     <row r="154" spans="1:4">
       <c r="A154" t="s">
-        <v>325</v>
+        <v>331</v>
       </c>
       <c r="B154" t="s">
-        <v>429</v>
+        <v>297</v>
       </c>
       <c r="C154" t="s">
-        <v>430</v>
+        <v>432</v>
       </c>
       <c r="D154" t="s">
-        <v>431</v>
+        <v>433</v>
       </c>
     </row>
     <row r="155" spans="1:4">
       <c r="A155" t="s">
-        <v>325</v>
+        <v>331</v>
       </c>
       <c r="B155" t="s">
-        <v>432</v>
+        <v>434</v>
       </c>
       <c r="C155" t="s">
-        <v>433</v>
+        <v>435</v>
       </c>
       <c r="D155" t="s">
-        <v>434</v>
+        <v>436</v>
       </c>
     </row>
     <row r="156" spans="1:4">
       <c r="A156" t="s">
-        <v>325</v>
+        <v>331</v>
       </c>
       <c r="B156" t="s">
-        <v>435</v>
+        <v>307</v>
       </c>
       <c r="C156" t="s">
-        <v>436</v>
-[...1 lines deleted...]
-      <c r="D156"/>
+        <v>437</v>
+      </c>
+      <c r="D156" t="s">
+        <v>438</v>
+      </c>
     </row>
     <row r="157" spans="1:4">
       <c r="A157" t="s">
-        <v>325</v>
+        <v>331</v>
       </c>
       <c r="B157" t="s">
-        <v>437</v>
+        <v>439</v>
       </c>
       <c r="C157" t="s">
-        <v>438</v>
+        <v>440</v>
       </c>
       <c r="D157" t="s">
-        <v>439</v>
+        <v>441</v>
       </c>
     </row>
     <row r="158" spans="1:4">
       <c r="A158" t="s">
-        <v>325</v>
+        <v>331</v>
       </c>
       <c r="B158" t="s">
-        <v>440</v>
+        <v>442</v>
       </c>
       <c r="C158" t="s">
-        <v>441</v>
+        <v>443</v>
       </c>
       <c r="D158" t="s">
-        <v>442</v>
+        <v>444</v>
       </c>
     </row>
     <row r="159" spans="1:4">
       <c r="A159" t="s">
-        <v>325</v>
+        <v>331</v>
       </c>
       <c r="B159" t="s">
-        <v>443</v>
+        <v>445</v>
       </c>
       <c r="C159" t="s">
-        <v>444</v>
-[...3 lines deleted...]
-      </c>
+        <v>446</v>
+      </c>
+      <c r="D159"/>
     </row>
     <row r="160" spans="1:4">
       <c r="A160" t="s">
-        <v>445</v>
+        <v>331</v>
       </c>
       <c r="B160" t="s">
-        <v>60</v>
+        <v>447</v>
       </c>
       <c r="C160" t="s">
-        <v>446</v>
-[...1 lines deleted...]
-      <c r="D160"/>
+        <v>448</v>
+      </c>
+      <c r="D160" t="s">
+        <v>449</v>
+      </c>
     </row>
     <row r="161" spans="1:4">
       <c r="A161" t="s">
-        <v>445</v>
+        <v>331</v>
       </c>
       <c r="B161" t="s">
-        <v>429</v>
+        <v>450</v>
       </c>
       <c r="C161" t="s">
-        <v>447</v>
+        <v>451</v>
       </c>
       <c r="D161" t="s">
-        <v>448</v>
+        <v>452</v>
+      </c>
+    </row>
+    <row r="162" spans="1:4">
+      <c r="A162" t="s">
+        <v>331</v>
+      </c>
+      <c r="B162" t="s">
+        <v>453</v>
+      </c>
+      <c r="C162" t="s">
+        <v>454</v>
+      </c>
+      <c r="D162" t="s">
+        <v>449</v>
+      </c>
+    </row>
+    <row r="163" spans="1:4">
+      <c r="A163" t="s">
+        <v>455</v>
+      </c>
+      <c r="B163" t="s">
+        <v>60</v>
+      </c>
+      <c r="C163" t="s">
+        <v>456</v>
+      </c>
+      <c r="D163"/>
+    </row>
+    <row r="164" spans="1:4">
+      <c r="A164" t="s">
+        <v>455</v>
+      </c>
+      <c r="B164" t="s">
+        <v>439</v>
+      </c>
+      <c r="C164" t="s">
+        <v>457</v>
+      </c>
+      <c r="D164" t="s">
+        <v>458</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">