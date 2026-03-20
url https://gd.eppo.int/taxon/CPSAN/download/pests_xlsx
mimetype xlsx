--- v1 (2026-02-28)
+++ v2 (2026-03-20)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="CPSAN" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="459">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="461">
   <si>
     <t>type</t>
   </si>
   <si>
     <t>EPPOCode</t>
   </si>
   <si>
     <t>Pref_name</t>
   </si>
   <si>
     <t>References</t>
   </si>
   <si>
     <t>Doubtful host</t>
   </si>
   <si>
     <t>TICV00</t>
   </si>
   <si>
     <t>Crinivirus contagichlorosis</t>
   </si>
   <si>
     <t>LEUIOR</t>
   </si>
   <si>
@@ -492,50 +492,56 @@
   <si>
     <t>* Gill HK, Capinera JL, McSorley R (2017) Featured Creatures. Lesser cornstalk borer. Elasmopalpus lignosellus (Zeller) (Insecta: lepidoptera: Pyralidae). University of Florida (US). http://entnemdept.ufl.edu/creatures/field/lesser_cornstalk_borer.htm</t>
   </si>
   <si>
     <t>EPILVI</t>
   </si>
   <si>
     <t>Epilachna vigintioctomaculata (as Solanaceae)</t>
   </si>
   <si>
     <t>EPIXCU</t>
   </si>
   <si>
     <t>Epitrix cucumeris</t>
   </si>
   <si>
     <t>* Clark SM, LeDoux DG, Seeno TN, Riley EG, Gilbert AJ, Sullivan JM (2004) Host plants of leaf beetle species occurring in the United States and Canada (Coleoptera: Megalopodidae, Orsodacnidae and Chrysomelidae, excluding Bruchinae). The Coleopterists Society, Special Publication 2, 1-476.
 * Foster RE, Obemeyer JL (2017) Vegetable Insects. Flea Beetles. E-74-W, Purdue University, Extension Entomology, 2 pp. https://extension.entm.purdue.edu/publications/E-74/E-74.html
 ------- Common and destructive on tomato, aubergine, potato, sweet pepper and tobacco.</t>
   </si>
   <si>
     <t>ERWICH</t>
   </si>
   <si>
     <t>Erwinia chrysanthemi (as Capsicum)</t>
+  </si>
+  <si>
+    <t>FRANCS</t>
+  </si>
+  <si>
+    <t>Frankliniella australis (as Solanaceae)</t>
   </si>
   <si>
     <t>HALYHA</t>
   </si>
   <si>
     <t>Halyomorpha halys</t>
   </si>
   <si>
     <t>* Bergmann E, Bernhard KM, Bernon G, Bickerton M, Gill S, Gonzales C, Hamilton GC, Hedstrom C, Kamminga K, Koplinka-Loehr C, Krawczyk G, Kuhar TP, Kunkel B, Lee J, Leskey TC, Martinson H, Nielsen AL, Raupp M, Shearer P, Shrewsbury P, Walgenbach J, Whalen J, Wiman N (online) Host Plants of the Brown Marmorated Stink Bug in the U.S. https://www.stopbmsb.org/where-is-bmsb/host-plants</t>
   </si>
   <si>
     <t>HELIAR</t>
   </si>
   <si>
     <t>Helicoverpa armigera</t>
   </si>
   <si>
     <t>* Cunningham JP, Zalucki MP (2014) Understanding heliothine (Lepidoptera: Heliothinae) pests: what is a host plant? Journal of Economic Entomology 107, 881–896.</t>
   </si>
   <si>
     <t>PHYORH</t>
   </si>
   <si>
     <t>Lasiodiplodia theobromae</t>
   </si>
@@ -1901,51 +1907,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D164"/>
+  <dimension ref="A1:D165"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="16.425" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="68.269" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="452.889" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
@@ -2621,1590 +2627,1602 @@
         <v>143</v>
       </c>
     </row>
     <row r="51" spans="1:4">
       <c r="A51" t="s">
         <v>49</v>
       </c>
       <c r="B51" t="s">
         <v>144</v>
       </c>
       <c r="C51" t="s">
         <v>145</v>
       </c>
       <c r="D51"/>
     </row>
     <row r="52" spans="1:4">
       <c r="A52" t="s">
         <v>49</v>
       </c>
       <c r="B52" t="s">
         <v>146</v>
       </c>
       <c r="C52" t="s">
         <v>147</v>
       </c>
-      <c r="D52" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D52"/>
     </row>
     <row r="53" spans="1:4">
       <c r="A53" t="s">
         <v>49</v>
       </c>
       <c r="B53" t="s">
+        <v>148</v>
+      </c>
+      <c r="C53" t="s">
         <v>149</v>
       </c>
-      <c r="C53" t="s">
+      <c r="D53" t="s">
         <v>150</v>
-      </c>
-[...1 lines deleted...]
-        <v>151</v>
       </c>
     </row>
     <row r="54" spans="1:4">
       <c r="A54" t="s">
         <v>49</v>
       </c>
       <c r="B54" t="s">
+        <v>151</v>
+      </c>
+      <c r="C54" t="s">
         <v>152</v>
       </c>
-      <c r="C54" t="s">
+      <c r="D54" t="s">
         <v>153</v>
       </c>
-      <c r="D54"/>
     </row>
     <row r="55" spans="1:4">
       <c r="A55" t="s">
         <v>49</v>
       </c>
       <c r="B55" t="s">
         <v>154</v>
       </c>
       <c r="C55" t="s">
         <v>155</v>
       </c>
-      <c r="D55" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D55"/>
     </row>
     <row r="56" spans="1:4">
       <c r="A56" t="s">
         <v>49</v>
       </c>
       <c r="B56" t="s">
+        <v>156</v>
+      </c>
+      <c r="C56" t="s">
         <v>157</v>
       </c>
-      <c r="C56" t="s">
+      <c r="D56" t="s">
         <v>158</v>
-      </c>
-[...1 lines deleted...]
-        <v>159</v>
       </c>
     </row>
     <row r="57" spans="1:4">
       <c r="A57" t="s">
         <v>49</v>
       </c>
       <c r="B57" t="s">
+        <v>159</v>
+      </c>
+      <c r="C57" t="s">
         <v>160</v>
       </c>
-      <c r="C57" t="s">
+      <c r="D57" t="s">
         <v>161</v>
-      </c>
-[...1 lines deleted...]
-        <v>162</v>
       </c>
     </row>
     <row r="58" spans="1:4">
       <c r="A58" t="s">
         <v>49</v>
       </c>
       <c r="B58" t="s">
+        <v>162</v>
+      </c>
+      <c r="C58" t="s">
         <v>163</v>
       </c>
-      <c r="C58" t="s">
+      <c r="D58" t="s">
         <v>164</v>
-      </c>
-[...1 lines deleted...]
-        <v>165</v>
       </c>
     </row>
     <row r="59" spans="1:4">
       <c r="A59" t="s">
         <v>49</v>
       </c>
       <c r="B59" t="s">
+        <v>165</v>
+      </c>
+      <c r="C59" t="s">
         <v>166</v>
       </c>
-      <c r="C59" t="s">
+      <c r="D59" t="s">
         <v>167</v>
-      </c>
-[...1 lines deleted...]
-        <v>168</v>
       </c>
     </row>
     <row r="60" spans="1:4">
       <c r="A60" t="s">
         <v>49</v>
       </c>
       <c r="B60" t="s">
+        <v>168</v>
+      </c>
+      <c r="C60" t="s">
         <v>169</v>
       </c>
-      <c r="C60" t="s">
+      <c r="D60" t="s">
         <v>170</v>
-      </c>
-[...1 lines deleted...]
-        <v>171</v>
       </c>
     </row>
     <row r="61" spans="1:4">
       <c r="A61" t="s">
         <v>49</v>
       </c>
       <c r="B61" t="s">
+        <v>171</v>
+      </c>
+      <c r="C61" t="s">
         <v>172</v>
       </c>
-      <c r="C61" t="s">
+      <c r="D61" t="s">
         <v>173</v>
-      </c>
-[...1 lines deleted...]
-        <v>174</v>
       </c>
     </row>
     <row r="62" spans="1:4">
       <c r="A62" t="s">
         <v>49</v>
       </c>
       <c r="B62" t="s">
+        <v>174</v>
+      </c>
+      <c r="C62" t="s">
         <v>175</v>
       </c>
-      <c r="C62" t="s">
+      <c r="D62" t="s">
         <v>176</v>
       </c>
-      <c r="D62"/>
     </row>
     <row r="63" spans="1:4">
       <c r="A63" t="s">
         <v>49</v>
       </c>
       <c r="B63" t="s">
-        <v>175</v>
+        <v>177</v>
       </c>
       <c r="C63" t="s">
-        <v>177</v>
+        <v>178</v>
       </c>
       <c r="D63"/>
     </row>
     <row r="64" spans="1:4">
       <c r="A64" t="s">
         <v>49</v>
       </c>
       <c r="B64" t="s">
-        <v>178</v>
+        <v>177</v>
       </c>
       <c r="C64" t="s">
         <v>179</v>
       </c>
-      <c r="D64" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D64"/>
     </row>
     <row r="65" spans="1:4">
       <c r="A65" t="s">
         <v>49</v>
       </c>
       <c r="B65" t="s">
-        <v>178</v>
+        <v>180</v>
       </c>
       <c r="C65" t="s">
         <v>181</v>
       </c>
       <c r="D65" t="s">
         <v>182</v>
       </c>
     </row>
     <row r="66" spans="1:4">
       <c r="A66" t="s">
         <v>49</v>
       </c>
       <c r="B66" t="s">
+        <v>180</v>
+      </c>
+      <c r="C66" t="s">
         <v>183</v>
       </c>
-      <c r="C66" t="s">
+      <c r="D66" t="s">
         <v>184</v>
-      </c>
-[...1 lines deleted...]
-        <v>185</v>
       </c>
     </row>
     <row r="67" spans="1:4">
       <c r="A67" t="s">
         <v>49</v>
       </c>
       <c r="B67" t="s">
+        <v>185</v>
+      </c>
+      <c r="C67" t="s">
         <v>186</v>
       </c>
-      <c r="C67" t="s">
+      <c r="D67" t="s">
         <v>187</v>
-      </c>
-[...1 lines deleted...]
-        <v>188</v>
       </c>
     </row>
     <row r="68" spans="1:4">
       <c r="A68" t="s">
         <v>49</v>
       </c>
       <c r="B68" t="s">
+        <v>188</v>
+      </c>
+      <c r="C68" t="s">
         <v>189</v>
       </c>
-      <c r="C68" t="s">
+      <c r="D68" t="s">
         <v>190</v>
-      </c>
-[...1 lines deleted...]
-        <v>191</v>
       </c>
     </row>
     <row r="69" spans="1:4">
       <c r="A69" t="s">
         <v>49</v>
       </c>
       <c r="B69" t="s">
+        <v>191</v>
+      </c>
+      <c r="C69" t="s">
         <v>192</v>
       </c>
-      <c r="C69" t="s">
+      <c r="D69" t="s">
         <v>193</v>
-      </c>
-[...1 lines deleted...]
-        <v>194</v>
       </c>
     </row>
     <row r="70" spans="1:4">
       <c r="A70" t="s">
         <v>49</v>
       </c>
       <c r="B70" t="s">
+        <v>194</v>
+      </c>
+      <c r="C70" t="s">
         <v>195</v>
       </c>
-      <c r="C70" t="s">
+      <c r="D70" t="s">
         <v>196</v>
-      </c>
-[...1 lines deleted...]
-        <v>197</v>
       </c>
     </row>
     <row r="71" spans="1:4">
       <c r="A71" t="s">
         <v>49</v>
       </c>
       <c r="B71" t="s">
+        <v>197</v>
+      </c>
+      <c r="C71" t="s">
         <v>198</v>
       </c>
-      <c r="C71" t="s">
+      <c r="D71" t="s">
         <v>199</v>
-      </c>
-[...1 lines deleted...]
-        <v>200</v>
       </c>
     </row>
     <row r="72" spans="1:4">
       <c r="A72" t="s">
         <v>49</v>
       </c>
       <c r="B72" t="s">
+        <v>200</v>
+      </c>
+      <c r="C72" t="s">
         <v>201</v>
       </c>
-      <c r="C72" t="s">
+      <c r="D72" t="s">
         <v>202</v>
-      </c>
-[...1 lines deleted...]
-        <v>203</v>
       </c>
     </row>
     <row r="73" spans="1:4">
       <c r="A73" t="s">
         <v>49</v>
       </c>
       <c r="B73" t="s">
+        <v>203</v>
+      </c>
+      <c r="C73" t="s">
         <v>204</v>
       </c>
-      <c r="C73" t="s">
+      <c r="D73" t="s">
         <v>205</v>
-      </c>
-[...1 lines deleted...]
-        <v>206</v>
       </c>
     </row>
     <row r="74" spans="1:4">
       <c r="A74" t="s">
         <v>49</v>
       </c>
       <c r="B74" t="s">
+        <v>206</v>
+      </c>
+      <c r="C74" t="s">
         <v>207</v>
       </c>
-      <c r="C74" t="s">
+      <c r="D74" t="s">
         <v>208</v>
-      </c>
-[...1 lines deleted...]
-        <v>209</v>
       </c>
     </row>
     <row r="75" spans="1:4">
       <c r="A75" t="s">
         <v>49</v>
       </c>
       <c r="B75" t="s">
+        <v>209</v>
+      </c>
+      <c r="C75" t="s">
         <v>210</v>
       </c>
-      <c r="C75" t="s">
+      <c r="D75" t="s">
         <v>211</v>
-      </c>
-[...1 lines deleted...]
-        <v>212</v>
       </c>
     </row>
     <row r="76" spans="1:4">
       <c r="A76" t="s">
         <v>49</v>
       </c>
       <c r="B76" t="s">
+        <v>212</v>
+      </c>
+      <c r="C76" t="s">
         <v>213</v>
       </c>
-      <c r="C76" t="s">
+      <c r="D76" t="s">
         <v>214</v>
-      </c>
-[...1 lines deleted...]
-        <v>215</v>
       </c>
     </row>
     <row r="77" spans="1:4">
       <c r="A77" t="s">
         <v>49</v>
       </c>
       <c r="B77" t="s">
+        <v>215</v>
+      </c>
+      <c r="C77" t="s">
         <v>216</v>
       </c>
-      <c r="C77" t="s">
+      <c r="D77" t="s">
         <v>217</v>
-      </c>
-[...1 lines deleted...]
-        <v>218</v>
       </c>
     </row>
     <row r="78" spans="1:4">
       <c r="A78" t="s">
         <v>49</v>
       </c>
       <c r="B78" t="s">
+        <v>218</v>
+      </c>
+      <c r="C78" t="s">
         <v>219</v>
       </c>
-      <c r="C78" t="s">
+      <c r="D78" t="s">
         <v>220</v>
-      </c>
-[...1 lines deleted...]
-        <v>221</v>
       </c>
     </row>
     <row r="79" spans="1:4">
       <c r="A79" t="s">
         <v>49</v>
       </c>
       <c r="B79" t="s">
+        <v>221</v>
+      </c>
+      <c r="C79" t="s">
         <v>222</v>
       </c>
-      <c r="C79" t="s">
+      <c r="D79" t="s">
         <v>223</v>
-      </c>
-[...1 lines deleted...]
-        <v>224</v>
       </c>
     </row>
     <row r="80" spans="1:4">
       <c r="A80" t="s">
         <v>49</v>
       </c>
       <c r="B80" t="s">
+        <v>224</v>
+      </c>
+      <c r="C80" t="s">
         <v>225</v>
       </c>
-      <c r="C80" t="s">
+      <c r="D80" t="s">
         <v>226</v>
-      </c>
-[...1 lines deleted...]
-        <v>227</v>
       </c>
     </row>
     <row r="81" spans="1:4">
       <c r="A81" t="s">
         <v>49</v>
       </c>
       <c r="B81" t="s">
-        <v>225</v>
+        <v>227</v>
       </c>
       <c r="C81" t="s">
         <v>228</v>
       </c>
       <c r="D81" t="s">
         <v>229</v>
       </c>
     </row>
     <row r="82" spans="1:4">
       <c r="A82" t="s">
         <v>49</v>
       </c>
       <c r="B82" t="s">
+        <v>227</v>
+      </c>
+      <c r="C82" t="s">
         <v>230</v>
       </c>
-      <c r="C82" t="s">
+      <c r="D82" t="s">
         <v>231</v>
-      </c>
-[...1 lines deleted...]
-        <v>232</v>
       </c>
     </row>
     <row r="83" spans="1:4">
       <c r="A83" t="s">
         <v>49</v>
       </c>
       <c r="B83" t="s">
+        <v>232</v>
+      </c>
+      <c r="C83" t="s">
         <v>233</v>
       </c>
-      <c r="C83" t="s">
+      <c r="D83" t="s">
         <v>234</v>
-      </c>
-[...1 lines deleted...]
-        <v>235</v>
       </c>
     </row>
     <row r="84" spans="1:4">
       <c r="A84" t="s">
         <v>49</v>
       </c>
       <c r="B84" t="s">
+        <v>235</v>
+      </c>
+      <c r="C84" t="s">
         <v>236</v>
       </c>
-      <c r="C84" t="s">
+      <c r="D84" t="s">
         <v>237</v>
-      </c>
-[...1 lines deleted...]
-        <v>238</v>
       </c>
     </row>
     <row r="85" spans="1:4">
       <c r="A85" t="s">
         <v>49</v>
       </c>
       <c r="B85" t="s">
+        <v>238</v>
+      </c>
+      <c r="C85" t="s">
         <v>239</v>
       </c>
-      <c r="C85" t="s">
+      <c r="D85" t="s">
         <v>240</v>
-      </c>
-[...1 lines deleted...]
-        <v>241</v>
       </c>
     </row>
     <row r="86" spans="1:4">
       <c r="A86" t="s">
         <v>49</v>
       </c>
       <c r="B86" t="s">
+        <v>241</v>
+      </c>
+      <c r="C86" t="s">
         <v>242</v>
       </c>
-      <c r="C86" t="s">
+      <c r="D86" t="s">
         <v>243</v>
-      </c>
-[...1 lines deleted...]
-        <v>244</v>
       </c>
     </row>
     <row r="87" spans="1:4">
       <c r="A87" t="s">
         <v>49</v>
       </c>
       <c r="B87" t="s">
+        <v>244</v>
+      </c>
+      <c r="C87" t="s">
         <v>245</v>
       </c>
-      <c r="C87" t="s">
+      <c r="D87" t="s">
         <v>246</v>
       </c>
-      <c r="D87"/>
     </row>
     <row r="88" spans="1:4">
       <c r="A88" t="s">
         <v>49</v>
       </c>
       <c r="B88" t="s">
         <v>247</v>
       </c>
       <c r="C88" t="s">
         <v>248</v>
       </c>
-      <c r="D88" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D88"/>
     </row>
     <row r="89" spans="1:4">
       <c r="A89" t="s">
         <v>49</v>
       </c>
       <c r="B89" t="s">
+        <v>249</v>
+      </c>
+      <c r="C89" t="s">
         <v>250</v>
       </c>
-      <c r="C89" t="s">
+      <c r="D89" t="s">
         <v>251</v>
-      </c>
-[...1 lines deleted...]
-        <v>252</v>
       </c>
     </row>
     <row r="90" spans="1:4">
       <c r="A90" t="s">
         <v>49</v>
       </c>
       <c r="B90" t="s">
+        <v>252</v>
+      </c>
+      <c r="C90" t="s">
         <v>253</v>
       </c>
-      <c r="C90" t="s">
+      <c r="D90" t="s">
         <v>254</v>
-      </c>
-[...1 lines deleted...]
-        <v>255</v>
       </c>
     </row>
     <row r="91" spans="1:4">
       <c r="A91" t="s">
         <v>49</v>
       </c>
       <c r="B91" t="s">
+        <v>255</v>
+      </c>
+      <c r="C91" t="s">
         <v>256</v>
       </c>
-      <c r="C91" t="s">
+      <c r="D91" t="s">
         <v>257</v>
-      </c>
-[...1 lines deleted...]
-        <v>258</v>
       </c>
     </row>
     <row r="92" spans="1:4">
       <c r="A92" t="s">
         <v>49</v>
       </c>
       <c r="B92" t="s">
+        <v>258</v>
+      </c>
+      <c r="C92" t="s">
         <v>259</v>
       </c>
-      <c r="C92" t="s">
+      <c r="D92" t="s">
         <v>260</v>
-      </c>
-[...1 lines deleted...]
-        <v>261</v>
       </c>
     </row>
     <row r="93" spans="1:4">
       <c r="A93" t="s">
         <v>49</v>
       </c>
       <c r="B93" t="s">
+        <v>261</v>
+      </c>
+      <c r="C93" t="s">
         <v>262</v>
       </c>
-      <c r="C93" t="s">
+      <c r="D93" t="s">
         <v>263</v>
-      </c>
-[...1 lines deleted...]
-        <v>264</v>
       </c>
     </row>
     <row r="94" spans="1:4">
       <c r="A94" t="s">
         <v>49</v>
       </c>
       <c r="B94" t="s">
+        <v>264</v>
+      </c>
+      <c r="C94" t="s">
         <v>265</v>
       </c>
-      <c r="C94" t="s">
+      <c r="D94" t="s">
         <v>266</v>
-      </c>
-[...1 lines deleted...]
-        <v>267</v>
       </c>
     </row>
     <row r="95" spans="1:4">
       <c r="A95" t="s">
         <v>49</v>
       </c>
       <c r="B95" t="s">
+        <v>267</v>
+      </c>
+      <c r="C95" t="s">
         <v>268</v>
       </c>
-      <c r="C95" t="s">
+      <c r="D95" t="s">
         <v>269</v>
-      </c>
-[...1 lines deleted...]
-        <v>270</v>
       </c>
     </row>
     <row r="96" spans="1:4">
       <c r="A96" t="s">
         <v>49</v>
       </c>
       <c r="B96" t="s">
-        <v>268</v>
+        <v>270</v>
       </c>
       <c r="C96" t="s">
         <v>271</v>
       </c>
       <c r="D96" t="s">
         <v>272</v>
       </c>
     </row>
     <row r="97" spans="1:4">
       <c r="A97" t="s">
         <v>49</v>
       </c>
       <c r="B97" t="s">
+        <v>270</v>
+      </c>
+      <c r="C97" t="s">
         <v>273</v>
       </c>
-      <c r="C97" t="s">
+      <c r="D97" t="s">
         <v>274</v>
       </c>
-      <c r="D97"/>
     </row>
     <row r="98" spans="1:4">
       <c r="A98" t="s">
         <v>49</v>
       </c>
       <c r="B98" t="s">
         <v>275</v>
       </c>
       <c r="C98" t="s">
         <v>276</v>
       </c>
       <c r="D98"/>
     </row>
     <row r="99" spans="1:4">
       <c r="A99" t="s">
         <v>49</v>
       </c>
       <c r="B99" t="s">
         <v>277</v>
       </c>
       <c r="C99" t="s">
         <v>278</v>
       </c>
-      <c r="D99" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D99"/>
     </row>
     <row r="100" spans="1:4">
       <c r="A100" t="s">
         <v>49</v>
       </c>
       <c r="B100" t="s">
+        <v>279</v>
+      </c>
+      <c r="C100" t="s">
         <v>280</v>
       </c>
-      <c r="C100" t="s">
+      <c r="D100" t="s">
         <v>281</v>
-      </c>
-[...1 lines deleted...]
-        <v>282</v>
       </c>
     </row>
     <row r="101" spans="1:4">
       <c r="A101" t="s">
         <v>49</v>
       </c>
       <c r="B101" t="s">
+        <v>282</v>
+      </c>
+      <c r="C101" t="s">
         <v>283</v>
       </c>
-      <c r="C101" t="s">
+      <c r="D101" t="s">
         <v>284</v>
-      </c>
-[...1 lines deleted...]
-        <v>285</v>
       </c>
     </row>
     <row r="102" spans="1:4">
       <c r="A102" t="s">
         <v>49</v>
       </c>
       <c r="B102" t="s">
+        <v>285</v>
+      </c>
+      <c r="C102" t="s">
         <v>286</v>
       </c>
-      <c r="C102" t="s">
+      <c r="D102" t="s">
         <v>287</v>
-      </c>
-[...1 lines deleted...]
-        <v>288</v>
       </c>
     </row>
     <row r="103" spans="1:4">
       <c r="A103" t="s">
         <v>49</v>
       </c>
       <c r="B103" t="s">
+        <v>288</v>
+      </c>
+      <c r="C103" t="s">
         <v>289</v>
       </c>
-      <c r="C103" t="s">
+      <c r="D103" t="s">
         <v>290</v>
-      </c>
-[...1 lines deleted...]
-        <v>291</v>
       </c>
     </row>
     <row r="104" spans="1:4">
       <c r="A104" t="s">
         <v>49</v>
       </c>
       <c r="B104" t="s">
+        <v>291</v>
+      </c>
+      <c r="C104" t="s">
         <v>292</v>
       </c>
-      <c r="C104" t="s">
+      <c r="D104" t="s">
         <v>293</v>
-      </c>
-[...1 lines deleted...]
-        <v>294</v>
       </c>
     </row>
     <row r="105" spans="1:4">
       <c r="A105" t="s">
         <v>49</v>
       </c>
       <c r="B105" t="s">
-        <v>292</v>
+        <v>294</v>
       </c>
       <c r="C105" t="s">
         <v>295</v>
       </c>
       <c r="D105" t="s">
         <v>296</v>
       </c>
     </row>
     <row r="106" spans="1:4">
       <c r="A106" t="s">
         <v>49</v>
       </c>
       <c r="B106" t="s">
+        <v>294</v>
+      </c>
+      <c r="C106" t="s">
         <v>297</v>
       </c>
-      <c r="C106" t="s">
+      <c r="D106" t="s">
         <v>298</v>
-      </c>
-[...1 lines deleted...]
-        <v>299</v>
       </c>
     </row>
     <row r="107" spans="1:4">
       <c r="A107" t="s">
         <v>49</v>
       </c>
       <c r="B107" t="s">
+        <v>299</v>
+      </c>
+      <c r="C107" t="s">
         <v>300</v>
       </c>
-      <c r="C107" t="s">
+      <c r="D107" t="s">
         <v>301</v>
-      </c>
-[...1 lines deleted...]
-        <v>197</v>
       </c>
     </row>
     <row r="108" spans="1:4">
       <c r="A108" t="s">
         <v>49</v>
       </c>
       <c r="B108" t="s">
         <v>302</v>
       </c>
       <c r="C108" t="s">
         <v>303</v>
       </c>
       <c r="D108" t="s">
-        <v>304</v>
+        <v>199</v>
       </c>
     </row>
     <row r="109" spans="1:4">
       <c r="A109" t="s">
         <v>49</v>
       </c>
       <c r="B109" t="s">
+        <v>304</v>
+      </c>
+      <c r="C109" t="s">
         <v>305</v>
       </c>
-      <c r="C109" t="s">
+      <c r="D109" t="s">
         <v>306</v>
       </c>
-      <c r="D109"/>
     </row>
     <row r="110" spans="1:4">
       <c r="A110" t="s">
         <v>49</v>
       </c>
       <c r="B110" t="s">
         <v>307</v>
       </c>
       <c r="C110" t="s">
         <v>308</v>
       </c>
-      <c r="D110" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D110"/>
     </row>
     <row r="111" spans="1:4">
       <c r="A111" t="s">
         <v>49</v>
       </c>
       <c r="B111" t="s">
+        <v>309</v>
+      </c>
+      <c r="C111" t="s">
         <v>310</v>
       </c>
-      <c r="C111" t="s">
+      <c r="D111" t="s">
         <v>311</v>
-      </c>
-[...1 lines deleted...]
-        <v>312</v>
       </c>
     </row>
     <row r="112" spans="1:4">
       <c r="A112" t="s">
         <v>49</v>
       </c>
       <c r="B112" t="s">
+        <v>312</v>
+      </c>
+      <c r="C112" t="s">
         <v>313</v>
       </c>
-      <c r="C112" t="s">
+      <c r="D112" t="s">
         <v>314</v>
-      </c>
-[...1 lines deleted...]
-        <v>315</v>
       </c>
     </row>
     <row r="113" spans="1:4">
       <c r="A113" t="s">
         <v>49</v>
       </c>
       <c r="B113" t="s">
+        <v>315</v>
+      </c>
+      <c r="C113" t="s">
         <v>316</v>
       </c>
-      <c r="C113" t="s">
+      <c r="D113" t="s">
         <v>317</v>
-      </c>
-[...1 lines deleted...]
-        <v>318</v>
       </c>
     </row>
     <row r="114" spans="1:4">
       <c r="A114" t="s">
         <v>49</v>
       </c>
       <c r="B114" t="s">
+        <v>318</v>
+      </c>
+      <c r="C114" t="s">
         <v>319</v>
       </c>
-      <c r="C114" t="s">
+      <c r="D114" t="s">
         <v>320</v>
-      </c>
-[...1 lines deleted...]
-        <v>321</v>
       </c>
     </row>
     <row r="115" spans="1:4">
       <c r="A115" t="s">
         <v>49</v>
       </c>
       <c r="B115" t="s">
+        <v>321</v>
+      </c>
+      <c r="C115" t="s">
         <v>322</v>
       </c>
-      <c r="C115" t="s">
+      <c r="D115" t="s">
         <v>323</v>
-      </c>
-[...1 lines deleted...]
-        <v>324</v>
       </c>
     </row>
     <row r="116" spans="1:4">
       <c r="A116" t="s">
         <v>49</v>
       </c>
       <c r="B116" t="s">
+        <v>324</v>
+      </c>
+      <c r="C116" t="s">
         <v>325</v>
       </c>
-      <c r="C116" t="s">
+      <c r="D116" t="s">
         <v>326</v>
-      </c>
-[...1 lines deleted...]
-        <v>327</v>
       </c>
     </row>
     <row r="117" spans="1:4">
       <c r="A117" t="s">
         <v>49</v>
       </c>
       <c r="B117" t="s">
+        <v>327</v>
+      </c>
+      <c r="C117" t="s">
         <v>328</v>
       </c>
-      <c r="C117" t="s">
+      <c r="D117" t="s">
         <v>329</v>
-      </c>
-[...1 lines deleted...]
-        <v>330</v>
       </c>
     </row>
     <row r="118" spans="1:4">
       <c r="A118" t="s">
+        <v>49</v>
+      </c>
+      <c r="B118" t="s">
+        <v>330</v>
+      </c>
+      <c r="C118" t="s">
         <v>331</v>
       </c>
-      <c r="B118" t="s">
+      <c r="D118" t="s">
         <v>332</v>
-      </c>
-[...4 lines deleted...]
-        <v>334</v>
       </c>
     </row>
     <row r="119" spans="1:4">
       <c r="A119" t="s">
-        <v>331</v>
+        <v>333</v>
       </c>
       <c r="B119" t="s">
+        <v>334</v>
+      </c>
+      <c r="C119" t="s">
         <v>335</v>
       </c>
-      <c r="C119" t="s">
+      <c r="D119" t="s">
         <v>336</v>
       </c>
-      <c r="D119"/>
     </row>
     <row r="120" spans="1:4">
       <c r="A120" t="s">
-        <v>331</v>
+        <v>333</v>
       </c>
       <c r="B120" t="s">
-        <v>69</v>
+        <v>337</v>
       </c>
       <c r="C120" t="s">
-        <v>337</v>
-[...1 lines deleted...]
-      <c r="D120" t="s">
         <v>338</v>
       </c>
+      <c r="D120"/>
     </row>
     <row r="121" spans="1:4">
       <c r="A121" t="s">
-        <v>331</v>
+        <v>333</v>
       </c>
       <c r="B121" t="s">
+        <v>69</v>
+      </c>
+      <c r="C121" t="s">
         <v>339</v>
       </c>
-      <c r="C121" t="s">
+      <c r="D121" t="s">
         <v>340</v>
       </c>
-      <c r="D121"/>
     </row>
     <row r="122" spans="1:4">
       <c r="A122" t="s">
-        <v>331</v>
+        <v>333</v>
       </c>
       <c r="B122" t="s">
         <v>341</v>
       </c>
       <c r="C122" t="s">
         <v>342</v>
       </c>
-      <c r="D122" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D122"/>
     </row>
     <row r="123" spans="1:4">
       <c r="A123" t="s">
-        <v>331</v>
+        <v>333</v>
       </c>
       <c r="B123" t="s">
+        <v>343</v>
+      </c>
+      <c r="C123" t="s">
         <v>344</v>
       </c>
-      <c r="C123" t="s">
+      <c r="D123" t="s">
         <v>345</v>
-      </c>
-[...1 lines deleted...]
-        <v>346</v>
       </c>
     </row>
     <row r="124" spans="1:4">
       <c r="A124" t="s">
-        <v>331</v>
+        <v>333</v>
       </c>
       <c r="B124" t="s">
+        <v>346</v>
+      </c>
+      <c r="C124" t="s">
         <v>347</v>
       </c>
-      <c r="C124" t="s">
+      <c r="D124" t="s">
         <v>348</v>
-      </c>
-[...1 lines deleted...]
-        <v>349</v>
       </c>
     </row>
     <row r="125" spans="1:4">
       <c r="A125" t="s">
-        <v>331</v>
+        <v>333</v>
       </c>
       <c r="B125" t="s">
+        <v>349</v>
+      </c>
+      <c r="C125" t="s">
         <v>350</v>
       </c>
-      <c r="C125" t="s">
+      <c r="D125" t="s">
         <v>351</v>
-      </c>
-[...1 lines deleted...]
-        <v>352</v>
       </c>
     </row>
     <row r="126" spans="1:4">
       <c r="A126" t="s">
-        <v>331</v>
+        <v>333</v>
       </c>
       <c r="B126" t="s">
+        <v>352</v>
+      </c>
+      <c r="C126" t="s">
         <v>353</v>
       </c>
-      <c r="C126" t="s">
+      <c r="D126" t="s">
         <v>354</v>
-      </c>
-[...1 lines deleted...]
-        <v>355</v>
       </c>
     </row>
     <row r="127" spans="1:4">
       <c r="A127" t="s">
-        <v>331</v>
+        <v>333</v>
       </c>
       <c r="B127" t="s">
+        <v>355</v>
+      </c>
+      <c r="C127" t="s">
         <v>356</v>
       </c>
-      <c r="C127" t="s">
+      <c r="D127" t="s">
         <v>357</v>
       </c>
-      <c r="D127"/>
     </row>
     <row r="128" spans="1:4">
       <c r="A128" t="s">
-        <v>331</v>
+        <v>333</v>
       </c>
       <c r="B128" t="s">
         <v>358</v>
       </c>
       <c r="C128" t="s">
         <v>359</v>
       </c>
-      <c r="D128" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D128"/>
     </row>
     <row r="129" spans="1:4">
       <c r="A129" t="s">
-        <v>331</v>
+        <v>333</v>
       </c>
       <c r="B129" t="s">
+        <v>360</v>
+      </c>
+      <c r="C129" t="s">
         <v>361</v>
       </c>
-      <c r="C129" t="s">
+      <c r="D129" t="s">
         <v>362</v>
-      </c>
-[...1 lines deleted...]
-        <v>363</v>
       </c>
     </row>
     <row r="130" spans="1:4">
       <c r="A130" t="s">
-        <v>331</v>
+        <v>333</v>
       </c>
       <c r="B130" t="s">
+        <v>363</v>
+      </c>
+      <c r="C130" t="s">
         <v>364</v>
       </c>
-      <c r="C130" t="s">
+      <c r="D130" t="s">
         <v>365</v>
       </c>
-      <c r="D130"/>
     </row>
     <row r="131" spans="1:4">
       <c r="A131" t="s">
-        <v>331</v>
+        <v>333</v>
       </c>
       <c r="B131" t="s">
         <v>366</v>
       </c>
       <c r="C131" t="s">
         <v>367</v>
       </c>
-      <c r="D131" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D131"/>
     </row>
     <row r="132" spans="1:4">
       <c r="A132" t="s">
-        <v>331</v>
+        <v>333</v>
       </c>
       <c r="B132" t="s">
+        <v>368</v>
+      </c>
+      <c r="C132" t="s">
         <v>369</v>
       </c>
-      <c r="C132" t="s">
+      <c r="D132" t="s">
         <v>370</v>
-      </c>
-[...1 lines deleted...]
-        <v>371</v>
       </c>
     </row>
     <row r="133" spans="1:4">
       <c r="A133" t="s">
-        <v>331</v>
+        <v>333</v>
       </c>
       <c r="B133" t="s">
+        <v>371</v>
+      </c>
+      <c r="C133" t="s">
         <v>372</v>
       </c>
-      <c r="C133" t="s">
+      <c r="D133" t="s">
         <v>373</v>
-      </c>
-[...1 lines deleted...]
-        <v>374</v>
       </c>
     </row>
     <row r="134" spans="1:4">
       <c r="A134" t="s">
-        <v>331</v>
+        <v>333</v>
       </c>
       <c r="B134" t="s">
+        <v>374</v>
+      </c>
+      <c r="C134" t="s">
         <v>375</v>
       </c>
-      <c r="C134" t="s">
+      <c r="D134" t="s">
         <v>376</v>
       </c>
-      <c r="D134"/>
     </row>
     <row r="135" spans="1:4">
       <c r="A135" t="s">
-        <v>331</v>
+        <v>333</v>
       </c>
       <c r="B135" t="s">
         <v>377</v>
       </c>
       <c r="C135" t="s">
         <v>378</v>
       </c>
-      <c r="D135" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D135"/>
     </row>
     <row r="136" spans="1:4">
       <c r="A136" t="s">
-        <v>331</v>
+        <v>333</v>
       </c>
       <c r="B136" t="s">
+        <v>379</v>
+      </c>
+      <c r="C136" t="s">
         <v>380</v>
       </c>
-      <c r="C136" t="s">
+      <c r="D136" t="s">
         <v>381</v>
-      </c>
-[...1 lines deleted...]
-        <v>382</v>
       </c>
     </row>
     <row r="137" spans="1:4">
       <c r="A137" t="s">
-        <v>331</v>
+        <v>333</v>
       </c>
       <c r="B137" t="s">
+        <v>382</v>
+      </c>
+      <c r="C137" t="s">
         <v>383</v>
       </c>
-      <c r="C137" t="s">
+      <c r="D137" t="s">
         <v>384</v>
-      </c>
-[...1 lines deleted...]
-        <v>385</v>
       </c>
     </row>
     <row r="138" spans="1:4">
       <c r="A138" t="s">
-        <v>331</v>
+        <v>333</v>
       </c>
       <c r="B138" t="s">
+        <v>385</v>
+      </c>
+      <c r="C138" t="s">
         <v>386</v>
       </c>
-      <c r="C138" t="s">
+      <c r="D138" t="s">
         <v>387</v>
-      </c>
-[...1 lines deleted...]
-        <v>388</v>
       </c>
     </row>
     <row r="139" spans="1:4">
       <c r="A139" t="s">
-        <v>331</v>
+        <v>333</v>
       </c>
       <c r="B139" t="s">
-        <v>222</v>
+        <v>388</v>
       </c>
       <c r="C139" t="s">
         <v>389</v>
       </c>
       <c r="D139" t="s">
         <v>390</v>
       </c>
     </row>
     <row r="140" spans="1:4">
       <c r="A140" t="s">
-        <v>331</v>
+        <v>333</v>
       </c>
       <c r="B140" t="s">
+        <v>224</v>
+      </c>
+      <c r="C140" t="s">
         <v>391</v>
       </c>
-      <c r="C140" t="s">
+      <c r="D140" t="s">
         <v>392</v>
-      </c>
-[...1 lines deleted...]
-        <v>393</v>
       </c>
     </row>
     <row r="141" spans="1:4">
       <c r="A141" t="s">
-        <v>331</v>
+        <v>333</v>
       </c>
       <c r="B141" t="s">
+        <v>393</v>
+      </c>
+      <c r="C141" t="s">
         <v>394</v>
       </c>
-      <c r="C141" t="s">
+      <c r="D141" t="s">
         <v>395</v>
       </c>
-      <c r="D141"/>
     </row>
     <row r="142" spans="1:4">
       <c r="A142" t="s">
-        <v>331</v>
+        <v>333</v>
       </c>
       <c r="B142" t="s">
         <v>396</v>
       </c>
       <c r="C142" t="s">
         <v>397</v>
       </c>
-      <c r="D142" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D142"/>
     </row>
     <row r="143" spans="1:4">
       <c r="A143" t="s">
-        <v>331</v>
+        <v>333</v>
       </c>
       <c r="B143" t="s">
+        <v>398</v>
+      </c>
+      <c r="C143" t="s">
         <v>399</v>
       </c>
-      <c r="C143" t="s">
+      <c r="D143" t="s">
         <v>400</v>
-      </c>
-[...1 lines deleted...]
-        <v>401</v>
       </c>
     </row>
     <row r="144" spans="1:4">
       <c r="A144" t="s">
-        <v>331</v>
+        <v>333</v>
       </c>
       <c r="B144" t="s">
+        <v>401</v>
+      </c>
+      <c r="C144" t="s">
         <v>402</v>
       </c>
-      <c r="C144" t="s">
+      <c r="D144" t="s">
         <v>403</v>
-      </c>
-[...1 lines deleted...]
-        <v>404</v>
       </c>
     </row>
     <row r="145" spans="1:4">
       <c r="A145" t="s">
-        <v>331</v>
+        <v>333</v>
       </c>
       <c r="B145" t="s">
+        <v>404</v>
+      </c>
+      <c r="C145" t="s">
         <v>405</v>
       </c>
-      <c r="C145" t="s">
+      <c r="D145" t="s">
         <v>406</v>
-      </c>
-[...1 lines deleted...]
-        <v>407</v>
       </c>
     </row>
     <row r="146" spans="1:4">
       <c r="A146" t="s">
-        <v>331</v>
+        <v>333</v>
       </c>
       <c r="B146" t="s">
+        <v>407</v>
+      </c>
+      <c r="C146" t="s">
         <v>408</v>
       </c>
-      <c r="C146" t="s">
+      <c r="D146" t="s">
         <v>409</v>
-      </c>
-[...1 lines deleted...]
-        <v>410</v>
       </c>
     </row>
     <row r="147" spans="1:4">
       <c r="A147" t="s">
-        <v>331</v>
+        <v>333</v>
       </c>
       <c r="B147" t="s">
+        <v>410</v>
+      </c>
+      <c r="C147" t="s">
         <v>411</v>
       </c>
-      <c r="C147" t="s">
+      <c r="D147" t="s">
         <v>412</v>
-      </c>
-[...1 lines deleted...]
-        <v>413</v>
       </c>
     </row>
     <row r="148" spans="1:4">
       <c r="A148" t="s">
-        <v>331</v>
+        <v>333</v>
       </c>
       <c r="B148" t="s">
+        <v>413</v>
+      </c>
+      <c r="C148" t="s">
         <v>414</v>
       </c>
-      <c r="C148" t="s">
+      <c r="D148" t="s">
         <v>415</v>
-      </c>
-[...1 lines deleted...]
-        <v>416</v>
       </c>
     </row>
     <row r="149" spans="1:4">
       <c r="A149" t="s">
-        <v>331</v>
+        <v>333</v>
       </c>
       <c r="B149" t="s">
+        <v>416</v>
+      </c>
+      <c r="C149" t="s">
         <v>417</v>
       </c>
-      <c r="C149" t="s">
+      <c r="D149" t="s">
         <v>418</v>
-      </c>
-[...1 lines deleted...]
-        <v>419</v>
       </c>
     </row>
     <row r="150" spans="1:4">
       <c r="A150" t="s">
-        <v>331</v>
+        <v>333</v>
       </c>
       <c r="B150" t="s">
+        <v>419</v>
+      </c>
+      <c r="C150" t="s">
         <v>420</v>
       </c>
-      <c r="C150" t="s">
+      <c r="D150" t="s">
         <v>421</v>
-      </c>
-[...1 lines deleted...]
-        <v>422</v>
       </c>
     </row>
     <row r="151" spans="1:4">
       <c r="A151" t="s">
-        <v>331</v>
+        <v>333</v>
       </c>
       <c r="B151" t="s">
+        <v>422</v>
+      </c>
+      <c r="C151" t="s">
         <v>423</v>
       </c>
-      <c r="C151" t="s">
+      <c r="D151" t="s">
         <v>424</v>
-      </c>
-[...1 lines deleted...]
-        <v>425</v>
       </c>
     </row>
     <row r="152" spans="1:4">
       <c r="A152" t="s">
-        <v>331</v>
+        <v>333</v>
       </c>
       <c r="B152" t="s">
+        <v>425</v>
+      </c>
+      <c r="C152" t="s">
         <v>426</v>
       </c>
-      <c r="C152" t="s">
+      <c r="D152" t="s">
         <v>427</v>
-      </c>
-[...1 lines deleted...]
-        <v>428</v>
       </c>
     </row>
     <row r="153" spans="1:4">
       <c r="A153" t="s">
-        <v>331</v>
+        <v>333</v>
       </c>
       <c r="B153" t="s">
+        <v>428</v>
+      </c>
+      <c r="C153" t="s">
         <v>429</v>
       </c>
-      <c r="C153" t="s">
+      <c r="D153" t="s">
         <v>430</v>
-      </c>
-[...1 lines deleted...]
-        <v>431</v>
       </c>
     </row>
     <row r="154" spans="1:4">
       <c r="A154" t="s">
-        <v>331</v>
+        <v>333</v>
       </c>
       <c r="B154" t="s">
-        <v>297</v>
+        <v>431</v>
       </c>
       <c r="C154" t="s">
         <v>432</v>
       </c>
       <c r="D154" t="s">
         <v>433</v>
       </c>
     </row>
     <row r="155" spans="1:4">
       <c r="A155" t="s">
-        <v>331</v>
+        <v>333</v>
       </c>
       <c r="B155" t="s">
+        <v>299</v>
+      </c>
+      <c r="C155" t="s">
         <v>434</v>
       </c>
-      <c r="C155" t="s">
+      <c r="D155" t="s">
         <v>435</v>
-      </c>
-[...1 lines deleted...]
-        <v>436</v>
       </c>
     </row>
     <row r="156" spans="1:4">
       <c r="A156" t="s">
-        <v>331</v>
+        <v>333</v>
       </c>
       <c r="B156" t="s">
-        <v>307</v>
+        <v>436</v>
       </c>
       <c r="C156" t="s">
         <v>437</v>
       </c>
       <c r="D156" t="s">
         <v>438</v>
       </c>
     </row>
     <row r="157" spans="1:4">
       <c r="A157" t="s">
-        <v>331</v>
+        <v>333</v>
       </c>
       <c r="B157" t="s">
+        <v>309</v>
+      </c>
+      <c r="C157" t="s">
         <v>439</v>
       </c>
-      <c r="C157" t="s">
+      <c r="D157" t="s">
         <v>440</v>
-      </c>
-[...1 lines deleted...]
-        <v>441</v>
       </c>
     </row>
     <row r="158" spans="1:4">
       <c r="A158" t="s">
-        <v>331</v>
+        <v>333</v>
       </c>
       <c r="B158" t="s">
+        <v>441</v>
+      </c>
+      <c r="C158" t="s">
         <v>442</v>
       </c>
-      <c r="C158" t="s">
+      <c r="D158" t="s">
         <v>443</v>
-      </c>
-[...1 lines deleted...]
-        <v>444</v>
       </c>
     </row>
     <row r="159" spans="1:4">
       <c r="A159" t="s">
-        <v>331</v>
+        <v>333</v>
       </c>
       <c r="B159" t="s">
+        <v>444</v>
+      </c>
+      <c r="C159" t="s">
         <v>445</v>
       </c>
-      <c r="C159" t="s">
+      <c r="D159" t="s">
         <v>446</v>
       </c>
-      <c r="D159"/>
     </row>
     <row r="160" spans="1:4">
       <c r="A160" t="s">
-        <v>331</v>
+        <v>333</v>
       </c>
       <c r="B160" t="s">
         <v>447</v>
       </c>
       <c r="C160" t="s">
         <v>448</v>
       </c>
-      <c r="D160" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D160"/>
     </row>
     <row r="161" spans="1:4">
       <c r="A161" t="s">
-        <v>331</v>
+        <v>333</v>
       </c>
       <c r="B161" t="s">
+        <v>449</v>
+      </c>
+      <c r="C161" t="s">
         <v>450</v>
       </c>
-      <c r="C161" t="s">
+      <c r="D161" t="s">
         <v>451</v>
-      </c>
-[...1 lines deleted...]
-        <v>452</v>
       </c>
     </row>
     <row r="162" spans="1:4">
       <c r="A162" t="s">
-        <v>331</v>
+        <v>333</v>
       </c>
       <c r="B162" t="s">
+        <v>452</v>
+      </c>
+      <c r="C162" t="s">
         <v>453</v>
       </c>
-      <c r="C162" t="s">
+      <c r="D162" t="s">
         <v>454</v>
-      </c>
-[...1 lines deleted...]
-        <v>449</v>
       </c>
     </row>
     <row r="163" spans="1:4">
       <c r="A163" t="s">
+        <v>333</v>
+      </c>
+      <c r="B163" t="s">
         <v>455</v>
-      </c>
-[...1 lines deleted...]
-        <v>60</v>
       </c>
       <c r="C163" t="s">
         <v>456</v>
       </c>
-      <c r="D163"/>
+      <c r="D163" t="s">
+        <v>451</v>
+      </c>
     </row>
     <row r="164" spans="1:4">
       <c r="A164" t="s">
-        <v>455</v>
+        <v>457</v>
       </c>
       <c r="B164" t="s">
-        <v>439</v>
+        <v>60</v>
       </c>
       <c r="C164" t="s">
+        <v>458</v>
+      </c>
+      <c r="D164"/>
+    </row>
+    <row r="165" spans="1:4">
+      <c r="A165" t="s">
         <v>457</v>
       </c>
-      <c r="D164" t="s">
-        <v>458</v>
+      <c r="B165" t="s">
+        <v>441</v>
+      </c>
+      <c r="C165" t="s">
+        <v>459</v>
+      </c>
+      <c r="D165" t="s">
+        <v>460</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">