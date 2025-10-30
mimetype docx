--- v0 (2025-10-09)
+++ v1 (2025-10-30)
@@ -281,88 +281,88 @@
               <w:t xml:space="preserve">Cowpea mild mottle virus</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> angular mosaic of beans, mild mottle of cowpea, pale chlorosis of tomato</w:t>
             </w:r>
-            <w:hyperlink r:id="rId866468e708178e74f" w:history="1">
+            <w:hyperlink r:id="rId3576690316082fbb4" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 Quarantine pest (Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId228668e708178e794" w:history="1">
+            <w:hyperlink r:id="rId5820690316082fbf8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -1154,50 +1154,70 @@
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Desmodium tortuosum</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
+        <w:t xml:space="preserve">Euphorbia heterophylla</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t xml:space="preserve">Glycine max</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Hibiscus syriacus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -1741,63 +1761,63 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CPMMV is distributed on almost all continents, but is still absent from Europe. As CPMMV is a virus that can infect numerous host plants asymptomatically, its occurrence in different regions may be underestimated. As sequencing of virus genomes becomes more accessible, CPMMV infection has been reported more frequently.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="69122814" name="name754668e70817903b7" descr="CPMMV0_distribution_map.jpg"/>
+            <wp:docPr id="84752420" name="name87156903160832249" descr="CPMMV0_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="CPMMV0_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId738668e70817903b3" cstate="print"/>
+                    <a:blip r:embed="rId18956903160832244" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -5357,51 +5377,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (3rd edition), pp. 60-61. American Phytopathological Society, St. Paul, USA.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Faria J, Aragao FJL, Souza TLPO, Quintela ED, Kitajima EW &amp; Ribeiro SG (2016) Golden mosaic of common beans in Brazil: management with a transgenic approach. APS Features. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId770768e7081791ca0" w:history="1">
+      <w:hyperlink r:id="rId40516903160833b3f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.apsnet.org/edcenter/apsnetfeatures/Pages/GoldenMosaic.aspx</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7528,51 +7548,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Carlavirus vignae</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId953568e7081792a59" w:history="1">
+      <w:hyperlink r:id="rId83006903160834922" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -7647,63 +7667,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> edition).</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> CABI, Wallingford (GB).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="38231726" name="name837568e7081792b8c" descr="eu_funding_250.png"/>
+            <wp:docPr id="34191760" name="name70126903160834a2f" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId175068e7081792b8b" cstate="print"/>
+                    <a:blip r:embed="rId39886903160834a2d" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -7801,137 +7821,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="35495103">
+  <w:abstractNum w:abstractNumId="49368460">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="36072966">
+    <w:lvl w:ilvl="0" w:tplc="48723041">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="36072966" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="48723041" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="36072966" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="48723041" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="36072966" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="48723041" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="36072966" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="48723041" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="36072966" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="48723041" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="36072966" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="48723041" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="36072966" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="48723041" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="36072966" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="48723041" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="35495102">
+  <w:abstractNum w:abstractNumId="49368459">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="87878582">
+    <w:lvl w:ilvl="0" w:tplc="10879046">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -8683,55 +8703,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="35495102">
-    <w:abstractNumId w:val="35495102"/>
+  <w:num w:numId="49368459">
+    <w:abstractNumId w:val="49368459"/>
   </w:num>
-  <w:num w:numId="35495103">
-    <w:abstractNumId w:val="35495103"/>
+  <w:num w:numId="49368460">
+    <w:abstractNumId w:val="49368460"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -20281,51 +20301,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId733370846" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId799071264" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId866468e708178e74f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CPMMV0/" TargetMode="External"/><Relationship Id="rId228668e708178e794" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CPMMV0/categorization" TargetMode="External"/><Relationship Id="rId770768e7081791ca0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.apsnet.org/edcenter/apsnetfeatures/Pages/GoldenMosaic.aspx" TargetMode="External"/><Relationship Id="rId953568e7081792a59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId738668e70817903b3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId738668e70817903b3.jpg"/><Relationship Id="rId175068e7081792b8b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId175068e7081792b8b.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId522843664" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId172901040" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId3576690316082fbb4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CPMMV0/" TargetMode="External"/><Relationship Id="rId5820690316082fbf8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CPMMV0/categorization" TargetMode="External"/><Relationship Id="rId40516903160833b3f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.apsnet.org/edcenter/apsnetfeatures/Pages/GoldenMosaic.aspx" TargetMode="External"/><Relationship Id="rId83006903160834922" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId18956903160832244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId18956903160832244.jpg"/><Relationship Id="rId39886903160834a2d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId39886903160834a2d.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>