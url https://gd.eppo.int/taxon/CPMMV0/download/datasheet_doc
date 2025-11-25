--- v1 (2025-10-30)
+++ v2 (2025-11-25)
@@ -281,88 +281,88 @@
               <w:t xml:space="preserve">Cowpea mild mottle virus</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> angular mosaic of beans, mild mottle of cowpea, pale chlorosis of tomato</w:t>
             </w:r>
-            <w:hyperlink r:id="rId3576690316082fbb4" w:history="1">
+            <w:hyperlink r:id="rId21256925434ce4ef3" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 Quarantine pest (Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId5820690316082fbf8" w:history="1">
+            <w:hyperlink r:id="rId70266925434ce4f39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -1761,63 +1761,63 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CPMMV is distributed on almost all continents, but is still absent from Europe. As CPMMV is a virus that can infect numerous host plants asymptomatically, its occurrence in different regions may be underestimated. As sequencing of virus genomes becomes more accessible, CPMMV infection has been reported more frequently.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="84752420" name="name87156903160832249" descr="CPMMV0_distribution_map.jpg"/>
+            <wp:docPr id="15446328" name="name87346925434ce6c52" descr="CPMMV0_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="CPMMV0_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId18956903160832244" cstate="print"/>
+                    <a:blip r:embed="rId61066925434ce6c4e" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -5377,51 +5377,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (3rd edition), pp. 60-61. American Phytopathological Society, St. Paul, USA.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Faria J, Aragao FJL, Souza TLPO, Quintela ED, Kitajima EW &amp; Ribeiro SG (2016) Golden mosaic of common beans in Brazil: management with a transgenic approach. APS Features. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId40516903160833b3f" w:history="1">
+      <w:hyperlink r:id="rId26166925434ce86c9" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.apsnet.org/edcenter/apsnetfeatures/Pages/GoldenMosaic.aspx</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7548,51 +7548,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Carlavirus vignae</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId83006903160834922" w:history="1">
+      <w:hyperlink r:id="rId75286925434ce94fd" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -7667,63 +7667,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> edition).</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> CABI, Wallingford (GB).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="34191760" name="name70126903160834a2f" descr="eu_funding_250.png"/>
+            <wp:docPr id="21675969" name="name42586925434ce965c" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId39886903160834a2d" cstate="print"/>
+                    <a:blip r:embed="rId87016925434ce965b" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -7821,137 +7821,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="49368460">
+  <w:abstractNum w:abstractNumId="60483042">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="48723041">
+    <w:lvl w:ilvl="0" w:tplc="84125480">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="48723041" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="84125480" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="48723041" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="84125480" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="48723041" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="84125480" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="48723041" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="84125480" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="48723041" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="84125480" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="48723041" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="84125480" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="48723041" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="84125480" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="48723041" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="84125480" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="49368459">
+  <w:abstractNum w:abstractNumId="60483041">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="10879046">
+    <w:lvl w:ilvl="0" w:tplc="41898598">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -8703,55 +8703,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="49368459">
-    <w:abstractNumId w:val="49368459"/>
+  <w:num w:numId="60483041">
+    <w:abstractNumId w:val="60483041"/>
   </w:num>
-  <w:num w:numId="49368460">
-    <w:abstractNumId w:val="49368460"/>
+  <w:num w:numId="60483042">
+    <w:abstractNumId w:val="60483042"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -20301,51 +20301,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId522843664" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId172901040" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId3576690316082fbb4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CPMMV0/" TargetMode="External"/><Relationship Id="rId5820690316082fbf8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CPMMV0/categorization" TargetMode="External"/><Relationship Id="rId40516903160833b3f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.apsnet.org/edcenter/apsnetfeatures/Pages/GoldenMosaic.aspx" TargetMode="External"/><Relationship Id="rId83006903160834922" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId18956903160832244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId18956903160832244.jpg"/><Relationship Id="rId39886903160834a2d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId39886903160834a2d.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId787203987" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId152899956" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId21256925434ce4ef3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CPMMV0/" TargetMode="External"/><Relationship Id="rId70266925434ce4f39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CPMMV0/categorization" TargetMode="External"/><Relationship Id="rId26166925434ce86c9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.apsnet.org/edcenter/apsnetfeatures/Pages/GoldenMosaic.aspx" TargetMode="External"/><Relationship Id="rId75286925434ce94fd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId61066925434ce6c4e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId61066925434ce6c4e.jpg"/><Relationship Id="rId87016925434ce965b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId87016925434ce965b.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>