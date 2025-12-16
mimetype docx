--- v2 (2025-11-25)
+++ v3 (2025-12-16)
@@ -281,88 +281,88 @@
               <w:t xml:space="preserve">Cowpea mild mottle virus</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> angular mosaic of beans, mild mottle of cowpea, pale chlorosis of tomato</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21256925434ce4ef3" w:history="1">
+            <w:hyperlink r:id="rId482869414ebf08993" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 Quarantine pest (Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId70266925434ce4f39" w:history="1">
+            <w:hyperlink r:id="rId893669414ebf089db" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -1761,63 +1761,63 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CPMMV is distributed on almost all continents, but is still absent from Europe. As CPMMV is a virus that can infect numerous host plants asymptomatically, its occurrence in different regions may be underestimated. As sequencing of virus genomes becomes more accessible, CPMMV infection has been reported more frequently.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="15446328" name="name87346925434ce6c52" descr="CPMMV0_distribution_map.jpg"/>
+            <wp:docPr id="52430451" name="name521869414ebf0b3a1" descr="CPMMV0_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="CPMMV0_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId61066925434ce6c4e" cstate="print"/>
+                    <a:blip r:embed="rId823569414ebf0b39e" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -5377,51 +5377,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (3rd edition), pp. 60-61. American Phytopathological Society, St. Paul, USA.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Faria J, Aragao FJL, Souza TLPO, Quintela ED, Kitajima EW &amp; Ribeiro SG (2016) Golden mosaic of common beans in Brazil: management with a transgenic approach. APS Features. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId26166925434ce86c9" w:history="1">
+      <w:hyperlink r:id="rId779269414ebf0cd3e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.apsnet.org/edcenter/apsnetfeatures/Pages/GoldenMosaic.aspx</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7548,51 +7548,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Carlavirus vignae</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId75286925434ce94fd" w:history="1">
+      <w:hyperlink r:id="rId899569414ebf0fb27" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -7667,63 +7667,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> edition).</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> CABI, Wallingford (GB).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="21675969" name="name42586925434ce965c" descr="eu_funding_250.png"/>
+            <wp:docPr id="53964158" name="name507669414ebf0fc55" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId87016925434ce965b" cstate="print"/>
+                    <a:blip r:embed="rId217469414ebf0fc53" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -7821,137 +7821,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="60483042">
+  <w:abstractNum w:abstractNumId="83019362">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="84125480">
+    <w:lvl w:ilvl="0" w:tplc="47000399">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="84125480" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="47000399" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="84125480" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="47000399" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="84125480" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="47000399" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="84125480" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="47000399" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="84125480" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="47000399" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="84125480" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="47000399" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="84125480" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="47000399" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="84125480" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="47000399" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="60483041">
+  <w:abstractNum w:abstractNumId="83019361">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="41898598">
+    <w:lvl w:ilvl="0" w:tplc="23354830">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -8703,55 +8703,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="60483041">
-    <w:abstractNumId w:val="60483041"/>
+  <w:num w:numId="83019361">
+    <w:abstractNumId w:val="83019361"/>
   </w:num>
-  <w:num w:numId="60483042">
-    <w:abstractNumId w:val="60483042"/>
+  <w:num w:numId="83019362">
+    <w:abstractNumId w:val="83019362"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -20301,51 +20301,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId787203987" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId152899956" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId21256925434ce4ef3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CPMMV0/" TargetMode="External"/><Relationship Id="rId70266925434ce4f39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CPMMV0/categorization" TargetMode="External"/><Relationship Id="rId26166925434ce86c9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.apsnet.org/edcenter/apsnetfeatures/Pages/GoldenMosaic.aspx" TargetMode="External"/><Relationship Id="rId75286925434ce94fd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId61066925434ce6c4e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId61066925434ce6c4e.jpg"/><Relationship Id="rId87016925434ce965b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId87016925434ce965b.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId358250534" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId535438589" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId482869414ebf08993" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CPMMV0/" TargetMode="External"/><Relationship Id="rId893669414ebf089db" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CPMMV0/categorization" TargetMode="External"/><Relationship Id="rId779269414ebf0cd3e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.apsnet.org/edcenter/apsnetfeatures/Pages/GoldenMosaic.aspx" TargetMode="External"/><Relationship Id="rId899569414ebf0fb27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId823569414ebf0b39e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId823569414ebf0b39e.jpg"/><Relationship Id="rId217469414ebf0fc53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId217469414ebf0fc53.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>