--- v3 (2025-12-16)
+++ v4 (2026-01-24)
@@ -281,88 +281,88 @@
               <w:t xml:space="preserve">Cowpea mild mottle virus</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> angular mosaic of beans, mild mottle of cowpea, pale chlorosis of tomato</w:t>
             </w:r>
-            <w:hyperlink r:id="rId482869414ebf08993" w:history="1">
+            <w:hyperlink r:id="rId80286975489b89ee1" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 Quarantine pest (Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId893669414ebf089db" w:history="1">
+            <w:hyperlink r:id="rId56286975489b89f2b" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -1761,63 +1761,63 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CPMMV is distributed on almost all continents, but is still absent from Europe. As CPMMV is a virus that can infect numerous host plants asymptomatically, its occurrence in different regions may be underestimated. As sequencing of virus genomes becomes more accessible, CPMMV infection has been reported more frequently.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="52430451" name="name521869414ebf0b3a1" descr="CPMMV0_distribution_map.jpg"/>
+            <wp:docPr id="34951461" name="name57006975489b8b4e1" descr="CPMMV0_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="CPMMV0_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId823569414ebf0b39e" cstate="print"/>
+                    <a:blip r:embed="rId39526975489b8b4dd" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -5377,51 +5377,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (3rd edition), pp. 60-61. American Phytopathological Society, St. Paul, USA.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Faria J, Aragao FJL, Souza TLPO, Quintela ED, Kitajima EW &amp; Ribeiro SG (2016) Golden mosaic of common beans in Brazil: management with a transgenic approach. APS Features. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId779269414ebf0cd3e" w:history="1">
+      <w:hyperlink r:id="rId95836975489b8ce8e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.apsnet.org/edcenter/apsnetfeatures/Pages/GoldenMosaic.aspx</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7526,73 +7526,73 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">How to cite this datasheet?</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">EPPO (2025) </w:t>
+        <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Carlavirus vignae</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId899569414ebf0fb27" w:history="1">
+      <w:hyperlink r:id="rId22836975489b8dc7c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -7667,63 +7667,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> edition).</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> CABI, Wallingford (GB).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="53964158" name="name507669414ebf0fc55" descr="eu_funding_250.png"/>
+            <wp:docPr id="90913083" name="name85626975489b8ddaf" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId217469414ebf0fc53" cstate="print"/>
+                    <a:blip r:embed="rId57986975489b8ddae" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -7821,137 +7821,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="83019362">
+  <w:abstractNum w:abstractNumId="36773441">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="47000399">
+    <w:lvl w:ilvl="0" w:tplc="97641006">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="47000399" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="97641006" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="47000399" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="97641006" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="47000399" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="97641006" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="47000399" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="97641006" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="47000399" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="97641006" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="47000399" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="97641006" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="47000399" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="97641006" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="47000399" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="97641006" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="83019361">
+  <w:abstractNum w:abstractNumId="36773440">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="23354830">
+    <w:lvl w:ilvl="0" w:tplc="77894452">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -8703,55 +8703,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="83019361">
-    <w:abstractNumId w:val="83019361"/>
+  <w:num w:numId="36773440">
+    <w:abstractNumId w:val="36773440"/>
   </w:num>
-  <w:num w:numId="83019362">
-    <w:abstractNumId w:val="83019362"/>
+  <w:num w:numId="36773441">
+    <w:abstractNumId w:val="36773441"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -20301,51 +20301,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId358250534" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId535438589" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId482869414ebf08993" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CPMMV0/" TargetMode="External"/><Relationship Id="rId893669414ebf089db" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CPMMV0/categorization" TargetMode="External"/><Relationship Id="rId779269414ebf0cd3e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.apsnet.org/edcenter/apsnetfeatures/Pages/GoldenMosaic.aspx" TargetMode="External"/><Relationship Id="rId899569414ebf0fb27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId823569414ebf0b39e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId823569414ebf0b39e.jpg"/><Relationship Id="rId217469414ebf0fc53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId217469414ebf0fc53.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId395679833" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId651657357" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId80286975489b89ee1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CPMMV0/" TargetMode="External"/><Relationship Id="rId56286975489b89f2b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CPMMV0/categorization" TargetMode="External"/><Relationship Id="rId95836975489b8ce8e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.apsnet.org/edcenter/apsnetfeatures/Pages/GoldenMosaic.aspx" TargetMode="External"/><Relationship Id="rId22836975489b8dc7c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId39526975489b8b4dd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId39526975489b8b4dd.jpg"/><Relationship Id="rId57986975489b8ddae" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId57986975489b8ddae.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>