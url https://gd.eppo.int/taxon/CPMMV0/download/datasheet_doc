--- v4 (2026-01-24)
+++ v5 (2026-02-15)
@@ -281,88 +281,88 @@
               <w:t xml:space="preserve">Cowpea mild mottle virus</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> angular mosaic of beans, mild mottle of cowpea, pale chlorosis of tomato</w:t>
             </w:r>
-            <w:hyperlink r:id="rId80286975489b89ee1" w:history="1">
+            <w:hyperlink r:id="rId873369919d3d1b72c" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve"> A1 Quarantine pest (Annex II A)</w:t>
+              <w:t xml:space="preserve"> Quarantine pest ((EU) 2019/2072 Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId56286975489b89f2b" w:history="1">
+            <w:hyperlink r:id="rId798069919d3d1b771" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -1761,63 +1761,63 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CPMMV is distributed on almost all continents, but is still absent from Europe. As CPMMV is a virus that can infect numerous host plants asymptomatically, its occurrence in different regions may be underestimated. As sequencing of virus genomes becomes more accessible, CPMMV infection has been reported more frequently.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="34951461" name="name57006975489b8b4e1" descr="CPMMV0_distribution_map.jpg"/>
+            <wp:docPr id="73805735" name="name942069919d3d1cf90" descr="CPMMV0_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="CPMMV0_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId39526975489b8b4dd" cstate="print"/>
+                    <a:blip r:embed="rId906669919d3d1cf8d" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -5377,51 +5377,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (3rd edition), pp. 60-61. American Phytopathological Society, St. Paul, USA.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Faria J, Aragao FJL, Souza TLPO, Quintela ED, Kitajima EW &amp; Ribeiro SG (2016) Golden mosaic of common beans in Brazil: management with a transgenic approach. APS Features. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId95836975489b8ce8e" w:history="1">
+      <w:hyperlink r:id="rId315069919d3d1e89c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.apsnet.org/edcenter/apsnetfeatures/Pages/GoldenMosaic.aspx</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7548,51 +7548,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Carlavirus vignae</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId22836975489b8dc7c" w:history="1">
+      <w:hyperlink r:id="rId480169919d3d1f67a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -7667,63 +7667,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> edition).</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> CABI, Wallingford (GB).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="90913083" name="name85626975489b8ddaf" descr="eu_funding_250.png"/>
+            <wp:docPr id="31755708" name="name878069919d3d1f79e" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId57986975489b8ddae" cstate="print"/>
+                    <a:blip r:embed="rId740069919d3d1f79d" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -7821,137 +7821,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="36773441">
+  <w:abstractNum w:abstractNumId="96181364">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="97641006">
+    <w:lvl w:ilvl="0" w:tplc="98771276">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="97641006" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="98771276" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="97641006" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="98771276" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="97641006" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="98771276" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="97641006" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="98771276" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="97641006" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="98771276" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="97641006" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="98771276" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="97641006" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="98771276" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="97641006" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="98771276" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="36773440">
+  <w:abstractNum w:abstractNumId="96181363">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="77894452">
+    <w:lvl w:ilvl="0" w:tplc="82744245">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -8703,55 +8703,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="36773440">
-    <w:abstractNumId w:val="36773440"/>
+  <w:num w:numId="96181363">
+    <w:abstractNumId w:val="96181363"/>
   </w:num>
-  <w:num w:numId="36773441">
-    <w:abstractNumId w:val="36773441"/>
+  <w:num w:numId="96181364">
+    <w:abstractNumId w:val="96181364"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -20301,51 +20301,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId395679833" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId651657357" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId80286975489b89ee1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CPMMV0/" TargetMode="External"/><Relationship Id="rId56286975489b89f2b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CPMMV0/categorization" TargetMode="External"/><Relationship Id="rId95836975489b8ce8e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.apsnet.org/edcenter/apsnetfeatures/Pages/GoldenMosaic.aspx" TargetMode="External"/><Relationship Id="rId22836975489b8dc7c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId39526975489b8b4dd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId39526975489b8b4dd.jpg"/><Relationship Id="rId57986975489b8ddae" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId57986975489b8ddae.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId174929966" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId316043157" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId873369919d3d1b72c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CPMMV0/" TargetMode="External"/><Relationship Id="rId798069919d3d1b771" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CPMMV0/categorization" TargetMode="External"/><Relationship Id="rId315069919d3d1e89c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.apsnet.org/edcenter/apsnetfeatures/Pages/GoldenMosaic.aspx" TargetMode="External"/><Relationship Id="rId480169919d3d1f67a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId906669919d3d1cf8d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId906669919d3d1cf8d.jpg"/><Relationship Id="rId740069919d3d1f79d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId740069919d3d1f79d.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>