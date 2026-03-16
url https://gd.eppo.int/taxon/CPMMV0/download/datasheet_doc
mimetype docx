--- v5 (2026-02-15)
+++ v6 (2026-03-16)
@@ -281,88 +281,88 @@
               <w:t xml:space="preserve">Cowpea mild mottle virus</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> angular mosaic of beans, mild mottle of cowpea, pale chlorosis of tomato</w:t>
             </w:r>
-            <w:hyperlink r:id="rId873369919d3d1b72c" w:history="1">
+            <w:hyperlink r:id="rId857169b7585eeca3b" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Quarantine pest ((EU) 2019/2072 Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId798069919d3d1b771" w:history="1">
+            <w:hyperlink r:id="rId538169b7585eeca80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -1114,50 +1114,70 @@
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Cleome affinis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
+        <w:t xml:space="preserve">Cucumis melo</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t xml:space="preserve">Desmodium glabrum</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Desmodium tortuosum</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -1761,63 +1781,63 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CPMMV is distributed on almost all continents, but is still absent from Europe. As CPMMV is a virus that can infect numerous host plants asymptomatically, its occurrence in different regions may be underestimated. As sequencing of virus genomes becomes more accessible, CPMMV infection has been reported more frequently.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="73805735" name="name942069919d3d1cf90" descr="CPMMV0_distribution_map.jpg"/>
+            <wp:docPr id="69594856" name="name361069b7585eee357" descr="CPMMV0_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="CPMMV0_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId906669919d3d1cf8d" cstate="print"/>
+                    <a:blip r:embed="rId166669b7585eee353" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -5377,51 +5397,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (3rd edition), pp. 60-61. American Phytopathological Society, St. Paul, USA.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Faria J, Aragao FJL, Souza TLPO, Quintela ED, Kitajima EW &amp; Ribeiro SG (2016) Golden mosaic of common beans in Brazil: management with a transgenic approach. APS Features. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId315069919d3d1e89c" w:history="1">
+      <w:hyperlink r:id="rId570469b7585eefc7a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.apsnet.org/edcenter/apsnetfeatures/Pages/GoldenMosaic.aspx</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7548,51 +7568,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Carlavirus vignae</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId480169919d3d1f67a" w:history="1">
+      <w:hyperlink r:id="rId947569b7585ef0a71" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -7667,63 +7687,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> edition).</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> CABI, Wallingford (GB).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="31755708" name="name878069919d3d1f79e" descr="eu_funding_250.png"/>
+            <wp:docPr id="67749794" name="name904769b7585ef0ba9" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId740069919d3d1f79d" cstate="print"/>
+                    <a:blip r:embed="rId406969b7585ef0ba7" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -7821,137 +7841,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="96181364">
+  <w:abstractNum w:abstractNumId="51686462">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="98771276">
+    <w:lvl w:ilvl="0" w:tplc="97379944">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="98771276" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="97379944" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="98771276" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="97379944" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="98771276" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="97379944" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="98771276" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="97379944" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="98771276" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="97379944" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="98771276" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="97379944" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="98771276" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="97379944" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="98771276" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="97379944" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="96181363">
+  <w:abstractNum w:abstractNumId="51686461">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="82744245">
+    <w:lvl w:ilvl="0" w:tplc="72271879">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -8703,55 +8723,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="96181363">
-    <w:abstractNumId w:val="96181363"/>
+  <w:num w:numId="51686461">
+    <w:abstractNumId w:val="51686461"/>
   </w:num>
-  <w:num w:numId="96181364">
-    <w:abstractNumId w:val="96181364"/>
+  <w:num w:numId="51686462">
+    <w:abstractNumId w:val="51686462"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -20301,51 +20321,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId174929966" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId316043157" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId873369919d3d1b72c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CPMMV0/" TargetMode="External"/><Relationship Id="rId798069919d3d1b771" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CPMMV0/categorization" TargetMode="External"/><Relationship Id="rId315069919d3d1e89c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.apsnet.org/edcenter/apsnetfeatures/Pages/GoldenMosaic.aspx" TargetMode="External"/><Relationship Id="rId480169919d3d1f67a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId906669919d3d1cf8d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId906669919d3d1cf8d.jpg"/><Relationship Id="rId740069919d3d1f79d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId740069919d3d1f79d.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId887576072" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId578410747" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId857169b7585eeca3b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CPMMV0/" TargetMode="External"/><Relationship Id="rId538169b7585eeca80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CPMMV0/categorization" TargetMode="External"/><Relationship Id="rId570469b7585eefc7a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.apsnet.org/edcenter/apsnetfeatures/Pages/GoldenMosaic.aspx" TargetMode="External"/><Relationship Id="rId947569b7585ef0a71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId166669b7585eee353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId166669b7585eee353.jpg"/><Relationship Id="rId406969b7585ef0ba7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId406969b7585ef0ba7.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>