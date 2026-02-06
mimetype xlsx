--- v0 (2025-10-03)
+++ v1 (2026-02-06)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="CPLOC" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="22">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="25">
   <si>
     <t>type</t>
   </si>
   <si>
     <t>EPPOCode</t>
   </si>
   <si>
     <t>Pref_name</t>
   </si>
   <si>
     <t>References</t>
   </si>
   <si>
     <t>Host</t>
   </si>
   <si>
     <t>CEPOHY</t>
   </si>
   <si>
     <t>Cephonodes hylas (as Rubiaceae)</t>
   </si>
   <si>
     <t>DIABVZ</t>
   </si>
   <si>
@@ -82,50 +82,59 @@
     <t>Homalodisca vitripennis</t>
   </si>
   <si>
     <t>* Adlerz WC (1980) Ecological observations on two leafhoppers that transmit the Pierce’s disease bacteria. Proceedings of the Florida State Horticultural Society 93, 115-120.
 ------- Adults and nymphs were observed on this plant.</t>
   </si>
   <si>
     <t>ONCMNI</t>
   </si>
   <si>
     <t>Oncometopia nigricans</t>
   </si>
   <si>
     <t>* Adlerz WC (1980) Ecological observations on two leafhoppers that transmit the Pierce's disease bacterium. Proceedings of the Florida State Horticultural Society 93, 115-120.
 ------- as spring-summer host for adults and nymphs.</t>
   </si>
   <si>
     <t>HEMELE</t>
   </si>
   <si>
     <t>Orgyia leucostigma</t>
   </si>
   <si>
     <t>* Heppner JB (2003) Lepidoptera of Florida. Part 1. Introduction and catalog. Volume 17 of Arthropods of Florida and neighboring land areas. Division of Plant Industry. Florida Department of Agriculture and Consumer Services. Gainesville, Florida. 670 pp
 * Robinson GS, Ackery PR, Kitching IJ, Beccaloni GW &amp; Hernández LM (2010) HOST - A database of the world's Lepidopteran hostplants. Natural History Museum, London. https://www.nhm.ac.uk (Accessed on 7 December 2020 and 21 March 2021)</t>
+  </si>
+  <si>
+    <t>VSD000</t>
+  </si>
+  <si>
+    <t>Vascular streak dieback agent</t>
+  </si>
+  <si>
+    <t>* Bily D, Gyatso T, Avin FA, Bonkowski J, Liyanapathiranage P, Rodriguez Salamanca L, Vinatzer B, Baysal-Gurel F (2026) A Ceratobasidium sp. D.P. Rogers associated with vascular streak dieback of woody ornamental plants in Virginia, U.S.A. Plant Disease (early view) https://doi.org/10.1094/PDIS-02-25-0375-RE</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -429,51 +438,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D7"/>
+  <dimension ref="A1:D8"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="37.705" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="452.889" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
@@ -537,50 +546,64 @@
       <c r="A6" t="s">
         <v>4</v>
       </c>
       <c r="B6" t="s">
         <v>16</v>
       </c>
       <c r="C6" t="s">
         <v>17</v>
       </c>
       <c r="D6" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="7" spans="1:4">
       <c r="A7" t="s">
         <v>4</v>
       </c>
       <c r="B7" t="s">
         <v>19</v>
       </c>
       <c r="C7" t="s">
         <v>20</v>
       </c>
       <c r="D7" t="s">
         <v>21</v>
+      </c>
+    </row>
+    <row r="8" spans="1:4">
+      <c r="A8" t="s">
+        <v>4</v>
+      </c>
+      <c r="B8" t="s">
+        <v>22</v>
+      </c>
+      <c r="C8" t="s">
+        <v>23</v>
+      </c>
+      <c r="D8" t="s">
+        <v>24</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">