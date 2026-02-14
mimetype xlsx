--- v0 (2025-10-17)
+++ v1 (2026-02-14)
@@ -12,93 +12,102 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="COTCO" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="17">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="20">
   <si>
     <t>type</t>
   </si>
   <si>
     <t>EPPOCode</t>
   </si>
   <si>
     <t>Pref_name</t>
   </si>
   <si>
     <t>References</t>
   </si>
   <si>
     <t>Host</t>
   </si>
   <si>
     <t>LOPLJA</t>
   </si>
   <si>
     <t>Lopholeucaspis japonica</t>
   </si>
   <si>
     <t>* Shrewsbury PM, Harding NM, Rojas MS &amp; Gill S (2013) Japanese maple scale: Woody ornamental host plants. UMD Extension Publication EBR-18 2013. https://extension.umd.edu/sites/extension.umd.edu/files/publications/Japanese%20Maple%20Scale%20%282%29.pdf [Accessed February 15, 2023].</t>
   </si>
   <si>
     <t>HEMELE</t>
   </si>
   <si>
     <t>Orgyia leucostigma</t>
   </si>
   <si>
     <t>* Heppner JB (2003) Lepidoptera of Florida. Part 1. Introduction and catalog. Volume 17 of Arthropods of Florida and neighboring land areas. Division of Plant Industry. Florida Department of Agriculture and Consumer Services. Gainesville, Florida. 670 pp
 * Robinson GS, Ackery PR, Kitching IJ, Beccaloni GW &amp; Hernández LM (2010) HOST - A database of the world's Lepidopteran hostplants. Natural History Museum, London. https://www.nhm.ac.uk (Accessed on 7 December 2020 and 21 March 2021)</t>
   </si>
   <si>
     <t>PHMPOM</t>
   </si>
   <si>
     <t>Phymatotrichopsis omnivora</t>
   </si>
   <si>
     <t>* Anonymous (1960) Index of Plant Diseases in the United States. Agriculture Handbook no 165, USDA-ARS (US) 531 pp.</t>
+  </si>
+  <si>
+    <t>VSD000</t>
+  </si>
+  <si>
+    <t>Vascular streak dieback agent</t>
+  </si>
+  <si>
+    <t>* Bily D, Gyatso T, Avin FA, Bonkowski J, Liyanapathiranage P, Rodriguez Salamanca L, Vinatzer B, Baysal-Gurel F (2026) A Ceratobasidium sp. D.P. Rogers associated with vascular streak dieback of woody ornamental plants in Virginia, U.S.A. Plant Disease (early view) https://doi.org/10.1094/PDIS-02-25-0375-RE</t>
   </si>
   <si>
     <t>VERTDA</t>
   </si>
   <si>
     <t>Verticillium dahliae</t>
   </si>
   <si>
     <t>* Inderbitzin P, Subbarao KV (2014) Verticillium systematics and evolution: how confusion impedes Verticillium wilt management and how to resolve it. Phytopathology 104(6), 564-574. https://doi.org/10.1094/PHYTO-11-13-0315-IA</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -411,62 +420,62 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D5"/>
+  <dimension ref="A1:D6"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="10.569" bestFit="true" customWidth="true" style="0"/>
-    <col min="3" max="3" width="31.707" bestFit="true" customWidth="true" style="0"/>
-    <col min="4" max="4" width="333.776" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="35.277" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="365.625" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" t="s">
         <v>4</v>
       </c>
       <c r="B2" t="s">
         <v>5</v>
       </c>
       <c r="C2" t="s">
         <v>6</v>
@@ -493,50 +502,64 @@
       <c r="A4" t="s">
         <v>4</v>
       </c>
       <c r="B4" t="s">
         <v>11</v>
       </c>
       <c r="C4" t="s">
         <v>12</v>
       </c>
       <c r="D4" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="5" spans="1:4">
       <c r="A5" t="s">
         <v>4</v>
       </c>
       <c r="B5" t="s">
         <v>14</v>
       </c>
       <c r="C5" t="s">
         <v>15</v>
       </c>
       <c r="D5" t="s">
         <v>16</v>
+      </c>
+    </row>
+    <row r="6" spans="1:4">
+      <c r="A6" t="s">
+        <v>4</v>
+      </c>
+      <c r="B6" t="s">
+        <v>17</v>
+      </c>
+      <c r="C6" t="s">
+        <v>18</v>
+      </c>
+      <c r="D6" t="s">
+        <v>19</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">