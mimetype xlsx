--- v0 (2025-10-04)
+++ v1 (2026-02-09)
@@ -572,51 +572,51 @@
   <si>
     <t>LK</t>
   </si>
   <si>
     <t>Taiwan</t>
   </si>
   <si>
     <t>TW</t>
   </si>
   <si>
     <t>Thailand</t>
   </si>
   <si>
     <t>TH</t>
   </si>
   <si>
     <t>Vietnam</t>
   </si>
   <si>
     <t>VN</t>
   </si>
   <si>
     <t>Europe</t>
   </si>
   <si>
-    <t>Russian Federation (the)</t>
+    <t>Russian Federation</t>
   </si>
   <si>
     <t>RU</t>
   </si>
   <si>
     <t>Southern Russia</t>
   </si>
   <si>
     <t>sr</t>
   </si>
   <si>
     <t>Oceania</t>
   </si>
   <si>
     <t>Australia</t>
   </si>
   <si>
     <t>AU</t>
   </si>
   <si>
     <t>New South Wales</t>
   </si>
   <si>
     <t>nw</t>
   </si>