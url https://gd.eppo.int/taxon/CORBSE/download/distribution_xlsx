--- v0 (2025-10-15)
+++ v1 (2026-02-07)
@@ -548,51 +548,51 @@
   <si>
     <t>Poland</t>
   </si>
   <si>
     <t>PL</t>
   </si>
   <si>
     <t>Portugal</t>
   </si>
   <si>
     <t>PT</t>
   </si>
   <si>
     <t>Mainland Portugal</t>
   </si>
   <si>
     <t>ml</t>
   </si>
   <si>
     <t>Romania</t>
   </si>
   <si>
     <t>RO</t>
   </si>
   <si>
-    <t>Russian Federation (the)</t>
+    <t>Russian Federation</t>
   </si>
   <si>
     <t>RU</t>
   </si>
   <si>
     <t>Central Russia</t>
   </si>
   <si>
     <t>cr</t>
   </si>
   <si>
     <t>Eastern Siberia</t>
   </si>
   <si>
     <t>es</t>
   </si>
   <si>
     <t>Northern Russia</t>
   </si>
   <si>
     <t>nr</t>
   </si>
   <si>
     <t>Western Siberia</t>
   </si>