--- v0 (2025-10-08)
+++ v1 (2025-11-14)
@@ -336,51 +336,51 @@
               <w:t xml:space="preserve"> (Spiekermann &amp; Kotthoff) Skaptason &amp; Burkholder</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> bacterial ring rot of potato, ring rot of potato, vascular wilt of potato</w:t>
             </w:r>
-            <w:hyperlink r:id="rId652368e60f664fac5" w:history="1">
+            <w:hyperlink r:id="rId48506916f8c37cded" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -396,51 +396,51 @@
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A2 Quarantine pest (Annex II B)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId358368e60f664fb2c" w:history="1">
+            <w:hyperlink r:id="rId82576916f8c37ce57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -454,86 +454,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> CORBSE</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="35051660" name="name512468e60f6651d0b" descr="9208.jpg"/>
+                  <wp:docPr id="28945586" name="name38106916f8c37d7a8" descr="9208.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="9208.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId848268e60f6651d08" cstate="print"/>
+                          <a:blip r:embed="rId38946916f8c37d7a6" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId986668e60f6651e0b" w:history="1">
+            <w:hyperlink r:id="rId92256916f8c37d8ed" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
@@ -982,63 +982,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">C. sepedonicus </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">is often reported with restricted distribution, and is only considered widespread in Russia, Ukraine and on the island of Crete (Greece).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="33366539" name="name439068e60f6652b8f" descr="CORBSE_distribution_map.jpg"/>
+            <wp:docPr id="56729449" name="name66526916f8c37eb0e" descr="CORBSE_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="CORBSE_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId701468e60f6652b8d" cstate="print"/>
+                    <a:blip r:embed="rId60426916f8c37eb0c" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -3267,51 +3267,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">29</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 253-267. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId503268e60f6653c4b" w:history="1">
+      <w:hyperlink r:id="rId42706916f8c37fb77" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/taxon/PSTVD0/documents</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3368,51 +3368,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">52</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 262–285. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId493568e60f6653d07" w:history="1">
+      <w:hyperlink r:id="rId82316916f8c37fc24" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/standards/PM7/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3447,51 +3447,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">36</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 463-466. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId660768e60f6653d89" w:history="1">
+      <w:hyperlink r:id="rId20966916f8c37fca4" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/standards/PM10/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3546,51 +3546,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">37</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 592–597. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId412568e60f6653e25" w:history="1">
+      <w:hyperlink r:id="rId20016916f8c37fd3f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/standards/PM3/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3665,51 +3665,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">41</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 385-388. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId264068e60f6653edf" w:history="1">
+      <w:hyperlink r:id="rId56596916f8c37fdf8" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/standards/PM9/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3744,51 +3744,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">47</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 487-503. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId394168e60f6653f65" w:history="1">
+      <w:hyperlink r:id="rId64826916f8c37fe75" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/taxon/CORBSE/documents</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3856,51 +3856,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">423-424</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId411068e60f66540b6" w:history="1">
+      <w:hyperlink r:id="rId73026916f8c37ff3f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/standards/PM3/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3917,51 +3917,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">49</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 480–481. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId645668e60f6654123" w:history="1">
+      <w:hyperlink r:id="rId72046916f8c37ffa7" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/standards/PM3/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3996,51 +3996,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">49</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 452-479. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId802968e60f66541c6" w:history="1">
+      <w:hyperlink r:id="rId45596916f8c380025" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/standards/PM3/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4066,51 +4066,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">50</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 372-382. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId225168e60f665423d" w:history="1">
+      <w:hyperlink r:id="rId40896916f8c380095" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/standards/PM3/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4584,51 +4584,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2634.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">IPPC (2018) ISPM 6 Surveillance. Rome, IPPC, FAO. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId653968e60f6654947" w:history="1">
+      <w:hyperlink r:id="rId82766916f8c3803e0" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.ippc.int/en/core-activities/standards-setting/ispms/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5982,51 +5982,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Van der Gaag (2015) Pest Risk Analysis EU internal movement of true potato seed (TPS) of registered TPS varieties: probability of association of regulated pests and analysis of risk reduction options. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Netherlands Food and Consumer Product Safety Authority</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1-41. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId692268e60f6656454" w:history="1">
+      <w:hyperlink r:id="rId13816916f8c380c89" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://pra.eppo.int/getfile/40de6c9d-aa1d-4a0d-93f8-8b420ba1ddff</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6720,51 +6720,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">subsp.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> sepedonicus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId783568e60f6656b54" w:history="1">
+      <w:hyperlink r:id="rId31346916f8c3813e9" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/sp.efsa.2019.EN-1569</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6839,51 +6839,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Clavibacter sepedonicus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId332168e60f6656c42" w:history="1">
+      <w:hyperlink r:id="rId59066916f8c3814b8" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -7074,90 +7074,90 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">8</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 25-29. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId365568e60f6656de9" w:history="1">
+      <w:hyperlink r:id="rId75586916f8c381648" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.1978.tb02765.x</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="7099536" name="name582568e60f6658dd4" descr="eu_funding_250.png"/>
+            <wp:docPr id="46589899" name="name61676916f8c3816e9" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId463168e60f6658dd2" cstate="print"/>
+                    <a:blip r:embed="rId66146916f8c3816e8" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -7255,137 +7255,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="35292973">
+  <w:abstractNum w:abstractNumId="97339758">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="69144121">
+    <w:lvl w:ilvl="0" w:tplc="54351546">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="69144121" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="54351546" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="69144121" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="54351546" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="69144121" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="54351546" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="69144121" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="54351546" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="69144121" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="54351546" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="69144121" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="54351546" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="69144121" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="54351546" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="69144121" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="54351546" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="35292972">
+  <w:abstractNum w:abstractNumId="97339757">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="75880215">
+    <w:lvl w:ilvl="0" w:tplc="18960580">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -8137,55 +8137,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="35292972">
-    <w:abstractNumId w:val="35292972"/>
+  <w:num w:numId="97339757">
+    <w:abstractNumId w:val="97339757"/>
   </w:num>
-  <w:num w:numId="35292973">
-    <w:abstractNumId w:val="35292973"/>
+  <w:num w:numId="97339758">
+    <w:abstractNumId w:val="97339758"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -19735,51 +19735,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId413397474" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId359919301" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId652368e60f664fac5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CORBSE/" TargetMode="External"/><Relationship Id="rId358368e60f664fb2c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CORBSE/categorization" TargetMode="External"/><Relationship Id="rId986668e60f6651e0b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CORBSE/photos" TargetMode="External"/><Relationship Id="rId503268e60f6653c4b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PSTVD0/documents" TargetMode="External"/><Relationship Id="rId493568e60f6653d07" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM7/" TargetMode="External"/><Relationship Id="rId660768e60f6653d89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM10/" TargetMode="External"/><Relationship Id="rId412568e60f6653e25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM3/" TargetMode="External"/><Relationship Id="rId264068e60f6653edf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM9/" TargetMode="External"/><Relationship Id="rId394168e60f6653f65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CORBSE/documents" TargetMode="External"/><Relationship Id="rId411068e60f66540b6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM3/" TargetMode="External"/><Relationship Id="rId645668e60f6654123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM3/" TargetMode="External"/><Relationship Id="rId802968e60f66541c6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM3/" TargetMode="External"/><Relationship Id="rId225168e60f665423d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM3/" TargetMode="External"/><Relationship Id="rId653968e60f6654947" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ippc.int/en/core-activities/standards-setting/ispms/" TargetMode="External"/><Relationship Id="rId692268e60f6656454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pra.eppo.int/getfile/40de6c9d-aa1d-4a0d-93f8-8b420ba1ddff" TargetMode="External"/><Relationship Id="rId783568e60f6656b54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/sp.efsa.2019.EN-1569" TargetMode="External"/><Relationship Id="rId332168e60f6656c42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId365568e60f6656de9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1978.tb02765.x" TargetMode="External"/><Relationship Id="rId848268e60f6651d08" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId848268e60f6651d08.jpg"/><Relationship Id="rId701468e60f6652b8d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId701468e60f6652b8d.jpg"/><Relationship Id="rId463168e60f6658dd2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId463168e60f6658dd2.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId235021680" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId120624329" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId48506916f8c37cded" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CORBSE/" TargetMode="External"/><Relationship Id="rId82576916f8c37ce57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CORBSE/categorization" TargetMode="External"/><Relationship Id="rId92256916f8c37d8ed" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CORBSE/photos" TargetMode="External"/><Relationship Id="rId42706916f8c37fb77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PSTVD0/documents" TargetMode="External"/><Relationship Id="rId82316916f8c37fc24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM7/" TargetMode="External"/><Relationship Id="rId20966916f8c37fca4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM10/" TargetMode="External"/><Relationship Id="rId20016916f8c37fd3f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM3/" TargetMode="External"/><Relationship Id="rId56596916f8c37fdf8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM9/" TargetMode="External"/><Relationship Id="rId64826916f8c37fe75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CORBSE/documents" TargetMode="External"/><Relationship Id="rId73026916f8c37ff3f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM3/" TargetMode="External"/><Relationship Id="rId72046916f8c37ffa7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM3/" TargetMode="External"/><Relationship Id="rId45596916f8c380025" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM3/" TargetMode="External"/><Relationship Id="rId40896916f8c380095" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM3/" TargetMode="External"/><Relationship Id="rId82766916f8c3803e0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ippc.int/en/core-activities/standards-setting/ispms/" TargetMode="External"/><Relationship Id="rId13816916f8c380c89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pra.eppo.int/getfile/40de6c9d-aa1d-4a0d-93f8-8b420ba1ddff" TargetMode="External"/><Relationship Id="rId31346916f8c3813e9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/sp.efsa.2019.EN-1569" TargetMode="External"/><Relationship Id="rId59066916f8c3814b8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId75586916f8c381648" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1978.tb02765.x" TargetMode="External"/><Relationship Id="rId38946916f8c37d7a6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId38946916f8c37d7a6.jpg"/><Relationship Id="rId60426916f8c37eb0c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId60426916f8c37eb0c.jpg"/><Relationship Id="rId66146916f8c3816e8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId66146916f8c3816e8.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>