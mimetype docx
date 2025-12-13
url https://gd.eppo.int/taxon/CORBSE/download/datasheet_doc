--- v1 (2025-11-14)
+++ v2 (2025-12-13)
@@ -336,51 +336,51 @@
               <w:t xml:space="preserve"> (Spiekermann &amp; Kotthoff) Skaptason &amp; Burkholder</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> bacterial ring rot of potato, ring rot of potato, vascular wilt of potato</w:t>
             </w:r>
-            <w:hyperlink r:id="rId48506916f8c37cded" w:history="1">
+            <w:hyperlink r:id="rId1066693d82e3c838d" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -396,51 +396,51 @@
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A2 Quarantine pest (Annex II B)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId82576916f8c37ce57" w:history="1">
+            <w:hyperlink r:id="rId6472693d82e3c83f9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -454,86 +454,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> CORBSE</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="28945586" name="name38106916f8c37d7a8" descr="9208.jpg"/>
+                  <wp:docPr id="513926" name="name3465693d82e3c8b16" descr="9208.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="9208.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId38946916f8c37d7a6" cstate="print"/>
+                          <a:blip r:embed="rId1130693d82e3c8b15" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId92256916f8c37d8ed" w:history="1">
+            <w:hyperlink r:id="rId4252693d82e3c8d7f" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
@@ -982,63 +982,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">C. sepedonicus </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">is often reported with restricted distribution, and is only considered widespread in Russia, Ukraine and on the island of Crete (Greece).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="56729449" name="name66526916f8c37eb0e" descr="CORBSE_distribution_map.jpg"/>
+            <wp:docPr id="64819952" name="name3969693d82e3c9e5e" descr="CORBSE_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="CORBSE_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId60426916f8c37eb0c" cstate="print"/>
+                    <a:blip r:embed="rId1138693d82e3c9e5b" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -3267,51 +3267,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">29</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 253-267. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId42706916f8c37fb77" w:history="1">
+      <w:hyperlink r:id="rId3174693d82e3cb027" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/taxon/PSTVD0/documents</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3368,51 +3368,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">52</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 262–285. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId82316916f8c37fc24" w:history="1">
+      <w:hyperlink r:id="rId2637693d82e3cb0ce" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/standards/PM7/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3447,51 +3447,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">36</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 463-466. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId20966916f8c37fca4" w:history="1">
+      <w:hyperlink r:id="rId2640693d82e3cb14c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/standards/PM10/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3546,51 +3546,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">37</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 592–597. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId20016916f8c37fd3f" w:history="1">
+      <w:hyperlink r:id="rId3733693d82e3cb1f5" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/standards/PM3/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3665,51 +3665,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">41</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 385-388. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId56596916f8c37fdf8" w:history="1">
+      <w:hyperlink r:id="rId2061693d82e3cb2b3" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/standards/PM9/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3744,51 +3744,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">47</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 487-503. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId64826916f8c37fe75" w:history="1">
+      <w:hyperlink r:id="rId3207693d82e3cb330" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/taxon/CORBSE/documents</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3856,51 +3856,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">423-424</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId73026916f8c37ff3f" w:history="1">
+      <w:hyperlink r:id="rId5247693d82e3cb3f0" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/standards/PM3/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3917,51 +3917,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">49</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 480–481. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId72046916f8c37ffa7" w:history="1">
+      <w:hyperlink r:id="rId6805693d82e3cb459" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/standards/PM3/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3996,51 +3996,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">49</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 452-479. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId45596916f8c380025" w:history="1">
+      <w:hyperlink r:id="rId2040693d82e3cb4d6" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/standards/PM3/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4066,51 +4066,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">50</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 372-382. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId40896916f8c380095" w:history="1">
+      <w:hyperlink r:id="rId9103693d82e3cb548" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/standards/PM3/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4584,51 +4584,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2634.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">IPPC (2018) ISPM 6 Surveillance. Rome, IPPC, FAO. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId82766916f8c3803e0" w:history="1">
+      <w:hyperlink r:id="rId9089693d82e3cb88c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.ippc.int/en/core-activities/standards-setting/ispms/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5982,51 +5982,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Van der Gaag (2015) Pest Risk Analysis EU internal movement of true potato seed (TPS) of registered TPS varieties: probability of association of regulated pests and analysis of risk reduction options. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Netherlands Food and Consumer Product Safety Authority</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1-41. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId13816916f8c380c89" w:history="1">
+      <w:hyperlink r:id="rId2825693d82e3cc149" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://pra.eppo.int/getfile/40de6c9d-aa1d-4a0d-93f8-8b420ba1ddff</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6720,51 +6720,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">subsp.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> sepedonicus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId31346916f8c3813e9" w:history="1">
+      <w:hyperlink r:id="rId6079693d82e3cc83a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/sp.efsa.2019.EN-1569</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6839,51 +6839,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Clavibacter sepedonicus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId59066916f8c3814b8" w:history="1">
+      <w:hyperlink r:id="rId9740693d82e3cc909" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -7074,90 +7074,90 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">8</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 25-29. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId75586916f8c381648" w:history="1">
+      <w:hyperlink r:id="rId1932693d82e3cca9a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.1978.tb02765.x</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="46589899" name="name61676916f8c3816e9" descr="eu_funding_250.png"/>
+            <wp:docPr id="12126008" name="name6070693d82e3ccb40" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId66146916f8c3816e8" cstate="print"/>
+                    <a:blip r:embed="rId3848693d82e3ccb3e" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -7255,137 +7255,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="97339758">
+  <w:abstractNum w:abstractNumId="53916166">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="54351546">
+    <w:lvl w:ilvl="0" w:tplc="60079905">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="54351546" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="60079905" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="54351546" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="60079905" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="54351546" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="60079905" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="54351546" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="60079905" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="54351546" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="60079905" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="54351546" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="60079905" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="54351546" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="60079905" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="54351546" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="60079905" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="97339757">
+  <w:abstractNum w:abstractNumId="53916165">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="18960580">
+    <w:lvl w:ilvl="0" w:tplc="10983518">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -8137,55 +8137,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="97339757">
-    <w:abstractNumId w:val="97339757"/>
+  <w:num w:numId="53916165">
+    <w:abstractNumId w:val="53916165"/>
   </w:num>
-  <w:num w:numId="97339758">
-    <w:abstractNumId w:val="97339758"/>
+  <w:num w:numId="53916166">
+    <w:abstractNumId w:val="53916166"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -19735,51 +19735,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId235021680" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId120624329" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId48506916f8c37cded" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CORBSE/" TargetMode="External"/><Relationship Id="rId82576916f8c37ce57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CORBSE/categorization" TargetMode="External"/><Relationship Id="rId92256916f8c37d8ed" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CORBSE/photos" TargetMode="External"/><Relationship Id="rId42706916f8c37fb77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PSTVD0/documents" TargetMode="External"/><Relationship Id="rId82316916f8c37fc24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM7/" TargetMode="External"/><Relationship Id="rId20966916f8c37fca4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM10/" TargetMode="External"/><Relationship Id="rId20016916f8c37fd3f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM3/" TargetMode="External"/><Relationship Id="rId56596916f8c37fdf8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM9/" TargetMode="External"/><Relationship Id="rId64826916f8c37fe75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CORBSE/documents" TargetMode="External"/><Relationship Id="rId73026916f8c37ff3f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM3/" TargetMode="External"/><Relationship Id="rId72046916f8c37ffa7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM3/" TargetMode="External"/><Relationship Id="rId45596916f8c380025" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM3/" TargetMode="External"/><Relationship Id="rId40896916f8c380095" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM3/" TargetMode="External"/><Relationship Id="rId82766916f8c3803e0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ippc.int/en/core-activities/standards-setting/ispms/" TargetMode="External"/><Relationship Id="rId13816916f8c380c89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pra.eppo.int/getfile/40de6c9d-aa1d-4a0d-93f8-8b420ba1ddff" TargetMode="External"/><Relationship Id="rId31346916f8c3813e9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/sp.efsa.2019.EN-1569" TargetMode="External"/><Relationship Id="rId59066916f8c3814b8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId75586916f8c381648" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1978.tb02765.x" TargetMode="External"/><Relationship Id="rId38946916f8c37d7a6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId38946916f8c37d7a6.jpg"/><Relationship Id="rId60426916f8c37eb0c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId60426916f8c37eb0c.jpg"/><Relationship Id="rId66146916f8c3816e8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId66146916f8c3816e8.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId167272178" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId934457109" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId1066693d82e3c838d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CORBSE/" TargetMode="External"/><Relationship Id="rId6472693d82e3c83f9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CORBSE/categorization" TargetMode="External"/><Relationship Id="rId4252693d82e3c8d7f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CORBSE/photos" TargetMode="External"/><Relationship Id="rId3174693d82e3cb027" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PSTVD0/documents" TargetMode="External"/><Relationship Id="rId2637693d82e3cb0ce" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM7/" TargetMode="External"/><Relationship Id="rId2640693d82e3cb14c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM10/" TargetMode="External"/><Relationship Id="rId3733693d82e3cb1f5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM3/" TargetMode="External"/><Relationship Id="rId2061693d82e3cb2b3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM9/" TargetMode="External"/><Relationship Id="rId3207693d82e3cb330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CORBSE/documents" TargetMode="External"/><Relationship Id="rId5247693d82e3cb3f0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM3/" TargetMode="External"/><Relationship Id="rId6805693d82e3cb459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM3/" TargetMode="External"/><Relationship Id="rId2040693d82e3cb4d6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM3/" TargetMode="External"/><Relationship Id="rId9103693d82e3cb548" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM3/" TargetMode="External"/><Relationship Id="rId9089693d82e3cb88c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ippc.int/en/core-activities/standards-setting/ispms/" TargetMode="External"/><Relationship Id="rId2825693d82e3cc149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pra.eppo.int/getfile/40de6c9d-aa1d-4a0d-93f8-8b420ba1ddff" TargetMode="External"/><Relationship Id="rId6079693d82e3cc83a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/sp.efsa.2019.EN-1569" TargetMode="External"/><Relationship Id="rId9740693d82e3cc909" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId1932693d82e3cca9a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1978.tb02765.x" TargetMode="External"/><Relationship Id="rId1130693d82e3c8b15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId1130693d82e3c8b15.jpg"/><Relationship Id="rId1138693d82e3c9e5b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId1138693d82e3c9e5b.jpg"/><Relationship Id="rId3848693d82e3ccb3e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId3848693d82e3ccb3e.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>