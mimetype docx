--- v2 (2025-12-13)
+++ v3 (2026-01-20)
@@ -336,51 +336,51 @@
               <w:t xml:space="preserve"> (Spiekermann &amp; Kotthoff) Skaptason &amp; Burkholder</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> bacterial ring rot of potato, ring rot of potato, vascular wilt of potato</w:t>
             </w:r>
-            <w:hyperlink r:id="rId1066693d82e3c838d" w:history="1">
+            <w:hyperlink r:id="rId2732696fcabf6caa6" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -396,51 +396,51 @@
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A2 Quarantine pest (Annex II B)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId6472693d82e3c83f9" w:history="1">
+            <w:hyperlink r:id="rId9025696fcabf6cb27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -454,86 +454,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> CORBSE</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="513926" name="name3465693d82e3c8b16" descr="9208.jpg"/>
+                  <wp:docPr id="57987387" name="name1964696fcabf6d4e1" descr="9208.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="9208.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId1130693d82e3c8b15" cstate="print"/>
+                          <a:blip r:embed="rId4806696fcabf6d4df" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId4252693d82e3c8d7f" w:history="1">
+            <w:hyperlink r:id="rId7685696fcabf6d664" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
@@ -982,63 +982,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">C. sepedonicus </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">is often reported with restricted distribution, and is only considered widespread in Russia, Ukraine and on the island of Crete (Greece).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="64819952" name="name3969693d82e3c9e5e" descr="CORBSE_distribution_map.jpg"/>
+            <wp:docPr id="71261095" name="name8780696fcabf6e5c3" descr="CORBSE_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="CORBSE_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId1138693d82e3c9e5b" cstate="print"/>
+                    <a:blip r:embed="rId1956696fcabf6e5bf" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -3267,51 +3267,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">29</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 253-267. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3174693d82e3cb027" w:history="1">
+      <w:hyperlink r:id="rId7871696fcabf6fb70" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/taxon/PSTVD0/documents</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3368,51 +3368,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">52</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 262–285. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2637693d82e3cb0ce" w:history="1">
+      <w:hyperlink r:id="rId7486696fcabf6fc1c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/standards/PM7/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3447,51 +3447,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">36</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 463-466. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2640693d82e3cb14c" w:history="1">
+      <w:hyperlink r:id="rId2256696fcabf6fc9c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/standards/PM10/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3546,51 +3546,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">37</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 592–597. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3733693d82e3cb1f5" w:history="1">
+      <w:hyperlink r:id="rId2999696fcabf6fd39" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/standards/PM3/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3665,51 +3665,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">41</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 385-388. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2061693d82e3cb2b3" w:history="1">
+      <w:hyperlink r:id="rId6399696fcabf6fef3" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/standards/PM9/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3744,51 +3744,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">47</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 487-503. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3207693d82e3cb330" w:history="1">
+      <w:hyperlink r:id="rId2317696fcabf6ff78" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/taxon/CORBSE/documents</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3856,51 +3856,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">423-424</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5247693d82e3cb3f0" w:history="1">
+      <w:hyperlink r:id="rId1936696fcabf7002e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/standards/PM3/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3917,51 +3917,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">49</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 480–481. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6805693d82e3cb459" w:history="1">
+      <w:hyperlink r:id="rId8929696fcabf70095" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/standards/PM3/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3996,51 +3996,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">49</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 452-479. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2040693d82e3cb4d6" w:history="1">
+      <w:hyperlink r:id="rId1021696fcabf70112" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/standards/PM3/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4066,51 +4066,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">50</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 372-382. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9103693d82e3cb548" w:history="1">
+      <w:hyperlink r:id="rId9645696fcabf70181" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/standards/PM3/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4584,51 +4584,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2634.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">IPPC (2018) ISPM 6 Surveillance. Rome, IPPC, FAO. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9089693d82e3cb88c" w:history="1">
+      <w:hyperlink r:id="rId2774696fcabf7074a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.ippc.int/en/core-activities/standards-setting/ispms/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5982,51 +5982,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Van der Gaag (2015) Pest Risk Analysis EU internal movement of true potato seed (TPS) of registered TPS varieties: probability of association of regulated pests and analysis of risk reduction options. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Netherlands Food and Consumer Product Safety Authority</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1-41. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2825693d82e3cc149" w:history="1">
+      <w:hyperlink r:id="rId9375696fcabf7133d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://pra.eppo.int/getfile/40de6c9d-aa1d-4a0d-93f8-8b420ba1ddff</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6720,51 +6720,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">subsp.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> sepedonicus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6079693d82e3cc83a" w:history="1">
+      <w:hyperlink r:id="rId1359696fcabf71d24" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/sp.efsa.2019.EN-1569</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6817,73 +6817,73 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">How to cite this datasheet?</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">EPPO (2025) </w:t>
+        <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Clavibacter sepedonicus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9740693d82e3cc909" w:history="1">
+      <w:hyperlink r:id="rId8783696fcabf71efd" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -7074,90 +7074,90 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">8</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 25-29. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1932693d82e3cca9a" w:history="1">
+      <w:hyperlink r:id="rId7688696fcabf72123" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.1978.tb02765.x</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="12126008" name="name6070693d82e3ccb40" descr="eu_funding_250.png"/>
+            <wp:docPr id="98634315" name="name6317696fcabf727d0" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId3848693d82e3ccb3e" cstate="print"/>
+                    <a:blip r:embed="rId9142696fcabf727ce" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -7255,137 +7255,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="53916166">
+  <w:abstractNum w:abstractNumId="85231662">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="60079905">
+    <w:lvl w:ilvl="0" w:tplc="81997844">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="60079905" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="81997844" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="60079905" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="81997844" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="60079905" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="81997844" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="60079905" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="81997844" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="60079905" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="81997844" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="60079905" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="81997844" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="60079905" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="81997844" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="60079905" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="81997844" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="53916165">
+  <w:abstractNum w:abstractNumId="85231661">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="10983518">
+    <w:lvl w:ilvl="0" w:tplc="41621650">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -8137,55 +8137,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="53916165">
-    <w:abstractNumId w:val="53916165"/>
+  <w:num w:numId="85231661">
+    <w:abstractNumId w:val="85231661"/>
   </w:num>
-  <w:num w:numId="53916166">
-    <w:abstractNumId w:val="53916166"/>
+  <w:num w:numId="85231662">
+    <w:abstractNumId w:val="85231662"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -19735,51 +19735,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId167272178" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId934457109" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId1066693d82e3c838d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CORBSE/" TargetMode="External"/><Relationship Id="rId6472693d82e3c83f9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CORBSE/categorization" TargetMode="External"/><Relationship Id="rId4252693d82e3c8d7f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CORBSE/photos" TargetMode="External"/><Relationship Id="rId3174693d82e3cb027" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PSTVD0/documents" TargetMode="External"/><Relationship Id="rId2637693d82e3cb0ce" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM7/" TargetMode="External"/><Relationship Id="rId2640693d82e3cb14c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM10/" TargetMode="External"/><Relationship Id="rId3733693d82e3cb1f5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM3/" TargetMode="External"/><Relationship Id="rId2061693d82e3cb2b3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM9/" TargetMode="External"/><Relationship Id="rId3207693d82e3cb330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CORBSE/documents" TargetMode="External"/><Relationship Id="rId5247693d82e3cb3f0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM3/" TargetMode="External"/><Relationship Id="rId6805693d82e3cb459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM3/" TargetMode="External"/><Relationship Id="rId2040693d82e3cb4d6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM3/" TargetMode="External"/><Relationship Id="rId9103693d82e3cb548" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM3/" TargetMode="External"/><Relationship Id="rId9089693d82e3cb88c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ippc.int/en/core-activities/standards-setting/ispms/" TargetMode="External"/><Relationship Id="rId2825693d82e3cc149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pra.eppo.int/getfile/40de6c9d-aa1d-4a0d-93f8-8b420ba1ddff" TargetMode="External"/><Relationship Id="rId6079693d82e3cc83a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/sp.efsa.2019.EN-1569" TargetMode="External"/><Relationship Id="rId9740693d82e3cc909" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId1932693d82e3cca9a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1978.tb02765.x" TargetMode="External"/><Relationship Id="rId1130693d82e3c8b15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId1130693d82e3c8b15.jpg"/><Relationship Id="rId1138693d82e3c9e5b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId1138693d82e3c9e5b.jpg"/><Relationship Id="rId3848693d82e3ccb3e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId3848693d82e3ccb3e.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId456778074" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId416589503" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId2732696fcabf6caa6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CORBSE/" TargetMode="External"/><Relationship Id="rId9025696fcabf6cb27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CORBSE/categorization" TargetMode="External"/><Relationship Id="rId7685696fcabf6d664" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CORBSE/photos" TargetMode="External"/><Relationship Id="rId7871696fcabf6fb70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PSTVD0/documents" TargetMode="External"/><Relationship Id="rId7486696fcabf6fc1c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM7/" TargetMode="External"/><Relationship Id="rId2256696fcabf6fc9c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM10/" TargetMode="External"/><Relationship Id="rId2999696fcabf6fd39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM3/" TargetMode="External"/><Relationship Id="rId6399696fcabf6fef3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM9/" TargetMode="External"/><Relationship Id="rId2317696fcabf6ff78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CORBSE/documents" TargetMode="External"/><Relationship Id="rId1936696fcabf7002e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM3/" TargetMode="External"/><Relationship Id="rId8929696fcabf70095" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM3/" TargetMode="External"/><Relationship Id="rId1021696fcabf70112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM3/" TargetMode="External"/><Relationship Id="rId9645696fcabf70181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM3/" TargetMode="External"/><Relationship Id="rId2774696fcabf7074a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ippc.int/en/core-activities/standards-setting/ispms/" TargetMode="External"/><Relationship Id="rId9375696fcabf7133d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pra.eppo.int/getfile/40de6c9d-aa1d-4a0d-93f8-8b420ba1ddff" TargetMode="External"/><Relationship Id="rId1359696fcabf71d24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/sp.efsa.2019.EN-1569" TargetMode="External"/><Relationship Id="rId8783696fcabf71efd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId7688696fcabf72123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1978.tb02765.x" TargetMode="External"/><Relationship Id="rId4806696fcabf6d4df" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId4806696fcabf6d4df.jpg"/><Relationship Id="rId1956696fcabf6e5bf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId1956696fcabf6e5bf.jpg"/><Relationship Id="rId9142696fcabf727ce" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId9142696fcabf727ce.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>