--- v3 (2026-01-20)
+++ v4 (2026-02-11)
@@ -336,51 +336,51 @@
               <w:t xml:space="preserve"> (Spiekermann &amp; Kotthoff) Skaptason &amp; Burkholder</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> bacterial ring rot of potato, ring rot of potato, vascular wilt of potato</w:t>
             </w:r>
-            <w:hyperlink r:id="rId2732696fcabf6caa6" w:history="1">
+            <w:hyperlink r:id="rId7257698c26573c135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -394,53 +394,53 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve"> A2 Quarantine pest (Annex II B)</w:t>
+              <w:t xml:space="preserve"> Quarantine pest ((EU) 2019/2072 Annex II B)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9025696fcabf6cb27" w:history="1">
+            <w:hyperlink r:id="rId9796698c26573c19e" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -454,86 +454,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> CORBSE</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="57987387" name="name1964696fcabf6d4e1" descr="9208.jpg"/>
+                  <wp:docPr id="37757172" name="name6056698c26573c93f" descr="9208.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="9208.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId4806696fcabf6d4df" cstate="print"/>
+                          <a:blip r:embed="rId8858698c26573c93d" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId7685696fcabf6d664" w:history="1">
+            <w:hyperlink r:id="rId4384698c26573ca83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
@@ -982,105 +982,105 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">C. sepedonicus </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">is often reported with restricted distribution, and is only considered widespread in Russia, Ukraine and on the island of Crete (Greece).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="71261095" name="name8780696fcabf6e5c3" descr="CORBSE_distribution_map.jpg"/>
+            <wp:docPr id="12156039" name="name9693698c26573dc1d" descr="CORBSE_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="CORBSE_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId1956696fcabf6e5bf" cstate="print"/>
+                    <a:blip r:embed="rId5980698c26573dc19" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">EPPO Region:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Belarus, Bulgaria, Czechia, Estonia, Finland, Georgia, Germany, Greece (mainland, Kriti), Hungary, Kazakhstan, Latvia, Lithuania, Norway, Poland, Portugal (mainland, Mainland Portugal), Romania, Russian Federation (the) (Central Russia, Eastern Siberia, Northern Russia, Western Siberia), Slovakia, Spain (mainland), Sweden, Türkiye, Ukraine, Uzbekistan</w:t>
+        <w:t xml:space="preserve"> Belarus, Bulgaria, Czechia, Estonia, Finland, Georgia, Germany, Greece (mainland, Kriti), Hungary, Kazakhstan, Latvia, Lithuania, Norway, Poland, Portugal (mainland, Mainland Portugal), Romania, Russian Federation (Central Russia, Eastern Siberia, Northern Russia, Western Siberia), Slovakia, Spain (mainland), Sweden, Türkiye, Ukraine, Uzbekistan</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">Asia:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> China (Anhui, Hebei, Heilongjiang, Henan, Jiangsu, Ningxia, Shaanxi, Yunnan, Zhejiang), Japan, Kazakhstan, Korea, Democratic People's Republic of, Korea, Republic of, Nepal, Pakistan, Taiwan, Uzbekistan</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -3267,51 +3267,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">29</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 253-267. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7871696fcabf6fb70" w:history="1">
+      <w:hyperlink r:id="rId9964698c26573ec64" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/taxon/PSTVD0/documents</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3368,51 +3368,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">52</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 262–285. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7486696fcabf6fc1c" w:history="1">
+      <w:hyperlink r:id="rId3883698c26573ed0a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/standards/PM7/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3447,51 +3447,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">36</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 463-466. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2256696fcabf6fc9c" w:history="1">
+      <w:hyperlink r:id="rId3400698c26573ed87" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/standards/PM10/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3546,51 +3546,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">37</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 592–597. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2999696fcabf6fd39" w:history="1">
+      <w:hyperlink r:id="rId4432698c26573ee20" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/standards/PM3/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3665,51 +3665,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">41</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 385-388. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6399696fcabf6fef3" w:history="1">
+      <w:hyperlink r:id="rId3149698c26573eed6" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/standards/PM9/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3744,51 +3744,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">47</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 487-503. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2317696fcabf6ff78" w:history="1">
+      <w:hyperlink r:id="rId3065698c26573ef51" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/taxon/CORBSE/documents</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3856,51 +3856,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">423-424</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1936696fcabf7002e" w:history="1">
+      <w:hyperlink r:id="rId3460698c26573f004" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/standards/PM3/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3917,51 +3917,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">49</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 480–481. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8929696fcabf70095" w:history="1">
+      <w:hyperlink r:id="rId6416698c26573f068" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/standards/PM3/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3996,51 +3996,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">49</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 452-479. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1021696fcabf70112" w:history="1">
+      <w:hyperlink r:id="rId2205698c26573f0ef" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/standards/PM3/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4066,51 +4066,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">50</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 372-382. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9645696fcabf70181" w:history="1">
+      <w:hyperlink r:id="rId8532698c26573f160" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/standards/PM3/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4584,51 +4584,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2634.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">IPPC (2018) ISPM 6 Surveillance. Rome, IPPC, FAO. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2774696fcabf7074a" w:history="1">
+      <w:hyperlink r:id="rId5792698c26573f49a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.ippc.int/en/core-activities/standards-setting/ispms/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5982,51 +5982,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Van der Gaag (2015) Pest Risk Analysis EU internal movement of true potato seed (TPS) of registered TPS varieties: probability of association of regulated pests and analysis of risk reduction options. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Netherlands Food and Consumer Product Safety Authority</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1-41. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9375696fcabf7133d" w:history="1">
+      <w:hyperlink r:id="rId7896698c26573fe92" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://pra.eppo.int/getfile/40de6c9d-aa1d-4a0d-93f8-8b420ba1ddff</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6720,51 +6720,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">subsp.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> sepedonicus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1359696fcabf71d24" w:history="1">
+      <w:hyperlink r:id="rId4971698c2657406da" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/sp.efsa.2019.EN-1569</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6839,51 +6839,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Clavibacter sepedonicus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8783696fcabf71efd" w:history="1">
+      <w:hyperlink r:id="rId9702698c2657407d1" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -7074,90 +7074,90 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">8</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 25-29. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7688696fcabf72123" w:history="1">
+      <w:hyperlink r:id="rId3028698c265740968" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.1978.tb02765.x</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="98634315" name="name6317696fcabf727d0" descr="eu_funding_250.png"/>
+            <wp:docPr id="32586672" name="name9551698c2657409e9" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId9142696fcabf727ce" cstate="print"/>
+                    <a:blip r:embed="rId5789698c2657409de" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -7255,137 +7255,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="85231662">
+  <w:abstractNum w:abstractNumId="74683551">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="81997844">
+    <w:lvl w:ilvl="0" w:tplc="89093078">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="81997844" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="89093078" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="81997844" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="89093078" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="81997844" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="89093078" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="81997844" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="89093078" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="81997844" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="89093078" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="81997844" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="89093078" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="81997844" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="89093078" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="81997844" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="89093078" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="85231661">
+  <w:abstractNum w:abstractNumId="74683550">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="41621650">
+    <w:lvl w:ilvl="0" w:tplc="40374944">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -8137,55 +8137,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="85231661">
-    <w:abstractNumId w:val="85231661"/>
+  <w:num w:numId="74683550">
+    <w:abstractNumId w:val="74683550"/>
   </w:num>
-  <w:num w:numId="85231662">
-    <w:abstractNumId w:val="85231662"/>
+  <w:num w:numId="74683551">
+    <w:abstractNumId w:val="74683551"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -19735,51 +19735,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId456778074" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId416589503" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId2732696fcabf6caa6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CORBSE/" TargetMode="External"/><Relationship Id="rId9025696fcabf6cb27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CORBSE/categorization" TargetMode="External"/><Relationship Id="rId7685696fcabf6d664" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CORBSE/photos" TargetMode="External"/><Relationship Id="rId7871696fcabf6fb70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PSTVD0/documents" TargetMode="External"/><Relationship Id="rId7486696fcabf6fc1c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM7/" TargetMode="External"/><Relationship Id="rId2256696fcabf6fc9c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM10/" TargetMode="External"/><Relationship Id="rId2999696fcabf6fd39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM3/" TargetMode="External"/><Relationship Id="rId6399696fcabf6fef3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM9/" TargetMode="External"/><Relationship Id="rId2317696fcabf6ff78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CORBSE/documents" TargetMode="External"/><Relationship Id="rId1936696fcabf7002e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM3/" TargetMode="External"/><Relationship Id="rId8929696fcabf70095" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM3/" TargetMode="External"/><Relationship Id="rId1021696fcabf70112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM3/" TargetMode="External"/><Relationship Id="rId9645696fcabf70181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM3/" TargetMode="External"/><Relationship Id="rId2774696fcabf7074a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ippc.int/en/core-activities/standards-setting/ispms/" TargetMode="External"/><Relationship Id="rId9375696fcabf7133d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pra.eppo.int/getfile/40de6c9d-aa1d-4a0d-93f8-8b420ba1ddff" TargetMode="External"/><Relationship Id="rId1359696fcabf71d24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/sp.efsa.2019.EN-1569" TargetMode="External"/><Relationship Id="rId8783696fcabf71efd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId7688696fcabf72123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1978.tb02765.x" TargetMode="External"/><Relationship Id="rId4806696fcabf6d4df" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId4806696fcabf6d4df.jpg"/><Relationship Id="rId1956696fcabf6e5bf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId1956696fcabf6e5bf.jpg"/><Relationship Id="rId9142696fcabf727ce" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId9142696fcabf727ce.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId843144361" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId592298599" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId7257698c26573c135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CORBSE/" TargetMode="External"/><Relationship Id="rId9796698c26573c19e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CORBSE/categorization" TargetMode="External"/><Relationship Id="rId4384698c26573ca83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CORBSE/photos" TargetMode="External"/><Relationship Id="rId9964698c26573ec64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PSTVD0/documents" TargetMode="External"/><Relationship Id="rId3883698c26573ed0a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM7/" TargetMode="External"/><Relationship Id="rId3400698c26573ed87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM10/" TargetMode="External"/><Relationship Id="rId4432698c26573ee20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM3/" TargetMode="External"/><Relationship Id="rId3149698c26573eed6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM9/" TargetMode="External"/><Relationship Id="rId3065698c26573ef51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CORBSE/documents" TargetMode="External"/><Relationship Id="rId3460698c26573f004" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM3/" TargetMode="External"/><Relationship Id="rId6416698c26573f068" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM3/" TargetMode="External"/><Relationship Id="rId2205698c26573f0ef" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM3/" TargetMode="External"/><Relationship Id="rId8532698c26573f160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM3/" TargetMode="External"/><Relationship Id="rId5792698c26573f49a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ippc.int/en/core-activities/standards-setting/ispms/" TargetMode="External"/><Relationship Id="rId7896698c26573fe92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pra.eppo.int/getfile/40de6c9d-aa1d-4a0d-93f8-8b420ba1ddff" TargetMode="External"/><Relationship Id="rId4971698c2657406da" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/sp.efsa.2019.EN-1569" TargetMode="External"/><Relationship Id="rId9702698c2657407d1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId3028698c265740968" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1978.tb02765.x" TargetMode="External"/><Relationship Id="rId8858698c26573c93d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId8858698c26573c93d.jpg"/><Relationship Id="rId5980698c26573dc19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId5980698c26573dc19.jpg"/><Relationship Id="rId5789698c2657409de" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId5789698c2657409de.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>