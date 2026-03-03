--- v4 (2026-02-11)
+++ v5 (2026-03-03)
@@ -336,51 +336,51 @@
               <w:t xml:space="preserve"> (Spiekermann &amp; Kotthoff) Skaptason &amp; Burkholder</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> bacterial ring rot of potato, ring rot of potato, vascular wilt of potato</w:t>
             </w:r>
-            <w:hyperlink r:id="rId7257698c26573c135" w:history="1">
+            <w:hyperlink r:id="rId116569a71cbfd17ff" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -396,51 +396,51 @@
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Quarantine pest ((EU) 2019/2072 Annex II B)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9796698c26573c19e" w:history="1">
+            <w:hyperlink r:id="rId628469a71cbfd186b" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -454,86 +454,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> CORBSE</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="37757172" name="name6056698c26573c93f" descr="9208.jpg"/>
+                  <wp:docPr id="67399381" name="name953669a71cbfd1e36" descr="9208.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="9208.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId8858698c26573c93d" cstate="print"/>
+                          <a:blip r:embed="rId217869a71cbfd1e34" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId4384698c26573ca83" w:history="1">
+            <w:hyperlink r:id="rId901869a71cbfd1f9a" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
@@ -982,63 +982,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">C. sepedonicus </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">is often reported with restricted distribution, and is only considered widespread in Russia, Ukraine and on the island of Crete (Greece).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="12156039" name="name9693698c26573dc1d" descr="CORBSE_distribution_map.jpg"/>
+            <wp:docPr id="94378902" name="name543569a71cbfd3033" descr="CORBSE_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="CORBSE_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId5980698c26573dc19" cstate="print"/>
+                    <a:blip r:embed="rId740369a71cbfd3030" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -3267,51 +3267,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">29</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 253-267. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9964698c26573ec64" w:history="1">
+      <w:hyperlink r:id="rId879369a71cbfd4137" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/taxon/PSTVD0/documents</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3368,51 +3368,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">52</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 262–285. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3883698c26573ed0a" w:history="1">
+      <w:hyperlink r:id="rId434069a71cbfd41e0" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/standards/PM7/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3447,51 +3447,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">36</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 463-466. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3400698c26573ed87" w:history="1">
+      <w:hyperlink r:id="rId659469a71cbfd425f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/standards/PM10/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3546,51 +3546,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">37</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 592–597. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4432698c26573ee20" w:history="1">
+      <w:hyperlink r:id="rId588269a71cbfd42fa" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/standards/PM3/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3665,51 +3665,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">41</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 385-388. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3149698c26573eed6" w:history="1">
+      <w:hyperlink r:id="rId956869a71cbfd43b2" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/standards/PM9/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3744,51 +3744,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">47</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 487-503. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3065698c26573ef51" w:history="1">
+      <w:hyperlink r:id="rId683069a71cbfd442d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/taxon/CORBSE/documents</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3856,51 +3856,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">423-424</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3460698c26573f004" w:history="1">
+      <w:hyperlink r:id="rId644269a71cbfd44df" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/standards/PM3/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3917,51 +3917,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">49</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 480–481. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6416698c26573f068" w:history="1">
+      <w:hyperlink r:id="rId888369a71cbfd4542" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/standards/PM3/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3996,51 +3996,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">49</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 452-479. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2205698c26573f0ef" w:history="1">
+      <w:hyperlink r:id="rId982869a71cbfd45bd" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/standards/PM3/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4066,51 +4066,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">50</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 372-382. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8532698c26573f160" w:history="1">
+      <w:hyperlink r:id="rId546969a71cbfd462c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/standards/PM3/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4584,51 +4584,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2634.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">IPPC (2018) ISPM 6 Surveillance. Rome, IPPC, FAO. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5792698c26573f49a" w:history="1">
+      <w:hyperlink r:id="rId946169a71cbfd4969" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.ippc.int/en/core-activities/standards-setting/ispms/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5982,51 +5982,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Van der Gaag (2015) Pest Risk Analysis EU internal movement of true potato seed (TPS) of registered TPS varieties: probability of association of regulated pests and analysis of risk reduction options. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Netherlands Food and Consumer Product Safety Authority</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1-41. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7896698c26573fe92" w:history="1">
+      <w:hyperlink r:id="rId346669a71cbfd5319" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://pra.eppo.int/getfile/40de6c9d-aa1d-4a0d-93f8-8b420ba1ddff</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6720,51 +6720,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">subsp.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> sepedonicus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4971698c2657406da" w:history="1">
+      <w:hyperlink r:id="rId344469a71cbfd5a85" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/sp.efsa.2019.EN-1569</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6839,51 +6839,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Clavibacter sepedonicus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9702698c2657407d1" w:history="1">
+      <w:hyperlink r:id="rId434369a71cbfd5b56" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -7074,90 +7074,90 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">8</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 25-29. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3028698c265740968" w:history="1">
+      <w:hyperlink r:id="rId652769a71cbfd5ce4" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.1978.tb02765.x</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="32586672" name="name9551698c2657409e9" descr="eu_funding_250.png"/>
+            <wp:docPr id="42584888" name="name835669a71cbfd5e9d" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId5789698c2657409de" cstate="print"/>
+                    <a:blip r:embed="rId720469a71cbfd5e9c" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -7255,137 +7255,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="74683551">
+  <w:abstractNum w:abstractNumId="20388625">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="89093078">
+    <w:lvl w:ilvl="0" w:tplc="55247444">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="89093078" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="55247444" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="89093078" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="55247444" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="89093078" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="55247444" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="89093078" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="55247444" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="89093078" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="55247444" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="89093078" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="55247444" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="89093078" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="55247444" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="89093078" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="55247444" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="74683550">
+  <w:abstractNum w:abstractNumId="20388624">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="40374944">
+    <w:lvl w:ilvl="0" w:tplc="66081211">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -8137,55 +8137,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="74683550">
-    <w:abstractNumId w:val="74683550"/>
+  <w:num w:numId="20388624">
+    <w:abstractNumId w:val="20388624"/>
   </w:num>
-  <w:num w:numId="74683551">
-    <w:abstractNumId w:val="74683551"/>
+  <w:num w:numId="20388625">
+    <w:abstractNumId w:val="20388625"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -19735,51 +19735,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId843144361" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId592298599" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId7257698c26573c135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CORBSE/" TargetMode="External"/><Relationship Id="rId9796698c26573c19e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CORBSE/categorization" TargetMode="External"/><Relationship Id="rId4384698c26573ca83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CORBSE/photos" TargetMode="External"/><Relationship Id="rId9964698c26573ec64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PSTVD0/documents" TargetMode="External"/><Relationship Id="rId3883698c26573ed0a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM7/" TargetMode="External"/><Relationship Id="rId3400698c26573ed87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM10/" TargetMode="External"/><Relationship Id="rId4432698c26573ee20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM3/" TargetMode="External"/><Relationship Id="rId3149698c26573eed6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM9/" TargetMode="External"/><Relationship Id="rId3065698c26573ef51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CORBSE/documents" TargetMode="External"/><Relationship Id="rId3460698c26573f004" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM3/" TargetMode="External"/><Relationship Id="rId6416698c26573f068" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM3/" TargetMode="External"/><Relationship Id="rId2205698c26573f0ef" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM3/" TargetMode="External"/><Relationship Id="rId8532698c26573f160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM3/" TargetMode="External"/><Relationship Id="rId5792698c26573f49a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ippc.int/en/core-activities/standards-setting/ispms/" TargetMode="External"/><Relationship Id="rId7896698c26573fe92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pra.eppo.int/getfile/40de6c9d-aa1d-4a0d-93f8-8b420ba1ddff" TargetMode="External"/><Relationship Id="rId4971698c2657406da" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/sp.efsa.2019.EN-1569" TargetMode="External"/><Relationship Id="rId9702698c2657407d1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId3028698c265740968" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1978.tb02765.x" TargetMode="External"/><Relationship Id="rId8858698c26573c93d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId8858698c26573c93d.jpg"/><Relationship Id="rId5980698c26573dc19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId5980698c26573dc19.jpg"/><Relationship Id="rId5789698c2657409de" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId5789698c2657409de.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId433346010" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId520523845" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId116569a71cbfd17ff" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CORBSE/" TargetMode="External"/><Relationship Id="rId628469a71cbfd186b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CORBSE/categorization" TargetMode="External"/><Relationship Id="rId901869a71cbfd1f9a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CORBSE/photos" TargetMode="External"/><Relationship Id="rId879369a71cbfd4137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PSTVD0/documents" TargetMode="External"/><Relationship Id="rId434069a71cbfd41e0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM7/" TargetMode="External"/><Relationship Id="rId659469a71cbfd425f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM10/" TargetMode="External"/><Relationship Id="rId588269a71cbfd42fa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM3/" TargetMode="External"/><Relationship Id="rId956869a71cbfd43b2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM9/" TargetMode="External"/><Relationship Id="rId683069a71cbfd442d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CORBSE/documents" TargetMode="External"/><Relationship Id="rId644269a71cbfd44df" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM3/" TargetMode="External"/><Relationship Id="rId888369a71cbfd4542" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM3/" TargetMode="External"/><Relationship Id="rId982869a71cbfd45bd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM3/" TargetMode="External"/><Relationship Id="rId546969a71cbfd462c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM3/" TargetMode="External"/><Relationship Id="rId946169a71cbfd4969" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ippc.int/en/core-activities/standards-setting/ispms/" TargetMode="External"/><Relationship Id="rId346669a71cbfd5319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pra.eppo.int/getfile/40de6c9d-aa1d-4a0d-93f8-8b420ba1ddff" TargetMode="External"/><Relationship Id="rId344469a71cbfd5a85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/sp.efsa.2019.EN-1569" TargetMode="External"/><Relationship Id="rId434369a71cbfd5b56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId652769a71cbfd5ce4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1978.tb02765.x" TargetMode="External"/><Relationship Id="rId217869a71cbfd1e34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId217869a71cbfd1e34.jpg"/><Relationship Id="rId740369a71cbfd3030" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId740369a71cbfd3030.jpg"/><Relationship Id="rId720469a71cbfd5e9c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId720469a71cbfd5e9c.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>