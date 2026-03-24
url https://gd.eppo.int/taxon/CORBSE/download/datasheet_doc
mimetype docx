--- v5 (2026-03-03)
+++ v6 (2026-03-24)
@@ -336,51 +336,51 @@
               <w:t xml:space="preserve"> (Spiekermann &amp; Kotthoff) Skaptason &amp; Burkholder</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> bacterial ring rot of potato, ring rot of potato, vascular wilt of potato</w:t>
             </w:r>
-            <w:hyperlink r:id="rId116569a71cbfd17ff" w:history="1">
+            <w:hyperlink r:id="rId278669c2accf5afe7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -396,51 +396,51 @@
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Quarantine pest ((EU) 2019/2072 Annex II B)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId628469a71cbfd186b" w:history="1">
+            <w:hyperlink r:id="rId843369c2accf5b051" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -454,86 +454,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> CORBSE</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="67399381" name="name953669a71cbfd1e36" descr="9208.jpg"/>
+                  <wp:docPr id="93763520" name="name180369c2accf5b143" descr="9208.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="9208.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId217869a71cbfd1e34" cstate="print"/>
+                          <a:blip r:embed="rId829469c2accf5b142" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId901869a71cbfd1f9a" w:history="1">
+            <w:hyperlink r:id="rId114069c2accf5b288" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
@@ -982,63 +982,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">C. sepedonicus </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">is often reported with restricted distribution, and is only considered widespread in Russia, Ukraine and on the island of Crete (Greece).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="94378902" name="name543569a71cbfd3033" descr="CORBSE_distribution_map.jpg"/>
+            <wp:docPr id="13257430" name="name139669c2accf5b6bf" descr="CORBSE_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="CORBSE_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId740369a71cbfd3030" cstate="print"/>
+                    <a:blip r:embed="rId689569c2accf5b6be" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -3267,51 +3267,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">29</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 253-267. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId879369a71cbfd4137" w:history="1">
+      <w:hyperlink r:id="rId916569c2accf5c74b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/taxon/PSTVD0/documents</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3368,51 +3368,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">52</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 262–285. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId434069a71cbfd41e0" w:history="1">
+      <w:hyperlink r:id="rId129769c2accf5c7f9" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/standards/PM7/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3447,51 +3447,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">36</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 463-466. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId659469a71cbfd425f" w:history="1">
+      <w:hyperlink r:id="rId256669c2accf5c87c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/standards/PM10/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3546,51 +3546,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">37</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 592–597. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId588269a71cbfd42fa" w:history="1">
+      <w:hyperlink r:id="rId448769c2accf5c91d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/standards/PM3/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3665,51 +3665,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">41</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 385-388. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId956869a71cbfd43b2" w:history="1">
+      <w:hyperlink r:id="rId762769c2accf5c9d9" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/standards/PM9/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3744,51 +3744,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">47</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 487-503. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId683069a71cbfd442d" w:history="1">
+      <w:hyperlink r:id="rId368569c2accf5ca57" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/taxon/CORBSE/documents</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3856,51 +3856,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">423-424</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId644269a71cbfd44df" w:history="1">
+      <w:hyperlink r:id="rId876769c2accf5cb10" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/standards/PM3/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3917,51 +3917,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">49</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 480–481. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId888369a71cbfd4542" w:history="1">
+      <w:hyperlink r:id="rId146369c2accf5cb78" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/standards/PM3/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3996,51 +3996,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">49</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 452-479. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId982869a71cbfd45bd" w:history="1">
+      <w:hyperlink r:id="rId770369c2accf5cbf7" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/standards/PM3/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4066,51 +4066,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">50</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 372-382. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId546969a71cbfd462c" w:history="1">
+      <w:hyperlink r:id="rId469369c2accf5cc79" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/standards/PM3/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4584,51 +4584,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2634.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">IPPC (2018) ISPM 6 Surveillance. Rome, IPPC, FAO. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId946169a71cbfd4969" w:history="1">
+      <w:hyperlink r:id="rId322169c2accf5cfdc" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.ippc.int/en/core-activities/standards-setting/ispms/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5982,51 +5982,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Van der Gaag (2015) Pest Risk Analysis EU internal movement of true potato seed (TPS) of registered TPS varieties: probability of association of regulated pests and analysis of risk reduction options. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Netherlands Food and Consumer Product Safety Authority</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1-41. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId346669a71cbfd5319" w:history="1">
+      <w:hyperlink r:id="rId228369c2accf5d8ac" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://pra.eppo.int/getfile/40de6c9d-aa1d-4a0d-93f8-8b420ba1ddff</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6720,51 +6720,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">subsp.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> sepedonicus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId344469a71cbfd5a85" w:history="1">
+      <w:hyperlink r:id="rId702169c2accf5de11" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/sp.efsa.2019.EN-1569</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6839,51 +6839,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Clavibacter sepedonicus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId434369a71cbfd5b56" w:history="1">
+      <w:hyperlink r:id="rId308169c2accf5ded9" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -7074,90 +7074,90 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">8</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 25-29. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId652769a71cbfd5ce4" w:history="1">
+      <w:hyperlink r:id="rId795569c2accf5e078" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.1978.tb02765.x</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="42584888" name="name835669a71cbfd5e9d" descr="eu_funding_250.png"/>
+            <wp:docPr id="44347539" name="name170469c2accf5e0f5" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId720469a71cbfd5e9c" cstate="print"/>
+                    <a:blip r:embed="rId237769c2accf5e0f4" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -7255,137 +7255,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="20388625">
+  <w:abstractNum w:abstractNumId="49394601">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="55247444">
+    <w:lvl w:ilvl="0" w:tplc="39464091">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="55247444" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="39464091" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="55247444" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="39464091" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="55247444" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="39464091" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="55247444" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="39464091" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="55247444" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="39464091" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="55247444" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="39464091" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="55247444" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="39464091" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="55247444" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="39464091" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="20388624">
+  <w:abstractNum w:abstractNumId="49394600">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="66081211">
+    <w:lvl w:ilvl="0" w:tplc="59316724">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -8137,55 +8137,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="20388624">
-    <w:abstractNumId w:val="20388624"/>
+  <w:num w:numId="49394600">
+    <w:abstractNumId w:val="49394600"/>
   </w:num>
-  <w:num w:numId="20388625">
-    <w:abstractNumId w:val="20388625"/>
+  <w:num w:numId="49394601">
+    <w:abstractNumId w:val="49394601"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -19735,51 +19735,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId433346010" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId520523845" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId116569a71cbfd17ff" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CORBSE/" TargetMode="External"/><Relationship Id="rId628469a71cbfd186b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CORBSE/categorization" TargetMode="External"/><Relationship Id="rId901869a71cbfd1f9a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CORBSE/photos" TargetMode="External"/><Relationship Id="rId879369a71cbfd4137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PSTVD0/documents" TargetMode="External"/><Relationship Id="rId434069a71cbfd41e0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM7/" TargetMode="External"/><Relationship Id="rId659469a71cbfd425f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM10/" TargetMode="External"/><Relationship Id="rId588269a71cbfd42fa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM3/" TargetMode="External"/><Relationship Id="rId956869a71cbfd43b2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM9/" TargetMode="External"/><Relationship Id="rId683069a71cbfd442d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CORBSE/documents" TargetMode="External"/><Relationship Id="rId644269a71cbfd44df" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM3/" TargetMode="External"/><Relationship Id="rId888369a71cbfd4542" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM3/" TargetMode="External"/><Relationship Id="rId982869a71cbfd45bd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM3/" TargetMode="External"/><Relationship Id="rId546969a71cbfd462c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM3/" TargetMode="External"/><Relationship Id="rId946169a71cbfd4969" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ippc.int/en/core-activities/standards-setting/ispms/" TargetMode="External"/><Relationship Id="rId346669a71cbfd5319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pra.eppo.int/getfile/40de6c9d-aa1d-4a0d-93f8-8b420ba1ddff" TargetMode="External"/><Relationship Id="rId344469a71cbfd5a85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/sp.efsa.2019.EN-1569" TargetMode="External"/><Relationship Id="rId434369a71cbfd5b56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId652769a71cbfd5ce4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1978.tb02765.x" TargetMode="External"/><Relationship Id="rId217869a71cbfd1e34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId217869a71cbfd1e34.jpg"/><Relationship Id="rId740369a71cbfd3030" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId740369a71cbfd3030.jpg"/><Relationship Id="rId720469a71cbfd5e9c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId720469a71cbfd5e9c.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId143249964" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId526558663" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId278669c2accf5afe7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CORBSE/" TargetMode="External"/><Relationship Id="rId843369c2accf5b051" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CORBSE/categorization" TargetMode="External"/><Relationship Id="rId114069c2accf5b288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CORBSE/photos" TargetMode="External"/><Relationship Id="rId916569c2accf5c74b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/PSTVD0/documents" TargetMode="External"/><Relationship Id="rId129769c2accf5c7f9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM7/" TargetMode="External"/><Relationship Id="rId256669c2accf5c87c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM10/" TargetMode="External"/><Relationship Id="rId448769c2accf5c91d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM3/" TargetMode="External"/><Relationship Id="rId762769c2accf5c9d9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM9/" TargetMode="External"/><Relationship Id="rId368569c2accf5ca57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CORBSE/documents" TargetMode="External"/><Relationship Id="rId876769c2accf5cb10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM3/" TargetMode="External"/><Relationship Id="rId146369c2accf5cb78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM3/" TargetMode="External"/><Relationship Id="rId770369c2accf5cbf7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM3/" TargetMode="External"/><Relationship Id="rId469369c2accf5cc79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM3/" TargetMode="External"/><Relationship Id="rId322169c2accf5cfdc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ippc.int/en/core-activities/standards-setting/ispms/" TargetMode="External"/><Relationship Id="rId228369c2accf5d8ac" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pra.eppo.int/getfile/40de6c9d-aa1d-4a0d-93f8-8b420ba1ddff" TargetMode="External"/><Relationship Id="rId702169c2accf5de11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/sp.efsa.2019.EN-1569" TargetMode="External"/><Relationship Id="rId308169c2accf5ded9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId795569c2accf5e078" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1978.tb02765.x" TargetMode="External"/><Relationship Id="rId829469c2accf5b142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId829469c2accf5b142.jpg"/><Relationship Id="rId689569c2accf5b6be" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId689569c2accf5b6be.jpg"/><Relationship Id="rId237769c2accf5e0f4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId237769c2accf5e0f4.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>