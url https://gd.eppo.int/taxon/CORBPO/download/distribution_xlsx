--- v0 (2025-10-08)
+++ v1 (2026-02-20)
@@ -122,51 +122,51 @@
   <si>
     <t>nd</t>
   </si>
   <si>
     <t>Pennsylvania</t>
   </si>
   <si>
     <t>pa</t>
   </si>
   <si>
     <t>Venezuela</t>
   </si>
   <si>
     <t>VE</t>
   </si>
   <si>
     <t>Europe</t>
   </si>
   <si>
     <t>Germany</t>
   </si>
   <si>
     <t>DE</t>
   </si>
   <si>
-    <t>Absent, pest eradicated</t>
+    <t>Present, few occurrences</t>
   </si>
   <si>
     <t>Romania</t>
   </si>
   <si>
     <t>RO</t>
   </si>
   <si>
     <t>Absent, invalid record</t>
   </si>
   <si>
     <t>Slovenia</t>
   </si>
   <si>
     <t>SI</t>
   </si>
   <si>
     <t>Absent, pest no longer present</t>
   </si>
   <si>
     <t>United Kingdom</t>
   </si>
   <si>
     <t>GB</t>
   </si>