--- v0 (2025-10-07)
+++ v1 (2025-10-28)
@@ -380,51 +380,51 @@
               <w:t xml:space="preserve"> (Smith) Jensen</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> bacterial canker of tomato, bird's eye of tomato fruits, vascular wilt of tomato</w:t>
             </w:r>
-            <w:hyperlink r:id="rId507568e54a5be3754" w:history="1">
+            <w:hyperlink r:id="rId438269008df60f512" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -440,51 +440,51 @@
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> RNQP (Annex IV)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId521868e54a5be39ec" w:history="1">
+            <w:hyperlink r:id="rId930569008df60f57e" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -498,86 +498,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> CORBMI</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="6556033" name="name993368e54a5be4816" descr="432.jpg"/>
+                  <wp:docPr id="62819762" name="name330969008df60fb0f" descr="432.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="432.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId405968e54a5be4813" cstate="print"/>
+                          <a:blip r:embed="rId537569008df60fb0e" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId670868e54a5be49a3" w:history="1">
+            <w:hyperlink r:id="rId740069008df60fc13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -1694,63 +1694,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">C. michiganensis </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">to spread within and between continents. It has also become widespread within a number of tomato producing countries of the EPPO region, but also in tomato producing countries outside the EPPO region.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="51806676" name="name600068e54a5be67a8" descr="CORBMI_distribution_map.jpg"/>
+            <wp:docPr id="2576390" name="name520369008df610f7f" descr="CORBMI_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="CORBMI_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId863268e54a5be67a5" cstate="print"/>
+                    <a:blip r:embed="rId953569008df610f7d" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -3178,51 +3178,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">To prevent tomato seed and plant lots from being infected by </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">C. michiganensis </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">the ‘Good Seed and Plant Practices’ (GSPP) system was developed about a decade ago. GSPP provides standards for (hygiene) practices and participating companies are audited to ensure proper implementation (</w:t>
       </w:r>
-      <w:hyperlink r:id="rId803868e54a5be776f" w:history="1">
+      <w:hyperlink r:id="rId686669008df611b53" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.gspp.eu/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3444,51 +3444,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Additionally, good hygiene practices are important to prevent large disease outbreaks. The guidelines provided by GSPP describe measures that will help to limit the risks for </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">C. michiganensis </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">infections. These guidelines focus on managing risk factors, continuous monitoring and seed testing (</w:t>
       </w:r>
-      <w:hyperlink r:id="rId675668e54a5be7978" w:history="1">
+      <w:hyperlink r:id="rId787269008df611d14" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.gspp.eu/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">; EFSA, 2014).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3704,51 +3704,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">72</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(9). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId603168e54a5be7bb9" w:history="1">
+      <w:hyperlink r:id="rId180169008df611eb5" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1099/ijsem.0.005427</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6421,51 +6421,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Clavibacter michiganensis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId312568e54a5be8e70" w:history="1">
+      <w:hyperlink r:id="rId597769008df6135cc" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -6618,81 +6618,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">12</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 13-18. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId994168e54a5be8fe4" w:history="1">
+      <w:hyperlink r:id="rId104269008df613740" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.1982.tb01950.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="78734311" name="name696668e54a5be90e4" descr="eu_funding_250.png"/>
+            <wp:docPr id="60375516" name="name829069008df613830" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId857168e54a5be90e3" cstate="print"/>
+                    <a:blip r:embed="rId772569008df61382e" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -6790,137 +6790,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="53403032">
+  <w:abstractNum w:abstractNumId="75166003">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="71416042">
+    <w:lvl w:ilvl="0" w:tplc="11858760">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="71416042" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="11858760" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="71416042" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="11858760" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="71416042" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="11858760" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="71416042" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="11858760" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="71416042" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="11858760" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="71416042" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="11858760" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="71416042" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="11858760" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="71416042" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="11858760" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="53403031">
+  <w:abstractNum w:abstractNumId="75166002">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="75350799">
+    <w:lvl w:ilvl="0" w:tplc="51534812">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -7672,55 +7672,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="53403031">
-    <w:abstractNumId w:val="53403031"/>
+  <w:num w:numId="75166002">
+    <w:abstractNumId w:val="75166002"/>
   </w:num>
-  <w:num w:numId="53403032">
-    <w:abstractNumId w:val="53403032"/>
+  <w:num w:numId="75166003">
+    <w:abstractNumId w:val="75166003"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -19270,51 +19270,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId210249074" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId481773209" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId507568e54a5be3754" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CORBMI/" TargetMode="External"/><Relationship Id="rId521868e54a5be39ec" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CORBMI/categorization" TargetMode="External"/><Relationship Id="rId670868e54a5be49a3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CORBMI/photos" TargetMode="External"/><Relationship Id="rId803868e54a5be776f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.gspp.eu/" TargetMode="External"/><Relationship Id="rId675668e54a5be7978" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.gspp.eu/" TargetMode="External"/><Relationship Id="rId603168e54a5be7bb9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1099/ijsem.0.005427" TargetMode="External"/><Relationship Id="rId312568e54a5be8e70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId994168e54a5be8fe4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1982.tb01950.x" TargetMode="External"/><Relationship Id="rId405968e54a5be4813" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId405968e54a5be4813.jpg"/><Relationship Id="rId863268e54a5be67a5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId863268e54a5be67a5.jpg"/><Relationship Id="rId857168e54a5be90e3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId857168e54a5be90e3.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId332906112" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId105356710" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId438269008df60f512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CORBMI/" TargetMode="External"/><Relationship Id="rId930569008df60f57e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CORBMI/categorization" TargetMode="External"/><Relationship Id="rId740069008df60fc13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CORBMI/photos" TargetMode="External"/><Relationship Id="rId686669008df611b53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.gspp.eu/" TargetMode="External"/><Relationship Id="rId787269008df611d14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.gspp.eu/" TargetMode="External"/><Relationship Id="rId180169008df611eb5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1099/ijsem.0.005427" TargetMode="External"/><Relationship Id="rId597769008df6135cc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId104269008df613740" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1982.tb01950.x" TargetMode="External"/><Relationship Id="rId537569008df60fb0e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId537569008df60fb0e.jpg"/><Relationship Id="rId953569008df610f7d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId953569008df610f7d.jpg"/><Relationship Id="rId772569008df61382e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId772569008df61382e.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>