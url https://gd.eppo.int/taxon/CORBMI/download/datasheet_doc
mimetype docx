--- v1 (2025-10-28)
+++ v2 (2025-12-07)
@@ -380,51 +380,51 @@
               <w:t xml:space="preserve"> (Smith) Jensen</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> bacterial canker of tomato, bird's eye of tomato fruits, vascular wilt of tomato</w:t>
             </w:r>
-            <w:hyperlink r:id="rId438269008df60f512" w:history="1">
+            <w:hyperlink r:id="rId33996935206970cc7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -440,51 +440,51 @@
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> RNQP (Annex IV)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId930569008df60f57e" w:history="1">
+            <w:hyperlink r:id="rId36416935206970d2d" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -498,86 +498,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> CORBMI</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="62819762" name="name330969008df60fb0f" descr="432.jpg"/>
+                  <wp:docPr id="62490961" name="name666669352069714e5" descr="432.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="432.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId537569008df60fb0e" cstate="print"/>
+                          <a:blip r:embed="rId272269352069714e3" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId740069008df60fc13" w:history="1">
+            <w:hyperlink r:id="rId186869352069715c7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -1694,63 +1694,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">C. michiganensis </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">to spread within and between continents. It has also become widespread within a number of tomato producing countries of the EPPO region, but also in tomato producing countries outside the EPPO region.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="2576390" name="name520369008df610f7f" descr="CORBMI_distribution_map.jpg"/>
+            <wp:docPr id="12453298" name="name25286935206972f07" descr="CORBMI_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="CORBMI_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId953569008df610f7d" cstate="print"/>
+                    <a:blip r:embed="rId34326935206972f04" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -3178,51 +3178,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">To prevent tomato seed and plant lots from being infected by </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">C. michiganensis </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">the ‘Good Seed and Plant Practices’ (GSPP) system was developed about a decade ago. GSPP provides standards for (hygiene) practices and participating companies are audited to ensure proper implementation (</w:t>
       </w:r>
-      <w:hyperlink r:id="rId686669008df611b53" w:history="1">
+      <w:hyperlink r:id="rId70666935206973a1e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.gspp.eu/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3444,51 +3444,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Additionally, good hygiene practices are important to prevent large disease outbreaks. The guidelines provided by GSPP describe measures that will help to limit the risks for </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">C. michiganensis </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">infections. These guidelines focus on managing risk factors, continuous monitoring and seed testing (</w:t>
       </w:r>
-      <w:hyperlink r:id="rId787269008df611d14" w:history="1">
+      <w:hyperlink r:id="rId41686935206973bee" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.gspp.eu/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">; EFSA, 2014).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3704,51 +3704,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">72</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(9). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId180169008df611eb5" w:history="1">
+      <w:hyperlink r:id="rId63216935206973d88" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1099/ijsem.0.005427</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6421,51 +6421,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Clavibacter michiganensis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId597769008df6135cc" w:history="1">
+      <w:hyperlink r:id="rId40096935206974edc" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -6618,81 +6618,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">12</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 13-18. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId104269008df613740" w:history="1">
+      <w:hyperlink r:id="rId3751693520697501a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.1982.tb01950.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="60375516" name="name829069008df613830" descr="eu_funding_250.png"/>
+            <wp:docPr id="337655" name="name93886935206975071" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId772569008df61382e" cstate="print"/>
+                    <a:blip r:embed="rId65256935206975070" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -6790,137 +6790,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="75166003">
+  <w:abstractNum w:abstractNumId="25521340">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="11858760">
+    <w:lvl w:ilvl="0" w:tplc="57393480">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="11858760" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="57393480" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="11858760" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="57393480" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="11858760" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="57393480" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="11858760" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="57393480" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="11858760" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="57393480" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="11858760" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="57393480" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="11858760" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="57393480" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="11858760" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="57393480" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="75166002">
+  <w:abstractNum w:abstractNumId="25521339">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="51534812">
+    <w:lvl w:ilvl="0" w:tplc="72864621">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -7672,55 +7672,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="75166002">
-    <w:abstractNumId w:val="75166002"/>
+  <w:num w:numId="25521339">
+    <w:abstractNumId w:val="25521339"/>
   </w:num>
-  <w:num w:numId="75166003">
-    <w:abstractNumId w:val="75166003"/>
+  <w:num w:numId="25521340">
+    <w:abstractNumId w:val="25521340"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -19270,51 +19270,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId332906112" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId105356710" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId438269008df60f512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CORBMI/" TargetMode="External"/><Relationship Id="rId930569008df60f57e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CORBMI/categorization" TargetMode="External"/><Relationship Id="rId740069008df60fc13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CORBMI/photos" TargetMode="External"/><Relationship Id="rId686669008df611b53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.gspp.eu/" TargetMode="External"/><Relationship Id="rId787269008df611d14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.gspp.eu/" TargetMode="External"/><Relationship Id="rId180169008df611eb5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1099/ijsem.0.005427" TargetMode="External"/><Relationship Id="rId597769008df6135cc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId104269008df613740" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1982.tb01950.x" TargetMode="External"/><Relationship Id="rId537569008df60fb0e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId537569008df60fb0e.jpg"/><Relationship Id="rId953569008df610f7d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId953569008df610f7d.jpg"/><Relationship Id="rId772569008df61382e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId772569008df61382e.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId313589341" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId323500932" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId33996935206970cc7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CORBMI/" TargetMode="External"/><Relationship Id="rId36416935206970d2d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CORBMI/categorization" TargetMode="External"/><Relationship Id="rId186869352069715c7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CORBMI/photos" TargetMode="External"/><Relationship Id="rId70666935206973a1e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.gspp.eu/" TargetMode="External"/><Relationship Id="rId41686935206973bee" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.gspp.eu/" TargetMode="External"/><Relationship Id="rId63216935206973d88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1099/ijsem.0.005427" TargetMode="External"/><Relationship Id="rId40096935206974edc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId3751693520697501a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1982.tb01950.x" TargetMode="External"/><Relationship Id="rId272269352069714e3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId272269352069714e3.jpg"/><Relationship Id="rId34326935206972f04" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId34326935206972f04.jpg"/><Relationship Id="rId65256935206975070" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId65256935206975070.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>