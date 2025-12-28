--- v2 (2025-12-07)
+++ v3 (2025-12-28)
@@ -380,51 +380,51 @@
               <w:t xml:space="preserve"> (Smith) Jensen</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> bacterial canker of tomato, bird's eye of tomato fruits, vascular wilt of tomato</w:t>
             </w:r>
-            <w:hyperlink r:id="rId33996935206970cc7" w:history="1">
+            <w:hyperlink r:id="rId51196950b11c1afbf" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -440,51 +440,51 @@
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> RNQP (Annex IV)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId36416935206970d2d" w:history="1">
+            <w:hyperlink r:id="rId51176950b11c1b027" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -498,86 +498,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> CORBMI</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="62490961" name="name666669352069714e5" descr="432.jpg"/>
+                  <wp:docPr id="10239183" name="name78776950b11c1b76e" descr="432.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="432.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId272269352069714e3" cstate="print"/>
+                          <a:blip r:embed="rId96236950b11c1b76c" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId186869352069715c7" w:history="1">
+            <w:hyperlink r:id="rId53026950b11c1b8b3" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -1694,63 +1694,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">C. michiganensis </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">to spread within and between continents. It has also become widespread within a number of tomato producing countries of the EPPO region, but also in tomato producing countries outside the EPPO region.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="12453298" name="name25286935206972f07" descr="CORBMI_distribution_map.jpg"/>
+            <wp:docPr id="99194527" name="name64486950b11c1cec3" descr="CORBMI_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="CORBMI_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId34326935206972f04" cstate="print"/>
+                    <a:blip r:embed="rId76326950b11c1cec1" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -3178,51 +3178,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">To prevent tomato seed and plant lots from being infected by </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">C. michiganensis </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">the ‘Good Seed and Plant Practices’ (GSPP) system was developed about a decade ago. GSPP provides standards for (hygiene) practices and participating companies are audited to ensure proper implementation (</w:t>
       </w:r>
-      <w:hyperlink r:id="rId70666935206973a1e" w:history="1">
+      <w:hyperlink r:id="rId30866950b11c1da1c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.gspp.eu/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3444,51 +3444,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Additionally, good hygiene practices are important to prevent large disease outbreaks. The guidelines provided by GSPP describe measures that will help to limit the risks for </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">C. michiganensis </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">infections. These guidelines focus on managing risk factors, continuous monitoring and seed testing (</w:t>
       </w:r>
-      <w:hyperlink r:id="rId41686935206973bee" w:history="1">
+      <w:hyperlink r:id="rId70886950b11c1dbe4" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.gspp.eu/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">; EFSA, 2014).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3704,51 +3704,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">72</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(9). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId63216935206973d88" w:history="1">
+      <w:hyperlink r:id="rId88186950b11c1dd7a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1099/ijsem.0.005427</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6421,51 +6421,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Clavibacter michiganensis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId40096935206974edc" w:history="1">
+      <w:hyperlink r:id="rId18866950b11c1ee7c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -6618,81 +6618,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">12</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 13-18. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3751693520697501a" w:history="1">
+      <w:hyperlink r:id="rId71186950b11c1efba" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.1982.tb01950.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="337655" name="name93886935206975071" descr="eu_funding_250.png"/>
+            <wp:docPr id="43501415" name="name53216950b11c1f03f" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId65256935206975070" cstate="print"/>
+                    <a:blip r:embed="rId52536950b11c1f03e" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -6790,137 +6790,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="25521340">
+  <w:abstractNum w:abstractNumId="28431536">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="57393480">
+    <w:lvl w:ilvl="0" w:tplc="36062140">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="57393480" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="36062140" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="57393480" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="36062140" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="57393480" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="36062140" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="57393480" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="36062140" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="57393480" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="36062140" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="57393480" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="36062140" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="57393480" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="36062140" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="57393480" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="36062140" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="25521339">
+  <w:abstractNum w:abstractNumId="28431535">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="72864621">
+    <w:lvl w:ilvl="0" w:tplc="33912241">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -7672,55 +7672,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="25521339">
-    <w:abstractNumId w:val="25521339"/>
+  <w:num w:numId="28431535">
+    <w:abstractNumId w:val="28431535"/>
   </w:num>
-  <w:num w:numId="25521340">
-    <w:abstractNumId w:val="25521340"/>
+  <w:num w:numId="28431536">
+    <w:abstractNumId w:val="28431536"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -19270,51 +19270,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId313589341" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId323500932" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId33996935206970cc7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CORBMI/" TargetMode="External"/><Relationship Id="rId36416935206970d2d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CORBMI/categorization" TargetMode="External"/><Relationship Id="rId186869352069715c7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CORBMI/photos" TargetMode="External"/><Relationship Id="rId70666935206973a1e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.gspp.eu/" TargetMode="External"/><Relationship Id="rId41686935206973bee" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.gspp.eu/" TargetMode="External"/><Relationship Id="rId63216935206973d88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1099/ijsem.0.005427" TargetMode="External"/><Relationship Id="rId40096935206974edc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId3751693520697501a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1982.tb01950.x" TargetMode="External"/><Relationship Id="rId272269352069714e3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId272269352069714e3.jpg"/><Relationship Id="rId34326935206972f04" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId34326935206972f04.jpg"/><Relationship Id="rId65256935206975070" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId65256935206975070.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId121255741" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId654493286" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId51196950b11c1afbf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CORBMI/" TargetMode="External"/><Relationship Id="rId51176950b11c1b027" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CORBMI/categorization" TargetMode="External"/><Relationship Id="rId53026950b11c1b8b3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CORBMI/photos" TargetMode="External"/><Relationship Id="rId30866950b11c1da1c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.gspp.eu/" TargetMode="External"/><Relationship Id="rId70886950b11c1dbe4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.gspp.eu/" TargetMode="External"/><Relationship Id="rId88186950b11c1dd7a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1099/ijsem.0.005427" TargetMode="External"/><Relationship Id="rId18866950b11c1ee7c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId71186950b11c1efba" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1982.tb01950.x" TargetMode="External"/><Relationship Id="rId96236950b11c1b76c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId96236950b11c1b76c.jpg"/><Relationship Id="rId76326950b11c1cec1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId76326950b11c1cec1.jpg"/><Relationship Id="rId52536950b11c1f03e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId52536950b11c1f03e.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>