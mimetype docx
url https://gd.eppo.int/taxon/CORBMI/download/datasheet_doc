--- v3 (2025-12-28)
+++ v4 (2025-12-28)
@@ -380,51 +380,51 @@
               <w:t xml:space="preserve"> (Smith) Jensen</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> bacterial canker of tomato, bird's eye of tomato fruits, vascular wilt of tomato</w:t>
             </w:r>
-            <w:hyperlink r:id="rId51196950b11c1afbf" w:history="1">
+            <w:hyperlink r:id="rId98056950bf9cac47e" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -440,51 +440,51 @@
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> RNQP (Annex IV)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId51176950b11c1b027" w:history="1">
+            <w:hyperlink r:id="rId10636950bf9cac4e8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -498,86 +498,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> CORBMI</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="10239183" name="name78776950b11c1b76e" descr="432.jpg"/>
+                  <wp:docPr id="28760954" name="name62486950bf9cacde2" descr="432.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="432.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId96236950b11c1b76c" cstate="print"/>
+                          <a:blip r:embed="rId43416950bf9cacde0" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId53026950b11c1b8b3" w:history="1">
+            <w:hyperlink r:id="rId67266950bf9cacf22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -1694,63 +1694,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">C. michiganensis </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">to spread within and between continents. It has also become widespread within a number of tomato producing countries of the EPPO region, but also in tomato producing countries outside the EPPO region.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="99194527" name="name64486950b11c1cec3" descr="CORBMI_distribution_map.jpg"/>
+            <wp:docPr id="37358112" name="name46816950bf9cae54c" descr="CORBMI_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="CORBMI_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId76326950b11c1cec1" cstate="print"/>
+                    <a:blip r:embed="rId27786950bf9cae549" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -3178,51 +3178,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">To prevent tomato seed and plant lots from being infected by </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">C. michiganensis </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">the ‘Good Seed and Plant Practices’ (GSPP) system was developed about a decade ago. GSPP provides standards for (hygiene) practices and participating companies are audited to ensure proper implementation (</w:t>
       </w:r>
-      <w:hyperlink r:id="rId30866950b11c1da1c" w:history="1">
+      <w:hyperlink r:id="rId59096950bf9caf0b1" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.gspp.eu/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3444,51 +3444,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Additionally, good hygiene practices are important to prevent large disease outbreaks. The guidelines provided by GSPP describe measures that will help to limit the risks for </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">C. michiganensis </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">infections. These guidelines focus on managing risk factors, continuous monitoring and seed testing (</w:t>
       </w:r>
-      <w:hyperlink r:id="rId70886950b11c1dbe4" w:history="1">
+      <w:hyperlink r:id="rId34426950bf9caf274" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.gspp.eu/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">; EFSA, 2014).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3704,51 +3704,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">72</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(9). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId88186950b11c1dd7a" w:history="1">
+      <w:hyperlink r:id="rId73636950bf9caf416" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1099/ijsem.0.005427</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6421,51 +6421,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Clavibacter michiganensis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId18866950b11c1ee7c" w:history="1">
+      <w:hyperlink r:id="rId21826950bf9cb0546" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -6618,81 +6618,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">12</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 13-18. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId71186950b11c1efba" w:history="1">
+      <w:hyperlink r:id="rId39336950bf9cb0686" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.1982.tb01950.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="43501415" name="name53216950b11c1f03f" descr="eu_funding_250.png"/>
+            <wp:docPr id="72173005" name="name48946950bf9cb06e1" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId52536950b11c1f03e" cstate="print"/>
+                    <a:blip r:embed="rId30676950bf9cb06e0" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -6790,137 +6790,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="28431536">
+  <w:abstractNum w:abstractNumId="29159016">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="36062140">
+    <w:lvl w:ilvl="0" w:tplc="95210321">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="36062140" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="95210321" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="36062140" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="95210321" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="36062140" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="95210321" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="36062140" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="95210321" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="36062140" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="95210321" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="36062140" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="95210321" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="36062140" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="95210321" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="36062140" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="95210321" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="28431535">
+  <w:abstractNum w:abstractNumId="29159015">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="33912241">
+    <w:lvl w:ilvl="0" w:tplc="44636728">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -7672,55 +7672,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="28431535">
-    <w:abstractNumId w:val="28431535"/>
+  <w:num w:numId="29159015">
+    <w:abstractNumId w:val="29159015"/>
   </w:num>
-  <w:num w:numId="28431536">
-    <w:abstractNumId w:val="28431536"/>
+  <w:num w:numId="29159016">
+    <w:abstractNumId w:val="29159016"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -19270,51 +19270,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId121255741" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId654493286" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId51196950b11c1afbf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CORBMI/" TargetMode="External"/><Relationship Id="rId51176950b11c1b027" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CORBMI/categorization" TargetMode="External"/><Relationship Id="rId53026950b11c1b8b3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CORBMI/photos" TargetMode="External"/><Relationship Id="rId30866950b11c1da1c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.gspp.eu/" TargetMode="External"/><Relationship Id="rId70886950b11c1dbe4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.gspp.eu/" TargetMode="External"/><Relationship Id="rId88186950b11c1dd7a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1099/ijsem.0.005427" TargetMode="External"/><Relationship Id="rId18866950b11c1ee7c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId71186950b11c1efba" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1982.tb01950.x" TargetMode="External"/><Relationship Id="rId96236950b11c1b76c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId96236950b11c1b76c.jpg"/><Relationship Id="rId76326950b11c1cec1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId76326950b11c1cec1.jpg"/><Relationship Id="rId52536950b11c1f03e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId52536950b11c1f03e.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId218150792" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId850020938" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId98056950bf9cac47e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CORBMI/" TargetMode="External"/><Relationship Id="rId10636950bf9cac4e8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CORBMI/categorization" TargetMode="External"/><Relationship Id="rId67266950bf9cacf22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CORBMI/photos" TargetMode="External"/><Relationship Id="rId59096950bf9caf0b1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.gspp.eu/" TargetMode="External"/><Relationship Id="rId34426950bf9caf274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.gspp.eu/" TargetMode="External"/><Relationship Id="rId73636950bf9caf416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1099/ijsem.0.005427" TargetMode="External"/><Relationship Id="rId21826950bf9cb0546" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId39336950bf9cb0686" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1982.tb01950.x" TargetMode="External"/><Relationship Id="rId43416950bf9cacde0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId43416950bf9cacde0.jpg"/><Relationship Id="rId27786950bf9cae549" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId27786950bf9cae549.jpg"/><Relationship Id="rId30676950bf9cb06e0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId30676950bf9cb06e0.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>