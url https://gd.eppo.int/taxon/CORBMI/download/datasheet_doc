--- v4 (2025-12-28)
+++ v5 (2026-01-18)
@@ -380,51 +380,51 @@
               <w:t xml:space="preserve"> (Smith) Jensen</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> bacterial canker of tomato, bird's eye of tomato fruits, vascular wilt of tomato</w:t>
             </w:r>
-            <w:hyperlink r:id="rId98056950bf9cac47e" w:history="1">
+            <w:hyperlink r:id="rId3074696d5b53175f6" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -440,51 +440,51 @@
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> RNQP (Annex IV)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10636950bf9cac4e8" w:history="1">
+            <w:hyperlink r:id="rId2720696d5b5317661" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -498,86 +498,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> CORBMI</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="28760954" name="name62486950bf9cacde2" descr="432.jpg"/>
+                  <wp:docPr id="75523353" name="name1358696d5b531774e" descr="432.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="432.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId43416950bf9cacde0" cstate="print"/>
+                          <a:blip r:embed="rId9956696d5b531774d" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId67266950bf9cacf22" w:history="1">
+            <w:hyperlink r:id="rId5461696d5b531784a" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -1694,63 +1694,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">C. michiganensis </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">to spread within and between continents. It has also become widespread within a number of tomato producing countries of the EPPO region, but also in tomato producing countries outside the EPPO region.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="37358112" name="name46816950bf9cae54c" descr="CORBMI_distribution_map.jpg"/>
+            <wp:docPr id="36729195" name="name1070696d5b5319229" descr="CORBMI_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="CORBMI_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId27786950bf9cae549" cstate="print"/>
+                    <a:blip r:embed="rId1525696d5b5319225" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -3178,51 +3178,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">To prevent tomato seed and plant lots from being infected by </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">C. michiganensis </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">the ‘Good Seed and Plant Practices’ (GSPP) system was developed about a decade ago. GSPP provides standards for (hygiene) practices and participating companies are audited to ensure proper implementation (</w:t>
       </w:r>
-      <w:hyperlink r:id="rId59096950bf9caf0b1" w:history="1">
+      <w:hyperlink r:id="rId7863696d5b531a025" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.gspp.eu/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3444,51 +3444,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Additionally, good hygiene practices are important to prevent large disease outbreaks. The guidelines provided by GSPP describe measures that will help to limit the risks for </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">C. michiganensis </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">infections. These guidelines focus on managing risk factors, continuous monitoring and seed testing (</w:t>
       </w:r>
-      <w:hyperlink r:id="rId34426950bf9caf274" w:history="1">
+      <w:hyperlink r:id="rId4440696d5b531a228" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.gspp.eu/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">; EFSA, 2014).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3704,51 +3704,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">72</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(9). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId73636950bf9caf416" w:history="1">
+      <w:hyperlink r:id="rId6514696d5b531a407" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1099/ijsem.0.005427</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6399,73 +6399,73 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">How to cite this datasheet?</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">EPPO (2025) </w:t>
+        <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Clavibacter michiganensis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId21826950bf9cb0546" w:history="1">
+      <w:hyperlink r:id="rId2052696d5b531b6b0" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -6618,81 +6618,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">12</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 13-18. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId39336950bf9cb0686" w:history="1">
+      <w:hyperlink r:id="rId1968696d5b531b804" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.1982.tb01950.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="72173005" name="name48946950bf9cb06e1" descr="eu_funding_250.png"/>
+            <wp:docPr id="44001705" name="name5754696d5b531b8a1" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId30676950bf9cb06e0" cstate="print"/>
+                    <a:blip r:embed="rId9350696d5b531b89f" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -6790,137 +6790,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="29159016">
+  <w:abstractNum w:abstractNumId="21842496">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="95210321">
+    <w:lvl w:ilvl="0" w:tplc="21198124">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="95210321" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="21198124" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="95210321" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="21198124" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="95210321" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="21198124" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="95210321" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="21198124" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="95210321" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="21198124" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="95210321" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="21198124" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="95210321" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="21198124" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="95210321" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="21198124" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="29159015">
+  <w:abstractNum w:abstractNumId="21842495">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="44636728">
+    <w:lvl w:ilvl="0" w:tplc="97517785">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -7672,55 +7672,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="29159015">
-    <w:abstractNumId w:val="29159015"/>
+  <w:num w:numId="21842495">
+    <w:abstractNumId w:val="21842495"/>
   </w:num>
-  <w:num w:numId="29159016">
-    <w:abstractNumId w:val="29159016"/>
+  <w:num w:numId="21842496">
+    <w:abstractNumId w:val="21842496"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -19270,51 +19270,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId218150792" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId850020938" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId98056950bf9cac47e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CORBMI/" TargetMode="External"/><Relationship Id="rId10636950bf9cac4e8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CORBMI/categorization" TargetMode="External"/><Relationship Id="rId67266950bf9cacf22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CORBMI/photos" TargetMode="External"/><Relationship Id="rId59096950bf9caf0b1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.gspp.eu/" TargetMode="External"/><Relationship Id="rId34426950bf9caf274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.gspp.eu/" TargetMode="External"/><Relationship Id="rId73636950bf9caf416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1099/ijsem.0.005427" TargetMode="External"/><Relationship Id="rId21826950bf9cb0546" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId39336950bf9cb0686" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1982.tb01950.x" TargetMode="External"/><Relationship Id="rId43416950bf9cacde0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId43416950bf9cacde0.jpg"/><Relationship Id="rId27786950bf9cae549" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId27786950bf9cae549.jpg"/><Relationship Id="rId30676950bf9cb06e0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId30676950bf9cb06e0.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId515632469" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId705574900" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId3074696d5b53175f6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CORBMI/" TargetMode="External"/><Relationship Id="rId2720696d5b5317661" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CORBMI/categorization" TargetMode="External"/><Relationship Id="rId5461696d5b531784a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CORBMI/photos" TargetMode="External"/><Relationship Id="rId7863696d5b531a025" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.gspp.eu/" TargetMode="External"/><Relationship Id="rId4440696d5b531a228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.gspp.eu/" TargetMode="External"/><Relationship Id="rId6514696d5b531a407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1099/ijsem.0.005427" TargetMode="External"/><Relationship Id="rId2052696d5b531b6b0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId1968696d5b531b804" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1982.tb01950.x" TargetMode="External"/><Relationship Id="rId9956696d5b531774d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId9956696d5b531774d.jpg"/><Relationship Id="rId1525696d5b5319225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId1525696d5b5319225.jpg"/><Relationship Id="rId9350696d5b531b89f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId9350696d5b531b89f.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>