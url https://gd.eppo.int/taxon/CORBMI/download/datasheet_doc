--- v5 (2026-01-18)
+++ v6 (2026-02-09)
@@ -380,51 +380,51 @@
               <w:t xml:space="preserve"> (Smith) Jensen</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> bacterial canker of tomato, bird's eye of tomato fruits, vascular wilt of tomato</w:t>
             </w:r>
-            <w:hyperlink r:id="rId3074696d5b53175f6" w:history="1">
+            <w:hyperlink r:id="rId3223698923c1f28ec" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -438,53 +438,53 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve"> RNQP (Annex IV)</w:t>
+              <w:t xml:space="preserve"> RNQP ((EU) 2019/2072 Annex IV)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId2720696d5b5317661" w:history="1">
+            <w:hyperlink r:id="rId9973698923c1f2955" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -498,86 +498,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> CORBMI</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="75523353" name="name1358696d5b531774e" descr="432.jpg"/>
+                  <wp:docPr id="70110669" name="name9682698923c1f2dc9" descr="432.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="432.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId9956696d5b531774d" cstate="print"/>
+                          <a:blip r:embed="rId4059698923c1f2dc7" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId5461696d5b531784a" w:history="1">
+            <w:hyperlink r:id="rId7758698923c1f2eb8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -1694,105 +1694,105 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">C. michiganensis </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">to spread within and between continents. It has also become widespread within a number of tomato producing countries of the EPPO region, but also in tomato producing countries outside the EPPO region.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="36729195" name="name1070696d5b5319229" descr="CORBMI_distribution_map.jpg"/>
+            <wp:docPr id="94346737" name="name8751698923c1f3fce" descr="CORBMI_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="CORBMI_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId1525696d5b5319225" cstate="print"/>
+                    <a:blip r:embed="rId2788698923c1f3fcc" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">EPPO Region:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Armenia, Azerbaijan, Belarus, Belgium, Bulgaria, Cyprus, Czechia, France (mainland), Germany, Greece (mainland, Kriti), Hungary, Israel, Italy (mainland, Sardegna, Sicilia), Jordan, Latvia, Morocco, Poland, Portugal (mainland), Romania, Russian Federation (the) (Central Russia, Southern Russia, Western Siberia), Serbia, Slovenia, Spain (mainland, Islas Canárias), Switzerland, Tunisia, Türkiye, Ukraine</w:t>
+        <w:t xml:space="preserve"> Armenia, Azerbaijan, Belarus, Belgium, Bulgaria, Cyprus, Czechia, France (mainland), Germany, Greece (mainland, Kriti), Hungary, Israel, Italy (mainland, Sardegna, Sicilia), Jordan, Latvia, Morocco, Poland, Portugal (mainland), Romania, Russian Federation (Central Russia, Southern Russia, Western Siberia), Serbia, Slovenia, Spain (mainland, Islas Canárias), Switzerland, Tunisia, Türkiye, Ukraine</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">Africa:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Egypt, Kenya, Madagascar, Morocco, South Africa, Tanzania, United Republic of, Togo, Tunisia, Uganda, Zambia, Zimbabwe</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -3178,51 +3178,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">To prevent tomato seed and plant lots from being infected by </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">C. michiganensis </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">the ‘Good Seed and Plant Practices’ (GSPP) system was developed about a decade ago. GSPP provides standards for (hygiene) practices and participating companies are audited to ensure proper implementation (</w:t>
       </w:r>
-      <w:hyperlink r:id="rId7863696d5b531a025" w:history="1">
+      <w:hyperlink r:id="rId6676698923c200898" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.gspp.eu/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3444,51 +3444,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Additionally, good hygiene practices are important to prevent large disease outbreaks. The guidelines provided by GSPP describe measures that will help to limit the risks for </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">C. michiganensis </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">infections. These guidelines focus on managing risk factors, continuous monitoring and seed testing (</w:t>
       </w:r>
-      <w:hyperlink r:id="rId4440696d5b531a228" w:history="1">
+      <w:hyperlink r:id="rId4047698923c200a57" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.gspp.eu/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">; EFSA, 2014).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3704,51 +3704,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">72</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(9). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6514696d5b531a407" w:history="1">
+      <w:hyperlink r:id="rId4739698923c200bec" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1099/ijsem.0.005427</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6421,51 +6421,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Clavibacter michiganensis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2052696d5b531b6b0" w:history="1">
+      <w:hyperlink r:id="rId5370698923c201cbb" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -6618,81 +6618,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">12</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 13-18. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1968696d5b531b804" w:history="1">
+      <w:hyperlink r:id="rId8598698923c201df9" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.1982.tb01950.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="44001705" name="name5754696d5b531b8a1" descr="eu_funding_250.png"/>
+            <wp:docPr id="64701834" name="name4024698923c201e4c" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId9350696d5b531b89f" cstate="print"/>
+                    <a:blip r:embed="rId7478698923c201e4b" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -6790,137 +6790,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="21842496">
+  <w:abstractNum w:abstractNumId="32629509">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="21198124">
+    <w:lvl w:ilvl="0" w:tplc="96047739">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="21198124" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="96047739" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="21198124" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="96047739" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="21198124" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="96047739" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="21198124" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="96047739" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="21198124" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="96047739" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="21198124" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="96047739" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="21198124" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="96047739" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="21198124" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="96047739" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="21842495">
+  <w:abstractNum w:abstractNumId="32629508">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="97517785">
+    <w:lvl w:ilvl="0" w:tplc="35521676">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -7672,55 +7672,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="21842495">
-    <w:abstractNumId w:val="21842495"/>
+  <w:num w:numId="32629508">
+    <w:abstractNumId w:val="32629508"/>
   </w:num>
-  <w:num w:numId="21842496">
-    <w:abstractNumId w:val="21842496"/>
+  <w:num w:numId="32629509">
+    <w:abstractNumId w:val="32629509"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -19270,51 +19270,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId515632469" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId705574900" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId3074696d5b53175f6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CORBMI/" TargetMode="External"/><Relationship Id="rId2720696d5b5317661" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CORBMI/categorization" TargetMode="External"/><Relationship Id="rId5461696d5b531784a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CORBMI/photos" TargetMode="External"/><Relationship Id="rId7863696d5b531a025" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.gspp.eu/" TargetMode="External"/><Relationship Id="rId4440696d5b531a228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.gspp.eu/" TargetMode="External"/><Relationship Id="rId6514696d5b531a407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1099/ijsem.0.005427" TargetMode="External"/><Relationship Id="rId2052696d5b531b6b0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId1968696d5b531b804" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1982.tb01950.x" TargetMode="External"/><Relationship Id="rId9956696d5b531774d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId9956696d5b531774d.jpg"/><Relationship Id="rId1525696d5b5319225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId1525696d5b5319225.jpg"/><Relationship Id="rId9350696d5b531b89f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId9350696d5b531b89f.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId113833436" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId666246223" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId3223698923c1f28ec" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CORBMI/" TargetMode="External"/><Relationship Id="rId9973698923c1f2955" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CORBMI/categorization" TargetMode="External"/><Relationship Id="rId7758698923c1f2eb8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CORBMI/photos" TargetMode="External"/><Relationship Id="rId6676698923c200898" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.gspp.eu/" TargetMode="External"/><Relationship Id="rId4047698923c200a57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.gspp.eu/" TargetMode="External"/><Relationship Id="rId4739698923c200bec" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1099/ijsem.0.005427" TargetMode="External"/><Relationship Id="rId5370698923c201cbb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId8598698923c201df9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1982.tb01950.x" TargetMode="External"/><Relationship Id="rId4059698923c1f2dc7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId4059698923c1f2dc7.jpg"/><Relationship Id="rId2788698923c1f3fcc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId2788698923c1f3fcc.jpg"/><Relationship Id="rId7478698923c201e4b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId7478698923c201e4b.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>