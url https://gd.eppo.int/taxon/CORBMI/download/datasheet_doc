--- v6 (2026-02-09)
+++ v7 (2026-03-04)
@@ -380,51 +380,51 @@
               <w:t xml:space="preserve"> (Smith) Jensen</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> bacterial canker of tomato, bird's eye of tomato fruits, vascular wilt of tomato</w:t>
             </w:r>
-            <w:hyperlink r:id="rId3223698923c1f28ec" w:history="1">
+            <w:hyperlink r:id="rId157069a7bf4b562d7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -440,51 +440,51 @@
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> RNQP ((EU) 2019/2072 Annex IV)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9973698923c1f2955" w:history="1">
+            <w:hyperlink r:id="rId149169a7bf4b5634d" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -493,91 +493,91 @@
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> CORBMI</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
-                <w:position w:val="-96"/>
+                <w:position w:val="-73"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
-                  <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="70110669" name="name9682698923c1f2dc9" descr="432.jpg"/>
+                  <wp:extent cx="2160000" cy="993600"/>
+                  <wp:docPr id="33447432" name="name830469a7bf4b56a5f" descr="11636.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
-                          <pic:cNvPr id="0" name="432.jpg"/>
+                          <pic:cNvPr id="0" name="11636.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId4059698923c1f2dc7" cstate="print"/>
+                          <a:blip r:embed="rId385069a7bf4b56a5d" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
-                            <a:ext cx="2160000" cy="1281600"/>
+                            <a:ext cx="2160000" cy="993600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId7758698923c1f2eb8" w:history="1">
+            <w:hyperlink r:id="rId153169a7bf4b56b8a" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -1694,63 +1694,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">C. michiganensis </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">to spread within and between continents. It has also become widespread within a number of tomato producing countries of the EPPO region, but also in tomato producing countries outside the EPPO region.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="94346737" name="name8751698923c1f3fce" descr="CORBMI_distribution_map.jpg"/>
+            <wp:docPr id="92978315" name="name357769a7bf4b58272" descr="CORBMI_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="CORBMI_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId2788698923c1f3fcc" cstate="print"/>
+                    <a:blip r:embed="rId887769a7bf4b5826e" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -3178,51 +3178,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">To prevent tomato seed and plant lots from being infected by </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">C. michiganensis </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">the ‘Good Seed and Plant Practices’ (GSPP) system was developed about a decade ago. GSPP provides standards for (hygiene) practices and participating companies are audited to ensure proper implementation (</w:t>
       </w:r>
-      <w:hyperlink r:id="rId6676698923c200898" w:history="1">
+      <w:hyperlink r:id="rId629169a7bf4b58e2b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.gspp.eu/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3444,51 +3444,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Additionally, good hygiene practices are important to prevent large disease outbreaks. The guidelines provided by GSPP describe measures that will help to limit the risks for </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">C. michiganensis </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">infections. These guidelines focus on managing risk factors, continuous monitoring and seed testing (</w:t>
       </w:r>
-      <w:hyperlink r:id="rId4047698923c200a57" w:history="1">
+      <w:hyperlink r:id="rId444569a7bf4b59007" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.gspp.eu/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">; EFSA, 2014).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3704,51 +3704,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">72</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(9). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4739698923c200bec" w:history="1">
+      <w:hyperlink r:id="rId369869a7bf4b591bb" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1099/ijsem.0.005427</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6421,51 +6421,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Clavibacter michiganensis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5370698923c201cbb" w:history="1">
+      <w:hyperlink r:id="rId435469a7bf4b5a67e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -6618,81 +6618,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">12</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 13-18. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8598698923c201df9" w:history="1">
+      <w:hyperlink r:id="rId752969a7bf4b5a814" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.1982.tb01950.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="64701834" name="name4024698923c201e4c" descr="eu_funding_250.png"/>
+            <wp:docPr id="62948535" name="name691369a7bf4b5aa53" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId7478698923c201e4b" cstate="print"/>
+                    <a:blip r:embed="rId556769a7bf4b5aa51" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -6790,137 +6790,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="32629509">
+  <w:abstractNum w:abstractNumId="53363375">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="96047739">
+    <w:lvl w:ilvl="0" w:tplc="77921098">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="96047739" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="77921098" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="96047739" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="77921098" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="96047739" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="77921098" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="96047739" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="77921098" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="96047739" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="77921098" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="96047739" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="77921098" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="96047739" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="77921098" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="96047739" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="77921098" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="32629508">
+  <w:abstractNum w:abstractNumId="53363374">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="35521676">
+    <w:lvl w:ilvl="0" w:tplc="25334832">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -7672,55 +7672,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="32629508">
-    <w:abstractNumId w:val="32629508"/>
+  <w:num w:numId="53363374">
+    <w:abstractNumId w:val="53363374"/>
   </w:num>
-  <w:num w:numId="32629509">
-    <w:abstractNumId w:val="32629509"/>
+  <w:num w:numId="53363375">
+    <w:abstractNumId w:val="53363375"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -19270,51 +19270,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId113833436" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId666246223" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId3223698923c1f28ec" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CORBMI/" TargetMode="External"/><Relationship Id="rId9973698923c1f2955" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CORBMI/categorization" TargetMode="External"/><Relationship Id="rId7758698923c1f2eb8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CORBMI/photos" TargetMode="External"/><Relationship Id="rId6676698923c200898" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.gspp.eu/" TargetMode="External"/><Relationship Id="rId4047698923c200a57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.gspp.eu/" TargetMode="External"/><Relationship Id="rId4739698923c200bec" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1099/ijsem.0.005427" TargetMode="External"/><Relationship Id="rId5370698923c201cbb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId8598698923c201df9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1982.tb01950.x" TargetMode="External"/><Relationship Id="rId4059698923c1f2dc7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId4059698923c1f2dc7.jpg"/><Relationship Id="rId2788698923c1f3fcc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId2788698923c1f3fcc.jpg"/><Relationship Id="rId7478698923c201e4b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId7478698923c201e4b.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId569767501" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId141813614" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId157069a7bf4b562d7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CORBMI/" TargetMode="External"/><Relationship Id="rId149169a7bf4b5634d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CORBMI/categorization" TargetMode="External"/><Relationship Id="rId153169a7bf4b56b8a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CORBMI/photos" TargetMode="External"/><Relationship Id="rId629169a7bf4b58e2b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.gspp.eu/" TargetMode="External"/><Relationship Id="rId444569a7bf4b59007" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.gspp.eu/" TargetMode="External"/><Relationship Id="rId369869a7bf4b591bb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1099/ijsem.0.005427" TargetMode="External"/><Relationship Id="rId435469a7bf4b5a67e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId752969a7bf4b5a814" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1982.tb01950.x" TargetMode="External"/><Relationship Id="rId385069a7bf4b56a5d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId385069a7bf4b56a5d.jpg"/><Relationship Id="rId887769a7bf4b5826e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId887769a7bf4b5826e.jpg"/><Relationship Id="rId556769a7bf4b5aa51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId556769a7bf4b5aa51.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>