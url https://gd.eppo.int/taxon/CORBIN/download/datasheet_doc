--- v0 (2025-10-08)
+++ v1 (2025-10-29)
@@ -336,51 +336,51 @@
               <w:t xml:space="preserve"> (McCulloch) Dye &amp; Kemp</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> bacterial blight of lucerne, bacterial root rot of lucerne, bacterial wilt of lucerne, vascular wilt of lucerne</w:t>
             </w:r>
-            <w:hyperlink r:id="rId561468e60ed816103" w:history="1">
+            <w:hyperlink r:id="rId10056901bc8f3fb8d" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -396,51 +396,51 @@
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> RNQP (Annex IV)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId424168e60ed8161ae" w:history="1">
+            <w:hyperlink r:id="rId78006901bc8f3fc04" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -454,86 +454,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> CORBIN</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="92725498" name="name559368e60ed8166a3" descr="429.jpg"/>
+                  <wp:docPr id="51796505" name="name58286901bc8f40363" descr="429.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="429.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId331968e60ed8166a2" cstate="print"/>
+                          <a:blip r:embed="rId72536901bc8f40361" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId647368e60ed8167b3" w:history="1">
+            <w:hyperlink r:id="rId90586901bc8f40488" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -1390,63 +1390,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">C. insidiosus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, the disease no longer occurs (e.g. in Brazil, Canada, South Africa). In the EPPO region, findings were mainly sporadic and since the 1980s, the disease is either no longer found or no significant outbreaks have been reported.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="48088978" name="name381568e60ed817abe" descr="CORBIN_distribution_map.jpg"/>
+            <wp:docPr id="8579788" name="name77446901bc8f41d46" descr="CORBIN_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="CORBIN_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId233968e60ed817abb" cstate="print"/>
+                    <a:blip r:embed="rId59436901bc8f41d42" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -3173,51 +3173,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA Journal </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">12</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(12), 3910. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId360668e60ed818801" w:history="1">
+      <w:hyperlink r:id="rId10316901bc8f42bad" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2014.3910</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3243,51 +3243,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">subsp</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. insidiosus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId731468e60ed818879" w:history="1">
+      <w:hyperlink r:id="rId18146901bc8f42c26" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://pra.eppo.int/pra/8a8b3bad-4c8d-4f07-9884-a91562a340fd</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4421,51 +4421,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Genome Announcements </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">3</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), e00396-15. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId983168e60ed818ffc" w:history="1">
+      <w:hyperlink r:id="rId11586901bc8f433a9" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1128/genomeA.00396-15</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5319,51 +5319,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Clavibacter insidiosus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId179268e60ed819638" w:history="1">
+      <w:hyperlink r:id="rId57226901bc8f43980" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -5516,90 +5516,90 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">12</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 5-9. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId719468e60ed819780" w:history="1">
+      <w:hyperlink r:id="rId89276901bc8f43abc" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.1982.tb01949.x</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="40209873" name="name508668e60ed81981c" descr="eu_funding_250.png"/>
+            <wp:docPr id="41514395" name="name52256901bc8f43b51" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId897468e60ed81981b" cstate="print"/>
+                    <a:blip r:embed="rId25906901bc8f43b50" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -5697,137 +5697,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="96715337">
+  <w:abstractNum w:abstractNumId="32083292">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="73737474">
+    <w:lvl w:ilvl="0" w:tplc="11527823">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="73737474" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="11527823" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="73737474" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="11527823" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="73737474" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="11527823" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="73737474" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="11527823" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="73737474" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="11527823" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="73737474" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="11527823" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="73737474" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="11527823" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="73737474" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="11527823" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="96715336">
+  <w:abstractNum w:abstractNumId="32083291">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="43570503">
+    <w:lvl w:ilvl="0" w:tplc="11642430">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -6579,55 +6579,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="96715336">
-    <w:abstractNumId w:val="96715336"/>
+  <w:num w:numId="32083291">
+    <w:abstractNumId w:val="32083291"/>
   </w:num>
-  <w:num w:numId="96715337">
-    <w:abstractNumId w:val="96715337"/>
+  <w:num w:numId="32083292">
+    <w:abstractNumId w:val="32083292"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -18177,51 +18177,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId986784029" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId390467209" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId561468e60ed816103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CORBIN/" TargetMode="External"/><Relationship Id="rId424168e60ed8161ae" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CORBIN/categorization" TargetMode="External"/><Relationship Id="rId647368e60ed8167b3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CORBIN/photos" TargetMode="External"/><Relationship Id="rId360668e60ed818801" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2014.3910" TargetMode="External"/><Relationship Id="rId731468e60ed818879" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pra.eppo.int/pra/8a8b3bad-4c8d-4f07-9884-a91562a340fd" TargetMode="External"/><Relationship Id="rId983168e60ed818ffc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1128/genomeA.00396-15" TargetMode="External"/><Relationship Id="rId179268e60ed819638" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId719468e60ed819780" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1982.tb01949.x" TargetMode="External"/><Relationship Id="rId331968e60ed8166a2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId331968e60ed8166a2.jpg"/><Relationship Id="rId233968e60ed817abb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId233968e60ed817abb.jpg"/><Relationship Id="rId897468e60ed81981b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId897468e60ed81981b.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId629510594" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId701820999" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId10056901bc8f3fb8d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CORBIN/" TargetMode="External"/><Relationship Id="rId78006901bc8f3fc04" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CORBIN/categorization" TargetMode="External"/><Relationship Id="rId90586901bc8f40488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CORBIN/photos" TargetMode="External"/><Relationship Id="rId10316901bc8f42bad" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2014.3910" TargetMode="External"/><Relationship Id="rId18146901bc8f42c26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pra.eppo.int/pra/8a8b3bad-4c8d-4f07-9884-a91562a340fd" TargetMode="External"/><Relationship Id="rId11586901bc8f433a9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1128/genomeA.00396-15" TargetMode="External"/><Relationship Id="rId57226901bc8f43980" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId89276901bc8f43abc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1982.tb01949.x" TargetMode="External"/><Relationship Id="rId72536901bc8f40361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId72536901bc8f40361.jpg"/><Relationship Id="rId59436901bc8f41d42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId59436901bc8f41d42.jpg"/><Relationship Id="rId25906901bc8f43b50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId25906901bc8f43b50.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>