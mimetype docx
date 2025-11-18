--- v1 (2025-10-29)
+++ v2 (2025-11-18)
@@ -336,51 +336,51 @@
               <w:t xml:space="preserve"> (McCulloch) Dye &amp; Kemp</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> bacterial blight of lucerne, bacterial root rot of lucerne, bacterial wilt of lucerne, vascular wilt of lucerne</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10056901bc8f3fb8d" w:history="1">
+            <w:hyperlink r:id="rId4776691cee769ed3f" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -396,51 +396,51 @@
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> RNQP (Annex IV)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId78006901bc8f3fc04" w:history="1">
+            <w:hyperlink r:id="rId8074691cee769eda6" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -454,86 +454,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> CORBIN</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="51796505" name="name58286901bc8f40363" descr="429.jpg"/>
+                  <wp:docPr id="32321830" name="name3593691cee769f49a" descr="429.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="429.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId72536901bc8f40361" cstate="print"/>
+                          <a:blip r:embed="rId9025691cee769f498" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId90586901bc8f40488" w:history="1">
+            <w:hyperlink r:id="rId9500691cee769f581" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -1390,63 +1390,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">C. insidiosus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, the disease no longer occurs (e.g. in Brazil, Canada, South Africa). In the EPPO region, findings were mainly sporadic and since the 1980s, the disease is either no longer found or no significant outbreaks have been reported.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="8579788" name="name77446901bc8f41d46" descr="CORBIN_distribution_map.jpg"/>
+            <wp:docPr id="54485736" name="name7934691cee76a0640" descr="CORBIN_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="CORBIN_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId59436901bc8f41d42" cstate="print"/>
+                    <a:blip r:embed="rId1041691cee76a063d" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -3173,51 +3173,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA Journal </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">12</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(12), 3910. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId10316901bc8f42bad" w:history="1">
+      <w:hyperlink r:id="rId8653691cee76a12f1" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2014.3910</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3243,51 +3243,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">subsp</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. insidiosus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId18146901bc8f42c26" w:history="1">
+      <w:hyperlink r:id="rId5379691cee76a1366" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://pra.eppo.int/pra/8a8b3bad-4c8d-4f07-9884-a91562a340fd</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4421,51 +4421,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Genome Announcements </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">3</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), e00396-15. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId11586901bc8f433a9" w:history="1">
+      <w:hyperlink r:id="rId2573691cee76a1abb" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1128/genomeA.00396-15</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5319,51 +5319,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Clavibacter insidiosus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId57226901bc8f43980" w:history="1">
+      <w:hyperlink r:id="rId7302691cee76a2068" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -5516,90 +5516,90 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">12</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 5-9. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId89276901bc8f43abc" w:history="1">
+      <w:hyperlink r:id="rId9032691cee76a21b6" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.1982.tb01949.x</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="41514395" name="name52256901bc8f43b51" descr="eu_funding_250.png"/>
+            <wp:docPr id="29871040" name="name9323691cee76a23cd" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId25906901bc8f43b50" cstate="print"/>
+                    <a:blip r:embed="rId4157691cee76a23cc" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -5697,137 +5697,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="32083292">
+  <w:abstractNum w:abstractNumId="42705876">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="11527823">
+    <w:lvl w:ilvl="0" w:tplc="85242148">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="11527823" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="85242148" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="11527823" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="85242148" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="11527823" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="85242148" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="11527823" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="85242148" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="11527823" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="85242148" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="11527823" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="85242148" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="11527823" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="85242148" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="11527823" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="85242148" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="32083291">
+  <w:abstractNum w:abstractNumId="42705875">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="11642430">
+    <w:lvl w:ilvl="0" w:tplc="92261436">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -6579,55 +6579,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="32083291">
-    <w:abstractNumId w:val="32083291"/>
+  <w:num w:numId="42705875">
+    <w:abstractNumId w:val="42705875"/>
   </w:num>
-  <w:num w:numId="32083292">
-    <w:abstractNumId w:val="32083292"/>
+  <w:num w:numId="42705876">
+    <w:abstractNumId w:val="42705876"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -18177,51 +18177,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId629510594" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId701820999" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId10056901bc8f3fb8d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CORBIN/" TargetMode="External"/><Relationship Id="rId78006901bc8f3fc04" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CORBIN/categorization" TargetMode="External"/><Relationship Id="rId90586901bc8f40488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CORBIN/photos" TargetMode="External"/><Relationship Id="rId10316901bc8f42bad" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2014.3910" TargetMode="External"/><Relationship Id="rId18146901bc8f42c26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pra.eppo.int/pra/8a8b3bad-4c8d-4f07-9884-a91562a340fd" TargetMode="External"/><Relationship Id="rId11586901bc8f433a9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1128/genomeA.00396-15" TargetMode="External"/><Relationship Id="rId57226901bc8f43980" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId89276901bc8f43abc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1982.tb01949.x" TargetMode="External"/><Relationship Id="rId72536901bc8f40361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId72536901bc8f40361.jpg"/><Relationship Id="rId59436901bc8f41d42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId59436901bc8f41d42.jpg"/><Relationship Id="rId25906901bc8f43b50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId25906901bc8f43b50.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId153492648" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId274017731" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId4776691cee769ed3f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CORBIN/" TargetMode="External"/><Relationship Id="rId8074691cee769eda6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CORBIN/categorization" TargetMode="External"/><Relationship Id="rId9500691cee769f581" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CORBIN/photos" TargetMode="External"/><Relationship Id="rId8653691cee76a12f1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2014.3910" TargetMode="External"/><Relationship Id="rId5379691cee76a1366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pra.eppo.int/pra/8a8b3bad-4c8d-4f07-9884-a91562a340fd" TargetMode="External"/><Relationship Id="rId2573691cee76a1abb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1128/genomeA.00396-15" TargetMode="External"/><Relationship Id="rId7302691cee76a2068" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId9032691cee76a21b6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1982.tb01949.x" TargetMode="External"/><Relationship Id="rId9025691cee769f498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId9025691cee769f498.jpg"/><Relationship Id="rId1041691cee76a063d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId1041691cee76a063d.jpg"/><Relationship Id="rId4157691cee76a23cc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId4157691cee76a23cc.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>