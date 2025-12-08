--- v2 (2025-11-18)
+++ v3 (2025-12-08)
@@ -336,51 +336,51 @@
               <w:t xml:space="preserve"> (McCulloch) Dye &amp; Kemp</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> bacterial blight of lucerne, bacterial root rot of lucerne, bacterial wilt of lucerne, vascular wilt of lucerne</w:t>
             </w:r>
-            <w:hyperlink r:id="rId4776691cee769ed3f" w:history="1">
+            <w:hyperlink r:id="rId298669375aaec7397" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -396,51 +396,51 @@
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> RNQP (Annex IV)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8074691cee769eda6" w:history="1">
+            <w:hyperlink r:id="rId965069375aaec7405" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -454,86 +454,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> CORBIN</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="32321830" name="name3593691cee769f49a" descr="429.jpg"/>
+                  <wp:docPr id="62901562" name="name951469375aaec7c8d" descr="429.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="429.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId9025691cee769f498" cstate="print"/>
+                          <a:blip r:embed="rId184769375aaec7c8c" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId9500691cee769f581" w:history="1">
+            <w:hyperlink r:id="rId437269375aaec7dab" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -1390,63 +1390,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">C. insidiosus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, the disease no longer occurs (e.g. in Brazil, Canada, South Africa). In the EPPO region, findings were mainly sporadic and since the 1980s, the disease is either no longer found or no significant outbreaks have been reported.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="54485736" name="name7934691cee76a0640" descr="CORBIN_distribution_map.jpg"/>
+            <wp:docPr id="39512130" name="name140769375aaec9266" descr="CORBIN_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="CORBIN_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId1041691cee76a063d" cstate="print"/>
+                    <a:blip r:embed="rId769669375aaec9263" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -3173,51 +3173,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA Journal </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">12</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(12), 3910. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8653691cee76a12f1" w:history="1">
+      <w:hyperlink r:id="rId633069375aaec9fca" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2014.3910</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3243,51 +3243,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">subsp</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. insidiosus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5379691cee76a1366" w:history="1">
+      <w:hyperlink r:id="rId789969375aaeca045" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://pra.eppo.int/pra/8a8b3bad-4c8d-4f07-9884-a91562a340fd</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4421,51 +4421,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Genome Announcements </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">3</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), e00396-15. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2573691cee76a1abb" w:history="1">
+      <w:hyperlink r:id="rId183269375aaeca7ea" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1128/genomeA.00396-15</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5319,51 +5319,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Clavibacter insidiosus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7302691cee76a2068" w:history="1">
+      <w:hyperlink r:id="rId133369375aaecadbc" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -5516,90 +5516,90 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">12</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 5-9. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9032691cee76a21b6" w:history="1">
+      <w:hyperlink r:id="rId463969375aaecaefd" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.1982.tb01949.x</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="29871040" name="name9323691cee76a23cd" descr="eu_funding_250.png"/>
+            <wp:docPr id="61952114" name="name543969375aaecaf91" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId4157691cee76a23cc" cstate="print"/>
+                    <a:blip r:embed="rId988769375aaecaf90" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -5697,137 +5697,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="42705876">
+  <w:abstractNum w:abstractNumId="18533991">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="85242148">
+    <w:lvl w:ilvl="0" w:tplc="86949283">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="85242148" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="86949283" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="85242148" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="86949283" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="85242148" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="86949283" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="85242148" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="86949283" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="85242148" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="86949283" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="85242148" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="86949283" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="85242148" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="86949283" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="85242148" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="86949283" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="42705875">
+  <w:abstractNum w:abstractNumId="18533990">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="92261436">
+    <w:lvl w:ilvl="0" w:tplc="80313583">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -6579,55 +6579,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="42705875">
-    <w:abstractNumId w:val="42705875"/>
+  <w:num w:numId="18533990">
+    <w:abstractNumId w:val="18533990"/>
   </w:num>
-  <w:num w:numId="42705876">
-    <w:abstractNumId w:val="42705876"/>
+  <w:num w:numId="18533991">
+    <w:abstractNumId w:val="18533991"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -18177,51 +18177,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId153492648" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId274017731" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId4776691cee769ed3f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CORBIN/" TargetMode="External"/><Relationship Id="rId8074691cee769eda6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CORBIN/categorization" TargetMode="External"/><Relationship Id="rId9500691cee769f581" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CORBIN/photos" TargetMode="External"/><Relationship Id="rId8653691cee76a12f1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2014.3910" TargetMode="External"/><Relationship Id="rId5379691cee76a1366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pra.eppo.int/pra/8a8b3bad-4c8d-4f07-9884-a91562a340fd" TargetMode="External"/><Relationship Id="rId2573691cee76a1abb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1128/genomeA.00396-15" TargetMode="External"/><Relationship Id="rId7302691cee76a2068" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId9032691cee76a21b6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1982.tb01949.x" TargetMode="External"/><Relationship Id="rId9025691cee769f498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId9025691cee769f498.jpg"/><Relationship Id="rId1041691cee76a063d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId1041691cee76a063d.jpg"/><Relationship Id="rId4157691cee76a23cc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId4157691cee76a23cc.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId364542352" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId251462979" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId298669375aaec7397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CORBIN/" TargetMode="External"/><Relationship Id="rId965069375aaec7405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CORBIN/categorization" TargetMode="External"/><Relationship Id="rId437269375aaec7dab" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CORBIN/photos" TargetMode="External"/><Relationship Id="rId633069375aaec9fca" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2014.3910" TargetMode="External"/><Relationship Id="rId789969375aaeca045" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pra.eppo.int/pra/8a8b3bad-4c8d-4f07-9884-a91562a340fd" TargetMode="External"/><Relationship Id="rId183269375aaeca7ea" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1128/genomeA.00396-15" TargetMode="External"/><Relationship Id="rId133369375aaecadbc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId463969375aaecaefd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1982.tb01949.x" TargetMode="External"/><Relationship Id="rId184769375aaec7c8c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId184769375aaec7c8c.jpg"/><Relationship Id="rId769669375aaec9263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId769669375aaec9263.jpg"/><Relationship Id="rId988769375aaecaf90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId988769375aaecaf90.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>