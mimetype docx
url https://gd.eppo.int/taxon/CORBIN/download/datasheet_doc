--- v3 (2025-12-08)
+++ v4 (2025-12-29)
@@ -336,51 +336,51 @@
               <w:t xml:space="preserve"> (McCulloch) Dye &amp; Kemp</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> bacterial blight of lucerne, bacterial root rot of lucerne, bacterial wilt of lucerne, vascular wilt of lucerne</w:t>
             </w:r>
-            <w:hyperlink r:id="rId298669375aaec7397" w:history="1">
+            <w:hyperlink r:id="rId2057695256face5e0" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -396,51 +396,51 @@
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> RNQP (Annex IV)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId965069375aaec7405" w:history="1">
+            <w:hyperlink r:id="rId5022695256face648" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -454,86 +454,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> CORBIN</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="62901562" name="name951469375aaec7c8d" descr="429.jpg"/>
+                  <wp:docPr id="58213913" name="name2540695256faced05" descr="429.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="429.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId184769375aaec7c8c" cstate="print"/>
+                          <a:blip r:embed="rId3932695256faced03" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId437269375aaec7dab" w:history="1">
+            <w:hyperlink r:id="rId8589695256facee13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -1390,63 +1390,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">C. insidiosus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, the disease no longer occurs (e.g. in Brazil, Canada, South Africa). In the EPPO region, findings were mainly sporadic and since the 1980s, the disease is either no longer found or no significant outbreaks have been reported.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="39512130" name="name140769375aaec9266" descr="CORBIN_distribution_map.jpg"/>
+            <wp:docPr id="34470935" name="name1900695256fad0126" descr="CORBIN_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="CORBIN_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId769669375aaec9263" cstate="print"/>
+                    <a:blip r:embed="rId2641695256fad0124" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -3173,51 +3173,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA Journal </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">12</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(12), 3910. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId633069375aaec9fca" w:history="1">
+      <w:hyperlink r:id="rId1184695256fad0eb6" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2014.3910</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3243,51 +3243,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">subsp</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. insidiosus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId789969375aaeca045" w:history="1">
+      <w:hyperlink r:id="rId1238695256fad0f2c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://pra.eppo.int/pra/8a8b3bad-4c8d-4f07-9884-a91562a340fd</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4421,51 +4421,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Genome Announcements </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">3</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), e00396-15. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId183269375aaeca7ea" w:history="1">
+      <w:hyperlink r:id="rId3673695256fad16b1" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1128/genomeA.00396-15</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5319,51 +5319,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Clavibacter insidiosus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId133369375aaecadbc" w:history="1">
+      <w:hyperlink r:id="rId8782695256fad1c50" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -5516,90 +5516,90 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">12</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 5-9. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId463969375aaecaefd" w:history="1">
+      <w:hyperlink r:id="rId7525695256fad1d89" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.1982.tb01949.x</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="61952114" name="name543969375aaecaf91" descr="eu_funding_250.png"/>
+            <wp:docPr id="48596897" name="name7535695256fad1e1e" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId988769375aaecaf90" cstate="print"/>
+                    <a:blip r:embed="rId1858695256fad1e1c" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -5697,137 +5697,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="18533991">
+  <w:abstractNum w:abstractNumId="44243009">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="86949283">
+    <w:lvl w:ilvl="0" w:tplc="40143537">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="86949283" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="40143537" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="86949283" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="40143537" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="86949283" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="40143537" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="86949283" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="40143537" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="86949283" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="40143537" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="86949283" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="40143537" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="86949283" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="40143537" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="86949283" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="40143537" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="18533990">
+  <w:abstractNum w:abstractNumId="44243008">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="80313583">
+    <w:lvl w:ilvl="0" w:tplc="49090714">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -6579,55 +6579,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="18533990">
-    <w:abstractNumId w:val="18533990"/>
+  <w:num w:numId="44243008">
+    <w:abstractNumId w:val="44243008"/>
   </w:num>
-  <w:num w:numId="18533991">
-    <w:abstractNumId w:val="18533991"/>
+  <w:num w:numId="44243009">
+    <w:abstractNumId w:val="44243009"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -18177,51 +18177,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId364542352" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId251462979" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId298669375aaec7397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CORBIN/" TargetMode="External"/><Relationship Id="rId965069375aaec7405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CORBIN/categorization" TargetMode="External"/><Relationship Id="rId437269375aaec7dab" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CORBIN/photos" TargetMode="External"/><Relationship Id="rId633069375aaec9fca" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2014.3910" TargetMode="External"/><Relationship Id="rId789969375aaeca045" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pra.eppo.int/pra/8a8b3bad-4c8d-4f07-9884-a91562a340fd" TargetMode="External"/><Relationship Id="rId183269375aaeca7ea" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1128/genomeA.00396-15" TargetMode="External"/><Relationship Id="rId133369375aaecadbc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId463969375aaecaefd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1982.tb01949.x" TargetMode="External"/><Relationship Id="rId184769375aaec7c8c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId184769375aaec7c8c.jpg"/><Relationship Id="rId769669375aaec9263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId769669375aaec9263.jpg"/><Relationship Id="rId988769375aaecaf90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId988769375aaecaf90.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId799572033" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId129153956" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId2057695256face5e0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CORBIN/" TargetMode="External"/><Relationship Id="rId5022695256face648" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CORBIN/categorization" TargetMode="External"/><Relationship Id="rId8589695256facee13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CORBIN/photos" TargetMode="External"/><Relationship Id="rId1184695256fad0eb6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2014.3910" TargetMode="External"/><Relationship Id="rId1238695256fad0f2c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pra.eppo.int/pra/8a8b3bad-4c8d-4f07-9884-a91562a340fd" TargetMode="External"/><Relationship Id="rId3673695256fad16b1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1128/genomeA.00396-15" TargetMode="External"/><Relationship Id="rId8782695256fad1c50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId7525695256fad1d89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1982.tb01949.x" TargetMode="External"/><Relationship Id="rId3932695256faced03" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId3932695256faced03.jpg"/><Relationship Id="rId2641695256fad0124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId2641695256fad0124.jpg"/><Relationship Id="rId1858695256fad1e1c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId1858695256fad1e1c.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>