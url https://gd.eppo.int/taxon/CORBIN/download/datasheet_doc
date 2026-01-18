--- v4 (2025-12-29)
+++ v5 (2026-01-18)
@@ -336,51 +336,51 @@
               <w:t xml:space="preserve"> (McCulloch) Dye &amp; Kemp</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> bacterial blight of lucerne, bacterial root rot of lucerne, bacterial wilt of lucerne, vascular wilt of lucerne</w:t>
             </w:r>
-            <w:hyperlink r:id="rId2057695256face5e0" w:history="1">
+            <w:hyperlink r:id="rId5424696d5b530e382" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -396,51 +396,51 @@
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> RNQP (Annex IV)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId5022695256face648" w:history="1">
+            <w:hyperlink r:id="rId3042696d5b530e3eb" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -454,86 +454,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> CORBIN</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="58213913" name="name2540695256faced05" descr="429.jpg"/>
+                  <wp:docPr id="4681836" name="name5827696d5b530e9a5" descr="429.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="429.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId3932695256faced03" cstate="print"/>
+                          <a:blip r:embed="rId7845696d5b530e9a3" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId8589695256facee13" w:history="1">
+            <w:hyperlink r:id="rId6682696d5b530eaac" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -1390,63 +1390,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">C. insidiosus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, the disease no longer occurs (e.g. in Brazil, Canada, South Africa). In the EPPO region, findings were mainly sporadic and since the 1980s, the disease is either no longer found or no significant outbreaks have been reported.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="34470935" name="name1900695256fad0126" descr="CORBIN_distribution_map.jpg"/>
+            <wp:docPr id="40491587" name="name9215696d5b530fe4f" descr="CORBIN_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="CORBIN_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId2641695256fad0124" cstate="print"/>
+                    <a:blip r:embed="rId3234696d5b530fe4c" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -3173,51 +3173,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA Journal </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">12</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(12), 3910. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1184695256fad0eb6" w:history="1">
+      <w:hyperlink r:id="rId6822696d5b5310b8b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2014.3910</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3243,51 +3243,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">subsp</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. insidiosus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1238695256fad0f2c" w:history="1">
+      <w:hyperlink r:id="rId6681696d5b5310c04" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://pra.eppo.int/pra/8a8b3bad-4c8d-4f07-9884-a91562a340fd</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4421,51 +4421,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Genome Announcements </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">3</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), e00396-15. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3673695256fad16b1" w:history="1">
+      <w:hyperlink r:id="rId3458696d5b5311388" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1128/genomeA.00396-15</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5297,73 +5297,73 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">How to cite this datasheet?</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">EPPO (2025) </w:t>
+        <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Clavibacter insidiosus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8782695256fad1c50" w:history="1">
+      <w:hyperlink r:id="rId3568696d5b5311962" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -5516,90 +5516,90 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">12</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 5-9. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7525695256fad1d89" w:history="1">
+      <w:hyperlink r:id="rId2318696d5b5311aad" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.1982.tb01949.x</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="48596897" name="name7535695256fad1e1e" descr="eu_funding_250.png"/>
+            <wp:docPr id="85319108" name="name4462696d5b5311b2d" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId1858695256fad1e1c" cstate="print"/>
+                    <a:blip r:embed="rId2419696d5b5311b2c" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -5697,137 +5697,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="44243009">
+  <w:abstractNum w:abstractNumId="46945571">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="40143537">
+    <w:lvl w:ilvl="0" w:tplc="54772721">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="40143537" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="54772721" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="40143537" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="54772721" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="40143537" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="54772721" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="40143537" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="54772721" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="40143537" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="54772721" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="40143537" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="54772721" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="40143537" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="54772721" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="40143537" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="54772721" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="44243008">
+  <w:abstractNum w:abstractNumId="46945570">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="49090714">
+    <w:lvl w:ilvl="0" w:tplc="11862824">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -6579,55 +6579,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="44243008">
-    <w:abstractNumId w:val="44243008"/>
+  <w:num w:numId="46945570">
+    <w:abstractNumId w:val="46945570"/>
   </w:num>
-  <w:num w:numId="44243009">
-    <w:abstractNumId w:val="44243009"/>
+  <w:num w:numId="46945571">
+    <w:abstractNumId w:val="46945571"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -18177,51 +18177,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId799572033" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId129153956" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId2057695256face5e0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CORBIN/" TargetMode="External"/><Relationship Id="rId5022695256face648" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CORBIN/categorization" TargetMode="External"/><Relationship Id="rId8589695256facee13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CORBIN/photos" TargetMode="External"/><Relationship Id="rId1184695256fad0eb6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2014.3910" TargetMode="External"/><Relationship Id="rId1238695256fad0f2c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pra.eppo.int/pra/8a8b3bad-4c8d-4f07-9884-a91562a340fd" TargetMode="External"/><Relationship Id="rId3673695256fad16b1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1128/genomeA.00396-15" TargetMode="External"/><Relationship Id="rId8782695256fad1c50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId7525695256fad1d89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1982.tb01949.x" TargetMode="External"/><Relationship Id="rId3932695256faced03" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId3932695256faced03.jpg"/><Relationship Id="rId2641695256fad0124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId2641695256fad0124.jpg"/><Relationship Id="rId1858695256fad1e1c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId1858695256fad1e1c.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId420972230" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId761099733" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId5424696d5b530e382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CORBIN/" TargetMode="External"/><Relationship Id="rId3042696d5b530e3eb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CORBIN/categorization" TargetMode="External"/><Relationship Id="rId6682696d5b530eaac" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CORBIN/photos" TargetMode="External"/><Relationship Id="rId6822696d5b5310b8b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2014.3910" TargetMode="External"/><Relationship Id="rId6681696d5b5310c04" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pra.eppo.int/pra/8a8b3bad-4c8d-4f07-9884-a91562a340fd" TargetMode="External"/><Relationship Id="rId3458696d5b5311388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1128/genomeA.00396-15" TargetMode="External"/><Relationship Id="rId3568696d5b5311962" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId2318696d5b5311aad" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1982.tb01949.x" TargetMode="External"/><Relationship Id="rId7845696d5b530e9a3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId7845696d5b530e9a3.jpg"/><Relationship Id="rId3234696d5b530fe4c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId3234696d5b530fe4c.jpg"/><Relationship Id="rId2419696d5b5311b2c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId2419696d5b5311b2c.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>