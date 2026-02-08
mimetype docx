--- v5 (2026-01-18)
+++ v6 (2026-02-08)
@@ -336,51 +336,51 @@
               <w:t xml:space="preserve"> (McCulloch) Dye &amp; Kemp</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> bacterial blight of lucerne, bacterial root rot of lucerne, bacterial wilt of lucerne, vascular wilt of lucerne</w:t>
             </w:r>
-            <w:hyperlink r:id="rId5424696d5b530e382" w:history="1">
+            <w:hyperlink r:id="rId162369888b38a352a" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -394,53 +394,53 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve"> RNQP (Annex IV)</w:t>
+              <w:t xml:space="preserve"> RNQP ((EU) 2019/2072 Annex IV)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId3042696d5b530e3eb" w:history="1">
+            <w:hyperlink r:id="rId311069888b38a3593" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -454,86 +454,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> CORBIN</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="4681836" name="name5827696d5b530e9a5" descr="429.jpg"/>
+                  <wp:docPr id="34212891" name="name148869888b38a3d0a" descr="429.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="429.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId7845696d5b530e9a3" cstate="print"/>
+                          <a:blip r:embed="rId120869888b38a3d08" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId6682696d5b530eaac" w:history="1">
+            <w:hyperlink r:id="rId241869888b38a3e31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -1385,110 +1385,78 @@
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> century, the pathogen was found in the most important lucerne production areas in the USA and Canada, and was also detected in other continents. In several countries with historical findings of </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">C. insidiosus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, the disease no longer occurs (e.g. in Brazil, Canada, South Africa). In the EPPO region, findings were mainly sporadic and since the 1980s, the disease is either no longer found or no significant outbreaks have been reported.</w:t>
       </w:r>
     </w:p>
+    <w:p/>
     <w:p>
-      <w:r>
-[...37 lines deleted...]
-      </w:r>
+      <w:pPr>
+        <w:widowControl w:val="on"/>
+        <w:pBdr/>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:br/>
         <w:t xml:space="preserve">EPPO Region:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Kazakhstan, Lithuania, Poland, Russian Federation (the) (Central Russia, Southern Russia), Tunisia, United Kingdom</w:t>
+        <w:t xml:space="preserve"> Kazakhstan, Lithuania, Poland, Russian Federation (Central Russia, Southern Russia), Tunisia, United Kingdom</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">Africa:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Tunisia</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -3173,51 +3141,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA Journal </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">12</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(12), 3910. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6822696d5b5310b8b" w:history="1">
+      <w:hyperlink r:id="rId627669888b38a5236" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2014.3910</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3243,51 +3211,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">subsp</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. insidiosus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6681696d5b5310c04" w:history="1">
+      <w:hyperlink r:id="rId317769888b38a52af" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://pra.eppo.int/pra/8a8b3bad-4c8d-4f07-9884-a91562a340fd</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4421,51 +4389,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Genome Announcements </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">3</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), e00396-15. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3458696d5b5311388" w:history="1">
+      <w:hyperlink r:id="rId979169888b38a5a12" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1128/genomeA.00396-15</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5319,51 +5287,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Clavibacter insidiosus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3568696d5b5311962" w:history="1">
+      <w:hyperlink r:id="rId389069888b38a5fc9" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -5516,90 +5484,90 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">12</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 5-9. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2318696d5b5311aad" w:history="1">
+      <w:hyperlink r:id="rId326569888b38a611a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.1982.tb01949.x</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="85319108" name="name4462696d5b5311b2d" descr="eu_funding_250.png"/>
+            <wp:docPr id="988771" name="name284069888b38a616d" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId2419696d5b5311b2c" cstate="print"/>
+                    <a:blip r:embed="rId889969888b38a616c" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -5697,137 +5665,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="46945571">
+  <w:abstractNum w:abstractNumId="20894966">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="54772721">
+    <w:lvl w:ilvl="0" w:tplc="87501135">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="54772721" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="87501135" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="54772721" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="87501135" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="54772721" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="87501135" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="54772721" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="87501135" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="54772721" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="87501135" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="54772721" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="87501135" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="54772721" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="87501135" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="54772721" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="87501135" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="46945570">
+  <w:abstractNum w:abstractNumId="20894965">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="11862824">
+    <w:lvl w:ilvl="0" w:tplc="12238083">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -6579,55 +6547,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="46945570">
-    <w:abstractNumId w:val="46945570"/>
+  <w:num w:numId="20894965">
+    <w:abstractNumId w:val="20894965"/>
   </w:num>
-  <w:num w:numId="46945571">
-    <w:abstractNumId w:val="46945571"/>
+  <w:num w:numId="20894966">
+    <w:abstractNumId w:val="20894966"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -18177,51 +18145,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId420972230" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId761099733" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId5424696d5b530e382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CORBIN/" TargetMode="External"/><Relationship Id="rId3042696d5b530e3eb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CORBIN/categorization" TargetMode="External"/><Relationship Id="rId6682696d5b530eaac" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CORBIN/photos" TargetMode="External"/><Relationship Id="rId6822696d5b5310b8b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2014.3910" TargetMode="External"/><Relationship Id="rId6681696d5b5310c04" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pra.eppo.int/pra/8a8b3bad-4c8d-4f07-9884-a91562a340fd" TargetMode="External"/><Relationship Id="rId3458696d5b5311388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1128/genomeA.00396-15" TargetMode="External"/><Relationship Id="rId3568696d5b5311962" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId2318696d5b5311aad" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1982.tb01949.x" TargetMode="External"/><Relationship Id="rId7845696d5b530e9a3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId7845696d5b530e9a3.jpg"/><Relationship Id="rId3234696d5b530fe4c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId3234696d5b530fe4c.jpg"/><Relationship Id="rId2419696d5b5311b2c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId2419696d5b5311b2c.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId100279368" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId758692985" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId162369888b38a352a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CORBIN/" TargetMode="External"/><Relationship Id="rId311069888b38a3593" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CORBIN/categorization" TargetMode="External"/><Relationship Id="rId241869888b38a3e31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CORBIN/photos" TargetMode="External"/><Relationship Id="rId627669888b38a5236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2014.3910" TargetMode="External"/><Relationship Id="rId317769888b38a52af" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pra.eppo.int/pra/8a8b3bad-4c8d-4f07-9884-a91562a340fd" TargetMode="External"/><Relationship Id="rId979169888b38a5a12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1128/genomeA.00396-15" TargetMode="External"/><Relationship Id="rId389069888b38a5fc9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId326569888b38a611a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1982.tb01949.x" TargetMode="External"/><Relationship Id="rId120869888b38a3d08" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId120869888b38a3d08.jpg"/><Relationship Id="rId889969888b38a616c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId889969888b38a616c.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>