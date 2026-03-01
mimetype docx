--- v6 (2026-02-08)
+++ v7 (2026-03-01)
@@ -336,51 +336,51 @@
               <w:t xml:space="preserve"> (McCulloch) Dye &amp; Kemp</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> bacterial blight of lucerne, bacterial root rot of lucerne, bacterial wilt of lucerne, vascular wilt of lucerne</w:t>
             </w:r>
-            <w:hyperlink r:id="rId162369888b38a352a" w:history="1">
+            <w:hyperlink r:id="rId207969a41bc597689" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -396,51 +396,51 @@
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> RNQP ((EU) 2019/2072 Annex IV)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId311069888b38a3593" w:history="1">
+            <w:hyperlink r:id="rId662169a41bc5976f3" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -454,86 +454,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> CORBIN</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="34212891" name="name148869888b38a3d0a" descr="429.jpg"/>
+                  <wp:docPr id="58002765" name="name291469a41bc5977b7" descr="429.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="429.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId120869888b38a3d08" cstate="print"/>
+                          <a:blip r:embed="rId200169a41bc5977b6" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId241869888b38a3e31" w:history="1">
+            <w:hyperlink r:id="rId789069a41bc5978ad" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -1385,68 +1385,100 @@
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> century, the pathogen was found in the most important lucerne production areas in the USA and Canada, and was also detected in other continents. In several countries with historical findings of </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">C. insidiosus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, the disease no longer occurs (e.g. in Brazil, Canada, South Africa). In the EPPO region, findings were mainly sporadic and since the 1980s, the disease is either no longer found or no significant outbreaks have been reported.</w:t>
       </w:r>
     </w:p>
-    <w:p/>
     <w:p>
-      <w:pPr>
-[...5 lines deleted...]
-      </w:pPr>
+      <w:r>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0">
+            <wp:extent cx="6120000" cy="3067200"/>
+            <wp:docPr id="613919" name="name570669a41bc598ce2" descr="CORBIN_distribution_map.jpg"/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="0" name="CORBIN_distribution_map.jpg"/>
+                    <pic:cNvPicPr/>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId616469a41bc598cde" cstate="print"/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr>
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="6120000" cy="3067200"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                    <a:ln w="0">
+                      <a:noFill/>
+                    </a:ln>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
+        <w:br/>
         <w:t xml:space="preserve">EPPO Region:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Kazakhstan, Lithuania, Poland, Russian Federation (Central Russia, Southern Russia), Tunisia, United Kingdom</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">Africa:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
@@ -3141,51 +3173,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA Journal </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">12</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(12), 3910. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId627669888b38a5236" w:history="1">
+      <w:hyperlink r:id="rId103569a41bc599a43" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2014.3910</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3211,51 +3243,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">subsp</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. insidiosus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId317769888b38a52af" w:history="1">
+      <w:hyperlink r:id="rId457869a41bc599aba" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://pra.eppo.int/pra/8a8b3bad-4c8d-4f07-9884-a91562a340fd</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4389,51 +4421,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Genome Announcements </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">3</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), e00396-15. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId979169888b38a5a12" w:history="1">
+      <w:hyperlink r:id="rId150969a41bc59a21a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1128/genomeA.00396-15</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5287,51 +5319,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Clavibacter insidiosus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId389069888b38a5fc9" w:history="1">
+      <w:hyperlink r:id="rId124969a41bc59a7e2" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -5484,90 +5516,90 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">12</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 5-9. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId326569888b38a611a" w:history="1">
+      <w:hyperlink r:id="rId615769a41bc59a91d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.1982.tb01949.x</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="988771" name="name284069888b38a616d" descr="eu_funding_250.png"/>
+            <wp:docPr id="38981602" name="name867869a41bc59a989" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId889969888b38a616c" cstate="print"/>
+                    <a:blip r:embed="rId602269a41bc59a988" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -5665,137 +5697,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="20894966">
+  <w:abstractNum w:abstractNumId="84207557">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="87501135">
+    <w:lvl w:ilvl="0" w:tplc="94009432">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="87501135" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="94009432" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="87501135" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="94009432" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="87501135" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="94009432" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="87501135" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="94009432" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="87501135" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="94009432" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="87501135" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="94009432" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="87501135" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="94009432" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="87501135" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="94009432" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="20894965">
+  <w:abstractNum w:abstractNumId="84207556">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="12238083">
+    <w:lvl w:ilvl="0" w:tplc="22320368">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -6547,55 +6579,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="20894965">
-    <w:abstractNumId w:val="20894965"/>
+  <w:num w:numId="84207556">
+    <w:abstractNumId w:val="84207556"/>
   </w:num>
-  <w:num w:numId="20894966">
-    <w:abstractNumId w:val="20894966"/>
+  <w:num w:numId="84207557">
+    <w:abstractNumId w:val="84207557"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -18145,51 +18177,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId100279368" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId758692985" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId162369888b38a352a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CORBIN/" TargetMode="External"/><Relationship Id="rId311069888b38a3593" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CORBIN/categorization" TargetMode="External"/><Relationship Id="rId241869888b38a3e31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CORBIN/photos" TargetMode="External"/><Relationship Id="rId627669888b38a5236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2014.3910" TargetMode="External"/><Relationship Id="rId317769888b38a52af" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pra.eppo.int/pra/8a8b3bad-4c8d-4f07-9884-a91562a340fd" TargetMode="External"/><Relationship Id="rId979169888b38a5a12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1128/genomeA.00396-15" TargetMode="External"/><Relationship Id="rId389069888b38a5fc9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId326569888b38a611a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1982.tb01949.x" TargetMode="External"/><Relationship Id="rId120869888b38a3d08" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId120869888b38a3d08.jpg"/><Relationship Id="rId889969888b38a616c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId889969888b38a616c.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId180138360" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId900422192" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId207969a41bc597689" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CORBIN/" TargetMode="External"/><Relationship Id="rId662169a41bc5976f3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CORBIN/categorization" TargetMode="External"/><Relationship Id="rId789069a41bc5978ad" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CORBIN/photos" TargetMode="External"/><Relationship Id="rId103569a41bc599a43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2014.3910" TargetMode="External"/><Relationship Id="rId457869a41bc599aba" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pra.eppo.int/pra/8a8b3bad-4c8d-4f07-9884-a91562a340fd" TargetMode="External"/><Relationship Id="rId150969a41bc59a21a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1128/genomeA.00396-15" TargetMode="External"/><Relationship Id="rId124969a41bc59a7e2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId615769a41bc59a91d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1982.tb01949.x" TargetMode="External"/><Relationship Id="rId200169a41bc5977b6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId200169a41bc5977b6.jpg"/><Relationship Id="rId616469a41bc598cde" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId616469a41bc598cde.jpg"/><Relationship Id="rId602269a41bc59a988" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId602269a41bc59a988.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>