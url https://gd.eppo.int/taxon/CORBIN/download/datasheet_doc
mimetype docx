--- v7 (2026-03-01)
+++ v8 (2026-03-21)
@@ -336,51 +336,51 @@
               <w:t xml:space="preserve"> (McCulloch) Dye &amp; Kemp</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> bacterial blight of lucerne, bacterial root rot of lucerne, bacterial wilt of lucerne, vascular wilt of lucerne</w:t>
             </w:r>
-            <w:hyperlink r:id="rId207969a41bc597689" w:history="1">
+            <w:hyperlink r:id="rId912769bf023e6ebd0" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -396,51 +396,51 @@
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> RNQP ((EU) 2019/2072 Annex IV)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId662169a41bc5976f3" w:history="1">
+            <w:hyperlink r:id="rId418869bf023e6ec38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -454,86 +454,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> CORBIN</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="58002765" name="name291469a41bc5977b7" descr="429.jpg"/>
+                  <wp:docPr id="6250024" name="name494769bf023e6f196" descr="429.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="429.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId200169a41bc5977b6" cstate="print"/>
+                          <a:blip r:embed="rId723269bf023e6f195" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId789069a41bc5978ad" w:history="1">
+            <w:hyperlink r:id="rId357069bf023e6f276" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -1390,63 +1390,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">C. insidiosus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, the disease no longer occurs (e.g. in Brazil, Canada, South Africa). In the EPPO region, findings were mainly sporadic and since the 1980s, the disease is either no longer found or no significant outbreaks have been reported.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="613919" name="name570669a41bc598ce2" descr="CORBIN_distribution_map.jpg"/>
+            <wp:docPr id="44970820" name="name731969bf023e702b5" descr="CORBIN_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="CORBIN_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId616469a41bc598cde" cstate="print"/>
+                    <a:blip r:embed="rId645069bf023e702b2" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -3173,51 +3173,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA Journal </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">12</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(12), 3910. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId103569a41bc599a43" w:history="1">
+      <w:hyperlink r:id="rId735169bf023e70fa0" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2014.3910</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3243,51 +3243,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">subsp</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. insidiosus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId457869a41bc599aba" w:history="1">
+      <w:hyperlink r:id="rId784669bf023e71015" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://pra.eppo.int/pra/8a8b3bad-4c8d-4f07-9884-a91562a340fd</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4421,51 +4421,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Genome Announcements </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">3</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), e00396-15. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId150969a41bc59a21a" w:history="1">
+      <w:hyperlink r:id="rId499069bf023e71785" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1128/genomeA.00396-15</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5319,51 +5319,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Clavibacter insidiosus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId124969a41bc59a7e2" w:history="1">
+      <w:hyperlink r:id="rId760769bf023e71d37" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -5516,90 +5516,90 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">12</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 5-9. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId615769a41bc59a91d" w:history="1">
+      <w:hyperlink r:id="rId706669bf023e71e6f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.1982.tb01949.x</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="38981602" name="name867869a41bc59a989" descr="eu_funding_250.png"/>
+            <wp:docPr id="18029797" name="name611669bf023e71eeb" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId602269a41bc59a988" cstate="print"/>
+                    <a:blip r:embed="rId525169bf023e71eea" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -5697,137 +5697,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="84207557">
+  <w:abstractNum w:abstractNumId="34737859">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="94009432">
+    <w:lvl w:ilvl="0" w:tplc="14420676">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="94009432" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="14420676" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="94009432" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="14420676" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="94009432" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="14420676" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="94009432" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="14420676" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="94009432" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="14420676" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="94009432" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="14420676" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="94009432" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="14420676" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="94009432" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="14420676" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="84207556">
+  <w:abstractNum w:abstractNumId="34737858">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="22320368">
+    <w:lvl w:ilvl="0" w:tplc="54157814">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -6579,55 +6579,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="84207556">
-    <w:abstractNumId w:val="84207556"/>
+  <w:num w:numId="34737858">
+    <w:abstractNumId w:val="34737858"/>
   </w:num>
-  <w:num w:numId="84207557">
-    <w:abstractNumId w:val="84207557"/>
+  <w:num w:numId="34737859">
+    <w:abstractNumId w:val="34737859"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -18177,51 +18177,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId180138360" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId900422192" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId207969a41bc597689" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CORBIN/" TargetMode="External"/><Relationship Id="rId662169a41bc5976f3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CORBIN/categorization" TargetMode="External"/><Relationship Id="rId789069a41bc5978ad" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CORBIN/photos" TargetMode="External"/><Relationship Id="rId103569a41bc599a43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2014.3910" TargetMode="External"/><Relationship Id="rId457869a41bc599aba" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pra.eppo.int/pra/8a8b3bad-4c8d-4f07-9884-a91562a340fd" TargetMode="External"/><Relationship Id="rId150969a41bc59a21a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1128/genomeA.00396-15" TargetMode="External"/><Relationship Id="rId124969a41bc59a7e2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId615769a41bc59a91d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1982.tb01949.x" TargetMode="External"/><Relationship Id="rId200169a41bc5977b6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId200169a41bc5977b6.jpg"/><Relationship Id="rId616469a41bc598cde" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId616469a41bc598cde.jpg"/><Relationship Id="rId602269a41bc59a988" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId602269a41bc59a988.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId435823192" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId869870515" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId912769bf023e6ebd0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CORBIN/" TargetMode="External"/><Relationship Id="rId418869bf023e6ec38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CORBIN/categorization" TargetMode="External"/><Relationship Id="rId357069bf023e6f276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CORBIN/photos" TargetMode="External"/><Relationship Id="rId735169bf023e70fa0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2014.3910" TargetMode="External"/><Relationship Id="rId784669bf023e71015" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pra.eppo.int/pra/8a8b3bad-4c8d-4f07-9884-a91562a340fd" TargetMode="External"/><Relationship Id="rId499069bf023e71785" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1128/genomeA.00396-15" TargetMode="External"/><Relationship Id="rId760769bf023e71d37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId706669bf023e71e6f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1982.tb01949.x" TargetMode="External"/><Relationship Id="rId723269bf023e6f195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId723269bf023e6f195.jpg"/><Relationship Id="rId645069bf023e702b2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId645069bf023e702b2.jpg"/><Relationship Id="rId525169bf023e71eea" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId525169bf023e71eea.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>