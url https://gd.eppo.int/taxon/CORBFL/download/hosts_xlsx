--- v0 (2025-10-08)
+++ v1 (2026-01-28)
@@ -299,51 +299,51 @@
   </si>
   <si>
     <t>Medicago sativa</t>
   </si>
   <si>
     <t>* Harveson RM, Schwartz HF, Urrea CA, Yonts CD (2015) Bacterial wilt of dry-edible beans in the central high plains of the U.S.: past, present, and future. Plant Disease 99, 1665–1677.
 ------- When grown in rotation with infected dry bean crops.</t>
   </si>
   <si>
     <t>NIOBE</t>
   </si>
   <si>
     <t>Nicotiana benthamiana</t>
   </si>
   <si>
     <t xml:space="preserve">* Dai F, Xue Y, Zhang Q, Pan S, Wang N, Zhang J (2025) First report of bacterial wilting caused by Curtobacterium flaccumfaciens pv. flaccumfaciens on Tobacco. Plant Disease (early view) https://doi.org/10.1094/PDIS-03-25-0641-PDN 
 </t>
   </si>
   <si>
     <t>NIOTA</t>
   </si>
   <si>
     <t>Nicotiana tabacum</t>
   </si>
   <si>
-    <t>* Dai F, Xue Y, Zhang Q, Pan S, Wang N, Zhang J (2025) First report of bacterial wilting caused by Curtobacterium flaccumfaciens pv. flaccumfaciens on tobacco. Plant Disease (early view) https://doi.org/10.1094/PDIS-03-25-0641-PDN</t>
+    <t>* Dai F, Xue Y, Zhang Q, Pan S, Wang N, Zhang J (2025) First report of bacterial wilting caused by Curtobacterium flaccumfaciens pv. flaccumfaciens on tobacco. Plant Disease 109(9), 1983. https://doi.org/10.1094/PDIS-03-25-0641-PDN</t>
   </si>
   <si>
     <t>PIBSX</t>
   </si>
   <si>
     <t>Pisum sativum</t>
   </si>
   <si>
     <t>TRZAX</t>
   </si>
   <si>
     <t>Triticum aestivum subsp. aestivum</t>
   </si>
   <si>
     <t>* Gonçalves RM, Schipanski CA, Koguishi L, Soman JM, Sakate RK, Silva Junior TAF, Maringoni AC (2017) Alternative hosts of Curtobacterium flaccumfaciens pv. flaccumfaciens, causal agent of bean bacterial wilt. European Journal of Plant Pathology 148, 357–365.
 ------- When grown in rotation with Fabaceae hosts.
 * Harveson RM, Schwartz HF, Urrea CA, Yonts CD (2015) Bacterial wilt of dry-edible beans in the central high plains of the U.S.: past, present, and future. Plant Disease 99, 1665–1677.
 ------- When grown in rotation with infected dry bean crops. Wheat was also infected by Xanthomonas translucens.</t>
   </si>
   <si>
     <t>VICFX</t>
   </si>
   <si>
     <t>Vicia faba</t>
   </si>