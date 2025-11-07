--- v0 (2025-10-06)
+++ v1 (2025-11-07)
@@ -358,51 +358,51 @@
               <w:t xml:space="preserve"> (Hedges) Stevens</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> bacterial tan spot of bean, bacterial tan spot of soybean, bacterial wilt of bean, bacterial wilt of common bean, bacterial wilt of dry beans, vascular wilt of bean</w:t>
             </w:r>
-            <w:hyperlink r:id="rId521068e3efe25a20f" w:history="1">
+            <w:hyperlink r:id="rId9963690d523ed5097" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -418,51 +418,51 @@
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 Quarantine pest (Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId943168e3efe25a27a" w:history="1">
+            <w:hyperlink r:id="rId3343690d523ed5101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -476,86 +476,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> CORBFL</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="27659124" name="name599768e3efe25aa0b" descr="9360.jpg"/>
+                  <wp:docPr id="79864562" name="name1450690d523ed5921" descr="9360.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="9360.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId554268e3efe25aa08" cstate="print"/>
+                          <a:blip r:embed="rId9840690d523ed591f" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId445668e3efe25ab71" w:history="1">
+            <w:hyperlink r:id="rId2494690d523ed5a45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -4294,63 +4294,63 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">In Africa, the first confirmed case is from Zambia in soybean (Pawlowski and Hartman, 2019).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="27029966" name="name676668e3efe25d29c" descr="CORBFL_distribution_map.jpg"/>
+            <wp:docPr id="30688751" name="name8724690d523ed8102" descr="CORBFL_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="CORBFL_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId452968e3efe25d298" cstate="print"/>
+                    <a:blip r:embed="rId9094690d523ed80fe" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -8981,51 +8981,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> pv. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">flaccumfaciens</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId785868e3efe25f3fb" w:history="1">
+      <w:hyperlink r:id="rId6757690d523eda0d1" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.cabi.org/isc/datasheet/15333</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -9672,51 +9672,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">111</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 268-280. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId624468e3efe25f83a" w:history="1">
+      <w:hyperlink r:id="rId6276690d523eda511" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PHYTO-06-20-0243-R</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -10083,51 +10083,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 269–273.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Donausoja (2021) Soya cultivation in Europe. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId563668e3efe25facc" w:history="1">
+      <w:hyperlink r:id="rId7857690d523eda797" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.donausoja.org/fileadmin/user_upload/Downloads/Soya_cultivation_in_Europe_plus_DS_Benefits.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Retrieved 2021-06-11.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -10416,81 +10416,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2018, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">16</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 5299, 22 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId269068e3efe25fcfe" w:history="1">
+      <w:hyperlink r:id="rId9877690d523eda9a2" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2018.5299</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2021) EPPO Global Database. Accessed May 2018. Available online: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId734268e3efe25fd34" w:history="1">
+      <w:hyperlink r:id="rId4403690d523eda9d4" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Retrieved June 2021.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -10857,81 +10857,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">32</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 434-438 (in Portuguese). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId424168e3efe25ffce" w:history="1">
+      <w:hyperlink r:id="rId2610690d523edac83" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1590/S0100-41582007000500011</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Eurostat (2021) </w:t>
       </w:r>
-      <w:hyperlink r:id="rId976468e3efe260002" w:history="1">
+      <w:hyperlink r:id="rId9575690d523edacbb" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://ec.europa.eu/eurostat/web/products-datasets/-/tag00094</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Retrieved 2021-06-11.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -11102,51 +11102,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">154 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">189-202. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId899468e3efe260156" w:history="1">
+      <w:hyperlink r:id="rId3560690d523edae14" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s10658-018-01648-0</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -11212,51 +11212,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">159, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">485–493. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId471068e3efe260203" w:history="1">
+      <w:hyperlink r:id="rId6630690d523edaec2" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s10658-020-02176-6</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -11449,101 +11449,101 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">80</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1–10. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId174168e3efe26036f" w:history="1">
+      <w:hyperlink r:id="rId1131690d523edb03b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1023/A:1012077425747</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Harveson RM (2013) The multicolored bacterium. In: </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">APS Features. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId283068e3efe2603c1" w:history="1">
+      <w:hyperlink r:id="rId1853690d523edb08f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.apsnet.org/edcenter/apsnetfeatures/Pages/bacterium.aspx</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -11743,51 +11743,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> pv</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. flaccumfaciens</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">) found in western Nebraska. Plant Health Progress. Published online: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId784868e3efe26054f" w:history="1">
+      <w:hyperlink r:id="rId9659690d523edb21a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/php-2008-0815-01-br</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -13125,51 +13125,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">60</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 161–172. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId703468e3efe260de1" w:history="1">
+      <w:hyperlink r:id="rId1518690d523edbb52" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s10658-021-02232-9</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -13273,51 +13273,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">163</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 653–656. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId554668e3efe260ecb" w:history="1">
+      <w:hyperlink r:id="rId3158690d523edbc58" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/jph.12300</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -13354,51 +13354,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Crop Protection </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">78</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 185-192. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId847868e3efe260f4d" w:history="1">
+      <w:hyperlink r:id="rId9190690d523edbcdd" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1016/j.cropro.2015.09.015</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -13473,51 +13473,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">146, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">129–145. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId876068e3efe261007" w:history="1">
+      <w:hyperlink r:id="rId3731690d523edbd9a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s10658-016-0900-3</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -13748,51 +13748,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">21</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 605-621. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId431168e3efe2611b2" w:history="1">
+      <w:hyperlink r:id="rId2522690d523edbf4e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/mpp.12926</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -14014,51 +14014,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">159, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">627–636. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId438168e3efe26134e" w:history="1">
+      <w:hyperlink r:id="rId9491690d523edc0f4" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s10658-020-02193-5</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -14124,51 +14124,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> L.). </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Acta Scientiarum. Agronomy</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 43, e51031. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId444368e3efe2613f9" w:history="1">
+      <w:hyperlink r:id="rId7651690d523edc1a2" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.4025/actasciagron.v43i1.51031</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -15163,51 +15163,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">8</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1705. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId538868e3efe261a69" w:history="1">
+      <w:hyperlink r:id="rId9288690d523edc835" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3390/microorganisms8111705</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -15311,51 +15311,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">98</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 973-976. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId290568e3efe261b58" w:history="1">
+      <w:hyperlink r:id="rId5703690d523edc925" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PDIS-04-13-0391-RE</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -15664,51 +15664,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> pv. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">flaccumfacien</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">s. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId921868e3efe261d88" w:history="1">
+      <w:hyperlink r:id="rId8845690d523edcb81" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.cabi.org/isc/datasheet/15333</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -15826,51 +15826,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2018 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">16</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 5299, 22 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId432368e3efe261e7f" w:history="1">
+      <w:hyperlink r:id="rId2669690d523edcc80" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2018.5299</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -15936,51 +15936,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Curtobacterium flaccumfaciens pv. flaccumfaciens</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId506168e3efe261f39" w:history="1">
+      <w:hyperlink r:id="rId7875690d523edcd40" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -16153,90 +16153,90 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Bulletin OEPP/EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">12</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 1-4. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId568268e3efe262095" w:history="1">
+      <w:hyperlink r:id="rId1861690d523edcea0" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.1982.tb01948.x</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="61537622" name="name722268e3efe262149" descr="eu_funding_250.png"/>
+            <wp:docPr id="57158879" name="name8584690d523edd0cc" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId655568e3efe262148" cstate="print"/>
+                    <a:blip r:embed="rId5597690d523edd0ca" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -16334,137 +16334,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="98758260">
+  <w:abstractNum w:abstractNumId="74756820">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="41201867">
+    <w:lvl w:ilvl="0" w:tplc="45114561">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="41201867" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="45114561" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="41201867" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="45114561" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="41201867" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="45114561" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="41201867" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="45114561" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="41201867" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="45114561" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="41201867" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="45114561" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="41201867" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="45114561" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="41201867" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="45114561" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="98758259">
+  <w:abstractNum w:abstractNumId="74756819">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="52127655">
+    <w:lvl w:ilvl="0" w:tplc="51125497">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -17216,55 +17216,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="98758259">
-    <w:abstractNumId w:val="98758259"/>
+  <w:num w:numId="74756819">
+    <w:abstractNumId w:val="74756819"/>
   </w:num>
-  <w:num w:numId="98758260">
-    <w:abstractNumId w:val="98758260"/>
+  <w:num w:numId="74756820">
+    <w:abstractNumId w:val="74756820"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -28814,51 +28814,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId983559045" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId805567141" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId521068e3efe25a20f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CORBFL/" TargetMode="External"/><Relationship Id="rId943168e3efe25a27a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CORBFL/categorization" TargetMode="External"/><Relationship Id="rId445668e3efe25ab71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CORBFL/photos" TargetMode="External"/><Relationship Id="rId785868e3efe25f3fb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/15333" TargetMode="External"/><Relationship Id="rId624468e3efe25f83a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHYTO-06-20-0243-R" TargetMode="External"/><Relationship Id="rId563668e3efe25facc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.donausoja.org/fileadmin/user_upload/Downloads/Soya_cultivation_in_Europe_plus_DS_Benefits.pdf" TargetMode="External"/><Relationship Id="rId269068e3efe25fcfe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2018.5299" TargetMode="External"/><Relationship Id="rId734268e3efe25fd34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId424168e3efe25ffce" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1590/S0100-41582007000500011" TargetMode="External"/><Relationship Id="rId976468e3efe260002" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/eurostat/web/products-datasets/-/tag00094" TargetMode="External"/><Relationship Id="rId899468e3efe260156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s10658-018-01648-0" TargetMode="External"/><Relationship Id="rId471068e3efe260203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s10658-020-02176-6" TargetMode="External"/><Relationship Id="rId174168e3efe26036f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1023/A:1012077425747" TargetMode="External"/><Relationship Id="rId283068e3efe2603c1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.apsnet.org/edcenter/apsnetfeatures/Pages/bacterium.aspx" TargetMode="External"/><Relationship Id="rId784868e3efe26054f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/php-2008-0815-01-br" TargetMode="External"/><Relationship Id="rId703468e3efe260de1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s10658-021-02232-9" TargetMode="External"/><Relationship Id="rId554668e3efe260ecb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/jph.12300" TargetMode="External"/><Relationship Id="rId847868e3efe260f4d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.cropro.2015.09.015" TargetMode="External"/><Relationship Id="rId876068e3efe261007" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s10658-016-0900-3" TargetMode="External"/><Relationship Id="rId431168e3efe2611b2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/mpp.12926" TargetMode="External"/><Relationship Id="rId438168e3efe26134e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s10658-020-02193-5" TargetMode="External"/><Relationship Id="rId444368e3efe2613f9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.4025/actasciagron.v43i1.51031" TargetMode="External"/><Relationship Id="rId538868e3efe261a69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/microorganisms8111705" TargetMode="External"/><Relationship Id="rId290568e3efe261b58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-04-13-0391-RE" TargetMode="External"/><Relationship Id="rId921868e3efe261d88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/15333" TargetMode="External"/><Relationship Id="rId432368e3efe261e7f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2018.5299" TargetMode="External"/><Relationship Id="rId506168e3efe261f39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId568268e3efe262095" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1982.tb01948.x" TargetMode="External"/><Relationship Id="rId554268e3efe25aa08" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId554268e3efe25aa08.jpg"/><Relationship Id="rId452968e3efe25d298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId452968e3efe25d298.jpg"/><Relationship Id="rId655568e3efe262148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId655568e3efe262148.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId131040420" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId407616218" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId9963690d523ed5097" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CORBFL/" TargetMode="External"/><Relationship Id="rId3343690d523ed5101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CORBFL/categorization" TargetMode="External"/><Relationship Id="rId2494690d523ed5a45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CORBFL/photos" TargetMode="External"/><Relationship Id="rId6757690d523eda0d1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/15333" TargetMode="External"/><Relationship Id="rId6276690d523eda511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHYTO-06-20-0243-R" TargetMode="External"/><Relationship Id="rId7857690d523eda797" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.donausoja.org/fileadmin/user_upload/Downloads/Soya_cultivation_in_Europe_plus_DS_Benefits.pdf" TargetMode="External"/><Relationship Id="rId9877690d523eda9a2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2018.5299" TargetMode="External"/><Relationship Id="rId4403690d523eda9d4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId2610690d523edac83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1590/S0100-41582007000500011" TargetMode="External"/><Relationship Id="rId9575690d523edacbb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/eurostat/web/products-datasets/-/tag00094" TargetMode="External"/><Relationship Id="rId3560690d523edae14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s10658-018-01648-0" TargetMode="External"/><Relationship Id="rId6630690d523edaec2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s10658-020-02176-6" TargetMode="External"/><Relationship Id="rId1131690d523edb03b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1023/A:1012077425747" TargetMode="External"/><Relationship Id="rId1853690d523edb08f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.apsnet.org/edcenter/apsnetfeatures/Pages/bacterium.aspx" TargetMode="External"/><Relationship Id="rId9659690d523edb21a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/php-2008-0815-01-br" TargetMode="External"/><Relationship Id="rId1518690d523edbb52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s10658-021-02232-9" TargetMode="External"/><Relationship Id="rId3158690d523edbc58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/jph.12300" TargetMode="External"/><Relationship Id="rId9190690d523edbcdd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.cropro.2015.09.015" TargetMode="External"/><Relationship Id="rId3731690d523edbd9a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s10658-016-0900-3" TargetMode="External"/><Relationship Id="rId2522690d523edbf4e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/mpp.12926" TargetMode="External"/><Relationship Id="rId9491690d523edc0f4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s10658-020-02193-5" TargetMode="External"/><Relationship Id="rId7651690d523edc1a2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.4025/actasciagron.v43i1.51031" TargetMode="External"/><Relationship Id="rId9288690d523edc835" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/microorganisms8111705" TargetMode="External"/><Relationship Id="rId5703690d523edc925" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-04-13-0391-RE" TargetMode="External"/><Relationship Id="rId8845690d523edcb81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/15333" TargetMode="External"/><Relationship Id="rId2669690d523edcc80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2018.5299" TargetMode="External"/><Relationship Id="rId7875690d523edcd40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId1861690d523edcea0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1982.tb01948.x" TargetMode="External"/><Relationship Id="rId9840690d523ed591f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId9840690d523ed591f.jpg"/><Relationship Id="rId9094690d523ed80fe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId9094690d523ed80fe.jpg"/><Relationship Id="rId5597690d523edd0ca" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId5597690d523edd0ca.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>