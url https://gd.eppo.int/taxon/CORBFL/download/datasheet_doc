--- v1 (2025-11-07)
+++ v2 (2025-12-01)
@@ -358,51 +358,51 @@
               <w:t xml:space="preserve"> (Hedges) Stevens</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> bacterial tan spot of bean, bacterial tan spot of soybean, bacterial wilt of bean, bacterial wilt of common bean, bacterial wilt of dry beans, vascular wilt of bean</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9963690d523ed5097" w:history="1">
+            <w:hyperlink r:id="rId9415692d0c742eb60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -418,51 +418,51 @@
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 Quarantine pest (Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId3343690d523ed5101" w:history="1">
+            <w:hyperlink r:id="rId6036692d0c742ebf1" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -476,86 +476,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> CORBFL</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="79864562" name="name1450690d523ed5921" descr="9360.jpg"/>
+                  <wp:docPr id="8089940" name="name6095692d0c742f2b7" descr="9360.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="9360.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId9840690d523ed591f" cstate="print"/>
+                          <a:blip r:embed="rId7610692d0c742f2b5" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId2494690d523ed5a45" w:history="1">
+            <w:hyperlink r:id="rId5565692d0c742f3d5" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -4294,63 +4294,63 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">In Africa, the first confirmed case is from Zambia in soybean (Pawlowski and Hartman, 2019).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="30688751" name="name8724690d523ed8102" descr="CORBFL_distribution_map.jpg"/>
+            <wp:docPr id="2688117" name="name3175692d0c74316e5" descr="CORBFL_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="CORBFL_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId9094690d523ed80fe" cstate="print"/>
+                    <a:blip r:embed="rId8326692d0c74316e2" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -8981,51 +8981,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> pv. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">flaccumfaciens</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6757690d523eda0d1" w:history="1">
+      <w:hyperlink r:id="rId4513692d0c74336fa" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.cabi.org/isc/datasheet/15333</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -9672,51 +9672,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">111</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 268-280. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6276690d523eda511" w:history="1">
+      <w:hyperlink r:id="rId1183692d0c7433b4a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PHYTO-06-20-0243-R</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -10083,51 +10083,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 269–273.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Donausoja (2021) Soya cultivation in Europe. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7857690d523eda797" w:history="1">
+      <w:hyperlink r:id="rId8790692d0c7433dec" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.donausoja.org/fileadmin/user_upload/Downloads/Soya_cultivation_in_Europe_plus_DS_Benefits.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Retrieved 2021-06-11.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -10416,81 +10416,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2018, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">16</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 5299, 22 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9877690d523eda9a2" w:history="1">
+      <w:hyperlink r:id="rId7232692d0c7434000" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2018.5299</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2021) EPPO Global Database. Accessed May 2018. Available online: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4403690d523eda9d4" w:history="1">
+      <w:hyperlink r:id="rId9237692d0c7434034" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Retrieved June 2021.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -10857,81 +10857,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">32</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 434-438 (in Portuguese). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2610690d523edac83" w:history="1">
+      <w:hyperlink r:id="rId8540692d0c74342c1" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1590/S0100-41582007000500011</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Eurostat (2021) </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9575690d523edacbb" w:history="1">
+      <w:hyperlink r:id="rId2925692d0c74342f5" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://ec.europa.eu/eurostat/web/products-datasets/-/tag00094</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Retrieved 2021-06-11.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -11102,51 +11102,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">154 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">189-202. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3560690d523edae14" w:history="1">
+      <w:hyperlink r:id="rId6275692d0c743444b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s10658-018-01648-0</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -11212,51 +11212,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">159, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">485–493. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6630690d523edaec2" w:history="1">
+      <w:hyperlink r:id="rId2786692d0c74344fa" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s10658-020-02176-6</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -11449,101 +11449,101 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">80</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1–10. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1131690d523edb03b" w:history="1">
+      <w:hyperlink r:id="rId999692d0c7434677" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1023/A:1012077425747</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Harveson RM (2013) The multicolored bacterium. In: </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">APS Features. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1853690d523edb08f" w:history="1">
+      <w:hyperlink r:id="rId5920692d0c74346ca" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.apsnet.org/edcenter/apsnetfeatures/Pages/bacterium.aspx</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -11743,51 +11743,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> pv</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. flaccumfaciens</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">) found in western Nebraska. Plant Health Progress. Published online: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9659690d523edb21a" w:history="1">
+      <w:hyperlink r:id="rId8761692d0c743497f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/php-2008-0815-01-br</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -13125,51 +13125,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">60</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 161–172. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1518690d523edbb52" w:history="1">
+      <w:hyperlink r:id="rId2889692d0c7435292" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s10658-021-02232-9</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -13273,51 +13273,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">163</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 653–656. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3158690d523edbc58" w:history="1">
+      <w:hyperlink r:id="rId6777692d0c743539f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/jph.12300</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -13354,51 +13354,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Crop Protection </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">78</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 185-192. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9190690d523edbcdd" w:history="1">
+      <w:hyperlink r:id="rId8933692d0c7435458" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1016/j.cropro.2015.09.015</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -13473,51 +13473,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">146, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">129–145. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3731690d523edbd9a" w:history="1">
+      <w:hyperlink r:id="rId2520692d0c7435549" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s10658-016-0900-3</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -13748,51 +13748,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">21</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 605-621. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2522690d523edbf4e" w:history="1">
+      <w:hyperlink r:id="rId3639692d0c7435736" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/mpp.12926</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -14014,51 +14014,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">159, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">627–636. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9491690d523edc0f4" w:history="1">
+      <w:hyperlink r:id="rId3552692d0c743591a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s10658-020-02193-5</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -14124,51 +14124,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> L.). </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Acta Scientiarum. Agronomy</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 43, e51031. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7651690d523edc1a2" w:history="1">
+      <w:hyperlink r:id="rId6088692d0c74359f9" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.4025/actasciagron.v43i1.51031</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -15163,51 +15163,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">8</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1705. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9288690d523edc835" w:history="1">
+      <w:hyperlink r:id="rId1014692d0c7436146" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3390/microorganisms8111705</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -15311,51 +15311,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">98</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 973-976. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5703690d523edc925" w:history="1">
+      <w:hyperlink r:id="rId1622692d0c7436249" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PDIS-04-13-0391-RE</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -15664,51 +15664,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> pv. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">flaccumfacien</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">s. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8845690d523edcb81" w:history="1">
+      <w:hyperlink r:id="rId7308692d0c7436524" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.cabi.org/isc/datasheet/15333</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -15826,51 +15826,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2018 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">16</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 5299, 22 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2669690d523edcc80" w:history="1">
+      <w:hyperlink r:id="rId9980692d0c743677c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2018.5299</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -15936,51 +15936,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Curtobacterium flaccumfaciens pv. flaccumfaciens</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7875690d523edcd40" w:history="1">
+      <w:hyperlink r:id="rId7653692d0c7436845" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -16153,90 +16153,90 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Bulletin OEPP/EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">12</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 1-4. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1861690d523edcea0" w:history="1">
+      <w:hyperlink r:id="rId7748692d0c74369df" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.1982.tb01948.x</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="57158879" name="name8584690d523edd0cc" descr="eu_funding_250.png"/>
+            <wp:docPr id="17343909" name="name5912692d0c7436e0d" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId5597690d523edd0ca" cstate="print"/>
+                    <a:blip r:embed="rId7768692d0c7436e0b" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -16334,137 +16334,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="74756820">
+  <w:abstractNum w:abstractNumId="99476038">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="45114561">
+    <w:lvl w:ilvl="0" w:tplc="95636327">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="45114561" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="95636327" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="45114561" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="95636327" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="45114561" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="95636327" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="45114561" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="95636327" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="45114561" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="95636327" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="45114561" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="95636327" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="45114561" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="95636327" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="45114561" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="95636327" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="74756819">
+  <w:abstractNum w:abstractNumId="99476037">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="51125497">
+    <w:lvl w:ilvl="0" w:tplc="34158072">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -17216,55 +17216,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="74756819">
-    <w:abstractNumId w:val="74756819"/>
+  <w:num w:numId="99476037">
+    <w:abstractNumId w:val="99476037"/>
   </w:num>
-  <w:num w:numId="74756820">
-    <w:abstractNumId w:val="74756820"/>
+  <w:num w:numId="99476038">
+    <w:abstractNumId w:val="99476038"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -28814,51 +28814,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId131040420" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId407616218" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId9963690d523ed5097" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CORBFL/" TargetMode="External"/><Relationship Id="rId3343690d523ed5101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CORBFL/categorization" TargetMode="External"/><Relationship Id="rId2494690d523ed5a45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CORBFL/photos" TargetMode="External"/><Relationship Id="rId6757690d523eda0d1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/15333" TargetMode="External"/><Relationship Id="rId6276690d523eda511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHYTO-06-20-0243-R" TargetMode="External"/><Relationship Id="rId7857690d523eda797" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.donausoja.org/fileadmin/user_upload/Downloads/Soya_cultivation_in_Europe_plus_DS_Benefits.pdf" TargetMode="External"/><Relationship Id="rId9877690d523eda9a2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2018.5299" TargetMode="External"/><Relationship Id="rId4403690d523eda9d4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId2610690d523edac83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1590/S0100-41582007000500011" TargetMode="External"/><Relationship Id="rId9575690d523edacbb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/eurostat/web/products-datasets/-/tag00094" TargetMode="External"/><Relationship Id="rId3560690d523edae14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s10658-018-01648-0" TargetMode="External"/><Relationship Id="rId6630690d523edaec2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s10658-020-02176-6" TargetMode="External"/><Relationship Id="rId1131690d523edb03b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1023/A:1012077425747" TargetMode="External"/><Relationship Id="rId1853690d523edb08f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.apsnet.org/edcenter/apsnetfeatures/Pages/bacterium.aspx" TargetMode="External"/><Relationship Id="rId9659690d523edb21a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/php-2008-0815-01-br" TargetMode="External"/><Relationship Id="rId1518690d523edbb52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s10658-021-02232-9" TargetMode="External"/><Relationship Id="rId3158690d523edbc58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/jph.12300" TargetMode="External"/><Relationship Id="rId9190690d523edbcdd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.cropro.2015.09.015" TargetMode="External"/><Relationship Id="rId3731690d523edbd9a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s10658-016-0900-3" TargetMode="External"/><Relationship Id="rId2522690d523edbf4e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/mpp.12926" TargetMode="External"/><Relationship Id="rId9491690d523edc0f4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s10658-020-02193-5" TargetMode="External"/><Relationship Id="rId7651690d523edc1a2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.4025/actasciagron.v43i1.51031" TargetMode="External"/><Relationship Id="rId9288690d523edc835" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/microorganisms8111705" TargetMode="External"/><Relationship Id="rId5703690d523edc925" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-04-13-0391-RE" TargetMode="External"/><Relationship Id="rId8845690d523edcb81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/15333" TargetMode="External"/><Relationship Id="rId2669690d523edcc80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2018.5299" TargetMode="External"/><Relationship Id="rId7875690d523edcd40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId1861690d523edcea0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1982.tb01948.x" TargetMode="External"/><Relationship Id="rId9840690d523ed591f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId9840690d523ed591f.jpg"/><Relationship Id="rId9094690d523ed80fe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId9094690d523ed80fe.jpg"/><Relationship Id="rId5597690d523edd0ca" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId5597690d523edd0ca.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId990340861" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId213336533" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId9415692d0c742eb60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CORBFL/" TargetMode="External"/><Relationship Id="rId6036692d0c742ebf1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CORBFL/categorization" TargetMode="External"/><Relationship Id="rId5565692d0c742f3d5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CORBFL/photos" TargetMode="External"/><Relationship Id="rId4513692d0c74336fa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/15333" TargetMode="External"/><Relationship Id="rId1183692d0c7433b4a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHYTO-06-20-0243-R" TargetMode="External"/><Relationship Id="rId8790692d0c7433dec" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.donausoja.org/fileadmin/user_upload/Downloads/Soya_cultivation_in_Europe_plus_DS_Benefits.pdf" TargetMode="External"/><Relationship Id="rId7232692d0c7434000" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2018.5299" TargetMode="External"/><Relationship Id="rId9237692d0c7434034" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId8540692d0c74342c1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1590/S0100-41582007000500011" TargetMode="External"/><Relationship Id="rId2925692d0c74342f5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/eurostat/web/products-datasets/-/tag00094" TargetMode="External"/><Relationship Id="rId6275692d0c743444b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s10658-018-01648-0" TargetMode="External"/><Relationship Id="rId2786692d0c74344fa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s10658-020-02176-6" TargetMode="External"/><Relationship Id="rId999692d0c7434677" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1023/A:1012077425747" TargetMode="External"/><Relationship Id="rId5920692d0c74346ca" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.apsnet.org/edcenter/apsnetfeatures/Pages/bacterium.aspx" TargetMode="External"/><Relationship Id="rId8761692d0c743497f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/php-2008-0815-01-br" TargetMode="External"/><Relationship Id="rId2889692d0c7435292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s10658-021-02232-9" TargetMode="External"/><Relationship Id="rId6777692d0c743539f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/jph.12300" TargetMode="External"/><Relationship Id="rId8933692d0c7435458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.cropro.2015.09.015" TargetMode="External"/><Relationship Id="rId2520692d0c7435549" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s10658-016-0900-3" TargetMode="External"/><Relationship Id="rId3639692d0c7435736" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/mpp.12926" TargetMode="External"/><Relationship Id="rId3552692d0c743591a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s10658-020-02193-5" TargetMode="External"/><Relationship Id="rId6088692d0c74359f9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.4025/actasciagron.v43i1.51031" TargetMode="External"/><Relationship Id="rId1014692d0c7436146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/microorganisms8111705" TargetMode="External"/><Relationship Id="rId1622692d0c7436249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-04-13-0391-RE" TargetMode="External"/><Relationship Id="rId7308692d0c7436524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/15333" TargetMode="External"/><Relationship Id="rId9980692d0c743677c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2018.5299" TargetMode="External"/><Relationship Id="rId7653692d0c7436845" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId7748692d0c74369df" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1982.tb01948.x" TargetMode="External"/><Relationship Id="rId7610692d0c742f2b5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId7610692d0c742f2b5.jpg"/><Relationship Id="rId8326692d0c74316e2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId8326692d0c74316e2.jpg"/><Relationship Id="rId7768692d0c7436e0b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId7768692d0c7436e0b.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>