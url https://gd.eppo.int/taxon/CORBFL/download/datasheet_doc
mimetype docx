--- v2 (2025-12-01)
+++ v3 (2025-12-21)
@@ -358,51 +358,51 @@
               <w:t xml:space="preserve"> (Hedges) Stevens</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> bacterial tan spot of bean, bacterial tan spot of soybean, bacterial wilt of bean, bacterial wilt of common bean, bacterial wilt of dry beans, vascular wilt of bean</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9415692d0c742eb60" w:history="1">
+            <w:hyperlink r:id="rId89296947b412d61bf" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -418,51 +418,51 @@
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 Quarantine pest (Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId6036692d0c742ebf1" w:history="1">
+            <w:hyperlink r:id="rId70226947b412d622d" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -476,86 +476,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> CORBFL</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="8089940" name="name6095692d0c742f2b7" descr="9360.jpg"/>
+                  <wp:docPr id="1787144" name="name56706947b412d6a3b" descr="9360.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="9360.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId7610692d0c742f2b5" cstate="print"/>
+                          <a:blip r:embed="rId55686947b412d6a39" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId5565692d0c742f3d5" w:history="1">
+            <w:hyperlink r:id="rId34836947b412d6ba8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -4294,63 +4294,63 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">In Africa, the first confirmed case is from Zambia in soybean (Pawlowski and Hartman, 2019).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="2688117" name="name3175692d0c74316e5" descr="CORBFL_distribution_map.jpg"/>
+            <wp:docPr id="88940075" name="name71666947b412d92dc" descr="CORBFL_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="CORBFL_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId8326692d0c74316e2" cstate="print"/>
+                    <a:blip r:embed="rId34786947b412d92d8" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -8981,51 +8981,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> pv. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">flaccumfaciens</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4513692d0c74336fa" w:history="1">
+      <w:hyperlink r:id="rId24056947b412db420" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.cabi.org/isc/datasheet/15333</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -9672,51 +9672,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">111</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 268-280. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1183692d0c7433b4a" w:history="1">
+      <w:hyperlink r:id="rId31196947b412db999" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PHYTO-06-20-0243-R</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -10083,51 +10083,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 269–273.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Donausoja (2021) Soya cultivation in Europe. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8790692d0c7433dec" w:history="1">
+      <w:hyperlink r:id="rId86206947b412dbc73" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.donausoja.org/fileadmin/user_upload/Downloads/Soya_cultivation_in_Europe_plus_DS_Benefits.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Retrieved 2021-06-11.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -10416,81 +10416,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2018, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">16</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 5299, 22 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7232692d0c7434000" w:history="1">
+      <w:hyperlink r:id="rId58976947b412dbea2" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2018.5299</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2021) EPPO Global Database. Accessed May 2018. Available online: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9237692d0c7434034" w:history="1">
+      <w:hyperlink r:id="rId85066947b412dbed9" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Retrieved June 2021.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -10857,81 +10857,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">32</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 434-438 (in Portuguese). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8540692d0c74342c1" w:history="1">
+      <w:hyperlink r:id="rId77866947b412dc19a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1590/S0100-41582007000500011</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Eurostat (2021) </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2925692d0c74342f5" w:history="1">
+      <w:hyperlink r:id="rId91226947b412dc1e1" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://ec.europa.eu/eurostat/web/products-datasets/-/tag00094</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Retrieved 2021-06-11.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -11102,51 +11102,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">154 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">189-202. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6275692d0c743444b" w:history="1">
+      <w:hyperlink r:id="rId37956947b412dc38b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s10658-018-01648-0</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -11212,51 +11212,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">159, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">485–493. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2786692d0c74344fa" w:history="1">
+      <w:hyperlink r:id="rId64516947b412dc443" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s10658-020-02176-6</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -11449,101 +11449,101 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">80</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1–10. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId999692d0c7434677" w:history="1">
+      <w:hyperlink r:id="rId81276947b412dc5da" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1023/A:1012077425747</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Harveson RM (2013) The multicolored bacterium. In: </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">APS Features. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5920692d0c74346ca" w:history="1">
+      <w:hyperlink r:id="rId67596947b412dc632" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.apsnet.org/edcenter/apsnetfeatures/Pages/bacterium.aspx</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -11743,51 +11743,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> pv</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. flaccumfaciens</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">) found in western Nebraska. Plant Health Progress. Published online: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8761692d0c743497f" w:history="1">
+      <w:hyperlink r:id="rId73636947b412dc7e9" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/php-2008-0815-01-br</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -13125,51 +13125,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">60</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 161–172. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2889692d0c7435292" w:history="1">
+      <w:hyperlink r:id="rId14756947b412dd133" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s10658-021-02232-9</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -13273,51 +13273,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">163</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 653–656. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6777692d0c743539f" w:history="1">
+      <w:hyperlink r:id="rId27566947b412dd23f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/jph.12300</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -13354,51 +13354,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Crop Protection </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">78</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 185-192. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8933692d0c7435458" w:history="1">
+      <w:hyperlink r:id="rId87436947b412dd2c8" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1016/j.cropro.2015.09.015</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -13473,51 +13473,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">146, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">129–145. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2520692d0c7435549" w:history="1">
+      <w:hyperlink r:id="rId46816947b412dd38d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s10658-016-0900-3</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -13748,51 +13748,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">21</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 605-621. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3639692d0c7435736" w:history="1">
+      <w:hyperlink r:id="rId92336947b412dd54d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/mpp.12926</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -14014,51 +14014,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">159, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">627–636. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3552692d0c743591a" w:history="1">
+      <w:hyperlink r:id="rId64936947b412dd6f6" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s10658-020-02193-5</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -14124,51 +14124,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> L.). </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Acta Scientiarum. Agronomy</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 43, e51031. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6088692d0c74359f9" w:history="1">
+      <w:hyperlink r:id="rId33086947b412dd7c0" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.4025/actasciagron.v43i1.51031</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -15163,51 +15163,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">8</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1705. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1014692d0c7436146" w:history="1">
+      <w:hyperlink r:id="rId69006947b412ddeb2" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3390/microorganisms8111705</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -15311,51 +15311,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">98</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 973-976. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1622692d0c7436249" w:history="1">
+      <w:hyperlink r:id="rId10916947b412ddfa6" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PDIS-04-13-0391-RE</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -15664,51 +15664,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> pv. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">flaccumfacien</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">s. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7308692d0c7436524" w:history="1">
+      <w:hyperlink r:id="rId61026947b412de217" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.cabi.org/isc/datasheet/15333</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -15826,51 +15826,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2018 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">16</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 5299, 22 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9980692d0c743677c" w:history="1">
+      <w:hyperlink r:id="rId46876947b412de32a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2018.5299</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -15936,51 +15936,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Curtobacterium flaccumfaciens pv. flaccumfaciens</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7653692d0c7436845" w:history="1">
+      <w:hyperlink r:id="rId13646947b412de3eb" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -16153,90 +16153,90 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Bulletin OEPP/EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">12</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 1-4. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7748692d0c74369df" w:history="1">
+      <w:hyperlink r:id="rId26836947b412de567" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.1982.tb01948.x</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="17343909" name="name5912692d0c7436e0d" descr="eu_funding_250.png"/>
+            <wp:docPr id="29935858" name="name15736947b412de5ea" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId7768692d0c7436e0b" cstate="print"/>
+                    <a:blip r:embed="rId29456947b412de5e9" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -16334,137 +16334,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="99476038">
+  <w:abstractNum w:abstractNumId="42877026">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="95636327">
+    <w:lvl w:ilvl="0" w:tplc="17675821">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="95636327" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="17675821" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="95636327" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="17675821" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="95636327" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="17675821" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="95636327" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="17675821" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="95636327" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="17675821" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="95636327" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="17675821" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="95636327" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="17675821" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="95636327" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="17675821" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="99476037">
+  <w:abstractNum w:abstractNumId="42877025">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="34158072">
+    <w:lvl w:ilvl="0" w:tplc="72141557">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -17216,55 +17216,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="99476037">
-    <w:abstractNumId w:val="99476037"/>
+  <w:num w:numId="42877025">
+    <w:abstractNumId w:val="42877025"/>
   </w:num>
-  <w:num w:numId="99476038">
-    <w:abstractNumId w:val="99476038"/>
+  <w:num w:numId="42877026">
+    <w:abstractNumId w:val="42877026"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -28814,51 +28814,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId990340861" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId213336533" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId9415692d0c742eb60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CORBFL/" TargetMode="External"/><Relationship Id="rId6036692d0c742ebf1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CORBFL/categorization" TargetMode="External"/><Relationship Id="rId5565692d0c742f3d5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CORBFL/photos" TargetMode="External"/><Relationship Id="rId4513692d0c74336fa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/15333" TargetMode="External"/><Relationship Id="rId1183692d0c7433b4a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHYTO-06-20-0243-R" TargetMode="External"/><Relationship Id="rId8790692d0c7433dec" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.donausoja.org/fileadmin/user_upload/Downloads/Soya_cultivation_in_Europe_plus_DS_Benefits.pdf" TargetMode="External"/><Relationship Id="rId7232692d0c7434000" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2018.5299" TargetMode="External"/><Relationship Id="rId9237692d0c7434034" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId8540692d0c74342c1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1590/S0100-41582007000500011" TargetMode="External"/><Relationship Id="rId2925692d0c74342f5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/eurostat/web/products-datasets/-/tag00094" TargetMode="External"/><Relationship Id="rId6275692d0c743444b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s10658-018-01648-0" TargetMode="External"/><Relationship Id="rId2786692d0c74344fa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s10658-020-02176-6" TargetMode="External"/><Relationship Id="rId999692d0c7434677" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1023/A:1012077425747" TargetMode="External"/><Relationship Id="rId5920692d0c74346ca" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.apsnet.org/edcenter/apsnetfeatures/Pages/bacterium.aspx" TargetMode="External"/><Relationship Id="rId8761692d0c743497f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/php-2008-0815-01-br" TargetMode="External"/><Relationship Id="rId2889692d0c7435292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s10658-021-02232-9" TargetMode="External"/><Relationship Id="rId6777692d0c743539f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/jph.12300" TargetMode="External"/><Relationship Id="rId8933692d0c7435458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.cropro.2015.09.015" TargetMode="External"/><Relationship Id="rId2520692d0c7435549" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s10658-016-0900-3" TargetMode="External"/><Relationship Id="rId3639692d0c7435736" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/mpp.12926" TargetMode="External"/><Relationship Id="rId3552692d0c743591a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s10658-020-02193-5" TargetMode="External"/><Relationship Id="rId6088692d0c74359f9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.4025/actasciagron.v43i1.51031" TargetMode="External"/><Relationship Id="rId1014692d0c7436146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/microorganisms8111705" TargetMode="External"/><Relationship Id="rId1622692d0c7436249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-04-13-0391-RE" TargetMode="External"/><Relationship Id="rId7308692d0c7436524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/15333" TargetMode="External"/><Relationship Id="rId9980692d0c743677c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2018.5299" TargetMode="External"/><Relationship Id="rId7653692d0c7436845" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId7748692d0c74369df" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1982.tb01948.x" TargetMode="External"/><Relationship Id="rId7610692d0c742f2b5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId7610692d0c742f2b5.jpg"/><Relationship Id="rId8326692d0c74316e2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId8326692d0c74316e2.jpg"/><Relationship Id="rId7768692d0c7436e0b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId7768692d0c7436e0b.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId387746802" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId413883597" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId89296947b412d61bf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CORBFL/" TargetMode="External"/><Relationship Id="rId70226947b412d622d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CORBFL/categorization" TargetMode="External"/><Relationship Id="rId34836947b412d6ba8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CORBFL/photos" TargetMode="External"/><Relationship Id="rId24056947b412db420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/15333" TargetMode="External"/><Relationship Id="rId31196947b412db999" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHYTO-06-20-0243-R" TargetMode="External"/><Relationship Id="rId86206947b412dbc73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.donausoja.org/fileadmin/user_upload/Downloads/Soya_cultivation_in_Europe_plus_DS_Benefits.pdf" TargetMode="External"/><Relationship Id="rId58976947b412dbea2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2018.5299" TargetMode="External"/><Relationship Id="rId85066947b412dbed9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId77866947b412dc19a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1590/S0100-41582007000500011" TargetMode="External"/><Relationship Id="rId91226947b412dc1e1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/eurostat/web/products-datasets/-/tag00094" TargetMode="External"/><Relationship Id="rId37956947b412dc38b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s10658-018-01648-0" TargetMode="External"/><Relationship Id="rId64516947b412dc443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s10658-020-02176-6" TargetMode="External"/><Relationship Id="rId81276947b412dc5da" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1023/A:1012077425747" TargetMode="External"/><Relationship Id="rId67596947b412dc632" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.apsnet.org/edcenter/apsnetfeatures/Pages/bacterium.aspx" TargetMode="External"/><Relationship Id="rId73636947b412dc7e9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/php-2008-0815-01-br" TargetMode="External"/><Relationship Id="rId14756947b412dd133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s10658-021-02232-9" TargetMode="External"/><Relationship Id="rId27566947b412dd23f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/jph.12300" TargetMode="External"/><Relationship Id="rId87436947b412dd2c8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.cropro.2015.09.015" TargetMode="External"/><Relationship Id="rId46816947b412dd38d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s10658-016-0900-3" TargetMode="External"/><Relationship Id="rId92336947b412dd54d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/mpp.12926" TargetMode="External"/><Relationship Id="rId64936947b412dd6f6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s10658-020-02193-5" TargetMode="External"/><Relationship Id="rId33086947b412dd7c0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.4025/actasciagron.v43i1.51031" TargetMode="External"/><Relationship Id="rId69006947b412ddeb2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/microorganisms8111705" TargetMode="External"/><Relationship Id="rId10916947b412ddfa6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-04-13-0391-RE" TargetMode="External"/><Relationship Id="rId61026947b412de217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/15333" TargetMode="External"/><Relationship Id="rId46876947b412de32a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2018.5299" TargetMode="External"/><Relationship Id="rId13646947b412de3eb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId26836947b412de567" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1982.tb01948.x" TargetMode="External"/><Relationship Id="rId55686947b412d6a39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId55686947b412d6a39.jpg"/><Relationship Id="rId34786947b412d92d8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId34786947b412d92d8.jpg"/><Relationship Id="rId29456947b412de5e9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId29456947b412de5e9.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>