--- v3 (2025-12-21)
+++ v4 (2026-01-11)
@@ -358,51 +358,51 @@
               <w:t xml:space="preserve"> (Hedges) Stevens</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> bacterial tan spot of bean, bacterial tan spot of soybean, bacterial wilt of bean, bacterial wilt of common bean, bacterial wilt of dry beans, vascular wilt of bean</w:t>
             </w:r>
-            <w:hyperlink r:id="rId89296947b412d61bf" w:history="1">
+            <w:hyperlink r:id="rId9215696330621d644" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -418,51 +418,51 @@
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 Quarantine pest (Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId70226947b412d622d" w:history="1">
+            <w:hyperlink r:id="rId7336696330621d6ce" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -476,86 +476,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> CORBFL</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="1787144" name="name56706947b412d6a3b" descr="9360.jpg"/>
+                  <wp:docPr id="38297650" name="name7063696330621dd80" descr="9360.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="9360.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId55686947b412d6a39" cstate="print"/>
+                          <a:blip r:embed="rId3311696330621dd7e" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId34836947b412d6ba8" w:history="1">
+            <w:hyperlink r:id="rId8632696330621deb0" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -4294,63 +4294,63 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">In Africa, the first confirmed case is from Zambia in soybean (Pawlowski and Hartman, 2019).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="88940075" name="name71666947b412d92dc" descr="CORBFL_distribution_map.jpg"/>
+            <wp:docPr id="5167095" name="name893369633062202f1" descr="CORBFL_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="CORBFL_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId34786947b412d92d8" cstate="print"/>
+                    <a:blip r:embed="rId201569633062202ee" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -8981,51 +8981,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> pv. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">flaccumfaciens</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId24056947b412db420" w:history="1">
+      <w:hyperlink r:id="rId951469633062225b0" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.cabi.org/isc/datasheet/15333</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -9672,51 +9672,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">111</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 268-280. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId31196947b412db999" w:history="1">
+      <w:hyperlink r:id="rId963269633062229f2" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PHYTO-06-20-0243-R</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -10083,51 +10083,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 269–273.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Donausoja (2021) Soya cultivation in Europe. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId86206947b412dbc73" w:history="1">
+      <w:hyperlink r:id="rId79766963306222c8c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.donausoja.org/fileadmin/user_upload/Downloads/Soya_cultivation_in_Europe_plus_DS_Benefits.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Retrieved 2021-06-11.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -10416,81 +10416,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2018, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">16</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 5299, 22 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId58976947b412dbea2" w:history="1">
+      <w:hyperlink r:id="rId98986963306222e97" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2018.5299</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2021) EPPO Global Database. Accessed May 2018. Available online: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId85066947b412dbed9" w:history="1">
+      <w:hyperlink r:id="rId28376963306222eca" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Retrieved June 2021.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -10857,81 +10857,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">32</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 434-438 (in Portuguese). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId77866947b412dc19a" w:history="1">
+      <w:hyperlink r:id="rId7054696330622315c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1590/S0100-41582007000500011</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Eurostat (2021) </w:t>
       </w:r>
-      <w:hyperlink r:id="rId91226947b412dc1e1" w:history="1">
+      <w:hyperlink r:id="rId50196963306223191" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://ec.europa.eu/eurostat/web/products-datasets/-/tag00094</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Retrieved 2021-06-11.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -11102,51 +11102,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">154 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">189-202. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId37956947b412dc38b" w:history="1">
+      <w:hyperlink r:id="rId22746963306223302" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s10658-018-01648-0</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -11212,51 +11212,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">159, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">485–493. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId64516947b412dc443" w:history="1">
+      <w:hyperlink r:id="rId996769633062233b3" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s10658-020-02176-6</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -11449,101 +11449,101 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">80</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1–10. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId81276947b412dc5da" w:history="1">
+      <w:hyperlink r:id="rId94816963306223521" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1023/A:1012077425747</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Harveson RM (2013) The multicolored bacterium. In: </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">APS Features. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId67596947b412dc632" w:history="1">
+      <w:hyperlink r:id="rId19566963306223573" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.apsnet.org/edcenter/apsnetfeatures/Pages/bacterium.aspx</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -11743,51 +11743,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> pv</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. flaccumfaciens</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">) found in western Nebraska. Plant Health Progress. Published online: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId73636947b412dc7e9" w:history="1">
+      <w:hyperlink r:id="rId22286963306223709" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/php-2008-0815-01-br</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -13125,51 +13125,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">60</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 161–172. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId14756947b412dd133" w:history="1">
+      <w:hyperlink r:id="rId62796963306223fcb" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s10658-021-02232-9</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -13273,51 +13273,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">163</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 653–656. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId27566947b412dd23f" w:history="1">
+      <w:hyperlink r:id="rId261369633062240bc" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/jph.12300</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -13354,51 +13354,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Crop Protection </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">78</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 185-192. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId87436947b412dd2c8" w:history="1">
+      <w:hyperlink r:id="rId96606963306224141" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1016/j.cropro.2015.09.015</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -13473,51 +13473,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">146, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">129–145. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId46816947b412dd38d" w:history="1">
+      <w:hyperlink r:id="rId61156963306224216" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s10658-016-0900-3</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -13748,51 +13748,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">21</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 605-621. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId92336947b412dd54d" w:history="1">
+      <w:hyperlink r:id="rId785269633062243f2" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/mpp.12926</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -14014,51 +14014,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">159, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">627–636. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId64936947b412dd6f6" w:history="1">
+      <w:hyperlink r:id="rId8819696330622459b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s10658-020-02193-5</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -14124,51 +14124,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> L.). </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Acta Scientiarum. Agronomy</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 43, e51031. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId33086947b412dd7c0" w:history="1">
+      <w:hyperlink r:id="rId76716963306224648" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.4025/actasciagron.v43i1.51031</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -15163,51 +15163,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">8</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1705. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId69006947b412ddeb2" w:history="1">
+      <w:hyperlink r:id="rId89866963306224cb9" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3390/microorganisms8111705</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -15311,51 +15311,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">98</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 973-976. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId10916947b412ddfa6" w:history="1">
+      <w:hyperlink r:id="rId25186963306224da6" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PDIS-04-13-0391-RE</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -15664,51 +15664,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> pv. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">flaccumfacien</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">s. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId61026947b412de217" w:history="1">
+      <w:hyperlink r:id="rId93736963306224fe8" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.cabi.org/isc/datasheet/15333</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -15826,51 +15826,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2018 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">16</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 5299, 22 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId46876947b412de32a" w:history="1">
+      <w:hyperlink r:id="rId845969633062250e3" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2018.5299</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -15914,73 +15914,73 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">How to cite this datasheet?</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">EPPO (2025) </w:t>
+        <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Curtobacterium flaccumfaciens pv. flaccumfaciens</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId13646947b412de3eb" w:history="1">
+      <w:hyperlink r:id="rId649369633062251b0" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -16153,90 +16153,90 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Bulletin OEPP/EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">12</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 1-4. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId26836947b412de567" w:history="1">
+      <w:hyperlink r:id="rId6164696330622531e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.1982.tb01948.x</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="29935858" name="name15736947b412de5ea" descr="eu_funding_250.png"/>
+            <wp:docPr id="78623223" name="name18516963306225881" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId29456947b412de5e9" cstate="print"/>
+                    <a:blip r:embed="rId28916963306225880" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -16334,137 +16334,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="42877026">
+  <w:abstractNum w:abstractNumId="74883601">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="17675821">
+    <w:lvl w:ilvl="0" w:tplc="21517047">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="17675821" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="21517047" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="17675821" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="21517047" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="17675821" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="21517047" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="17675821" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="21517047" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="17675821" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="21517047" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="17675821" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="21517047" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="17675821" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="21517047" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="17675821" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="21517047" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="42877025">
+  <w:abstractNum w:abstractNumId="74883600">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="72141557">
+    <w:lvl w:ilvl="0" w:tplc="59330618">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -17216,55 +17216,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="42877025">
-    <w:abstractNumId w:val="42877025"/>
+  <w:num w:numId="74883600">
+    <w:abstractNumId w:val="74883600"/>
   </w:num>
-  <w:num w:numId="42877026">
-    <w:abstractNumId w:val="42877026"/>
+  <w:num w:numId="74883601">
+    <w:abstractNumId w:val="74883601"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -28814,51 +28814,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId387746802" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId413883597" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId89296947b412d61bf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CORBFL/" TargetMode="External"/><Relationship Id="rId70226947b412d622d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CORBFL/categorization" TargetMode="External"/><Relationship Id="rId34836947b412d6ba8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CORBFL/photos" TargetMode="External"/><Relationship Id="rId24056947b412db420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/15333" TargetMode="External"/><Relationship Id="rId31196947b412db999" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHYTO-06-20-0243-R" TargetMode="External"/><Relationship Id="rId86206947b412dbc73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.donausoja.org/fileadmin/user_upload/Downloads/Soya_cultivation_in_Europe_plus_DS_Benefits.pdf" TargetMode="External"/><Relationship Id="rId58976947b412dbea2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2018.5299" TargetMode="External"/><Relationship Id="rId85066947b412dbed9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId77866947b412dc19a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1590/S0100-41582007000500011" TargetMode="External"/><Relationship Id="rId91226947b412dc1e1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/eurostat/web/products-datasets/-/tag00094" TargetMode="External"/><Relationship Id="rId37956947b412dc38b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s10658-018-01648-0" TargetMode="External"/><Relationship Id="rId64516947b412dc443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s10658-020-02176-6" TargetMode="External"/><Relationship Id="rId81276947b412dc5da" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1023/A:1012077425747" TargetMode="External"/><Relationship Id="rId67596947b412dc632" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.apsnet.org/edcenter/apsnetfeatures/Pages/bacterium.aspx" TargetMode="External"/><Relationship Id="rId73636947b412dc7e9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/php-2008-0815-01-br" TargetMode="External"/><Relationship Id="rId14756947b412dd133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s10658-021-02232-9" TargetMode="External"/><Relationship Id="rId27566947b412dd23f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/jph.12300" TargetMode="External"/><Relationship Id="rId87436947b412dd2c8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.cropro.2015.09.015" TargetMode="External"/><Relationship Id="rId46816947b412dd38d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s10658-016-0900-3" TargetMode="External"/><Relationship Id="rId92336947b412dd54d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/mpp.12926" TargetMode="External"/><Relationship Id="rId64936947b412dd6f6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s10658-020-02193-5" TargetMode="External"/><Relationship Id="rId33086947b412dd7c0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.4025/actasciagron.v43i1.51031" TargetMode="External"/><Relationship Id="rId69006947b412ddeb2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/microorganisms8111705" TargetMode="External"/><Relationship Id="rId10916947b412ddfa6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-04-13-0391-RE" TargetMode="External"/><Relationship Id="rId61026947b412de217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/15333" TargetMode="External"/><Relationship Id="rId46876947b412de32a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2018.5299" TargetMode="External"/><Relationship Id="rId13646947b412de3eb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId26836947b412de567" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1982.tb01948.x" TargetMode="External"/><Relationship Id="rId55686947b412d6a39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId55686947b412d6a39.jpg"/><Relationship Id="rId34786947b412d92d8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId34786947b412d92d8.jpg"/><Relationship Id="rId29456947b412de5e9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId29456947b412de5e9.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId454890806" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId418850636" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId9215696330621d644" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CORBFL/" TargetMode="External"/><Relationship Id="rId7336696330621d6ce" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CORBFL/categorization" TargetMode="External"/><Relationship Id="rId8632696330621deb0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CORBFL/photos" TargetMode="External"/><Relationship Id="rId951469633062225b0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/15333" TargetMode="External"/><Relationship Id="rId963269633062229f2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHYTO-06-20-0243-R" TargetMode="External"/><Relationship Id="rId79766963306222c8c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.donausoja.org/fileadmin/user_upload/Downloads/Soya_cultivation_in_Europe_plus_DS_Benefits.pdf" TargetMode="External"/><Relationship Id="rId98986963306222e97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2018.5299" TargetMode="External"/><Relationship Id="rId28376963306222eca" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId7054696330622315c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1590/S0100-41582007000500011" TargetMode="External"/><Relationship Id="rId50196963306223191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/eurostat/web/products-datasets/-/tag00094" TargetMode="External"/><Relationship Id="rId22746963306223302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s10658-018-01648-0" TargetMode="External"/><Relationship Id="rId996769633062233b3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s10658-020-02176-6" TargetMode="External"/><Relationship Id="rId94816963306223521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1023/A:1012077425747" TargetMode="External"/><Relationship Id="rId19566963306223573" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.apsnet.org/edcenter/apsnetfeatures/Pages/bacterium.aspx" TargetMode="External"/><Relationship Id="rId22286963306223709" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/php-2008-0815-01-br" TargetMode="External"/><Relationship Id="rId62796963306223fcb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s10658-021-02232-9" TargetMode="External"/><Relationship Id="rId261369633062240bc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/jph.12300" TargetMode="External"/><Relationship Id="rId96606963306224141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.cropro.2015.09.015" TargetMode="External"/><Relationship Id="rId61156963306224216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s10658-016-0900-3" TargetMode="External"/><Relationship Id="rId785269633062243f2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/mpp.12926" TargetMode="External"/><Relationship Id="rId8819696330622459b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s10658-020-02193-5" TargetMode="External"/><Relationship Id="rId76716963306224648" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.4025/actasciagron.v43i1.51031" TargetMode="External"/><Relationship Id="rId89866963306224cb9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/microorganisms8111705" TargetMode="External"/><Relationship Id="rId25186963306224da6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-04-13-0391-RE" TargetMode="External"/><Relationship Id="rId93736963306224fe8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/15333" TargetMode="External"/><Relationship Id="rId845969633062250e3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2018.5299" TargetMode="External"/><Relationship Id="rId649369633062251b0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId6164696330622531e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1982.tb01948.x" TargetMode="External"/><Relationship Id="rId3311696330621dd7e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId3311696330621dd7e.jpg"/><Relationship Id="rId201569633062202ee" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId201569633062202ee.jpg"/><Relationship Id="rId28916963306225880" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId28916963306225880.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>