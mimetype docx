--- v4 (2026-01-11)
+++ v5 (2026-01-31)
@@ -358,51 +358,51 @@
               <w:t xml:space="preserve"> (Hedges) Stevens</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> bacterial tan spot of bean, bacterial tan spot of soybean, bacterial wilt of bean, bacterial wilt of common bean, bacterial wilt of dry beans, vascular wilt of bean</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9215696330621d644" w:history="1">
+            <w:hyperlink r:id="rId5036697dd23c04c05" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -416,53 +416,53 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve"> A1 Quarantine pest (Annex II A)</w:t>
+              <w:t xml:space="preserve"> Quarantine pest ((EU) 2019/2072 Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId7336696330621d6ce" w:history="1">
+            <w:hyperlink r:id="rId8842697dd23c04c70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -476,86 +476,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> CORBFL</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="38297650" name="name7063696330621dd80" descr="9360.jpg"/>
+                  <wp:docPr id="36446284" name="name3713697dd23c051b7" descr="9360.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="9360.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId3311696330621dd7e" cstate="print"/>
+                          <a:blip r:embed="rId9159697dd23c051b6" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId8632696330621deb0" w:history="1">
+            <w:hyperlink r:id="rId2866697dd23c052e5" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -4294,105 +4294,105 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">In Africa, the first confirmed case is from Zambia in soybean (Pawlowski and Hartman, 2019).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="5167095" name="name893369633062202f1" descr="CORBFL_distribution_map.jpg"/>
+            <wp:docPr id="79193553" name="name5399697dd23c076ee" descr="CORBFL_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="CORBFL_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId201569633062202ee" cstate="print"/>
+                    <a:blip r:embed="rId7611697dd23c076ea" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">EPPO Region:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Belgium, Hungary, Netherlands, Russian Federation (the) (Central Russia, Far East, Southern Russia), Switzerland, Tunisia, Türkiye</w:t>
+        <w:t xml:space="preserve"> Belgium, Hungary, Netherlands, Russian Federation (Central Russia, Far East, Southern Russia), Switzerland, Tunisia, Türkiye</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">Africa:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Mauritius, Tunisia, Zambia</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -8981,51 +8981,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> pv. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">flaccumfaciens</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId951469633062225b0" w:history="1">
+      <w:hyperlink r:id="rId6506697dd23c0974c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.cabi.org/isc/datasheet/15333</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -9672,51 +9672,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">111</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 268-280. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId963269633062229f2" w:history="1">
+      <w:hyperlink r:id="rId2761697dd23c09bd0" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PHYTO-06-20-0243-R</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -10083,51 +10083,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 269–273.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Donausoja (2021) Soya cultivation in Europe. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId79766963306222c8c" w:history="1">
+      <w:hyperlink r:id="rId7182697dd23c09e80" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.donausoja.org/fileadmin/user_upload/Downloads/Soya_cultivation_in_Europe_plus_DS_Benefits.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Retrieved 2021-06-11.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -10416,81 +10416,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2018, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">16</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 5299, 22 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId98986963306222e97" w:history="1">
+      <w:hyperlink r:id="rId3476697dd23c0a099" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2018.5299</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2021) EPPO Global Database. Accessed May 2018. Available online: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId28376963306222eca" w:history="1">
+      <w:hyperlink r:id="rId3492697dd23c0a0ce" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Retrieved June 2021.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -10857,81 +10857,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">32</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 434-438 (in Portuguese). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7054696330622315c" w:history="1">
+      <w:hyperlink r:id="rId1518697dd23c0a360" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1590/S0100-41582007000500011</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Eurostat (2021) </w:t>
       </w:r>
-      <w:hyperlink r:id="rId50196963306223191" w:history="1">
+      <w:hyperlink r:id="rId7734697dd23c0a394" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://ec.europa.eu/eurostat/web/products-datasets/-/tag00094</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Retrieved 2021-06-11.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -11102,51 +11102,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">154 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">189-202. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId22746963306223302" w:history="1">
+      <w:hyperlink r:id="rId9591697dd23c0a4eb" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s10658-018-01648-0</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -11212,51 +11212,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">159, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">485–493. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId996769633062233b3" w:history="1">
+      <w:hyperlink r:id="rId5926697dd23c0a59b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s10658-020-02176-6</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -11449,101 +11449,101 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">80</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1–10. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId94816963306223521" w:history="1">
+      <w:hyperlink r:id="rId9989697dd23c0a717" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1023/A:1012077425747</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Harveson RM (2013) The multicolored bacterium. In: </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">APS Features. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId19566963306223573" w:history="1">
+      <w:hyperlink r:id="rId3874697dd23c0a76a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.apsnet.org/edcenter/apsnetfeatures/Pages/bacterium.aspx</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -11743,51 +11743,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> pv</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. flaccumfaciens</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">) found in western Nebraska. Plant Health Progress. Published online: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId22286963306223709" w:history="1">
+      <w:hyperlink r:id="rId3655697dd23c0a8f8" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/php-2008-0815-01-br</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -13125,51 +13125,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">60</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 161–172. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId62796963306223fcb" w:history="1">
+      <w:hyperlink r:id="rId1348697dd23c0b1c5" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s10658-021-02232-9</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -13273,51 +13273,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">163</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 653–656. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId261369633062240bc" w:history="1">
+      <w:hyperlink r:id="rId2193697dd23c0b2b8" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/jph.12300</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -13354,51 +13354,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Crop Protection </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">78</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 185-192. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId96606963306224141" w:history="1">
+      <w:hyperlink r:id="rId5784697dd23c0b33e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1016/j.cropro.2015.09.015</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -13473,51 +13473,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">146, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">129–145. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId61156963306224216" w:history="1">
+      <w:hyperlink r:id="rId5534697dd23c0b3fb" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s10658-016-0900-3</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -13748,51 +13748,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">21</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 605-621. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId785269633062243f2" w:history="1">
+      <w:hyperlink r:id="rId4352697dd23c0b5b0" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/mpp.12926</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -14014,51 +14014,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">159, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">627–636. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8819696330622459b" w:history="1">
+      <w:hyperlink r:id="rId7751697dd23c0b759" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s10658-020-02193-5</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -14124,51 +14124,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> L.). </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Acta Scientiarum. Agronomy</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 43, e51031. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId76716963306224648" w:history="1">
+      <w:hyperlink r:id="rId8845697dd23c0b808" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.4025/actasciagron.v43i1.51031</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -15163,51 +15163,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">8</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1705. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId89866963306224cb9" w:history="1">
+      <w:hyperlink r:id="rId8579697dd23c0bed0" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3390/microorganisms8111705</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -15311,51 +15311,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">98</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 973-976. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId25186963306224da6" w:history="1">
+      <w:hyperlink r:id="rId7125697dd23c0bfc6" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PDIS-04-13-0391-RE</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -15664,51 +15664,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> pv. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">flaccumfacien</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">s. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId93736963306224fe8" w:history="1">
+      <w:hyperlink r:id="rId8329697dd23c0c20e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.cabi.org/isc/datasheet/15333</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -15826,51 +15826,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2018 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">16</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 5299, 22 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId845969633062250e3" w:history="1">
+      <w:hyperlink r:id="rId9302697dd23c0c309" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2018.5299</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -15936,51 +15936,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Curtobacterium flaccumfaciens pv. flaccumfaciens</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId649369633062251b0" w:history="1">
+      <w:hyperlink r:id="rId8019697dd23c0c3c3" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -16153,90 +16153,90 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Bulletin OEPP/EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">12</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 1-4. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6164696330622531e" w:history="1">
+      <w:hyperlink r:id="rId1483697dd23c0c524" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.1982.tb01948.x</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="78623223" name="name18516963306225881" descr="eu_funding_250.png"/>
+            <wp:docPr id="13738591" name="name9143697dd23c0c725" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId28916963306225880" cstate="print"/>
+                    <a:blip r:embed="rId4586697dd23c0c724" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -16334,137 +16334,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="74883601">
+  <w:abstractNum w:abstractNumId="46317267">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="21517047">
+    <w:lvl w:ilvl="0" w:tplc="92501947">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="21517047" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="92501947" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="21517047" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="92501947" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="21517047" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="92501947" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="21517047" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="92501947" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="21517047" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="92501947" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="21517047" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="92501947" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="21517047" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="92501947" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="21517047" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="92501947" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="74883600">
+  <w:abstractNum w:abstractNumId="46317266">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="59330618">
+    <w:lvl w:ilvl="0" w:tplc="66985799">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -17216,55 +17216,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="74883600">
-    <w:abstractNumId w:val="74883600"/>
+  <w:num w:numId="46317266">
+    <w:abstractNumId w:val="46317266"/>
   </w:num>
-  <w:num w:numId="74883601">
-    <w:abstractNumId w:val="74883601"/>
+  <w:num w:numId="46317267">
+    <w:abstractNumId w:val="46317267"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -28814,51 +28814,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId454890806" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId418850636" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId9215696330621d644" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CORBFL/" TargetMode="External"/><Relationship Id="rId7336696330621d6ce" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CORBFL/categorization" TargetMode="External"/><Relationship Id="rId8632696330621deb0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CORBFL/photos" TargetMode="External"/><Relationship Id="rId951469633062225b0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/15333" TargetMode="External"/><Relationship Id="rId963269633062229f2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHYTO-06-20-0243-R" TargetMode="External"/><Relationship Id="rId79766963306222c8c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.donausoja.org/fileadmin/user_upload/Downloads/Soya_cultivation_in_Europe_plus_DS_Benefits.pdf" TargetMode="External"/><Relationship Id="rId98986963306222e97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2018.5299" TargetMode="External"/><Relationship Id="rId28376963306222eca" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId7054696330622315c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1590/S0100-41582007000500011" TargetMode="External"/><Relationship Id="rId50196963306223191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/eurostat/web/products-datasets/-/tag00094" TargetMode="External"/><Relationship Id="rId22746963306223302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s10658-018-01648-0" TargetMode="External"/><Relationship Id="rId996769633062233b3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s10658-020-02176-6" TargetMode="External"/><Relationship Id="rId94816963306223521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1023/A:1012077425747" TargetMode="External"/><Relationship Id="rId19566963306223573" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.apsnet.org/edcenter/apsnetfeatures/Pages/bacterium.aspx" TargetMode="External"/><Relationship Id="rId22286963306223709" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/php-2008-0815-01-br" TargetMode="External"/><Relationship Id="rId62796963306223fcb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s10658-021-02232-9" TargetMode="External"/><Relationship Id="rId261369633062240bc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/jph.12300" TargetMode="External"/><Relationship Id="rId96606963306224141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.cropro.2015.09.015" TargetMode="External"/><Relationship Id="rId61156963306224216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s10658-016-0900-3" TargetMode="External"/><Relationship Id="rId785269633062243f2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/mpp.12926" TargetMode="External"/><Relationship Id="rId8819696330622459b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s10658-020-02193-5" TargetMode="External"/><Relationship Id="rId76716963306224648" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.4025/actasciagron.v43i1.51031" TargetMode="External"/><Relationship Id="rId89866963306224cb9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/microorganisms8111705" TargetMode="External"/><Relationship Id="rId25186963306224da6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-04-13-0391-RE" TargetMode="External"/><Relationship Id="rId93736963306224fe8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/15333" TargetMode="External"/><Relationship Id="rId845969633062250e3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2018.5299" TargetMode="External"/><Relationship Id="rId649369633062251b0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId6164696330622531e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1982.tb01948.x" TargetMode="External"/><Relationship Id="rId3311696330621dd7e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId3311696330621dd7e.jpg"/><Relationship Id="rId201569633062202ee" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId201569633062202ee.jpg"/><Relationship Id="rId28916963306225880" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId28916963306225880.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId750473265" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId664204781" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId5036697dd23c04c05" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CORBFL/" TargetMode="External"/><Relationship Id="rId8842697dd23c04c70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CORBFL/categorization" TargetMode="External"/><Relationship Id="rId2866697dd23c052e5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CORBFL/photos" TargetMode="External"/><Relationship Id="rId6506697dd23c0974c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/15333" TargetMode="External"/><Relationship Id="rId2761697dd23c09bd0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHYTO-06-20-0243-R" TargetMode="External"/><Relationship Id="rId7182697dd23c09e80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.donausoja.org/fileadmin/user_upload/Downloads/Soya_cultivation_in_Europe_plus_DS_Benefits.pdf" TargetMode="External"/><Relationship Id="rId3476697dd23c0a099" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2018.5299" TargetMode="External"/><Relationship Id="rId3492697dd23c0a0ce" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId1518697dd23c0a360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1590/S0100-41582007000500011" TargetMode="External"/><Relationship Id="rId7734697dd23c0a394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/eurostat/web/products-datasets/-/tag00094" TargetMode="External"/><Relationship Id="rId9591697dd23c0a4eb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s10658-018-01648-0" TargetMode="External"/><Relationship Id="rId5926697dd23c0a59b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s10658-020-02176-6" TargetMode="External"/><Relationship Id="rId9989697dd23c0a717" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1023/A:1012077425747" TargetMode="External"/><Relationship Id="rId3874697dd23c0a76a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.apsnet.org/edcenter/apsnetfeatures/Pages/bacterium.aspx" TargetMode="External"/><Relationship Id="rId3655697dd23c0a8f8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/php-2008-0815-01-br" TargetMode="External"/><Relationship Id="rId1348697dd23c0b1c5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s10658-021-02232-9" TargetMode="External"/><Relationship Id="rId2193697dd23c0b2b8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/jph.12300" TargetMode="External"/><Relationship Id="rId5784697dd23c0b33e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.cropro.2015.09.015" TargetMode="External"/><Relationship Id="rId5534697dd23c0b3fb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s10658-016-0900-3" TargetMode="External"/><Relationship Id="rId4352697dd23c0b5b0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/mpp.12926" TargetMode="External"/><Relationship Id="rId7751697dd23c0b759" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s10658-020-02193-5" TargetMode="External"/><Relationship Id="rId8845697dd23c0b808" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.4025/actasciagron.v43i1.51031" TargetMode="External"/><Relationship Id="rId8579697dd23c0bed0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/microorganisms8111705" TargetMode="External"/><Relationship Id="rId7125697dd23c0bfc6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-04-13-0391-RE" TargetMode="External"/><Relationship Id="rId8329697dd23c0c20e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/15333" TargetMode="External"/><Relationship Id="rId9302697dd23c0c309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2018.5299" TargetMode="External"/><Relationship Id="rId8019697dd23c0c3c3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId1483697dd23c0c524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1982.tb01948.x" TargetMode="External"/><Relationship Id="rId9159697dd23c051b6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId9159697dd23c051b6.jpg"/><Relationship Id="rId7611697dd23c076ea" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId7611697dd23c076ea.jpg"/><Relationship Id="rId4586697dd23c0c724" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId4586697dd23c0c724.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>