--- v5 (2026-01-31)
+++ v6 (2026-02-20)
@@ -358,51 +358,51 @@
               <w:t xml:space="preserve"> (Hedges) Stevens</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> bacterial tan spot of bean, bacterial tan spot of soybean, bacterial wilt of bean, bacterial wilt of common bean, bacterial wilt of dry beans, vascular wilt of bean</w:t>
             </w:r>
-            <w:hyperlink r:id="rId5036697dd23c04c05" w:history="1">
+            <w:hyperlink r:id="rId4934699882f252ab8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -418,51 +418,51 @@
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Quarantine pest ((EU) 2019/2072 Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8842697dd23c04c70" w:history="1">
+            <w:hyperlink r:id="rId7342699882f252b23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -476,86 +476,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> CORBFL</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="36446284" name="name3713697dd23c051b7" descr="9360.jpg"/>
+                  <wp:docPr id="72040711" name="name4737699882f25307a" descr="9360.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="9360.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId9159697dd23c051b6" cstate="print"/>
+                          <a:blip r:embed="rId8878699882f253078" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId2866697dd23c052e5" w:history="1">
+            <w:hyperlink r:id="rId8231699882f2531af" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -4294,63 +4294,63 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">In Africa, the first confirmed case is from Zambia in soybean (Pawlowski and Hartman, 2019).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="79193553" name="name5399697dd23c076ee" descr="CORBFL_distribution_map.jpg"/>
+            <wp:docPr id="76670073" name="name6804699882f255788" descr="CORBFL_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="CORBFL_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId7611697dd23c076ea" cstate="print"/>
+                    <a:blip r:embed="rId8832699882f255784" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -8981,51 +8981,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> pv. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">flaccumfaciens</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6506697dd23c0974c" w:history="1">
+      <w:hyperlink r:id="rId6701699882f257bf1" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.cabi.org/isc/datasheet/15333</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -9672,51 +9672,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">111</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 268-280. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2761697dd23c09bd0" w:history="1">
+      <w:hyperlink r:id="rId2959699882f258117" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PHYTO-06-20-0243-R</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -10083,51 +10083,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 269–273.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Donausoja (2021) Soya cultivation in Europe. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7182697dd23c09e80" w:history="1">
+      <w:hyperlink r:id="rId8205699882f2583fe" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.donausoja.org/fileadmin/user_upload/Downloads/Soya_cultivation_in_Europe_plus_DS_Benefits.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Retrieved 2021-06-11.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -10416,81 +10416,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2018, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">16</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 5299, 22 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3476697dd23c0a099" w:history="1">
+      <w:hyperlink r:id="rId1228699882f25861d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2018.5299</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2021) EPPO Global Database. Accessed May 2018. Available online: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3492697dd23c0a0ce" w:history="1">
+      <w:hyperlink r:id="rId8416699882f258653" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Retrieved June 2021.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -10857,81 +10857,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">32</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 434-438 (in Portuguese). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1518697dd23c0a360" w:history="1">
+      <w:hyperlink r:id="rId6782699882f2588e9" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1590/S0100-41582007000500011</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Eurostat (2021) </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7734697dd23c0a394" w:history="1">
+      <w:hyperlink r:id="rId1355699882f258920" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://ec.europa.eu/eurostat/web/products-datasets/-/tag00094</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Retrieved 2021-06-11.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -11102,51 +11102,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">154 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">189-202. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9591697dd23c0a4eb" w:history="1">
+      <w:hyperlink r:id="rId6268699882f258a7b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s10658-018-01648-0</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -11212,51 +11212,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">159, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">485–493. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5926697dd23c0a59b" w:history="1">
+      <w:hyperlink r:id="rId4627699882f258b2d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s10658-020-02176-6</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -11449,101 +11449,101 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">80</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1–10. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9989697dd23c0a717" w:history="1">
+      <w:hyperlink r:id="rId6506699882f258caf" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1023/A:1012077425747</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Harveson RM (2013) The multicolored bacterium. In: </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">APS Features. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3874697dd23c0a76a" w:history="1">
+      <w:hyperlink r:id="rId7063699882f258d03" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.apsnet.org/edcenter/apsnetfeatures/Pages/bacterium.aspx</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -11743,51 +11743,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> pv</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. flaccumfaciens</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">) found in western Nebraska. Plant Health Progress. Published online: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3655697dd23c0a8f8" w:history="1">
+      <w:hyperlink r:id="rId8760699882f258eb7" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/php-2008-0815-01-br</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -13125,51 +13125,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">60</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 161–172. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1348697dd23c0b1c5" w:history="1">
+      <w:hyperlink r:id="rId1724699882f259775" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s10658-021-02232-9</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -13273,51 +13273,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">163</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 653–656. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2193697dd23c0b2b8" w:history="1">
+      <w:hyperlink r:id="rId6117699882f259871" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/jph.12300</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -13354,51 +13354,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Crop Protection </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">78</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 185-192. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5784697dd23c0b33e" w:history="1">
+      <w:hyperlink r:id="rId5172699882f2598fb" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1016/j.cropro.2015.09.015</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -13473,51 +13473,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">146, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">129–145. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5534697dd23c0b3fb" w:history="1">
+      <w:hyperlink r:id="rId5459699882f2599bc" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s10658-016-0900-3</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -13748,51 +13748,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">21</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 605-621. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4352697dd23c0b5b0" w:history="1">
+      <w:hyperlink r:id="rId4736699882f259b75" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/mpp.12926</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -14014,51 +14014,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">159, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">627–636. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7751697dd23c0b759" w:history="1">
+      <w:hyperlink r:id="rId3222699882f259d1d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s10658-020-02193-5</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -14124,51 +14124,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> L.). </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Acta Scientiarum. Agronomy</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 43, e51031. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8845697dd23c0b808" w:history="1">
+      <w:hyperlink r:id="rId1378699882f259dee" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.4025/actasciagron.v43i1.51031</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -15163,51 +15163,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">8</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1705. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8579697dd23c0bed0" w:history="1">
+      <w:hyperlink r:id="rId7710699882f25a483" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3390/microorganisms8111705</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -15311,51 +15311,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">98</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 973-976. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7125697dd23c0bfc6" w:history="1">
+      <w:hyperlink r:id="rId6179699882f25a574" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PDIS-04-13-0391-RE</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -15664,51 +15664,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> pv. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">flaccumfacien</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">s. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8329697dd23c0c20e" w:history="1">
+      <w:hyperlink r:id="rId4958699882f25a7b4" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.cabi.org/isc/datasheet/15333</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -15826,51 +15826,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2018 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">16</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 5299, 22 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9302697dd23c0c309" w:history="1">
+      <w:hyperlink r:id="rId1397699882f25a8af" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2018.5299</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -15936,51 +15936,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Curtobacterium flaccumfaciens pv. flaccumfaciens</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8019697dd23c0c3c3" w:history="1">
+      <w:hyperlink r:id="rId3036699882f25a96b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -16153,90 +16153,90 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Bulletin OEPP/EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">12</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 1-4. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1483697dd23c0c524" w:history="1">
+      <w:hyperlink r:id="rId8774699882f25aacd" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.1982.tb01948.x</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="13738591" name="name9143697dd23c0c725" descr="eu_funding_250.png"/>
+            <wp:docPr id="98108589" name="name8460699882f25ab3f" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId4586697dd23c0c724" cstate="print"/>
+                    <a:blip r:embed="rId1563699882f25ab3e" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -16334,137 +16334,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="46317267">
+  <w:abstractNum w:abstractNumId="62540909">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="92501947">
+    <w:lvl w:ilvl="0" w:tplc="32326635">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="92501947" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="32326635" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="92501947" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="32326635" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="92501947" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="32326635" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="92501947" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="32326635" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="92501947" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="32326635" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="92501947" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="32326635" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="92501947" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="32326635" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="92501947" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="32326635" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="46317266">
+  <w:abstractNum w:abstractNumId="62540908">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="66985799">
+    <w:lvl w:ilvl="0" w:tplc="51500247">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -17216,55 +17216,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="46317266">
-    <w:abstractNumId w:val="46317266"/>
+  <w:num w:numId="62540908">
+    <w:abstractNumId w:val="62540908"/>
   </w:num>
-  <w:num w:numId="46317267">
-    <w:abstractNumId w:val="46317267"/>
+  <w:num w:numId="62540909">
+    <w:abstractNumId w:val="62540909"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -28814,51 +28814,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId750473265" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId664204781" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId5036697dd23c04c05" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CORBFL/" TargetMode="External"/><Relationship Id="rId8842697dd23c04c70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CORBFL/categorization" TargetMode="External"/><Relationship Id="rId2866697dd23c052e5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CORBFL/photos" TargetMode="External"/><Relationship Id="rId6506697dd23c0974c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/15333" TargetMode="External"/><Relationship Id="rId2761697dd23c09bd0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHYTO-06-20-0243-R" TargetMode="External"/><Relationship Id="rId7182697dd23c09e80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.donausoja.org/fileadmin/user_upload/Downloads/Soya_cultivation_in_Europe_plus_DS_Benefits.pdf" TargetMode="External"/><Relationship Id="rId3476697dd23c0a099" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2018.5299" TargetMode="External"/><Relationship Id="rId3492697dd23c0a0ce" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId1518697dd23c0a360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1590/S0100-41582007000500011" TargetMode="External"/><Relationship Id="rId7734697dd23c0a394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/eurostat/web/products-datasets/-/tag00094" TargetMode="External"/><Relationship Id="rId9591697dd23c0a4eb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s10658-018-01648-0" TargetMode="External"/><Relationship Id="rId5926697dd23c0a59b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s10658-020-02176-6" TargetMode="External"/><Relationship Id="rId9989697dd23c0a717" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1023/A:1012077425747" TargetMode="External"/><Relationship Id="rId3874697dd23c0a76a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.apsnet.org/edcenter/apsnetfeatures/Pages/bacterium.aspx" TargetMode="External"/><Relationship Id="rId3655697dd23c0a8f8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/php-2008-0815-01-br" TargetMode="External"/><Relationship Id="rId1348697dd23c0b1c5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s10658-021-02232-9" TargetMode="External"/><Relationship Id="rId2193697dd23c0b2b8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/jph.12300" TargetMode="External"/><Relationship Id="rId5784697dd23c0b33e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.cropro.2015.09.015" TargetMode="External"/><Relationship Id="rId5534697dd23c0b3fb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s10658-016-0900-3" TargetMode="External"/><Relationship Id="rId4352697dd23c0b5b0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/mpp.12926" TargetMode="External"/><Relationship Id="rId7751697dd23c0b759" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s10658-020-02193-5" TargetMode="External"/><Relationship Id="rId8845697dd23c0b808" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.4025/actasciagron.v43i1.51031" TargetMode="External"/><Relationship Id="rId8579697dd23c0bed0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/microorganisms8111705" TargetMode="External"/><Relationship Id="rId7125697dd23c0bfc6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-04-13-0391-RE" TargetMode="External"/><Relationship Id="rId8329697dd23c0c20e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/15333" TargetMode="External"/><Relationship Id="rId9302697dd23c0c309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2018.5299" TargetMode="External"/><Relationship Id="rId8019697dd23c0c3c3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId1483697dd23c0c524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1982.tb01948.x" TargetMode="External"/><Relationship Id="rId9159697dd23c051b6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId9159697dd23c051b6.jpg"/><Relationship Id="rId7611697dd23c076ea" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId7611697dd23c076ea.jpg"/><Relationship Id="rId4586697dd23c0c724" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId4586697dd23c0c724.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId956916259" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId134742469" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId4934699882f252ab8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CORBFL/" TargetMode="External"/><Relationship Id="rId7342699882f252b23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CORBFL/categorization" TargetMode="External"/><Relationship Id="rId8231699882f2531af" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CORBFL/photos" TargetMode="External"/><Relationship Id="rId6701699882f257bf1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/15333" TargetMode="External"/><Relationship Id="rId2959699882f258117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHYTO-06-20-0243-R" TargetMode="External"/><Relationship Id="rId8205699882f2583fe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.donausoja.org/fileadmin/user_upload/Downloads/Soya_cultivation_in_Europe_plus_DS_Benefits.pdf" TargetMode="External"/><Relationship Id="rId1228699882f25861d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2018.5299" TargetMode="External"/><Relationship Id="rId8416699882f258653" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId6782699882f2588e9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1590/S0100-41582007000500011" TargetMode="External"/><Relationship Id="rId1355699882f258920" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/eurostat/web/products-datasets/-/tag00094" TargetMode="External"/><Relationship Id="rId6268699882f258a7b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s10658-018-01648-0" TargetMode="External"/><Relationship Id="rId4627699882f258b2d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s10658-020-02176-6" TargetMode="External"/><Relationship Id="rId6506699882f258caf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1023/A:1012077425747" TargetMode="External"/><Relationship Id="rId7063699882f258d03" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.apsnet.org/edcenter/apsnetfeatures/Pages/bacterium.aspx" TargetMode="External"/><Relationship Id="rId8760699882f258eb7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/php-2008-0815-01-br" TargetMode="External"/><Relationship Id="rId1724699882f259775" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s10658-021-02232-9" TargetMode="External"/><Relationship Id="rId6117699882f259871" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/jph.12300" TargetMode="External"/><Relationship Id="rId5172699882f2598fb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.cropro.2015.09.015" TargetMode="External"/><Relationship Id="rId5459699882f2599bc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s10658-016-0900-3" TargetMode="External"/><Relationship Id="rId4736699882f259b75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/mpp.12926" TargetMode="External"/><Relationship Id="rId3222699882f259d1d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s10658-020-02193-5" TargetMode="External"/><Relationship Id="rId1378699882f259dee" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.4025/actasciagron.v43i1.51031" TargetMode="External"/><Relationship Id="rId7710699882f25a483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/microorganisms8111705" TargetMode="External"/><Relationship Id="rId6179699882f25a574" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-04-13-0391-RE" TargetMode="External"/><Relationship Id="rId4958699882f25a7b4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/15333" TargetMode="External"/><Relationship Id="rId1397699882f25a8af" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2018.5299" TargetMode="External"/><Relationship Id="rId3036699882f25a96b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId8774699882f25aacd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1982.tb01948.x" TargetMode="External"/><Relationship Id="rId8878699882f253078" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId8878699882f253078.jpg"/><Relationship Id="rId8832699882f255784" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId8832699882f255784.jpg"/><Relationship Id="rId1563699882f25ab3e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId1563699882f25ab3e.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>