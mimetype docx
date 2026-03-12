--- v6 (2026-02-20)
+++ v7 (2026-03-12)
@@ -358,51 +358,51 @@
               <w:t xml:space="preserve"> (Hedges) Stevens</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> bacterial tan spot of bean, bacterial tan spot of soybean, bacterial wilt of bean, bacterial wilt of common bean, bacterial wilt of dry beans, vascular wilt of bean</w:t>
             </w:r>
-            <w:hyperlink r:id="rId4934699882f252ab8" w:history="1">
+            <w:hyperlink r:id="rId107269b308d3394c4" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -418,51 +418,51 @@
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Quarantine pest ((EU) 2019/2072 Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId7342699882f252b23" w:history="1">
+            <w:hyperlink r:id="rId859669b308d339534" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -476,86 +476,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> CORBFL</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="72040711" name="name4737699882f25307a" descr="9360.jpg"/>
+                  <wp:docPr id="43214349" name="name946169b308d339cdf" descr="9360.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="9360.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId8878699882f253078" cstate="print"/>
+                          <a:blip r:embed="rId117969b308d339cdc" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId8231699882f2531af" w:history="1">
+            <w:hyperlink r:id="rId417169b308d339e37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -4294,63 +4294,63 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">In Africa, the first confirmed case is from Zambia in soybean (Pawlowski and Hartman, 2019).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="76670073" name="name6804699882f255788" descr="CORBFL_distribution_map.jpg"/>
+            <wp:docPr id="16796324" name="name456969b308d33ca12" descr="CORBFL_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="CORBFL_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId8832699882f255784" cstate="print"/>
+                    <a:blip r:embed="rId301169b308d33ca0e" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -8981,51 +8981,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> pv. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">flaccumfaciens</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6701699882f257bf1" w:history="1">
+      <w:hyperlink r:id="rId332969b308d33ec12" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.cabi.org/isc/datasheet/15333</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -9672,51 +9672,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">111</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 268-280. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2959699882f258117" w:history="1">
+      <w:hyperlink r:id="rId930069b308d33f080" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PHYTO-06-20-0243-R</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -10083,51 +10083,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 269–273.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Donausoja (2021) Soya cultivation in Europe. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8205699882f2583fe" w:history="1">
+      <w:hyperlink r:id="rId226569b308d33f320" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.donausoja.org/fileadmin/user_upload/Downloads/Soya_cultivation_in_Europe_plus_DS_Benefits.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Retrieved 2021-06-11.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -10416,81 +10416,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2018, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">16</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 5299, 22 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1228699882f25861d" w:history="1">
+      <w:hyperlink r:id="rId651669b308d33f53a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2018.5299</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2021) EPPO Global Database. Accessed May 2018. Available online: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8416699882f258653" w:history="1">
+      <w:hyperlink r:id="rId455269b308d33f56f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Retrieved June 2021.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -10857,81 +10857,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">32</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 434-438 (in Portuguese). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6782699882f2588e9" w:history="1">
+      <w:hyperlink r:id="rId175969b308d33f82d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1590/S0100-41582007000500011</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Eurostat (2021) </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1355699882f258920" w:history="1">
+      <w:hyperlink r:id="rId344069b308d33f865" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://ec.europa.eu/eurostat/web/products-datasets/-/tag00094</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Retrieved 2021-06-11.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -11102,51 +11102,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">154 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">189-202. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6268699882f258a7b" w:history="1">
+      <w:hyperlink r:id="rId184669b308d33f9c7" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s10658-018-01648-0</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -11212,51 +11212,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">159, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">485–493. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4627699882f258b2d" w:history="1">
+      <w:hyperlink r:id="rId624869b308d33fa7c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s10658-020-02176-6</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -11449,101 +11449,101 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">80</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1–10. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6506699882f258caf" w:history="1">
+      <w:hyperlink r:id="rId409869b308d33fbf2" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1023/A:1012077425747</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Harveson RM (2013) The multicolored bacterium. In: </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">APS Features. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7063699882f258d03" w:history="1">
+      <w:hyperlink r:id="rId999869b308d33fc45" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.apsnet.org/edcenter/apsnetfeatures/Pages/bacterium.aspx</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -11743,51 +11743,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> pv</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. flaccumfaciens</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">) found in western Nebraska. Plant Health Progress. Published online: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8760699882f258eb7" w:history="1">
+      <w:hyperlink r:id="rId174669b308d33fde6" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/php-2008-0815-01-br</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -13125,51 +13125,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">60</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 161–172. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1724699882f259775" w:history="1">
+      <w:hyperlink r:id="rId830869b308d340740" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s10658-021-02232-9</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -13273,51 +13273,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">163</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 653–656. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6117699882f259871" w:history="1">
+      <w:hyperlink r:id="rId161269b308d34083d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/jph.12300</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -13354,51 +13354,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Crop Protection </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">78</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 185-192. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5172699882f2598fb" w:history="1">
+      <w:hyperlink r:id="rId966069b308d3408c5" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1016/j.cropro.2015.09.015</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -13473,51 +13473,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">146, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">129–145. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5459699882f2599bc" w:history="1">
+      <w:hyperlink r:id="rId574369b308d340987" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s10658-016-0900-3</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -13748,51 +13748,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">21</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 605-621. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4736699882f259b75" w:history="1">
+      <w:hyperlink r:id="rId662069b308d340b43" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/mpp.12926</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -14014,51 +14014,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">159, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">627–636. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3222699882f259d1d" w:history="1">
+      <w:hyperlink r:id="rId955469b308d340cee" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s10658-020-02193-5</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -14124,51 +14124,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> L.). </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Acta Scientiarum. Agronomy</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 43, e51031. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1378699882f259dee" w:history="1">
+      <w:hyperlink r:id="rId703469b308d340da0" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.4025/actasciagron.v43i1.51031</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -15163,51 +15163,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">8</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1705. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7710699882f25a483" w:history="1">
+      <w:hyperlink r:id="rId610769b308d341436" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3390/microorganisms8111705</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -15311,51 +15311,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">98</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 973-976. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6179699882f25a574" w:history="1">
+      <w:hyperlink r:id="rId335669b308d341540" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PDIS-04-13-0391-RE</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -15664,51 +15664,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> pv. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">flaccumfacien</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">s. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4958699882f25a7b4" w:history="1">
+      <w:hyperlink r:id="rId871069b308d3418c8" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.cabi.org/isc/datasheet/15333</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -15826,51 +15826,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2018 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">16</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 5299, 22 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1397699882f25a8af" w:history="1">
+      <w:hyperlink r:id="rId254969b308d341a48" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2018.5299</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -15936,51 +15936,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Curtobacterium flaccumfaciens pv. flaccumfaciens</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3036699882f25a96b" w:history="1">
+      <w:hyperlink r:id="rId281469b308d341b7e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -16153,90 +16153,90 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Bulletin OEPP/EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">12</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 1-4. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8774699882f25aacd" w:history="1">
+      <w:hyperlink r:id="rId488569b308d341dae" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.1982.tb01948.x</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="98108589" name="name8460699882f25ab3f" descr="eu_funding_250.png"/>
+            <wp:docPr id="89036761" name="name610169b308d3421ba" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId1563699882f25ab3e" cstate="print"/>
+                    <a:blip r:embed="rId421269b308d3421b8" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -16334,137 +16334,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="62540909">
+  <w:abstractNum w:abstractNumId="69649860">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="32326635">
+    <w:lvl w:ilvl="0" w:tplc="40162104">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="32326635" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="40162104" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="32326635" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="40162104" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="32326635" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="40162104" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="32326635" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="40162104" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="32326635" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="40162104" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="32326635" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="40162104" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="32326635" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="40162104" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="32326635" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="40162104" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="62540908">
+  <w:abstractNum w:abstractNumId="69649859">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="51500247">
+    <w:lvl w:ilvl="0" w:tplc="50069666">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -17216,55 +17216,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="62540908">
-    <w:abstractNumId w:val="62540908"/>
+  <w:num w:numId="69649859">
+    <w:abstractNumId w:val="69649859"/>
   </w:num>
-  <w:num w:numId="62540909">
-    <w:abstractNumId w:val="62540909"/>
+  <w:num w:numId="69649860">
+    <w:abstractNumId w:val="69649860"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -28814,51 +28814,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId956916259" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId134742469" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId4934699882f252ab8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CORBFL/" TargetMode="External"/><Relationship Id="rId7342699882f252b23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CORBFL/categorization" TargetMode="External"/><Relationship Id="rId8231699882f2531af" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CORBFL/photos" TargetMode="External"/><Relationship Id="rId6701699882f257bf1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/15333" TargetMode="External"/><Relationship Id="rId2959699882f258117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHYTO-06-20-0243-R" TargetMode="External"/><Relationship Id="rId8205699882f2583fe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.donausoja.org/fileadmin/user_upload/Downloads/Soya_cultivation_in_Europe_plus_DS_Benefits.pdf" TargetMode="External"/><Relationship Id="rId1228699882f25861d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2018.5299" TargetMode="External"/><Relationship Id="rId8416699882f258653" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId6782699882f2588e9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1590/S0100-41582007000500011" TargetMode="External"/><Relationship Id="rId1355699882f258920" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/eurostat/web/products-datasets/-/tag00094" TargetMode="External"/><Relationship Id="rId6268699882f258a7b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s10658-018-01648-0" TargetMode="External"/><Relationship Id="rId4627699882f258b2d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s10658-020-02176-6" TargetMode="External"/><Relationship Id="rId6506699882f258caf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1023/A:1012077425747" TargetMode="External"/><Relationship Id="rId7063699882f258d03" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.apsnet.org/edcenter/apsnetfeatures/Pages/bacterium.aspx" TargetMode="External"/><Relationship Id="rId8760699882f258eb7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/php-2008-0815-01-br" TargetMode="External"/><Relationship Id="rId1724699882f259775" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s10658-021-02232-9" TargetMode="External"/><Relationship Id="rId6117699882f259871" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/jph.12300" TargetMode="External"/><Relationship Id="rId5172699882f2598fb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.cropro.2015.09.015" TargetMode="External"/><Relationship Id="rId5459699882f2599bc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s10658-016-0900-3" TargetMode="External"/><Relationship Id="rId4736699882f259b75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/mpp.12926" TargetMode="External"/><Relationship Id="rId3222699882f259d1d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s10658-020-02193-5" TargetMode="External"/><Relationship Id="rId1378699882f259dee" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.4025/actasciagron.v43i1.51031" TargetMode="External"/><Relationship Id="rId7710699882f25a483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/microorganisms8111705" TargetMode="External"/><Relationship Id="rId6179699882f25a574" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-04-13-0391-RE" TargetMode="External"/><Relationship Id="rId4958699882f25a7b4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/15333" TargetMode="External"/><Relationship Id="rId1397699882f25a8af" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2018.5299" TargetMode="External"/><Relationship Id="rId3036699882f25a96b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId8774699882f25aacd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1982.tb01948.x" TargetMode="External"/><Relationship Id="rId8878699882f253078" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId8878699882f253078.jpg"/><Relationship Id="rId8832699882f255784" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId8832699882f255784.jpg"/><Relationship Id="rId1563699882f25ab3e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId1563699882f25ab3e.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId478050735" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId223333408" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId107269b308d3394c4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CORBFL/" TargetMode="External"/><Relationship Id="rId859669b308d339534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CORBFL/categorization" TargetMode="External"/><Relationship Id="rId417169b308d339e37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CORBFL/photos" TargetMode="External"/><Relationship Id="rId332969b308d33ec12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/15333" TargetMode="External"/><Relationship Id="rId930069b308d33f080" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHYTO-06-20-0243-R" TargetMode="External"/><Relationship Id="rId226569b308d33f320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.donausoja.org/fileadmin/user_upload/Downloads/Soya_cultivation_in_Europe_plus_DS_Benefits.pdf" TargetMode="External"/><Relationship Id="rId651669b308d33f53a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2018.5299" TargetMode="External"/><Relationship Id="rId455269b308d33f56f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId175969b308d33f82d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1590/S0100-41582007000500011" TargetMode="External"/><Relationship Id="rId344069b308d33f865" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/eurostat/web/products-datasets/-/tag00094" TargetMode="External"/><Relationship Id="rId184669b308d33f9c7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s10658-018-01648-0" TargetMode="External"/><Relationship Id="rId624869b308d33fa7c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s10658-020-02176-6" TargetMode="External"/><Relationship Id="rId409869b308d33fbf2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1023/A:1012077425747" TargetMode="External"/><Relationship Id="rId999869b308d33fc45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.apsnet.org/edcenter/apsnetfeatures/Pages/bacterium.aspx" TargetMode="External"/><Relationship Id="rId174669b308d33fde6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/php-2008-0815-01-br" TargetMode="External"/><Relationship Id="rId830869b308d340740" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s10658-021-02232-9" TargetMode="External"/><Relationship Id="rId161269b308d34083d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/jph.12300" TargetMode="External"/><Relationship Id="rId966069b308d3408c5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.cropro.2015.09.015" TargetMode="External"/><Relationship Id="rId574369b308d340987" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s10658-016-0900-3" TargetMode="External"/><Relationship Id="rId662069b308d340b43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/mpp.12926" TargetMode="External"/><Relationship Id="rId955469b308d340cee" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s10658-020-02193-5" TargetMode="External"/><Relationship Id="rId703469b308d340da0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.4025/actasciagron.v43i1.51031" TargetMode="External"/><Relationship Id="rId610769b308d341436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/microorganisms8111705" TargetMode="External"/><Relationship Id="rId335669b308d341540" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-04-13-0391-RE" TargetMode="External"/><Relationship Id="rId871069b308d3418c8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/15333" TargetMode="External"/><Relationship Id="rId254969b308d341a48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2018.5299" TargetMode="External"/><Relationship Id="rId281469b308d341b7e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId488569b308d341dae" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1982.tb01948.x" TargetMode="External"/><Relationship Id="rId117969b308d339cdc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId117969b308d339cdc.jpg"/><Relationship Id="rId301169b308d33ca0e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId301169b308d33ca0e.jpg"/><Relationship Id="rId421269b308d3421b8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId421269b308d3421b8.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>