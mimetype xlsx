--- v0 (2025-10-08)
+++ v1 (2026-02-07)
@@ -314,51 +314,51 @@
   <si>
     <t>Italy</t>
   </si>
   <si>
     <t>IT</t>
   </si>
   <si>
     <t>Latvia</t>
   </si>
   <si>
     <t>LV</t>
   </si>
   <si>
     <t>Netherlands</t>
   </si>
   <si>
     <t>NL</t>
   </si>
   <si>
     <t>Norway</t>
   </si>
   <si>
     <t>NO</t>
   </si>
   <si>
-    <t>Russian Federation (the)</t>
+    <t>Russian Federation</t>
   </si>
   <si>
     <t>RU</t>
   </si>
   <si>
     <t>Central Russia</t>
   </si>
   <si>
     <t>cr</t>
   </si>
   <si>
     <t>Eastern Siberia</t>
   </si>
   <si>
     <t>es</t>
   </si>
   <si>
     <t>Far East</t>
   </si>
   <si>
     <t>fe</t>
   </si>
   <si>
     <t>Western Siberia</t>
   </si>