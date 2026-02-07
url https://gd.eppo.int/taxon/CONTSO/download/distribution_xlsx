--- v0 (2025-10-04)
+++ v1 (2026-02-07)
@@ -632,51 +632,51 @@
   <si>
     <t>YE</t>
   </si>
   <si>
     <t>Europe</t>
   </si>
   <si>
     <t>France</t>
   </si>
   <si>
     <t>FR</t>
   </si>
   <si>
     <t>Greece</t>
   </si>
   <si>
     <t>GR</t>
   </si>
   <si>
     <t>Italy</t>
   </si>
   <si>
     <t>IT</t>
   </si>
   <si>
-    <t>Russian Federation (the)</t>
+    <t>Russian Federation</t>
   </si>
   <si>
     <t>RU</t>
   </si>
   <si>
     <t>Oceania</t>
   </si>
   <si>
     <t>Australia</t>
   </si>
   <si>
     <t>AU</t>
   </si>
   <si>
     <t>New South Wales</t>
   </si>
   <si>
     <t>nw</t>
   </si>
   <si>
     <t>Northern Territory</t>
   </si>
   <si>
     <t>nt</t>
   </si>