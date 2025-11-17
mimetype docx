--- v0 (2025-10-09)
+++ v1 (2025-11-17)
@@ -225,51 +225,51 @@
               <w:t xml:space="preserve"> Animalia: Arthropoda: Hexapoda: Insecta: Coleoptera: Curculionidae: Molytinae</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> plum curculio, plum weevil</w:t>
             </w:r>
-            <w:hyperlink r:id="rId380268e734a986e94" w:history="1">
+            <w:hyperlink r:id="rId4946691ab58a6bc8d" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -285,51 +285,51 @@
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 Quarantine pest (Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId552868e734a986f0a" w:history="1">
+            <w:hyperlink r:id="rId8406691ab58a6bcfc" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -343,86 +343,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> CONHNE</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="48823113" name="name656468e734a986fd9" descr="12070.jpg"/>
+                  <wp:docPr id="98869982" name="name6874691ab58a6c618" descr="12070.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="12070.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId947668e734a986fd8" cstate="print"/>
+                          <a:blip r:embed="rId9994691ab58a6c613" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId969868e734a9870df" w:history="1">
+            <w:hyperlink r:id="rId8552691ab58a6c770" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
@@ -1836,63 +1836,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2020).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="58457211" name="name545068e734a9889b2" descr="CONHNE_distribution_map.jpg"/>
+            <wp:docPr id="16519726" name="name8126691ab58a6de2d" descr="CONHNE_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="CONHNE_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId360368e734a9889af" cstate="print"/>
+                    <a:blip r:embed="rId1495691ab58a6de29" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -5251,51 +5251,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Herbst) in apple orchards.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Acta Horticulturae</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1261. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId286968e734a98a23d" w:history="1">
+      <w:hyperlink r:id="rId7123691ab58a6f7e0" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.17660/ActaHortic.2019.1261.25</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5368,72 +5368,72 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA (2018) EFSA PLH Panel (EFSA Plant Health Panel), Bragard C, Dehnen-Schmutz K, Di Serio F, Gonthier P, Jacques M-A, Jaques Miret JA, Justesen AF, Magnusson CS, Milonas P, Navas-Cortes JA, Parnell S, Potting R, Reignault PL, Thulke HH, Van der Werf W, Vicent Civera A, Yuen J, Zappal_a L, Czwienczek E and MacLeod A. Scientific opinion on the pest categorisation of </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Conotrachelus nenuphar</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EFSA Journal 16(10), 5437, 29 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId299168e734a98a302" w:history="1">
+      <w:hyperlink r:id="rId4274691ab58a6f8a6" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2018.5437</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId831568e734a98a323" w:history="1"/>
+      <w:hyperlink r:id="rId9918691ab58a6f8c6" w:history="1"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Eller FJ &amp; Bartelt RJ (1996) Grandisoic acid, a male-produced aggregation pheromone from the plum curculio, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5546,51 +5546,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">10</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 57-63. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId927768e734a98a41d" w:history="1">
+      <w:hyperlink r:id="rId9282691ab58a6f9c4" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.1980.tb02694.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7119,51 +7119,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">11</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 375. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId766068e734a98adec" w:history="1">
+      <w:hyperlink r:id="rId2304691ab58a70724" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3390/insects11060375</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8564,51 +8564,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Conotrachelus nenuphar</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId216068e734a98b6d2" w:history="1">
+      <w:hyperlink r:id="rId4565691ab58a71504" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -8779,81 +8779,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">10</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 57-63. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId134968e734a98b83a" w:history="1">
+      <w:hyperlink r:id="rId5818691ab58a716be" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.1980.tb02694.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="24274862" name="name751868e734a98b8a5" descr="eu_funding_250.png"/>
+            <wp:docPr id="21571159" name="name7769691ab58a7172e" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId123468e734a98b8a3" cstate="print"/>
+                    <a:blip r:embed="rId2248691ab58a7172d" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -8951,137 +8951,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="90370131">
+  <w:abstractNum w:abstractNumId="60262175">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="22946494">
+    <w:lvl w:ilvl="0" w:tplc="19239108">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="22946494" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="19239108" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="22946494" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="19239108" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="22946494" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="19239108" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="22946494" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="19239108" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="22946494" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="19239108" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="22946494" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="19239108" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="22946494" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="19239108" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="22946494" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="19239108" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="90370130">
+  <w:abstractNum w:abstractNumId="60262174">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="32452335">
+    <w:lvl w:ilvl="0" w:tplc="32552965">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -9833,55 +9833,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="90370130">
-    <w:abstractNumId w:val="90370130"/>
+  <w:num w:numId="60262174">
+    <w:abstractNumId w:val="60262174"/>
   </w:num>
-  <w:num w:numId="90370131">
-    <w:abstractNumId w:val="90370131"/>
+  <w:num w:numId="60262175">
+    <w:abstractNumId w:val="60262175"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -21431,51 +21431,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId307900489" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId354658058" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId380268e734a986e94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CONHNE/" TargetMode="External"/><Relationship Id="rId552868e734a986f0a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CONHNE/categorization" TargetMode="External"/><Relationship Id="rId969868e734a9870df" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CONHNE/photos" TargetMode="External"/><Relationship Id="rId286968e734a98a23d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.17660/ActaHortic.2019.1261.25" TargetMode="External"/><Relationship Id="rId299168e734a98a302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2018.5437" TargetMode="External"/><Relationship Id="rId831568e734a98a323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.17660/ActaHortic.2019.1261.25" TargetMode="External"/><Relationship Id="rId927768e734a98a41d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1980.tb02694.x" TargetMode="External"/><Relationship Id="rId766068e734a98adec" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/insects11060375" TargetMode="External"/><Relationship Id="rId216068e734a98b6d2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId134968e734a98b83a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1980.tb02694.x" TargetMode="External"/><Relationship Id="rId947668e734a986fd8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId947668e734a986fd8.jpg"/><Relationship Id="rId360368e734a9889af" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId360368e734a9889af.jpg"/><Relationship Id="rId123468e734a98b8a3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId123468e734a98b8a3.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId392221389" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId350316184" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId4946691ab58a6bc8d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CONHNE/" TargetMode="External"/><Relationship Id="rId8406691ab58a6bcfc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CONHNE/categorization" TargetMode="External"/><Relationship Id="rId8552691ab58a6c770" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CONHNE/photos" TargetMode="External"/><Relationship Id="rId7123691ab58a6f7e0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.17660/ActaHortic.2019.1261.25" TargetMode="External"/><Relationship Id="rId4274691ab58a6f8a6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2018.5437" TargetMode="External"/><Relationship Id="rId9918691ab58a6f8c6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.17660/ActaHortic.2019.1261.25" TargetMode="External"/><Relationship Id="rId9282691ab58a6f9c4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1980.tb02694.x" TargetMode="External"/><Relationship Id="rId2304691ab58a70724" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/insects11060375" TargetMode="External"/><Relationship Id="rId4565691ab58a71504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId5818691ab58a716be" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1980.tb02694.x" TargetMode="External"/><Relationship Id="rId9994691ab58a6c613" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId9994691ab58a6c613.jpg"/><Relationship Id="rId1495691ab58a6de29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId1495691ab58a6de29.jpg"/><Relationship Id="rId2248691ab58a7172d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId2248691ab58a7172d.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>