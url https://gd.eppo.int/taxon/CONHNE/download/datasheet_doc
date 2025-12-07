--- v1 (2025-11-17)
+++ v2 (2025-12-07)
@@ -225,51 +225,51 @@
               <w:t xml:space="preserve"> Animalia: Arthropoda: Hexapoda: Insecta: Coleoptera: Curculionidae: Molytinae</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> plum curculio, plum weevil</w:t>
             </w:r>
-            <w:hyperlink r:id="rId4946691ab58a6bc8d" w:history="1">
+            <w:hyperlink r:id="rId453569353ca0ab48e" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -285,51 +285,51 @@
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 Quarantine pest (Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8406691ab58a6bcfc" w:history="1">
+            <w:hyperlink r:id="rId272569353ca0ab4f7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -343,86 +343,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> CONHNE</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="98869982" name="name6874691ab58a6c618" descr="12070.jpg"/>
+                  <wp:docPr id="80341013" name="name834069353ca0ab5dc" descr="12070.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="12070.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId9994691ab58a6c613" cstate="print"/>
+                          <a:blip r:embed="rId776769353ca0ab5db" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId8552691ab58a6c770" w:history="1">
+            <w:hyperlink r:id="rId849169353ca0ab6c6" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
@@ -1836,63 +1836,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2020).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="16519726" name="name8126691ab58a6de2d" descr="CONHNE_distribution_map.jpg"/>
+            <wp:docPr id="93882205" name="name972569353ca0ad0f6" descr="CONHNE_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="CONHNE_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId1495691ab58a6de29" cstate="print"/>
+                    <a:blip r:embed="rId278669353ca0ad0f2" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -5251,51 +5251,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Herbst) in apple orchards.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Acta Horticulturae</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1261. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7123691ab58a6f7e0" w:history="1">
+      <w:hyperlink r:id="rId306869353ca0ae8b9" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.17660/ActaHortic.2019.1261.25</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5368,72 +5368,72 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA (2018) EFSA PLH Panel (EFSA Plant Health Panel), Bragard C, Dehnen-Schmutz K, Di Serio F, Gonthier P, Jacques M-A, Jaques Miret JA, Justesen AF, Magnusson CS, Milonas P, Navas-Cortes JA, Parnell S, Potting R, Reignault PL, Thulke HH, Van der Werf W, Vicent Civera A, Yuen J, Zappal_a L, Czwienczek E and MacLeod A. Scientific opinion on the pest categorisation of </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Conotrachelus nenuphar</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EFSA Journal 16(10), 5437, 29 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4274691ab58a6f8a6" w:history="1">
+      <w:hyperlink r:id="rId728669353ca0ae97e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2018.5437</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9918691ab58a6f8c6" w:history="1"/>
+      <w:hyperlink r:id="rId608369353ca0ae99d" w:history="1"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Eller FJ &amp; Bartelt RJ (1996) Grandisoic acid, a male-produced aggregation pheromone from the plum curculio, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5546,51 +5546,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">10</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 57-63. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9282691ab58a6f9c4" w:history="1">
+      <w:hyperlink r:id="rId597969353ca0aea9b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.1980.tb02694.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7119,51 +7119,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">11</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 375. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2304691ab58a70724" w:history="1">
+      <w:hyperlink r:id="rId280369353ca0af4b9" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3390/insects11060375</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8564,51 +8564,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Conotrachelus nenuphar</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4565691ab58a71504" w:history="1">
+      <w:hyperlink r:id="rId883069353ca0afe46" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -8779,81 +8779,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">10</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 57-63. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5818691ab58a716be" w:history="1">
+      <w:hyperlink r:id="rId514369353ca0affb4" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.1980.tb02694.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="21571159" name="name7769691ab58a7172e" descr="eu_funding_250.png"/>
+            <wp:docPr id="90651815" name="name880169353ca0b001d" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId2248691ab58a7172d" cstate="print"/>
+                    <a:blip r:embed="rId945969353ca0b001c" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -8951,137 +8951,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="60262175">
+  <w:abstractNum w:abstractNumId="35167861">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="19239108">
+    <w:lvl w:ilvl="0" w:tplc="40607214">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="19239108" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="40607214" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="19239108" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="40607214" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="19239108" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="40607214" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="19239108" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="40607214" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="19239108" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="40607214" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="19239108" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="40607214" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="19239108" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="40607214" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="19239108" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="40607214" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="60262174">
+  <w:abstractNum w:abstractNumId="35167860">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="32552965">
+    <w:lvl w:ilvl="0" w:tplc="79443052">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -9833,55 +9833,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="60262174">
-    <w:abstractNumId w:val="60262174"/>
+  <w:num w:numId="35167860">
+    <w:abstractNumId w:val="35167860"/>
   </w:num>
-  <w:num w:numId="60262175">
-    <w:abstractNumId w:val="60262175"/>
+  <w:num w:numId="35167861">
+    <w:abstractNumId w:val="35167861"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -21431,51 +21431,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId392221389" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId350316184" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId4946691ab58a6bc8d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CONHNE/" TargetMode="External"/><Relationship Id="rId8406691ab58a6bcfc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CONHNE/categorization" TargetMode="External"/><Relationship Id="rId8552691ab58a6c770" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CONHNE/photos" TargetMode="External"/><Relationship Id="rId7123691ab58a6f7e0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.17660/ActaHortic.2019.1261.25" TargetMode="External"/><Relationship Id="rId4274691ab58a6f8a6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2018.5437" TargetMode="External"/><Relationship Id="rId9918691ab58a6f8c6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.17660/ActaHortic.2019.1261.25" TargetMode="External"/><Relationship Id="rId9282691ab58a6f9c4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1980.tb02694.x" TargetMode="External"/><Relationship Id="rId2304691ab58a70724" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/insects11060375" TargetMode="External"/><Relationship Id="rId4565691ab58a71504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId5818691ab58a716be" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1980.tb02694.x" TargetMode="External"/><Relationship Id="rId9994691ab58a6c613" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId9994691ab58a6c613.jpg"/><Relationship Id="rId1495691ab58a6de29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId1495691ab58a6de29.jpg"/><Relationship Id="rId2248691ab58a7172d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId2248691ab58a7172d.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId654114767" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId537632117" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId453569353ca0ab48e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CONHNE/" TargetMode="External"/><Relationship Id="rId272569353ca0ab4f7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CONHNE/categorization" TargetMode="External"/><Relationship Id="rId849169353ca0ab6c6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CONHNE/photos" TargetMode="External"/><Relationship Id="rId306869353ca0ae8b9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.17660/ActaHortic.2019.1261.25" TargetMode="External"/><Relationship Id="rId728669353ca0ae97e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2018.5437" TargetMode="External"/><Relationship Id="rId608369353ca0ae99d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.17660/ActaHortic.2019.1261.25" TargetMode="External"/><Relationship Id="rId597969353ca0aea9b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1980.tb02694.x" TargetMode="External"/><Relationship Id="rId280369353ca0af4b9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/insects11060375" TargetMode="External"/><Relationship Id="rId883069353ca0afe46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId514369353ca0affb4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1980.tb02694.x" TargetMode="External"/><Relationship Id="rId776769353ca0ab5db" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId776769353ca0ab5db.jpg"/><Relationship Id="rId278669353ca0ad0f2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId278669353ca0ad0f2.jpg"/><Relationship Id="rId945969353ca0b001c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId945969353ca0b001c.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>