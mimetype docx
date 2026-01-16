--- v2 (2025-12-07)
+++ v3 (2026-01-16)
@@ -225,51 +225,51 @@
               <w:t xml:space="preserve"> Animalia: Arthropoda: Hexapoda: Insecta: Coleoptera: Curculionidae: Molytinae</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> plum curculio, plum weevil</w:t>
             </w:r>
-            <w:hyperlink r:id="rId453569353ca0ab48e" w:history="1">
+            <w:hyperlink r:id="rId5505696a8d8e44720" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -285,51 +285,51 @@
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 Quarantine pest (Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId272569353ca0ab4f7" w:history="1">
+            <w:hyperlink r:id="rId3781696a8d8e44789" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -343,86 +343,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> CONHNE</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="80341013" name="name834069353ca0ab5dc" descr="12070.jpg"/>
+                  <wp:docPr id="94602975" name="name4350696a8d8e44d2f" descr="12070.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="12070.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId776769353ca0ab5db" cstate="print"/>
+                          <a:blip r:embed="rId7333696a8d8e44d2d" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId849169353ca0ab6c6" w:history="1">
+            <w:hyperlink r:id="rId9768696a8d8e44e5e" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
@@ -1836,63 +1836,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2020).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="93882205" name="name972569353ca0ad0f6" descr="CONHNE_distribution_map.jpg"/>
+            <wp:docPr id="38391270" name="name1765696a8d8e464ed" descr="CONHNE_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="CONHNE_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId278669353ca0ad0f2" cstate="print"/>
+                    <a:blip r:embed="rId2406696a8d8e464ea" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -5251,51 +5251,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Herbst) in apple orchards.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Acta Horticulturae</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1261. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId306869353ca0ae8b9" w:history="1">
+      <w:hyperlink r:id="rId4229696a8d8e47cf6" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.17660/ActaHortic.2019.1261.25</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5368,72 +5368,72 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA (2018) EFSA PLH Panel (EFSA Plant Health Panel), Bragard C, Dehnen-Schmutz K, Di Serio F, Gonthier P, Jacques M-A, Jaques Miret JA, Justesen AF, Magnusson CS, Milonas P, Navas-Cortes JA, Parnell S, Potting R, Reignault PL, Thulke HH, Van der Werf W, Vicent Civera A, Yuen J, Zappal_a L, Czwienczek E and MacLeod A. Scientific opinion on the pest categorisation of </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Conotrachelus nenuphar</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EFSA Journal 16(10), 5437, 29 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId728669353ca0ae97e" w:history="1">
+      <w:hyperlink r:id="rId9942696a8d8e47dbb" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2018.5437</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId608369353ca0ae99d" w:history="1"/>
+      <w:hyperlink r:id="rId8886696a8d8e47dda" w:history="1"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Eller FJ &amp; Bartelt RJ (1996) Grandisoic acid, a male-produced aggregation pheromone from the plum curculio, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5546,51 +5546,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">10</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 57-63. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId597969353ca0aea9b" w:history="1">
+      <w:hyperlink r:id="rId4031696a8d8e47eda" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.1980.tb02694.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7119,51 +7119,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">11</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 375. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId280369353ca0af4b9" w:history="1">
+      <w:hyperlink r:id="rId4137696a8d8e488e9" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3390/insects11060375</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8542,73 +8542,73 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">How to cite this datasheet?</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">EPPO (2025) </w:t>
+        <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Conotrachelus nenuphar</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId883069353ca0afe46" w:history="1">
+      <w:hyperlink r:id="rId9196696a8d8e491d4" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -8779,81 +8779,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">10</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 57-63. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId514369353ca0affb4" w:history="1">
+      <w:hyperlink r:id="rId1711696a8d8e4934c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.1980.tb02694.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="90651815" name="name880169353ca0b001d" descr="eu_funding_250.png"/>
+            <wp:docPr id="98060740" name="name3178696a8d8e493f1" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId945969353ca0b001c" cstate="print"/>
+                    <a:blip r:embed="rId7869696a8d8e493ef" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -8951,137 +8951,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="35167861">
+  <w:abstractNum w:abstractNumId="51257995">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="40607214">
+    <w:lvl w:ilvl="0" w:tplc="11633158">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="40607214" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="11633158" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="40607214" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="11633158" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="40607214" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="11633158" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="40607214" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="11633158" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="40607214" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="11633158" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="40607214" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="11633158" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="40607214" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="11633158" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="40607214" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="11633158" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="35167860">
+  <w:abstractNum w:abstractNumId="51257994">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="79443052">
+    <w:lvl w:ilvl="0" w:tplc="24041588">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -9833,55 +9833,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="35167860">
-    <w:abstractNumId w:val="35167860"/>
+  <w:num w:numId="51257994">
+    <w:abstractNumId w:val="51257994"/>
   </w:num>
-  <w:num w:numId="35167861">
-    <w:abstractNumId w:val="35167861"/>
+  <w:num w:numId="51257995">
+    <w:abstractNumId w:val="51257995"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -21431,51 +21431,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId654114767" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId537632117" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId453569353ca0ab48e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CONHNE/" TargetMode="External"/><Relationship Id="rId272569353ca0ab4f7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CONHNE/categorization" TargetMode="External"/><Relationship Id="rId849169353ca0ab6c6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CONHNE/photos" TargetMode="External"/><Relationship Id="rId306869353ca0ae8b9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.17660/ActaHortic.2019.1261.25" TargetMode="External"/><Relationship Id="rId728669353ca0ae97e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2018.5437" TargetMode="External"/><Relationship Id="rId608369353ca0ae99d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.17660/ActaHortic.2019.1261.25" TargetMode="External"/><Relationship Id="rId597969353ca0aea9b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1980.tb02694.x" TargetMode="External"/><Relationship Id="rId280369353ca0af4b9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/insects11060375" TargetMode="External"/><Relationship Id="rId883069353ca0afe46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId514369353ca0affb4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1980.tb02694.x" TargetMode="External"/><Relationship Id="rId776769353ca0ab5db" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId776769353ca0ab5db.jpg"/><Relationship Id="rId278669353ca0ad0f2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId278669353ca0ad0f2.jpg"/><Relationship Id="rId945969353ca0b001c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId945969353ca0b001c.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId256884007" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId536344773" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId5505696a8d8e44720" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CONHNE/" TargetMode="External"/><Relationship Id="rId3781696a8d8e44789" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CONHNE/categorization" TargetMode="External"/><Relationship Id="rId9768696a8d8e44e5e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CONHNE/photos" TargetMode="External"/><Relationship Id="rId4229696a8d8e47cf6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.17660/ActaHortic.2019.1261.25" TargetMode="External"/><Relationship Id="rId9942696a8d8e47dbb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2018.5437" TargetMode="External"/><Relationship Id="rId8886696a8d8e47dda" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.17660/ActaHortic.2019.1261.25" TargetMode="External"/><Relationship Id="rId4031696a8d8e47eda" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1980.tb02694.x" TargetMode="External"/><Relationship Id="rId4137696a8d8e488e9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/insects11060375" TargetMode="External"/><Relationship Id="rId9196696a8d8e491d4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId1711696a8d8e4934c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1980.tb02694.x" TargetMode="External"/><Relationship Id="rId7333696a8d8e44d2d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId7333696a8d8e44d2d.jpg"/><Relationship Id="rId2406696a8d8e464ea" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId2406696a8d8e464ea.jpg"/><Relationship Id="rId7869696a8d8e493ef" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId7869696a8d8e493ef.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>