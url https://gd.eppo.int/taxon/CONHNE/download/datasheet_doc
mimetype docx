--- v3 (2026-01-16)
+++ v4 (2026-02-06)
@@ -225,51 +225,51 @@
               <w:t xml:space="preserve"> Animalia: Arthropoda: Hexapoda: Insecta: Coleoptera: Curculionidae: Molytinae</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> plum curculio, plum weevil</w:t>
             </w:r>
-            <w:hyperlink r:id="rId5505696a8d8e44720" w:history="1">
+            <w:hyperlink r:id="rId36916985fb6d8fda2" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -283,53 +283,53 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve"> A1 Quarantine pest (Annex II A)</w:t>
+              <w:t xml:space="preserve"> Quarantine pest ((EU) 2019/2072 Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId3781696a8d8e44789" w:history="1">
+            <w:hyperlink r:id="rId53336985fb6d8fe0f" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -343,86 +343,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> CONHNE</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="94602975" name="name4350696a8d8e44d2f" descr="12070.jpg"/>
+                  <wp:docPr id="62527127" name="name45546985fb6d90712" descr="12070.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="12070.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId7333696a8d8e44d2d" cstate="print"/>
+                          <a:blip r:embed="rId32376985fb6d9070e" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId9768696a8d8e44e5e" w:history="1">
+            <w:hyperlink r:id="rId46376985fb6d908bc" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
@@ -1831,100 +1831,68 @@
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Lampasona </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2020).</w:t>
       </w:r>
     </w:p>
+    <w:p/>
     <w:p>
-      <w:r>
-[...37 lines deleted...]
-      </w:r>
+      <w:pPr>
+        <w:widowControl w:val="on"/>
+        <w:pBdr/>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:br/>
         <w:t xml:space="preserve">North America:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Canada (Manitoba, New Brunswick, Newfoundland, Nova Scotia, Ontario, Prince Edward Island, Québec), United States of America (Alabama, Arkansas, Colorado, Connecticut, Delaware, Florida, Georgia, Illinois, Indiana, Iowa, Kansas, Kentucky, Louisiana, Maine, Maryland, Massachusetts, Michigan, Minnesota, Mississippi, Missouri, Montana, Nebraska, New Hampshire, New Jersey, New York, North Carolina, North Dakota, Ohio, Oklahoma, Pennsylvania, Rhode Island, South Carolina, South Dakota, Tennessee, Texas, Utah, Vermont, Virginia, West Virginia, Wisconsin)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -5251,51 +5219,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Herbst) in apple orchards.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Acta Horticulturae</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1261. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4229696a8d8e47cf6" w:history="1">
+      <w:hyperlink r:id="rId59526985fb6d932a3" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.17660/ActaHortic.2019.1261.25</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5368,72 +5336,72 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA (2018) EFSA PLH Panel (EFSA Plant Health Panel), Bragard C, Dehnen-Schmutz K, Di Serio F, Gonthier P, Jacques M-A, Jaques Miret JA, Justesen AF, Magnusson CS, Milonas P, Navas-Cortes JA, Parnell S, Potting R, Reignault PL, Thulke HH, Van der Werf W, Vicent Civera A, Yuen J, Zappal_a L, Czwienczek E and MacLeod A. Scientific opinion on the pest categorisation of </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Conotrachelus nenuphar</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EFSA Journal 16(10), 5437, 29 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9942696a8d8e47dbb" w:history="1">
+      <w:hyperlink r:id="rId73486985fb6d933a2" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2018.5437</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8886696a8d8e47dda" w:history="1"/>
+      <w:hyperlink r:id="rId84146985fb6d933c2" w:history="1"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Eller FJ &amp; Bartelt RJ (1996) Grandisoic acid, a male-produced aggregation pheromone from the plum curculio, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5546,51 +5514,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">10</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 57-63. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4031696a8d8e47eda" w:history="1">
+      <w:hyperlink r:id="rId99956985fb6d9353a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.1980.tb02694.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7119,51 +7087,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">11</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 375. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4137696a8d8e488e9" w:history="1">
+      <w:hyperlink r:id="rId39246985fb6d94127" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3390/insects11060375</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8564,51 +8532,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Conotrachelus nenuphar</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9196696a8d8e491d4" w:history="1">
+      <w:hyperlink r:id="rId86496985fb6d94b27" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -8779,81 +8747,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">10</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 57-63. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1711696a8d8e4934c" w:history="1">
+      <w:hyperlink r:id="rId74246985fb6d94de3" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.1980.tb02694.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="98060740" name="name3178696a8d8e493f1" descr="eu_funding_250.png"/>
+            <wp:docPr id="18566828" name="name36086985fb6d94e94" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId7869696a8d8e493ef" cstate="print"/>
+                    <a:blip r:embed="rId53596985fb6d94e93" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -8951,137 +8919,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="51257995">
+  <w:abstractNum w:abstractNumId="47813546">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="11633158">
+    <w:lvl w:ilvl="0" w:tplc="10606802">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="11633158" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="10606802" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="11633158" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="10606802" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="11633158" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="10606802" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="11633158" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="10606802" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="11633158" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="10606802" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="11633158" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="10606802" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="11633158" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="10606802" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="11633158" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="10606802" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="51257994">
+  <w:abstractNum w:abstractNumId="47813545">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="24041588">
+    <w:lvl w:ilvl="0" w:tplc="53378178">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -9833,55 +9801,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="51257994">
-    <w:abstractNumId w:val="51257994"/>
+  <w:num w:numId="47813545">
+    <w:abstractNumId w:val="47813545"/>
   </w:num>
-  <w:num w:numId="51257995">
-    <w:abstractNumId w:val="51257995"/>
+  <w:num w:numId="47813546">
+    <w:abstractNumId w:val="47813546"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -21431,51 +21399,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId256884007" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId536344773" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId5505696a8d8e44720" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CONHNE/" TargetMode="External"/><Relationship Id="rId3781696a8d8e44789" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CONHNE/categorization" TargetMode="External"/><Relationship Id="rId9768696a8d8e44e5e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CONHNE/photos" TargetMode="External"/><Relationship Id="rId4229696a8d8e47cf6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.17660/ActaHortic.2019.1261.25" TargetMode="External"/><Relationship Id="rId9942696a8d8e47dbb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2018.5437" TargetMode="External"/><Relationship Id="rId8886696a8d8e47dda" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.17660/ActaHortic.2019.1261.25" TargetMode="External"/><Relationship Id="rId4031696a8d8e47eda" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1980.tb02694.x" TargetMode="External"/><Relationship Id="rId4137696a8d8e488e9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/insects11060375" TargetMode="External"/><Relationship Id="rId9196696a8d8e491d4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId1711696a8d8e4934c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1980.tb02694.x" TargetMode="External"/><Relationship Id="rId7333696a8d8e44d2d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId7333696a8d8e44d2d.jpg"/><Relationship Id="rId2406696a8d8e464ea" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId2406696a8d8e464ea.jpg"/><Relationship Id="rId7869696a8d8e493ef" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId7869696a8d8e493ef.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId444702159" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId560673880" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId36916985fb6d8fda2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CONHNE/" TargetMode="External"/><Relationship Id="rId53336985fb6d8fe0f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CONHNE/categorization" TargetMode="External"/><Relationship Id="rId46376985fb6d908bc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CONHNE/photos" TargetMode="External"/><Relationship Id="rId59526985fb6d932a3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.17660/ActaHortic.2019.1261.25" TargetMode="External"/><Relationship Id="rId73486985fb6d933a2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2018.5437" TargetMode="External"/><Relationship Id="rId84146985fb6d933c2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.17660/ActaHortic.2019.1261.25" TargetMode="External"/><Relationship Id="rId99956985fb6d9353a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1980.tb02694.x" TargetMode="External"/><Relationship Id="rId39246985fb6d94127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/insects11060375" TargetMode="External"/><Relationship Id="rId86496985fb6d94b27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId74246985fb6d94de3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1980.tb02694.x" TargetMode="External"/><Relationship Id="rId32376985fb6d9070e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId32376985fb6d9070e.jpg"/><Relationship Id="rId53596985fb6d94e93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId53596985fb6d94e93.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>