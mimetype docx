--- v4 (2026-02-06)
+++ v5 (2026-02-27)
@@ -225,51 +225,51 @@
               <w:t xml:space="preserve"> Animalia: Arthropoda: Hexapoda: Insecta: Coleoptera: Curculionidae: Molytinae</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> plum curculio, plum weevil</w:t>
             </w:r>
-            <w:hyperlink r:id="rId36916985fb6d8fda2" w:history="1">
+            <w:hyperlink r:id="rId595169a13e80ef98a" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -285,51 +285,51 @@
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Quarantine pest ((EU) 2019/2072 Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId53336985fb6d8fe0f" w:history="1">
+            <w:hyperlink r:id="rId804469a13e80efab6" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -343,86 +343,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> CONHNE</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="62527127" name="name45546985fb6d90712" descr="12070.jpg"/>
+                  <wp:docPr id="36639282" name="name671269a13e80f0141" descr="12070.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="12070.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId32376985fb6d9070e" cstate="print"/>
+                          <a:blip r:embed="rId203669a13e80f013e" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId46376985fb6d908bc" w:history="1">
+            <w:hyperlink r:id="rId457769a13e80f02a7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
@@ -1831,68 +1831,100 @@
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Lampasona </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2020).</w:t>
       </w:r>
     </w:p>
-    <w:p/>
     <w:p>
-      <w:pPr>
-[...5 lines deleted...]
-      </w:pPr>
+      <w:r>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0">
+            <wp:extent cx="6120000" cy="3067200"/>
+            <wp:docPr id="4413059" name="name966569a13e80f1a8b" descr="CONHNE_distribution_map.jpg"/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="0" name="CONHNE_distribution_map.jpg"/>
+                    <pic:cNvPicPr/>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId306469a13e80f1a87" cstate="print"/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr>
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="6120000" cy="3067200"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                    <a:ln w="0">
+                      <a:noFill/>
+                    </a:ln>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
+        <w:br/>
         <w:t xml:space="preserve">North America:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Canada (Manitoba, New Brunswick, Newfoundland, Nova Scotia, Ontario, Prince Edward Island, Québec), United States of America (Alabama, Arkansas, Colorado, Connecticut, Delaware, Florida, Georgia, Illinois, Indiana, Iowa, Kansas, Kentucky, Louisiana, Maine, Maryland, Massachusetts, Michigan, Minnesota, Mississippi, Missouri, Montana, Nebraska, New Hampshire, New Jersey, New York, North Carolina, North Dakota, Ohio, Oklahoma, Pennsylvania, Rhode Island, South Carolina, South Dakota, Tennessee, Texas, Utah, Vermont, Virginia, West Virginia, Wisconsin)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -5219,51 +5251,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Herbst) in apple orchards.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Acta Horticulturae</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1261. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId59526985fb6d932a3" w:history="1">
+      <w:hyperlink r:id="rId178169a13e80f33c9" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.17660/ActaHortic.2019.1261.25</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5336,72 +5368,72 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA (2018) EFSA PLH Panel (EFSA Plant Health Panel), Bragard C, Dehnen-Schmutz K, Di Serio F, Gonthier P, Jacques M-A, Jaques Miret JA, Justesen AF, Magnusson CS, Milonas P, Navas-Cortes JA, Parnell S, Potting R, Reignault PL, Thulke HH, Van der Werf W, Vicent Civera A, Yuen J, Zappal_a L, Czwienczek E and MacLeod A. Scientific opinion on the pest categorisation of </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Conotrachelus nenuphar</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EFSA Journal 16(10), 5437, 29 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId73486985fb6d933a2" w:history="1">
+      <w:hyperlink r:id="rId288069a13e80f3493" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2018.5437</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId84146985fb6d933c2" w:history="1"/>
+      <w:hyperlink r:id="rId508069a13e80f34b4" w:history="1"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Eller FJ &amp; Bartelt RJ (1996) Grandisoic acid, a male-produced aggregation pheromone from the plum curculio, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5514,51 +5546,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">10</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 57-63. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId99956985fb6d9353a" w:history="1">
+      <w:hyperlink r:id="rId241769a13e80f35b3" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.1980.tb02694.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7087,51 +7119,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">11</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 375. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId39246985fb6d94127" w:history="1">
+      <w:hyperlink r:id="rId941369a13e80f3fef" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3390/insects11060375</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8532,51 +8564,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Conotrachelus nenuphar</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId86496985fb6d94b27" w:history="1">
+      <w:hyperlink r:id="rId233869a13e810070f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -8747,81 +8779,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">10</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 57-63. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId74246985fb6d94de3" w:history="1">
+      <w:hyperlink r:id="rId886869a13e8100899" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.1980.tb02694.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="18566828" name="name36086985fb6d94e94" descr="eu_funding_250.png"/>
+            <wp:docPr id="61581869" name="name196769a13e8100904" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId53596985fb6d94e93" cstate="print"/>
+                    <a:blip r:embed="rId172069a13e8100903" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -8919,137 +8951,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="47813546">
+  <w:abstractNum w:abstractNumId="28411682">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="10606802">
+    <w:lvl w:ilvl="0" w:tplc="77585810">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="10606802" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="77585810" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="10606802" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="77585810" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="10606802" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="77585810" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="10606802" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="77585810" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="10606802" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="77585810" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="10606802" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="77585810" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="10606802" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="77585810" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="10606802" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="77585810" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="47813545">
+  <w:abstractNum w:abstractNumId="28411681">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="53378178">
+    <w:lvl w:ilvl="0" w:tplc="52141253">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -9801,55 +9833,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="47813545">
-    <w:abstractNumId w:val="47813545"/>
+  <w:num w:numId="28411681">
+    <w:abstractNumId w:val="28411681"/>
   </w:num>
-  <w:num w:numId="47813546">
-    <w:abstractNumId w:val="47813546"/>
+  <w:num w:numId="28411682">
+    <w:abstractNumId w:val="28411682"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -21399,51 +21431,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId444702159" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId560673880" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId36916985fb6d8fda2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CONHNE/" TargetMode="External"/><Relationship Id="rId53336985fb6d8fe0f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CONHNE/categorization" TargetMode="External"/><Relationship Id="rId46376985fb6d908bc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CONHNE/photos" TargetMode="External"/><Relationship Id="rId59526985fb6d932a3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.17660/ActaHortic.2019.1261.25" TargetMode="External"/><Relationship Id="rId73486985fb6d933a2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2018.5437" TargetMode="External"/><Relationship Id="rId84146985fb6d933c2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.17660/ActaHortic.2019.1261.25" TargetMode="External"/><Relationship Id="rId99956985fb6d9353a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1980.tb02694.x" TargetMode="External"/><Relationship Id="rId39246985fb6d94127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/insects11060375" TargetMode="External"/><Relationship Id="rId86496985fb6d94b27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId74246985fb6d94de3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1980.tb02694.x" TargetMode="External"/><Relationship Id="rId32376985fb6d9070e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId32376985fb6d9070e.jpg"/><Relationship Id="rId53596985fb6d94e93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId53596985fb6d94e93.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId627281007" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId139869093" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId595169a13e80ef98a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CONHNE/" TargetMode="External"/><Relationship Id="rId804469a13e80efab6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CONHNE/categorization" TargetMode="External"/><Relationship Id="rId457769a13e80f02a7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CONHNE/photos" TargetMode="External"/><Relationship Id="rId178169a13e80f33c9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.17660/ActaHortic.2019.1261.25" TargetMode="External"/><Relationship Id="rId288069a13e80f3493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2018.5437" TargetMode="External"/><Relationship Id="rId508069a13e80f34b4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.17660/ActaHortic.2019.1261.25" TargetMode="External"/><Relationship Id="rId241769a13e80f35b3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1980.tb02694.x" TargetMode="External"/><Relationship Id="rId941369a13e80f3fef" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/insects11060375" TargetMode="External"/><Relationship Id="rId233869a13e810070f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId886869a13e8100899" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1980.tb02694.x" TargetMode="External"/><Relationship Id="rId203669a13e80f013e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId203669a13e80f013e.jpg"/><Relationship Id="rId306469a13e80f1a87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId306469a13e80f1a87.jpg"/><Relationship Id="rId172069a13e8100903" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId172069a13e8100903.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>