--- v5 (2026-02-27)
+++ v6 (2026-03-19)
@@ -225,51 +225,51 @@
               <w:t xml:space="preserve"> Animalia: Arthropoda: Hexapoda: Insecta: Coleoptera: Curculionidae: Molytinae</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> plum curculio, plum weevil</w:t>
             </w:r>
-            <w:hyperlink r:id="rId595169a13e80ef98a" w:history="1">
+            <w:hyperlink r:id="rId198369bc49ee8d5d0" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -285,51 +285,51 @@
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Quarantine pest ((EU) 2019/2072 Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId804469a13e80efab6" w:history="1">
+            <w:hyperlink r:id="rId868769bc49ee8d63a" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -343,86 +343,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> CONHNE</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="36639282" name="name671269a13e80f0141" descr="12070.jpg"/>
+                  <wp:docPr id="13362580" name="name129469bc49ee8dc66" descr="12070.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="12070.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId203669a13e80f013e" cstate="print"/>
+                          <a:blip r:embed="rId566269bc49ee8dc64" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId457769a13e80f02a7" w:history="1">
+            <w:hyperlink r:id="rId656969bc49ee8dd96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
@@ -1836,63 +1836,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2020).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="4413059" name="name966569a13e80f1a8b" descr="CONHNE_distribution_map.jpg"/>
+            <wp:docPr id="65685022" name="name645369bc49ee8f20c" descr="CONHNE_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="CONHNE_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId306469a13e80f1a87" cstate="print"/>
+                    <a:blip r:embed="rId952569bc49ee8f209" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -5251,51 +5251,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Herbst) in apple orchards.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Acta Horticulturae</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1261. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId178169a13e80f33c9" w:history="1">
+      <w:hyperlink r:id="rId695969bc49ee909c2" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.17660/ActaHortic.2019.1261.25</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5368,72 +5368,72 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA (2018) EFSA PLH Panel (EFSA Plant Health Panel), Bragard C, Dehnen-Schmutz K, Di Serio F, Gonthier P, Jacques M-A, Jaques Miret JA, Justesen AF, Magnusson CS, Milonas P, Navas-Cortes JA, Parnell S, Potting R, Reignault PL, Thulke HH, Van der Werf W, Vicent Civera A, Yuen J, Zappal_a L, Czwienczek E and MacLeod A. Scientific opinion on the pest categorisation of </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Conotrachelus nenuphar</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EFSA Journal 16(10), 5437, 29 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId288069a13e80f3493" w:history="1">
+      <w:hyperlink r:id="rId635469bc49ee90a88" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2018.5437</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId508069a13e80f34b4" w:history="1"/>
+      <w:hyperlink r:id="rId407669bc49ee90aa8" w:history="1"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Eller FJ &amp; Bartelt RJ (1996) Grandisoic acid, a male-produced aggregation pheromone from the plum curculio, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5546,51 +5546,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">10</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 57-63. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId241769a13e80f35b3" w:history="1">
+      <w:hyperlink r:id="rId635469bc49ee90ba6" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.1980.tb02694.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7119,51 +7119,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">11</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 375. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId941369a13e80f3fef" w:history="1">
+      <w:hyperlink r:id="rId895569bc49ee9158e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3390/insects11060375</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8564,51 +8564,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Conotrachelus nenuphar</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId233869a13e810070f" w:history="1">
+      <w:hyperlink r:id="rId930169bc49ee91eaf" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -8779,81 +8779,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">10</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 57-63. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId886869a13e8100899" w:history="1">
+      <w:hyperlink r:id="rId200069bc49ee92018" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.1980.tb02694.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="61581869" name="name196769a13e8100904" descr="eu_funding_250.png"/>
+            <wp:docPr id="56609987" name="name362569bc49ee92082" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId172069a13e8100903" cstate="print"/>
+                    <a:blip r:embed="rId220169bc49ee92081" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -8951,137 +8951,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="28411682">
+  <w:abstractNum w:abstractNumId="17529783">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="77585810">
+    <w:lvl w:ilvl="0" w:tplc="53557598">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="77585810" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="53557598" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="77585810" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="53557598" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="77585810" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="53557598" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="77585810" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="53557598" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="77585810" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="53557598" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="77585810" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="53557598" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="77585810" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="53557598" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="77585810" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="53557598" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="28411681">
+  <w:abstractNum w:abstractNumId="17529782">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="52141253">
+    <w:lvl w:ilvl="0" w:tplc="90319251">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -9833,55 +9833,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="28411681">
-    <w:abstractNumId w:val="28411681"/>
+  <w:num w:numId="17529782">
+    <w:abstractNumId w:val="17529782"/>
   </w:num>
-  <w:num w:numId="28411682">
-    <w:abstractNumId w:val="28411682"/>
+  <w:num w:numId="17529783">
+    <w:abstractNumId w:val="17529783"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -21431,51 +21431,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId627281007" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId139869093" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId595169a13e80ef98a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CONHNE/" TargetMode="External"/><Relationship Id="rId804469a13e80efab6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CONHNE/categorization" TargetMode="External"/><Relationship Id="rId457769a13e80f02a7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CONHNE/photos" TargetMode="External"/><Relationship Id="rId178169a13e80f33c9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.17660/ActaHortic.2019.1261.25" TargetMode="External"/><Relationship Id="rId288069a13e80f3493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2018.5437" TargetMode="External"/><Relationship Id="rId508069a13e80f34b4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.17660/ActaHortic.2019.1261.25" TargetMode="External"/><Relationship Id="rId241769a13e80f35b3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1980.tb02694.x" TargetMode="External"/><Relationship Id="rId941369a13e80f3fef" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/insects11060375" TargetMode="External"/><Relationship Id="rId233869a13e810070f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId886869a13e8100899" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1980.tb02694.x" TargetMode="External"/><Relationship Id="rId203669a13e80f013e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId203669a13e80f013e.jpg"/><Relationship Id="rId306469a13e80f1a87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId306469a13e80f1a87.jpg"/><Relationship Id="rId172069a13e8100903" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId172069a13e8100903.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId455409994" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId569698239" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId198369bc49ee8d5d0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CONHNE/" TargetMode="External"/><Relationship Id="rId868769bc49ee8d63a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CONHNE/categorization" TargetMode="External"/><Relationship Id="rId656969bc49ee8dd96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/CONHNE/photos" TargetMode="External"/><Relationship Id="rId695969bc49ee909c2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.17660/ActaHortic.2019.1261.25" TargetMode="External"/><Relationship Id="rId635469bc49ee90a88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2018.5437" TargetMode="External"/><Relationship Id="rId407669bc49ee90aa8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.17660/ActaHortic.2019.1261.25" TargetMode="External"/><Relationship Id="rId635469bc49ee90ba6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1980.tb02694.x" TargetMode="External"/><Relationship Id="rId895569bc49ee9158e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/insects11060375" TargetMode="External"/><Relationship Id="rId930169bc49ee91eaf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId200069bc49ee92018" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1980.tb02694.x" TargetMode="External"/><Relationship Id="rId566269bc49ee8dc64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId566269bc49ee8dc64.jpg"/><Relationship Id="rId952569bc49ee8f209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId952569bc49ee8f209.jpg"/><Relationship Id="rId220169bc49ee92081" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId220169bc49ee92081.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>