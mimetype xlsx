--- v0 (2025-10-01)
+++ v1 (2025-10-22)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="CONAR" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="101">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="104">
   <si>
     <t>type</t>
   </si>
   <si>
     <t>EPPOCode</t>
   </si>
   <si>
     <t>Pref_name</t>
   </si>
   <si>
     <t>References</t>
   </si>
   <si>
     <t>Doubtful host</t>
   </si>
   <si>
     <t>INSV00</t>
   </si>
   <si>
     <t>Orthotospovirus impatiensnecromaculae</t>
   </si>
   <si>
     <t>* El-Deen Abd El-Wahab AS, Abdel-Kader El-Sheikh M, Elnagar S (2011) First record of Frankliniella occidentalis and Impatiens necrotic spot virus in Egypt. Journal of Life Sciences 5, 690-696.
 ------- Considered to be doubtful as ELISA test only gave a weak reaction.</t>
   </si>
@@ -226,50 +226,60 @@
 * Kosovac A, Radonjić S, Hrnčić S, Krstić O, Toševski I, Jović J (2016) Molecular tracing of the transmission routes of bois noir in Mediterranean vineyards of Montenegro and experimental evidence for the epidemiological role of Vitex agnus-castus (Lamiaceae) and associated Hyalesthes obsoletus (Cixiidae). Plant Pathology 65, 285–298.
 * Mori N, Quaglino F, Tessari F, Pozzebon A, Bulgari D, Casati P, Bianco PA (2014) Investigation on ‘bois noir’epidemiology in north‐eastern Italian vineyards through a multidisciplinary approach. Annals of Applied Biology 166(1), 75-89.
 * Quaglino F, Maghradze D, Chkhaidze N, Casati P, Failla O &amp; Bianco PA (2014) First report of 'Candidatus Phytoplasma solani' and 'Ca. P. convolvuli' associated with grapevine bois noir and bindweed yellows, respectively, in Georgia. Plant Disease 98(8), p 1151.
 * Quaglino F, Murolo S, Zhao Y, Casati P, Durante G, Wei W, Bianco PA, Romanazzi G, Davis RE (2017) Identification of new -J and -K 16SrXII subgroups and distinct single nucleotide polymorphism genetic lineages among 'Candidatus Phytoplasma solani' strains associated with bois noir in Central Italy. Australasian Plant Pathology 46(1), 31-34.
 * Quaglino F, Passera A, Faccincani M, Moussa A, Pozzebon A, Sanna F, Casati P, Bianco PA, Mori N (2021) Molecular and spatial analyses reveal new insights on Bois noir epidemiology in Franciacorta vineyards. Annals of Applied Biology (early view). https://doi.org/10.1111/aab.12694
 * Quaglino F, Zhao Y, Casati P, Bulgari D, Bianco PA, Wei W, Davis RE (2013) ‘Candidatus Phytoplasma solani’, a novel taxon associated with stolbur- and bois noir-related diseases of plants. International Journal of Systematic and Evolutionary Microbiology 63, 2879-2894.
 * Salem NM, Quaglino F, Abdeen A, Casati P, Bulgari D, Alma A, Bianco PA (2013) First report of 'Candidatus phytoplasma solani' strains associated with grapevine bois noir in Jordan. Plant Disease 97(11), p 1505.</t>
   </si>
   <si>
     <t>TOCV00</t>
   </si>
   <si>
     <t>Crinivirus tomatichlorosis</t>
   </si>
   <si>
     <t>* Orfanidou CG, Dimitriou C, Papayiannis LC, Maliogka VI, Katis NI (2014) Epidemiology and genetic diversity of criniviruses associated with tomato yellows disease in Greece. Virus Research 186, 120–129.</t>
   </si>
   <si>
     <t>CCYV00</t>
   </si>
   <si>
     <t>Cucurbit chlorotic yellows virus</t>
   </si>
   <si>
     <t>* Orfanidou C, Baltzi A, Dimou NA, Katis NI, Maliogka VI (2017) Cucurbit chlorotic yellows virus: insights into its natural host range, genetic variability, and transmission parameters. Plant Disease 101(12), 2023-2058.</t>
+  </si>
+  <si>
+    <t>EUZOSE</t>
+  </si>
+  <si>
+    <t>Euzophera semifuneralis</t>
+  </si>
+  <si>
+    <t>* Robinson GS, Ackery PR, Kitching I, Beccaloni GW and Hernandez LM (2023) HOSTS (from HOSTS - a Database of the World’s Lepidopteran Hostplants). Natural History Museum. Available online:  https://data.nhm.ac.uk/dataset/hosts/resource/877f387a-36a3-486c-a0c1-b8d5fb69f85a?q=Euzophera+semifuneralis&amp;view_id=e2a17eb7-1c7c-4d41-9d95-7c697f5d50ab&amp;field=Damage&amp;value=
+------- in stems.</t>
   </si>
   <si>
     <t>HOMLTR</t>
   </si>
   <si>
     <t>Homalodisca vitripennis</t>
   </si>
   <si>
     <t>* Adlerz WC (1980) Ecological observations on two leafhoppers that transmit the Pierce’s disease bacteria. Proceedings of the Florida State Horticultural Society 93, 115-120.
 ------- Adults  were observed on this plant.</t>
   </si>
   <si>
     <t>HYAEOB</t>
   </si>
   <si>
     <t>Hyalesthes obsoletus</t>
   </si>
   <si>
     <t>* Kosovac A, Jakovljević M, Krstić O, Cvrković T, Mitrović M, Toševski I, Jović J (2019) Role of plant-specialized Hyalesthes obsoletus associated with Convolvulus arvensis and Crepis foetida in the transmission of ‘Candidatus Phytoplasma solani’-inflicted bois noir disease of grapevine in Serbia. European Journal of Plant Pathology 153(1), 183-195.</t>
   </si>
   <si>
     <t>CVYV00</t>
   </si>
   <si>
     <t>Ipomovirus cucumisvenaflavi</t>
@@ -682,62 +692,62 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D33"/>
+  <dimension ref="A1:D34"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="16.425" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="45.846" bestFit="true" customWidth="true" style="0"/>
-    <col min="4" max="4" width="415.184" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="429.324" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" t="s">
         <v>4</v>
       </c>
       <c r="B2" t="s">
         <v>5</v>
       </c>
       <c r="C2" t="s">
         <v>6</v>
@@ -1080,65 +1090,65 @@
     </row>
     <row r="27" spans="1:4">
       <c r="A27" t="s">
         <v>36</v>
       </c>
       <c r="B27" t="s">
         <v>81</v>
       </c>
       <c r="C27" t="s">
         <v>82</v>
       </c>
       <c r="D27" t="s">
         <v>83</v>
       </c>
     </row>
     <row r="28" spans="1:4">
       <c r="A28" t="s">
         <v>36</v>
       </c>
       <c r="B28" t="s">
         <v>84</v>
       </c>
       <c r="C28" t="s">
         <v>85</v>
       </c>
-      <c r="D28"/>
+      <c r="D28" t="s">
+        <v>86</v>
+      </c>
     </row>
     <row r="29" spans="1:4">
       <c r="A29" t="s">
         <v>36</v>
       </c>
       <c r="B29" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="C29" t="s">
-        <v>87</v>
-[...1 lines deleted...]
-      <c r="D29" t="s">
         <v>88</v>
       </c>
+      <c r="D29"/>
     </row>
     <row r="30" spans="1:4">
       <c r="A30" t="s">
         <v>36</v>
       </c>
       <c r="B30" t="s">
         <v>89</v>
       </c>
       <c r="C30" t="s">
         <v>90</v>
       </c>
       <c r="D30" t="s">
         <v>91</v>
       </c>
     </row>
     <row r="31" spans="1:4">
       <c r="A31" t="s">
         <v>36</v>
       </c>
       <c r="B31" t="s">
         <v>92</v>
       </c>
       <c r="C31" t="s">
         <v>93</v>
       </c>
@@ -1150,50 +1160,64 @@
       <c r="A32" t="s">
         <v>36</v>
       </c>
       <c r="B32" t="s">
         <v>95</v>
       </c>
       <c r="C32" t="s">
         <v>96</v>
       </c>
       <c r="D32" t="s">
         <v>97</v>
       </c>
     </row>
     <row r="33" spans="1:4">
       <c r="A33" t="s">
         <v>36</v>
       </c>
       <c r="B33" t="s">
         <v>98</v>
       </c>
       <c r="C33" t="s">
         <v>99</v>
       </c>
       <c r="D33" t="s">
         <v>100</v>
+      </c>
+    </row>
+    <row r="34" spans="1:4">
+      <c r="A34" t="s">
+        <v>36</v>
+      </c>
+      <c r="B34" t="s">
+        <v>101</v>
+      </c>
+      <c r="C34" t="s">
+        <v>102</v>
+      </c>
+      <c r="D34" t="s">
+        <v>103</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">