--- v1 (2025-10-22)
+++ v2 (2025-11-19)
@@ -12,65 +12,75 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="CONAR" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="104">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="107">
   <si>
     <t>type</t>
   </si>
   <si>
     <t>EPPOCode</t>
   </si>
   <si>
     <t>Pref_name</t>
   </si>
   <si>
     <t>References</t>
   </si>
   <si>
     <t>Doubtful host</t>
+  </si>
+  <si>
+    <t>EMPOBI</t>
+  </si>
+  <si>
+    <t>Amrasca biguttula</t>
+  </si>
+  <si>
+    <t>* Saeed R, Razaq M, Hardy IC (2015) The importance of alternative host plants as reservoirs of the cotton leaf hopper, Amrasca devastans, and its natural enemies. Journal of Pest Science 88, 517–531.
+------- incidental host.</t>
   </si>
   <si>
     <t>INSV00</t>
   </si>
   <si>
     <t>Orthotospovirus impatiensnecromaculae</t>
   </si>
   <si>
     <t>* El-Deen Abd El-Wahab AS, Abdel-Kader El-Sheikh M, Elnagar S (2011) First record of Frankliniella occidentalis and Impatiens necrotic spot virus in Egypt. Journal of Life Sciences 5, 690-696.
 ------- Considered to be doubtful as ELISA test only gave a weak reaction.</t>
   </si>
   <si>
     <t>Experimental</t>
   </si>
   <si>
     <t>LIBEPS</t>
   </si>
   <si>
     <t>'Candidatus Liberibacter solanacearum'</t>
   </si>
   <si>
     <t>* Cooper WR, Horton DR, Milickzy E, Wohleb CH, Waters TD (2019) The weed link in zebra chip epidemiology: suitability of non-crop
 Solanaceae and Convolvulaceae to potato psyllid and 'Candidatus Liberibacter Solanacearum. American Journal of Potato Research. DOI: 10.1007/s12230-019-09712-z
 ------- Found to be NOT susceptible in this study.
 * Torres GL, Cooper WR, Horton DR, Swisher KD, Garczynski SF, Munyaneza JE, Barcenas NM (2015) Horizontal transmission of 'Candidatus Liberibacter solanacearum' by Bactericera cockerelli (Hemiptera: Triozidae) on Convolvulus and Ipomoea (Solanales: Convolvulaceae). PLOS ONE 10(11), e0142734.</t>
@@ -692,532 +702,546 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D34"/>
+  <dimension ref="A1:D35"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="16.425" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="45.846" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="429.324" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" t="s">
         <v>4</v>
       </c>
       <c r="B2" t="s">
         <v>5</v>
       </c>
       <c r="C2" t="s">
         <v>6</v>
       </c>
       <c r="D2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="3" spans="1:4">
       <c r="A3" t="s">
+        <v>4</v>
+      </c>
+      <c r="B3" t="s">
         <v>8</v>
       </c>
-      <c r="B3" t="s">
+      <c r="C3" t="s">
         <v>9</v>
       </c>
-      <c r="C3" t="s">
+      <c r="D3" t="s">
         <v>10</v>
-      </c>
-[...1 lines deleted...]
-        <v>11</v>
       </c>
     </row>
     <row r="4" spans="1:4">
       <c r="A4" t="s">
+        <v>11</v>
+      </c>
+      <c r="B4" t="s">
         <v>12</v>
       </c>
-      <c r="B4" t="s">
+      <c r="C4" t="s">
         <v>13</v>
       </c>
-      <c r="C4" t="s">
+      <c r="D4" t="s">
         <v>14</v>
       </c>
-      <c r="D4"/>
     </row>
     <row r="5" spans="1:4">
       <c r="A5" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="B5" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="C5" t="s">
-        <v>16</v>
-[...1 lines deleted...]
-      <c r="D5" t="s">
         <v>17</v>
       </c>
+      <c r="D5"/>
     </row>
     <row r="6" spans="1:4">
       <c r="A6" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="B6" t="s">
         <v>18</v>
       </c>
       <c r="C6" t="s">
         <v>19</v>
       </c>
       <c r="D6" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="7" spans="1:4">
       <c r="A7" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="B7" t="s">
         <v>21</v>
       </c>
       <c r="C7" t="s">
         <v>22</v>
       </c>
       <c r="D7" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="8" spans="1:4">
       <c r="A8" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="B8" t="s">
         <v>24</v>
       </c>
       <c r="C8" t="s">
         <v>25</v>
       </c>
       <c r="D8" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="9" spans="1:4">
       <c r="A9" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="B9" t="s">
         <v>27</v>
       </c>
       <c r="C9" t="s">
         <v>28</v>
       </c>
       <c r="D9" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="10" spans="1:4">
       <c r="A10" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="B10" t="s">
         <v>30</v>
       </c>
       <c r="C10" t="s">
         <v>31</v>
       </c>
       <c r="D10" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="11" spans="1:4">
       <c r="A11" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="B11" t="s">
         <v>33</v>
       </c>
       <c r="C11" t="s">
         <v>34</v>
       </c>
       <c r="D11" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="12" spans="1:4">
       <c r="A12" t="s">
+        <v>15</v>
+      </c>
+      <c r="B12" t="s">
         <v>36</v>
       </c>
-      <c r="B12" t="s">
+      <c r="C12" t="s">
         <v>37</v>
       </c>
-      <c r="C12" t="s">
+      <c r="D12" t="s">
         <v>38</v>
-      </c>
-[...1 lines deleted...]
-        <v>39</v>
       </c>
     </row>
     <row r="13" spans="1:4">
       <c r="A13" t="s">
-        <v>36</v>
+        <v>39</v>
       </c>
       <c r="B13" t="s">
         <v>40</v>
       </c>
       <c r="C13" t="s">
         <v>41</v>
       </c>
       <c r="D13" t="s">
         <v>42</v>
       </c>
     </row>
     <row r="14" spans="1:4">
       <c r="A14" t="s">
-        <v>36</v>
+        <v>39</v>
       </c>
       <c r="B14" t="s">
         <v>43</v>
       </c>
       <c r="C14" t="s">
         <v>44</v>
       </c>
       <c r="D14" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="15" spans="1:4">
       <c r="A15" t="s">
-        <v>36</v>
+        <v>39</v>
       </c>
       <c r="B15" t="s">
         <v>46</v>
       </c>
       <c r="C15" t="s">
         <v>47</v>
       </c>
       <c r="D15" t="s">
         <v>48</v>
       </c>
     </row>
     <row r="16" spans="1:4">
       <c r="A16" t="s">
-        <v>36</v>
+        <v>39</v>
       </c>
       <c r="B16" t="s">
         <v>49</v>
       </c>
       <c r="C16" t="s">
         <v>50</v>
       </c>
       <c r="D16" t="s">
         <v>51</v>
       </c>
     </row>
     <row r="17" spans="1:4">
       <c r="A17" t="s">
-        <v>36</v>
+        <v>39</v>
       </c>
       <c r="B17" t="s">
         <v>52</v>
       </c>
       <c r="C17" t="s">
         <v>53</v>
       </c>
       <c r="D17" t="s">
         <v>54</v>
       </c>
     </row>
     <row r="18" spans="1:4">
       <c r="A18" t="s">
-        <v>36</v>
+        <v>39</v>
       </c>
       <c r="B18" t="s">
         <v>55</v>
       </c>
       <c r="C18" t="s">
         <v>56</v>
       </c>
-      <c r="D18"/>
+      <c r="D18" t="s">
+        <v>57</v>
+      </c>
     </row>
     <row r="19" spans="1:4">
       <c r="A19" t="s">
-        <v>36</v>
+        <v>39</v>
       </c>
       <c r="B19" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="C19" t="s">
-        <v>58</v>
-[...1 lines deleted...]
-      <c r="D19" t="s">
         <v>59</v>
       </c>
+      <c r="D19"/>
     </row>
     <row r="20" spans="1:4">
       <c r="A20" t="s">
-        <v>36</v>
+        <v>39</v>
       </c>
       <c r="B20" t="s">
         <v>60</v>
       </c>
       <c r="C20" t="s">
         <v>61</v>
       </c>
       <c r="D20" t="s">
         <v>62</v>
       </c>
     </row>
     <row r="21" spans="1:4">
       <c r="A21" t="s">
-        <v>36</v>
+        <v>39</v>
       </c>
       <c r="B21" t="s">
         <v>63</v>
       </c>
       <c r="C21" t="s">
         <v>64</v>
       </c>
       <c r="D21" t="s">
         <v>65</v>
       </c>
     </row>
     <row r="22" spans="1:4">
       <c r="A22" t="s">
-        <v>36</v>
+        <v>39</v>
       </c>
       <c r="B22" t="s">
         <v>66</v>
       </c>
       <c r="C22" t="s">
         <v>67</v>
       </c>
       <c r="D22" t="s">
         <v>68</v>
       </c>
     </row>
     <row r="23" spans="1:4">
       <c r="A23" t="s">
-        <v>36</v>
+        <v>39</v>
       </c>
       <c r="B23" t="s">
         <v>69</v>
       </c>
       <c r="C23" t="s">
         <v>70</v>
       </c>
       <c r="D23" t="s">
         <v>71</v>
       </c>
     </row>
     <row r="24" spans="1:4">
       <c r="A24" t="s">
-        <v>36</v>
+        <v>39</v>
       </c>
       <c r="B24" t="s">
         <v>72</v>
       </c>
       <c r="C24" t="s">
         <v>73</v>
       </c>
       <c r="D24" t="s">
         <v>74</v>
       </c>
     </row>
     <row r="25" spans="1:4">
       <c r="A25" t="s">
-        <v>36</v>
+        <v>39</v>
       </c>
       <c r="B25" t="s">
         <v>75</v>
       </c>
       <c r="C25" t="s">
         <v>76</v>
       </c>
       <c r="D25" t="s">
         <v>77</v>
       </c>
     </row>
     <row r="26" spans="1:4">
       <c r="A26" t="s">
-        <v>36</v>
+        <v>39</v>
       </c>
       <c r="B26" t="s">
         <v>78</v>
       </c>
       <c r="C26" t="s">
         <v>79</v>
       </c>
       <c r="D26" t="s">
         <v>80</v>
       </c>
     </row>
     <row r="27" spans="1:4">
       <c r="A27" t="s">
-        <v>36</v>
+        <v>39</v>
       </c>
       <c r="B27" t="s">
         <v>81</v>
       </c>
       <c r="C27" t="s">
         <v>82</v>
       </c>
       <c r="D27" t="s">
         <v>83</v>
       </c>
     </row>
     <row r="28" spans="1:4">
       <c r="A28" t="s">
-        <v>36</v>
+        <v>39</v>
       </c>
       <c r="B28" t="s">
         <v>84</v>
       </c>
       <c r="C28" t="s">
         <v>85</v>
       </c>
       <c r="D28" t="s">
         <v>86</v>
       </c>
     </row>
     <row r="29" spans="1:4">
       <c r="A29" t="s">
-        <v>36</v>
+        <v>39</v>
       </c>
       <c r="B29" t="s">
         <v>87</v>
       </c>
       <c r="C29" t="s">
         <v>88</v>
       </c>
-      <c r="D29"/>
+      <c r="D29" t="s">
+        <v>89</v>
+      </c>
     </row>
     <row r="30" spans="1:4">
       <c r="A30" t="s">
-        <v>36</v>
+        <v>39</v>
       </c>
       <c r="B30" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="C30" t="s">
-        <v>90</v>
-[...1 lines deleted...]
-      <c r="D30" t="s">
         <v>91</v>
       </c>
+      <c r="D30"/>
     </row>
     <row r="31" spans="1:4">
       <c r="A31" t="s">
-        <v>36</v>
+        <v>39</v>
       </c>
       <c r="B31" t="s">
         <v>92</v>
       </c>
       <c r="C31" t="s">
         <v>93</v>
       </c>
       <c r="D31" t="s">
         <v>94</v>
       </c>
     </row>
     <row r="32" spans="1:4">
       <c r="A32" t="s">
-        <v>36</v>
+        <v>39</v>
       </c>
       <c r="B32" t="s">
         <v>95</v>
       </c>
       <c r="C32" t="s">
         <v>96</v>
       </c>
       <c r="D32" t="s">
         <v>97</v>
       </c>
     </row>
     <row r="33" spans="1:4">
       <c r="A33" t="s">
-        <v>36</v>
+        <v>39</v>
       </c>
       <c r="B33" t="s">
         <v>98</v>
       </c>
       <c r="C33" t="s">
         <v>99</v>
       </c>
       <c r="D33" t="s">
         <v>100</v>
       </c>
     </row>
     <row r="34" spans="1:4">
       <c r="A34" t="s">
-        <v>36</v>
+        <v>39</v>
       </c>
       <c r="B34" t="s">
         <v>101</v>
       </c>
       <c r="C34" t="s">
         <v>102</v>
       </c>
       <c r="D34" t="s">
         <v>103</v>
+      </c>
+    </row>
+    <row r="35" spans="1:4">
+      <c r="A35" t="s">
+        <v>39</v>
+      </c>
+      <c r="B35" t="s">
+        <v>104</v>
+      </c>
+      <c r="C35" t="s">
+        <v>105</v>
+      </c>
+      <c r="D35" t="s">
+        <v>106</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">