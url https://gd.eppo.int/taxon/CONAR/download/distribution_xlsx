--- v0 (2025-10-09)
+++ v1 (2026-02-04)
@@ -299,51 +299,51 @@
   <si>
     <t>Iceland</t>
   </si>
   <si>
     <t>IS</t>
   </si>
   <si>
     <t>Poland</t>
   </si>
   <si>
     <t>PL</t>
   </si>
   <si>
     <t>Portugal</t>
   </si>
   <si>
     <t>PT</t>
   </si>
   <si>
     <t>Romania</t>
   </si>
   <si>
     <t>RO</t>
   </si>
   <si>
-    <t>Russian Federation (the)</t>
+    <t>Russian Federation</t>
   </si>
   <si>
     <t>RU</t>
   </si>
   <si>
     <t>Serbia</t>
   </si>
   <si>
     <t>RS</t>
   </si>
   <si>
     <t>Spain</t>
   </si>
   <si>
     <t>ES</t>
   </si>
   <si>
     <t>Switzerland</t>
   </si>
   <si>
     <t>CH</t>
   </si>
   <si>
     <t>Türkiye</t>
   </si>