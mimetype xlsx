--- v0 (2025-10-01)
+++ v1 (2025-12-26)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="COLLFC" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="322">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="325">
   <si>
     <t>type</t>
   </si>
   <si>
     <t>EPPOCode</t>
   </si>
   <si>
     <t>Pref_name</t>
   </si>
   <si>
     <t>References</t>
   </si>
   <si>
     <t>Major host</t>
   </si>
   <si>
     <t>MABSD</t>
   </si>
   <si>
     <t>Malus domestica</t>
   </si>
   <si>
     <t>* Arzanlou M, Bakhshi M, Karimi K, Torbati M (2015) Multigene phylogeny reveals three new records of Colletotrichum spp. and several new host records for the mycobiota of Iran. Journal of Plant Protection Research, 55(2), p. 198-211.
 * Huang F, Chen GQ, Hou X, FuYS, Cai L, Hyde KD, Li HY (2013) Colletotrichum species associated with cultivated citrus in China. Fungal Diversity 61, 61–74.
 * Kim C, Hassan O, Lee D, Chang T (2018) First report of anthracnose of apple caused by Colletotrichum fructicola in Korea. Plant Disease 102(12), 2653.
@@ -609,50 +609,59 @@
     <t>Liquidambar styraciflua</t>
   </si>
   <si>
     <t>LIRSI</t>
   </si>
   <si>
     <t>Liriodendron x sinoamericanum</t>
   </si>
   <si>
     <t>* Wan Y, Jin G-Q, Li D-W, Wu S, Zhu LH (2022) First report of Colletotrichum fructicola causing leaf spots on Liriodendron chinense × tulipifera in China. Forest Pathology 52, e12779. https://doi.org/10.1111/efp.12779</t>
   </si>
   <si>
     <t>LIHCH</t>
   </si>
   <si>
     <t>Litchi chinensis</t>
   </si>
   <si>
     <t>* Dong D, Huang R, Hu Y, Yang X, Xu D, Jiang Z (2023) Assessment of Candidate Reference Genes for Gene Expression Studies Using RT-qPCR in Colletotrichum fructicola from Litchi. Genes 14(12), 2216.</t>
   </si>
   <si>
     <t>LOUMA</t>
   </si>
   <si>
     <t>Lobularia maritima</t>
+  </si>
+  <si>
+    <t>LONJA</t>
+  </si>
+  <si>
+    <t>Lonicera japonica</t>
+  </si>
+  <si>
+    <t>* Song Y, Chen Z, Fang H, Qiu L, Qi X, Liang C (2025) First Report of Colletotrichum fructicola Causing Anthracnose on Lonicera japonica in China. Plant Disease. 109(10), 2222. https://doi.org/10.1094/PDIS-04-25-0720-PDN</t>
   </si>
   <si>
     <t>LUPAN</t>
   </si>
   <si>
     <t>Lupinus angustifolius</t>
   </si>
   <si>
     <t>LYUCN</t>
   </si>
   <si>
     <t>Lycium chinense</t>
   </si>
   <si>
     <t>* Paul NC, Yu SH, Lee JH, Shin KS, Ryu TH, Kwon HR, Kim YK, Youn YN, Yu SH (201) Endophytic fungi from Lycium chinense Mill and characterization of two new Korean records of Colletotrichum. International Journal of Molecular Sciences 15, 15272-15286.</t>
   </si>
   <si>
     <t>MCDTE</t>
   </si>
   <si>
     <t>Macadamia ternifolia</t>
   </si>
   <si>
     <t>* Li J, Qiu F, Xie CP, Zhang C, Li X (2023) First Report of Colletotrichum fructicola Causing anthracnose on macadamia in China. Plant Disease. 107(4), 1230. https://doi.org/10.1094/PDIS-06-22-1376-PDN</t>
   </si>
@@ -1338,51 +1347,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D130"/>
+  <dimension ref="A1:D131"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="38.848" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="548.438" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
@@ -2511,359 +2520,359 @@
     <row r="82" spans="1:4">
       <c r="A82" t="s">
         <v>49</v>
       </c>
       <c r="B82" t="s">
         <v>195</v>
       </c>
       <c r="C82" t="s">
         <v>196</v>
       </c>
       <c r="D82" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="83" spans="1:4">
       <c r="A83" t="s">
         <v>49</v>
       </c>
       <c r="B83" t="s">
         <v>197</v>
       </c>
       <c r="C83" t="s">
         <v>198</v>
       </c>
       <c r="D83" t="s">
-        <v>11</v>
+        <v>199</v>
       </c>
     </row>
     <row r="84" spans="1:4">
       <c r="A84" t="s">
         <v>49</v>
       </c>
       <c r="B84" t="s">
-        <v>199</v>
+        <v>200</v>
       </c>
       <c r="C84" t="s">
-        <v>200</v>
+        <v>201</v>
       </c>
       <c r="D84" t="s">
-        <v>201</v>
+        <v>11</v>
       </c>
     </row>
     <row r="85" spans="1:4">
       <c r="A85" t="s">
         <v>49</v>
       </c>
       <c r="B85" t="s">
         <v>202</v>
       </c>
       <c r="C85" t="s">
         <v>203</v>
       </c>
       <c r="D85" t="s">
         <v>204</v>
       </c>
     </row>
     <row r="86" spans="1:4">
       <c r="A86" t="s">
         <v>49</v>
       </c>
       <c r="B86" t="s">
         <v>205</v>
       </c>
       <c r="C86" t="s">
         <v>206</v>
       </c>
       <c r="D86" t="s">
         <v>207</v>
       </c>
     </row>
     <row r="87" spans="1:4">
       <c r="A87" t="s">
         <v>49</v>
       </c>
       <c r="B87" t="s">
         <v>208</v>
       </c>
       <c r="C87" t="s">
         <v>209</v>
       </c>
       <c r="D87" t="s">
-        <v>11</v>
+        <v>210</v>
       </c>
     </row>
     <row r="88" spans="1:4">
       <c r="A88" t="s">
         <v>49</v>
       </c>
       <c r="B88" t="s">
-        <v>210</v>
+        <v>211</v>
       </c>
       <c r="C88" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
       <c r="D88" t="s">
-        <v>212</v>
+        <v>11</v>
       </c>
     </row>
     <row r="89" spans="1:4">
       <c r="A89" t="s">
         <v>49</v>
       </c>
       <c r="B89" t="s">
         <v>213</v>
       </c>
       <c r="C89" t="s">
         <v>214</v>
       </c>
       <c r="D89" t="s">
         <v>215</v>
       </c>
     </row>
     <row r="90" spans="1:4">
       <c r="A90" t="s">
         <v>49</v>
       </c>
       <c r="B90" t="s">
         <v>216</v>
       </c>
       <c r="C90" t="s">
         <v>217</v>
       </c>
       <c r="D90" t="s">
-        <v>11</v>
+        <v>218</v>
       </c>
     </row>
     <row r="91" spans="1:4">
       <c r="A91" t="s">
         <v>49</v>
       </c>
       <c r="B91" t="s">
-        <v>218</v>
+        <v>219</v>
       </c>
       <c r="C91" t="s">
-        <v>219</v>
+        <v>220</v>
       </c>
       <c r="D91" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="92" spans="1:4">
       <c r="A92" t="s">
         <v>49</v>
       </c>
       <c r="B92" t="s">
-        <v>220</v>
+        <v>221</v>
       </c>
       <c r="C92" t="s">
-        <v>221</v>
+        <v>222</v>
       </c>
       <c r="D92" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="93" spans="1:4">
       <c r="A93" t="s">
         <v>49</v>
       </c>
       <c r="B93" t="s">
-        <v>222</v>
+        <v>223</v>
       </c>
       <c r="C93" t="s">
-        <v>223</v>
+        <v>224</v>
       </c>
       <c r="D93" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="94" spans="1:4">
       <c r="A94" t="s">
         <v>49</v>
       </c>
       <c r="B94" t="s">
-        <v>224</v>
+        <v>225</v>
       </c>
       <c r="C94" t="s">
-        <v>225</v>
+        <v>226</v>
       </c>
       <c r="D94" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="95" spans="1:4">
       <c r="A95" t="s">
         <v>49</v>
       </c>
       <c r="B95" t="s">
-        <v>226</v>
+        <v>227</v>
       </c>
       <c r="C95" t="s">
-        <v>227</v>
+        <v>228</v>
       </c>
       <c r="D95" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="96" spans="1:4">
       <c r="A96" t="s">
         <v>49</v>
       </c>
       <c r="B96" t="s">
-        <v>228</v>
+        <v>229</v>
       </c>
       <c r="C96" t="s">
-        <v>229</v>
+        <v>230</v>
       </c>
       <c r="D96" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="97" spans="1:4">
       <c r="A97" t="s">
         <v>49</v>
       </c>
       <c r="B97" t="s">
-        <v>230</v>
+        <v>231</v>
       </c>
       <c r="C97" t="s">
-        <v>231</v>
+        <v>232</v>
       </c>
       <c r="D97" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="98" spans="1:4">
       <c r="A98" t="s">
         <v>49</v>
       </c>
       <c r="B98" t="s">
-        <v>232</v>
+        <v>233</v>
       </c>
       <c r="C98" t="s">
-        <v>233</v>
+        <v>234</v>
       </c>
       <c r="D98" t="s">
-        <v>234</v>
+        <v>11</v>
       </c>
     </row>
     <row r="99" spans="1:4">
       <c r="A99" t="s">
         <v>49</v>
       </c>
       <c r="B99" t="s">
         <v>235</v>
       </c>
       <c r="C99" t="s">
         <v>236</v>
       </c>
       <c r="D99" t="s">
         <v>237</v>
       </c>
     </row>
     <row r="100" spans="1:4">
       <c r="A100" t="s">
         <v>49</v>
       </c>
       <c r="B100" t="s">
         <v>238</v>
       </c>
       <c r="C100" t="s">
         <v>239</v>
       </c>
       <c r="D100" t="s">
-        <v>11</v>
+        <v>240</v>
       </c>
     </row>
     <row r="101" spans="1:4">
       <c r="A101" t="s">
         <v>49</v>
       </c>
       <c r="B101" t="s">
-        <v>240</v>
+        <v>241</v>
       </c>
       <c r="C101" t="s">
-        <v>241</v>
+        <v>242</v>
       </c>
       <c r="D101" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="102" spans="1:4">
       <c r="A102" t="s">
         <v>49</v>
       </c>
       <c r="B102" t="s">
-        <v>242</v>
+        <v>243</v>
       </c>
       <c r="C102" t="s">
-        <v>243</v>
+        <v>244</v>
       </c>
       <c r="D102" t="s">
-        <v>244</v>
+        <v>11</v>
       </c>
     </row>
     <row r="103" spans="1:4">
       <c r="A103" t="s">
         <v>49</v>
       </c>
       <c r="B103" t="s">
         <v>245</v>
       </c>
       <c r="C103" t="s">
         <v>246</v>
       </c>
       <c r="D103" t="s">
-        <v>11</v>
+        <v>247</v>
       </c>
     </row>
     <row r="104" spans="1:4">
       <c r="A104" t="s">
         <v>49</v>
       </c>
       <c r="B104" t="s">
-        <v>247</v>
+        <v>248</v>
       </c>
       <c r="C104" t="s">
-        <v>248</v>
+        <v>249</v>
       </c>
       <c r="D104" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="105" spans="1:4">
       <c r="A105" t="s">
         <v>49</v>
       </c>
       <c r="B105" t="s">
-        <v>249</v>
+        <v>250</v>
       </c>
       <c r="C105" t="s">
-        <v>250</v>
+        <v>251</v>
       </c>
       <c r="D105" t="s">
-        <v>251</v>
+        <v>11</v>
       </c>
     </row>
     <row r="106" spans="1:4">
       <c r="A106" t="s">
         <v>49</v>
       </c>
       <c r="B106" t="s">
         <v>252</v>
       </c>
       <c r="C106" t="s">
         <v>253</v>
       </c>
       <c r="D106" t="s">
         <v>254</v>
       </c>
     </row>
     <row r="107" spans="1:4">
       <c r="A107" t="s">
         <v>49</v>
       </c>
       <c r="B107" t="s">
         <v>255</v>
       </c>
       <c r="C107" t="s">
         <v>256</v>
@@ -2875,65 +2884,65 @@
     <row r="108" spans="1:4">
       <c r="A108" t="s">
         <v>49</v>
       </c>
       <c r="B108" t="s">
         <v>258</v>
       </c>
       <c r="C108" t="s">
         <v>259</v>
       </c>
       <c r="D108" t="s">
         <v>260</v>
       </c>
     </row>
     <row r="109" spans="1:4">
       <c r="A109" t="s">
         <v>49</v>
       </c>
       <c r="B109" t="s">
         <v>261</v>
       </c>
       <c r="C109" t="s">
         <v>262</v>
       </c>
       <c r="D109" t="s">
-        <v>11</v>
+        <v>263</v>
       </c>
     </row>
     <row r="110" spans="1:4">
       <c r="A110" t="s">
         <v>49</v>
       </c>
       <c r="B110" t="s">
-        <v>263</v>
+        <v>264</v>
       </c>
       <c r="C110" t="s">
-        <v>264</v>
+        <v>265</v>
       </c>
       <c r="D110" t="s">
-        <v>265</v>
+        <v>11</v>
       </c>
     </row>
     <row r="111" spans="1:4">
       <c r="A111" t="s">
         <v>49</v>
       </c>
       <c r="B111" t="s">
         <v>266</v>
       </c>
       <c r="C111" t="s">
         <v>267</v>
       </c>
       <c r="D111" t="s">
         <v>268</v>
       </c>
     </row>
     <row r="112" spans="1:4">
       <c r="A112" t="s">
         <v>49</v>
       </c>
       <c r="B112" t="s">
         <v>269</v>
       </c>
       <c r="C112" t="s">
         <v>270</v>
@@ -3029,191 +3038,205 @@
     <row r="119" spans="1:4">
       <c r="A119" t="s">
         <v>49</v>
       </c>
       <c r="B119" t="s">
         <v>290</v>
       </c>
       <c r="C119" t="s">
         <v>291</v>
       </c>
       <c r="D119" t="s">
         <v>292</v>
       </c>
     </row>
     <row r="120" spans="1:4">
       <c r="A120" t="s">
         <v>49</v>
       </c>
       <c r="B120" t="s">
         <v>293</v>
       </c>
       <c r="C120" t="s">
         <v>294</v>
       </c>
       <c r="D120" t="s">
-        <v>11</v>
+        <v>295</v>
       </c>
     </row>
     <row r="121" spans="1:4">
       <c r="A121" t="s">
         <v>49</v>
       </c>
       <c r="B121" t="s">
-        <v>295</v>
+        <v>296</v>
       </c>
       <c r="C121" t="s">
-        <v>296</v>
+        <v>297</v>
       </c>
       <c r="D121" t="s">
-        <v>297</v>
+        <v>11</v>
       </c>
     </row>
     <row r="122" spans="1:4">
       <c r="A122" t="s">
         <v>49</v>
       </c>
       <c r="B122" t="s">
         <v>298</v>
       </c>
       <c r="C122" t="s">
         <v>299</v>
       </c>
       <c r="D122" t="s">
-        <v>11</v>
+        <v>300</v>
       </c>
     </row>
     <row r="123" spans="1:4">
       <c r="A123" t="s">
         <v>49</v>
       </c>
       <c r="B123" t="s">
-        <v>300</v>
+        <v>301</v>
       </c>
       <c r="C123" t="s">
-        <v>301</v>
+        <v>302</v>
       </c>
       <c r="D123" t="s">
-        <v>302</v>
+        <v>11</v>
       </c>
     </row>
     <row r="124" spans="1:4">
       <c r="A124" t="s">
         <v>49</v>
       </c>
       <c r="B124" t="s">
         <v>303</v>
       </c>
       <c r="C124" t="s">
         <v>304</v>
       </c>
       <c r="D124" t="s">
         <v>305</v>
       </c>
     </row>
     <row r="125" spans="1:4">
       <c r="A125" t="s">
         <v>49</v>
       </c>
       <c r="B125" t="s">
         <v>306</v>
       </c>
       <c r="C125" t="s">
         <v>307</v>
       </c>
       <c r="D125" t="s">
-        <v>94</v>
+        <v>308</v>
       </c>
     </row>
     <row r="126" spans="1:4">
       <c r="A126" t="s">
         <v>49</v>
       </c>
       <c r="B126" t="s">
-        <v>308</v>
+        <v>309</v>
       </c>
       <c r="C126" t="s">
-        <v>309</v>
+        <v>310</v>
       </c>
       <c r="D126" t="s">
-        <v>310</v>
+        <v>94</v>
       </c>
     </row>
     <row r="127" spans="1:4">
       <c r="A127" t="s">
         <v>49</v>
       </c>
       <c r="B127" t="s">
         <v>311</v>
       </c>
       <c r="C127" t="s">
         <v>312</v>
       </c>
       <c r="D127" t="s">
-        <v>11</v>
+        <v>313</v>
       </c>
     </row>
     <row r="128" spans="1:4">
       <c r="A128" t="s">
         <v>49</v>
       </c>
       <c r="B128" t="s">
-        <v>313</v>
+        <v>314</v>
       </c>
       <c r="C128" t="s">
-        <v>314</v>
+        <v>315</v>
       </c>
       <c r="D128" t="s">
-        <v>315</v>
+        <v>11</v>
       </c>
     </row>
     <row r="129" spans="1:4">
       <c r="A129" t="s">
         <v>49</v>
       </c>
       <c r="B129" t="s">
         <v>316</v>
       </c>
       <c r="C129" t="s">
         <v>317</v>
       </c>
       <c r="D129" t="s">
         <v>318</v>
       </c>
     </row>
     <row r="130" spans="1:4">
       <c r="A130" t="s">
         <v>49</v>
       </c>
       <c r="B130" t="s">
         <v>319</v>
       </c>
       <c r="C130" t="s">
         <v>320</v>
       </c>
       <c r="D130" t="s">
         <v>321</v>
+      </c>
+    </row>
+    <row r="131" spans="1:4">
+      <c r="A131" t="s">
+        <v>49</v>
+      </c>
+      <c r="B131" t="s">
+        <v>322</v>
+      </c>
+      <c r="C131" t="s">
+        <v>323</v>
+      </c>
+      <c r="D131" t="s">
+        <v>324</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">