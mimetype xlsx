--- v1 (2025-12-26)
+++ v2 (2026-03-20)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="COLLFC" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="325">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="331">
   <si>
     <t>type</t>
   </si>
   <si>
     <t>EPPOCode</t>
   </si>
   <si>
     <t>Pref_name</t>
   </si>
   <si>
     <t>References</t>
   </si>
   <si>
     <t>Major host</t>
   </si>
   <si>
     <t>MABSD</t>
   </si>
   <si>
     <t>Malus domestica</t>
   </si>
   <si>
     <t>* Arzanlou M, Bakhshi M, Karimi K, Torbati M (2015) Multigene phylogeny reveals three new records of Colletotrichum spp. and several new host records for the mycobiota of Iran. Journal of Plant Protection Research, 55(2), p. 198-211.
 * Huang F, Chen GQ, Hou X, FuYS, Cai L, Hyde KD, Li HY (2013) Colletotrichum species associated with cultivated citrus in China. Fungal Diversity 61, 61–74.
 * Kim C, Hassan O, Lee D, Chang T (2018) First report of anthracnose of apple caused by Colletotrichum fructicola in Korea. Plant Disease 102(12), 2653.
@@ -575,50 +575,59 @@
     <t>* EFSA PLH Panel (EFSA Panel on Plant Health), Bragard C, Dehnen-Schmutz K, Di Serio F, Gonthier P, Jacques M-A, Jaques Miret JA, Justesen AF, MacLeod A, Magnusson CS, Milonas P, Navas-Cortes JA, Parnell S, Potting R, Thulke H-H, Van der Werf W, Civera AV, Yuen J, Zappala L,  Migheli Q, Vloutoglou I, Campese C, Maiorano A, Streissl F, Reignault PL (2021) Scientific Opinion on the pest categorisation of Colletotrichum fructicola. EFSA Journal 19(8), 6803, 41 pp
 * Vineeth VK, Babu S, Reshma TR, Philip S, Prem E (2024) Exhaustive identification and characterization of Colletotrichum siamense and Colletotrichum fructicola as causative agents of circular leaf spot disease of rubber tree (Hevea brasiliensis) in India. Fungal Biology 128(5), 1907-1916.</t>
   </si>
   <si>
     <t>HYEMA</t>
   </si>
   <si>
     <t>Hydrangea macrophylla</t>
   </si>
   <si>
     <t>* Zhao J, Cheng Y, Liu Y, Shi X, Zhang T, Qin W (2025) Characterization and fungicides sensitivity of Colletotrichum species causing Hydrangea macrophylla anthracnose in Beijing, China. Frontiers in Plant Science 15, 1504135. https://doi.org/10.3389/fpls.2024.1504135</t>
   </si>
   <si>
     <t>HYEPA</t>
   </si>
   <si>
     <t>Hydrangea paniculata</t>
   </si>
   <si>
     <t>IUGRE</t>
   </si>
   <si>
     <t>Juglans regia</t>
   </si>
   <si>
+    <t>KADCO</t>
+  </si>
+  <si>
+    <t>Kadsura coccinea</t>
+  </si>
+  <si>
+    <t xml:space="preserve">* Yue Y, Wu S, Chen J, Liang F, Akbar S, Yao W, Zhang M, Bao Y (2026) First report of anthracnose on Kadsura coccinea fruit caused by Colletotrichum fructicola in China. Plant Disease (early view) https://doi.org/10.1094/PDIS-11-25-2327-PDN </t>
+  </si>
+  <si>
     <t>LIISI</t>
   </si>
   <si>
     <t>Limonium sinuatum</t>
   </si>
   <si>
     <t>LIQST</t>
   </si>
   <si>
     <t>Liquidambar styraciflua</t>
   </si>
   <si>
     <t>LIRSI</t>
   </si>
   <si>
     <t>Liriodendron x sinoamericanum</t>
   </si>
   <si>
     <t>* Wan Y, Jin G-Q, Li D-W, Wu S, Zhu LH (2022) First report of Colletotrichum fructicola causing leaf spots on Liriodendron chinense × tulipifera in China. Forest Pathology 52, e12779. https://doi.org/10.1111/efp.12779</t>
   </si>
   <si>
     <t>LIHCH</t>
   </si>
   <si>
     <t>Litchi chinensis</t>
@@ -684,50 +693,59 @@
     <t>MNGIN</t>
   </si>
   <si>
     <t>Mangifera indica</t>
   </si>
   <si>
     <t>* Joa JH, Lim CK, Choi IY, Park MJ, Shin HD (2016) First report of Colletotrichum fructicola causing anthracnose on mango in Korea. Plant Disease, 100(8):1793.
 * Dela Cueva FM, Laurel NR, Dalisay TU, Sison ML (2021) Identification and characterisation of Colletotrichum fructicola, C. tropicale and C. theobromicola causing mango anthracnose in the Philippines. Archives of Phytopathology and Plant Protection 54(19-20), 1989-2006.</t>
   </si>
   <si>
     <t>MANES</t>
   </si>
   <si>
     <t>Manihot esculenta</t>
   </si>
   <si>
     <t xml:space="preserve">* Ankomah-Boamah F, Abdulai M, Adomako J, Utku Y, Asante S, Santo KG, Larbi-Koranteng S (2025) Morphological and molecular characterization of Colletotrichum species causing brown leaf spot disease of cassava (Manihot esculenta Crantz) in Ghana. Indian Phytopathology. https://doi.org/10.1007/s42360-025-00872-z
 * Bragança CAD, Silva LL, Haddad F and Oliveira SAS (2016) First report of Colletotrichum fructicola causing anthracnose in cassava (Manihot esculenta Crantz) in Brazil. Plant Disease, 100, 857.
 </t>
   </si>
   <si>
     <t>MEDPO</t>
   </si>
   <si>
     <t>Medicago polymorpha</t>
+  </si>
+  <si>
+    <t>MOSDE</t>
+  </si>
+  <si>
+    <t>Monstera deliciosa</t>
+  </si>
+  <si>
+    <t>* Khuna S, Hongsanan S, Xie N (2025) First report of Anthracnose on Swiss Cheese Plant (Monstera deliciosa) caused by Colletotrichum fructicola in China. Plant Disease 109(12), 2594. https://doi.org/10.1094/PDIS-05-25-1111-PDN</t>
   </si>
   <si>
     <t>LCNTO</t>
   </si>
   <si>
     <t>Moquilea tomentosa</t>
   </si>
   <si>
     <t>MORAL</t>
   </si>
   <si>
     <t>Morus alba</t>
   </si>
   <si>
     <t>MUBAC</t>
   </si>
   <si>
     <t>Musa acuminata</t>
   </si>
   <si>
     <t>NEELA</t>
   </si>
   <si>
     <t>Nephelium lappaceum</t>
   </si>
@@ -1347,51 +1365,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D131"/>
+  <dimension ref="A1:D133"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="38.848" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="548.438" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
@@ -2450,527 +2468,527 @@
     <row r="77" spans="1:4">
       <c r="A77" t="s">
         <v>49</v>
       </c>
       <c r="B77" t="s">
         <v>183</v>
       </c>
       <c r="C77" t="s">
         <v>184</v>
       </c>
       <c r="D77" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="78" spans="1:4">
       <c r="A78" t="s">
         <v>49</v>
       </c>
       <c r="B78" t="s">
         <v>185</v>
       </c>
       <c r="C78" t="s">
         <v>186</v>
       </c>
       <c r="D78" t="s">
-        <v>94</v>
+        <v>187</v>
       </c>
     </row>
     <row r="79" spans="1:4">
       <c r="A79" t="s">
         <v>49</v>
       </c>
       <c r="B79" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
       <c r="C79" t="s">
-        <v>188</v>
+        <v>189</v>
       </c>
       <c r="D79" t="s">
-        <v>109</v>
+        <v>94</v>
       </c>
     </row>
     <row r="80" spans="1:4">
       <c r="A80" t="s">
         <v>49</v>
       </c>
       <c r="B80" t="s">
-        <v>189</v>
+        <v>190</v>
       </c>
       <c r="C80" t="s">
-        <v>190</v>
+        <v>191</v>
       </c>
       <c r="D80" t="s">
-        <v>191</v>
+        <v>109</v>
       </c>
     </row>
     <row r="81" spans="1:4">
       <c r="A81" t="s">
         <v>49</v>
       </c>
       <c r="B81" t="s">
         <v>192</v>
       </c>
       <c r="C81" t="s">
         <v>193</v>
       </c>
       <c r="D81" t="s">
         <v>194</v>
       </c>
     </row>
     <row r="82" spans="1:4">
       <c r="A82" t="s">
         <v>49</v>
       </c>
       <c r="B82" t="s">
         <v>195</v>
       </c>
       <c r="C82" t="s">
         <v>196</v>
       </c>
       <c r="D82" t="s">
-        <v>11</v>
+        <v>197</v>
       </c>
     </row>
     <row r="83" spans="1:4">
       <c r="A83" t="s">
         <v>49</v>
       </c>
       <c r="B83" t="s">
-        <v>197</v>
+        <v>198</v>
       </c>
       <c r="C83" t="s">
-        <v>198</v>
+        <v>199</v>
       </c>
       <c r="D83" t="s">
-        <v>199</v>
+        <v>11</v>
       </c>
     </row>
     <row r="84" spans="1:4">
       <c r="A84" t="s">
         <v>49</v>
       </c>
       <c r="B84" t="s">
         <v>200</v>
       </c>
       <c r="C84" t="s">
         <v>201</v>
       </c>
       <c r="D84" t="s">
-        <v>11</v>
+        <v>202</v>
       </c>
     </row>
     <row r="85" spans="1:4">
       <c r="A85" t="s">
         <v>49</v>
       </c>
       <c r="B85" t="s">
-        <v>202</v>
+        <v>203</v>
       </c>
       <c r="C85" t="s">
-        <v>203</v>
+        <v>204</v>
       </c>
       <c r="D85" t="s">
-        <v>204</v>
+        <v>11</v>
       </c>
     </row>
     <row r="86" spans="1:4">
       <c r="A86" t="s">
         <v>49</v>
       </c>
       <c r="B86" t="s">
         <v>205</v>
       </c>
       <c r="C86" t="s">
         <v>206</v>
       </c>
       <c r="D86" t="s">
         <v>207</v>
       </c>
     </row>
     <row r="87" spans="1:4">
       <c r="A87" t="s">
         <v>49</v>
       </c>
       <c r="B87" t="s">
         <v>208</v>
       </c>
       <c r="C87" t="s">
         <v>209</v>
       </c>
       <c r="D87" t="s">
         <v>210</v>
       </c>
     </row>
     <row r="88" spans="1:4">
       <c r="A88" t="s">
         <v>49</v>
       </c>
       <c r="B88" t="s">
         <v>211</v>
       </c>
       <c r="C88" t="s">
         <v>212</v>
       </c>
       <c r="D88" t="s">
-        <v>11</v>
+        <v>213</v>
       </c>
     </row>
     <row r="89" spans="1:4">
       <c r="A89" t="s">
         <v>49</v>
       </c>
       <c r="B89" t="s">
-        <v>213</v>
+        <v>214</v>
       </c>
       <c r="C89" t="s">
-        <v>214</v>
+        <v>215</v>
       </c>
       <c r="D89" t="s">
-        <v>215</v>
+        <v>11</v>
       </c>
     </row>
     <row r="90" spans="1:4">
       <c r="A90" t="s">
         <v>49</v>
       </c>
       <c r="B90" t="s">
         <v>216</v>
       </c>
       <c r="C90" t="s">
         <v>217</v>
       </c>
       <c r="D90" t="s">
         <v>218</v>
       </c>
     </row>
     <row r="91" spans="1:4">
       <c r="A91" t="s">
         <v>49</v>
       </c>
       <c r="B91" t="s">
         <v>219</v>
       </c>
       <c r="C91" t="s">
         <v>220</v>
       </c>
       <c r="D91" t="s">
-        <v>11</v>
+        <v>221</v>
       </c>
     </row>
     <row r="92" spans="1:4">
       <c r="A92" t="s">
         <v>49</v>
       </c>
       <c r="B92" t="s">
-        <v>221</v>
+        <v>222</v>
       </c>
       <c r="C92" t="s">
-        <v>222</v>
+        <v>223</v>
       </c>
       <c r="D92" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="93" spans="1:4">
       <c r="A93" t="s">
         <v>49</v>
       </c>
       <c r="B93" t="s">
-        <v>223</v>
+        <v>224</v>
       </c>
       <c r="C93" t="s">
-        <v>224</v>
+        <v>225</v>
       </c>
       <c r="D93" t="s">
-        <v>11</v>
+        <v>226</v>
       </c>
     </row>
     <row r="94" spans="1:4">
       <c r="A94" t="s">
         <v>49</v>
       </c>
       <c r="B94" t="s">
-        <v>225</v>
+        <v>227</v>
       </c>
       <c r="C94" t="s">
-        <v>226</v>
+        <v>228</v>
       </c>
       <c r="D94" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="95" spans="1:4">
       <c r="A95" t="s">
         <v>49</v>
       </c>
       <c r="B95" t="s">
-        <v>227</v>
+        <v>229</v>
       </c>
       <c r="C95" t="s">
-        <v>228</v>
+        <v>230</v>
       </c>
       <c r="D95" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="96" spans="1:4">
       <c r="A96" t="s">
         <v>49</v>
       </c>
       <c r="B96" t="s">
-        <v>229</v>
+        <v>231</v>
       </c>
       <c r="C96" t="s">
-        <v>230</v>
+        <v>232</v>
       </c>
       <c r="D96" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="97" spans="1:4">
       <c r="A97" t="s">
         <v>49</v>
       </c>
       <c r="B97" t="s">
-        <v>231</v>
+        <v>233</v>
       </c>
       <c r="C97" t="s">
-        <v>232</v>
+        <v>234</v>
       </c>
       <c r="D97" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="98" spans="1:4">
       <c r="A98" t="s">
         <v>49</v>
       </c>
       <c r="B98" t="s">
-        <v>233</v>
+        <v>235</v>
       </c>
       <c r="C98" t="s">
-        <v>234</v>
+        <v>236</v>
       </c>
       <c r="D98" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="99" spans="1:4">
       <c r="A99" t="s">
         <v>49</v>
       </c>
       <c r="B99" t="s">
-        <v>235</v>
+        <v>237</v>
       </c>
       <c r="C99" t="s">
-        <v>236</v>
+        <v>238</v>
       </c>
       <c r="D99" t="s">
-        <v>237</v>
+        <v>11</v>
       </c>
     </row>
     <row r="100" spans="1:4">
       <c r="A100" t="s">
         <v>49</v>
       </c>
       <c r="B100" t="s">
-        <v>238</v>
+        <v>239</v>
       </c>
       <c r="C100" t="s">
-        <v>239</v>
+        <v>240</v>
       </c>
       <c r="D100" t="s">
-        <v>240</v>
+        <v>11</v>
       </c>
     </row>
     <row r="101" spans="1:4">
       <c r="A101" t="s">
         <v>49</v>
       </c>
       <c r="B101" t="s">
         <v>241</v>
       </c>
       <c r="C101" t="s">
         <v>242</v>
       </c>
       <c r="D101" t="s">
-        <v>11</v>
+        <v>243</v>
       </c>
     </row>
     <row r="102" spans="1:4">
       <c r="A102" t="s">
         <v>49</v>
       </c>
       <c r="B102" t="s">
-        <v>243</v>
+        <v>244</v>
       </c>
       <c r="C102" t="s">
-        <v>244</v>
+        <v>245</v>
       </c>
       <c r="D102" t="s">
-        <v>11</v>
+        <v>246</v>
       </c>
     </row>
     <row r="103" spans="1:4">
       <c r="A103" t="s">
         <v>49</v>
       </c>
       <c r="B103" t="s">
-        <v>245</v>
+        <v>247</v>
       </c>
       <c r="C103" t="s">
-        <v>246</v>
+        <v>248</v>
       </c>
       <c r="D103" t="s">
-        <v>247</v>
+        <v>11</v>
       </c>
     </row>
     <row r="104" spans="1:4">
       <c r="A104" t="s">
         <v>49</v>
       </c>
       <c r="B104" t="s">
-        <v>248</v>
+        <v>249</v>
       </c>
       <c r="C104" t="s">
-        <v>249</v>
+        <v>250</v>
       </c>
       <c r="D104" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="105" spans="1:4">
       <c r="A105" t="s">
         <v>49</v>
       </c>
       <c r="B105" t="s">
-        <v>250</v>
+        <v>251</v>
       </c>
       <c r="C105" t="s">
-        <v>251</v>
+        <v>252</v>
       </c>
       <c r="D105" t="s">
-        <v>11</v>
+        <v>253</v>
       </c>
     </row>
     <row r="106" spans="1:4">
       <c r="A106" t="s">
         <v>49</v>
       </c>
       <c r="B106" t="s">
-        <v>252</v>
+        <v>254</v>
       </c>
       <c r="C106" t="s">
-        <v>253</v>
+        <v>255</v>
       </c>
       <c r="D106" t="s">
-        <v>254</v>
+        <v>11</v>
       </c>
     </row>
     <row r="107" spans="1:4">
       <c r="A107" t="s">
         <v>49</v>
       </c>
       <c r="B107" t="s">
-        <v>255</v>
+        <v>256</v>
       </c>
       <c r="C107" t="s">
-        <v>256</v>
+        <v>257</v>
       </c>
       <c r="D107" t="s">
-        <v>257</v>
+        <v>11</v>
       </c>
     </row>
     <row r="108" spans="1:4">
       <c r="A108" t="s">
         <v>49</v>
       </c>
       <c r="B108" t="s">
         <v>258</v>
       </c>
       <c r="C108" t="s">
         <v>259</v>
       </c>
       <c r="D108" t="s">
         <v>260</v>
       </c>
     </row>
     <row r="109" spans="1:4">
       <c r="A109" t="s">
         <v>49</v>
       </c>
       <c r="B109" t="s">
         <v>261</v>
       </c>
       <c r="C109" t="s">
         <v>262</v>
       </c>
       <c r="D109" t="s">
         <v>263</v>
       </c>
     </row>
     <row r="110" spans="1:4">
       <c r="A110" t="s">
         <v>49</v>
       </c>
       <c r="B110" t="s">
         <v>264</v>
       </c>
       <c r="C110" t="s">
         <v>265</v>
       </c>
       <c r="D110" t="s">
-        <v>11</v>
+        <v>266</v>
       </c>
     </row>
     <row r="111" spans="1:4">
       <c r="A111" t="s">
         <v>49</v>
       </c>
       <c r="B111" t="s">
-        <v>266</v>
+        <v>267</v>
       </c>
       <c r="C111" t="s">
-        <v>267</v>
+        <v>268</v>
       </c>
       <c r="D111" t="s">
-        <v>268</v>
+        <v>269</v>
       </c>
     </row>
     <row r="112" spans="1:4">
       <c r="A112" t="s">
         <v>49</v>
       </c>
       <c r="B112" t="s">
-        <v>269</v>
+        <v>270</v>
       </c>
       <c r="C112" t="s">
-        <v>270</v>
+        <v>271</v>
       </c>
       <c r="D112" t="s">
-        <v>271</v>
+        <v>11</v>
       </c>
     </row>
     <row r="113" spans="1:4">
       <c r="A113" t="s">
         <v>49</v>
       </c>
       <c r="B113" t="s">
         <v>272</v>
       </c>
       <c r="C113" t="s">
         <v>273</v>
       </c>
       <c r="D113" t="s">
         <v>274</v>
       </c>
     </row>
     <row r="114" spans="1:4">
       <c r="A114" t="s">
         <v>49</v>
       </c>
       <c r="B114" t="s">
         <v>275</v>
       </c>
       <c r="C114" t="s">
         <v>276</v>
@@ -3052,191 +3070,219 @@
     <row r="120" spans="1:4">
       <c r="A120" t="s">
         <v>49</v>
       </c>
       <c r="B120" t="s">
         <v>293</v>
       </c>
       <c r="C120" t="s">
         <v>294</v>
       </c>
       <c r="D120" t="s">
         <v>295</v>
       </c>
     </row>
     <row r="121" spans="1:4">
       <c r="A121" t="s">
         <v>49</v>
       </c>
       <c r="B121" t="s">
         <v>296</v>
       </c>
       <c r="C121" t="s">
         <v>297</v>
       </c>
       <c r="D121" t="s">
-        <v>11</v>
+        <v>298</v>
       </c>
     </row>
     <row r="122" spans="1:4">
       <c r="A122" t="s">
         <v>49</v>
       </c>
       <c r="B122" t="s">
-        <v>298</v>
+        <v>299</v>
       </c>
       <c r="C122" t="s">
-        <v>299</v>
+        <v>300</v>
       </c>
       <c r="D122" t="s">
-        <v>300</v>
+        <v>301</v>
       </c>
     </row>
     <row r="123" spans="1:4">
       <c r="A123" t="s">
         <v>49</v>
       </c>
       <c r="B123" t="s">
-        <v>301</v>
+        <v>302</v>
       </c>
       <c r="C123" t="s">
-        <v>302</v>
+        <v>303</v>
       </c>
       <c r="D123" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="124" spans="1:4">
       <c r="A124" t="s">
         <v>49</v>
       </c>
       <c r="B124" t="s">
-        <v>303</v>
+        <v>304</v>
       </c>
       <c r="C124" t="s">
-        <v>304</v>
+        <v>305</v>
       </c>
       <c r="D124" t="s">
-        <v>305</v>
+        <v>306</v>
       </c>
     </row>
     <row r="125" spans="1:4">
       <c r="A125" t="s">
         <v>49</v>
       </c>
       <c r="B125" t="s">
-        <v>306</v>
+        <v>307</v>
       </c>
       <c r="C125" t="s">
-        <v>307</v>
+        <v>308</v>
       </c>
       <c r="D125" t="s">
-        <v>308</v>
+        <v>11</v>
       </c>
     </row>
     <row r="126" spans="1:4">
       <c r="A126" t="s">
         <v>49</v>
       </c>
       <c r="B126" t="s">
         <v>309</v>
       </c>
       <c r="C126" t="s">
         <v>310</v>
       </c>
       <c r="D126" t="s">
-        <v>94</v>
+        <v>311</v>
       </c>
     </row>
     <row r="127" spans="1:4">
       <c r="A127" t="s">
         <v>49</v>
       </c>
       <c r="B127" t="s">
-        <v>311</v>
+        <v>312</v>
       </c>
       <c r="C127" t="s">
-        <v>312</v>
+        <v>313</v>
       </c>
       <c r="D127" t="s">
-        <v>313</v>
+        <v>314</v>
       </c>
     </row>
     <row r="128" spans="1:4">
       <c r="A128" t="s">
         <v>49</v>
       </c>
       <c r="B128" t="s">
-        <v>314</v>
+        <v>315</v>
       </c>
       <c r="C128" t="s">
-        <v>315</v>
+        <v>316</v>
       </c>
       <c r="D128" t="s">
-        <v>11</v>
+        <v>94</v>
       </c>
     </row>
     <row r="129" spans="1:4">
       <c r="A129" t="s">
         <v>49</v>
       </c>
       <c r="B129" t="s">
-        <v>316</v>
+        <v>317</v>
       </c>
       <c r="C129" t="s">
-        <v>317</v>
+        <v>318</v>
       </c>
       <c r="D129" t="s">
-        <v>318</v>
+        <v>319</v>
       </c>
     </row>
     <row r="130" spans="1:4">
       <c r="A130" t="s">
         <v>49</v>
       </c>
       <c r="B130" t="s">
-        <v>319</v>
+        <v>320</v>
       </c>
       <c r="C130" t="s">
-        <v>320</v>
+        <v>321</v>
       </c>
       <c r="D130" t="s">
-        <v>321</v>
+        <v>11</v>
       </c>
     </row>
     <row r="131" spans="1:4">
       <c r="A131" t="s">
         <v>49</v>
       </c>
       <c r="B131" t="s">
         <v>322</v>
       </c>
       <c r="C131" t="s">
         <v>323</v>
       </c>
       <c r="D131" t="s">
         <v>324</v>
+      </c>
+    </row>
+    <row r="132" spans="1:4">
+      <c r="A132" t="s">
+        <v>49</v>
+      </c>
+      <c r="B132" t="s">
+        <v>325</v>
+      </c>
+      <c r="C132" t="s">
+        <v>326</v>
+      </c>
+      <c r="D132" t="s">
+        <v>327</v>
+      </c>
+    </row>
+    <row r="133" spans="1:4">
+      <c r="A133" t="s">
+        <v>49</v>
+      </c>
+      <c r="B133" t="s">
+        <v>328</v>
+      </c>
+      <c r="C133" t="s">
+        <v>329</v>
+      </c>
+      <c r="D133" t="s">
+        <v>330</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">