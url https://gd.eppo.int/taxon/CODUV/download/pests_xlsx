--- v0 (2025-10-01)
+++ v1 (2026-02-17)
@@ -12,83 +12,86 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="CODUV" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="28">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="29">
   <si>
     <t>type</t>
   </si>
   <si>
     <t>EPPOCode</t>
   </si>
   <si>
     <t>Pref_name</t>
   </si>
   <si>
     <t>References</t>
   </si>
   <si>
     <t>Host</t>
   </si>
   <si>
     <t>ALEDDI</t>
   </si>
   <si>
     <t>Aleurodicus dispersus</t>
   </si>
   <si>
     <t>ALTHFL</t>
   </si>
   <si>
     <t>Aleurothrixus floccosus</t>
   </si>
   <si>
     <t>ALTRTR</t>
   </si>
   <si>
     <t>Aleurothrixus trachoides</t>
+  </si>
+  <si>
+    <t>* Evans GA (2007) The whiteflies (Hemiptera: Aleyrodidae) of the world and their host plants and natural enemies. USDA/Animal Plant Health Inspection Service (APHIS). http://keys.lucidcentral.org/keys/v3/whitefly/PDF_PwP%20ETC/world-whitefly-catalog-Evans.pdf</t>
   </si>
   <si>
     <t>ANSTSU</t>
   </si>
   <si>
     <t>Anastrepha suspensa</t>
   </si>
   <si>
     <t>* Windeguth DL von, Pierce WH, Steiner LF (1972) Infestations of Anastrepha suspensa in fruit on Key West, Florida. Florida Entomologist 56, 127-131.</t>
   </si>
   <si>
     <t>DACUDO</t>
   </si>
   <si>
     <t>Bactrocera dorsalis</t>
   </si>
   <si>
     <t>* Liquido NJ, McQuate GT, Birnbaum AL, Hanlin MA, Nakamichi KA, Inskeep JR, Ching AJF, Marnell SA, Kurashima RS (2019) A review of recorded host plants of oriental fruit fly, Bactrocera (Bactrocera) dorsalis (Hendel) (Diptera: Tephritidae), Version 3.1. Available online at: USDA Compendium of Fruit Fly Host Information (CoFFHI), Edition 4.0.
 * Moquet L, Payet J, Glenac S, Delatte H (2021) Niche shift of tephritid species after the Oriental fruit fly (Bactrocera dorsalis) invasion in La Réunion. Diversity and Distributions. 27(1), 109-129. https://doi.org/10.1111/ddi.13172</t>
   </si>
   <si>
     <t>BRAPSU</t>
   </si>
   <si>
     <t>Brachyplatys subaeneus</t>
@@ -507,131 +510,133 @@
       </c>
       <c r="D2"/>
     </row>
     <row r="3" spans="1:4">
       <c r="A3" t="s">
         <v>4</v>
       </c>
       <c r="B3" t="s">
         <v>7</v>
       </c>
       <c r="C3" t="s">
         <v>8</v>
       </c>
       <c r="D3"/>
     </row>
     <row r="4" spans="1:4">
       <c r="A4" t="s">
         <v>4</v>
       </c>
       <c r="B4" t="s">
         <v>9</v>
       </c>
       <c r="C4" t="s">
         <v>10</v>
       </c>
-      <c r="D4"/>
+      <c r="D4" t="s">
+        <v>11</v>
+      </c>
     </row>
     <row r="5" spans="1:4">
       <c r="A5" t="s">
         <v>4</v>
       </c>
       <c r="B5" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="C5" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="D5" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
     </row>
     <row r="6" spans="1:4">
       <c r="A6" t="s">
         <v>4</v>
       </c>
       <c r="B6" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="C6" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="D6" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
     </row>
     <row r="7" spans="1:4">
       <c r="A7" t="s">
         <v>4</v>
       </c>
       <c r="B7" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="C7" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="D7" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="8" spans="1:4">
       <c r="A8" t="s">
         <v>4</v>
       </c>
       <c r="B8" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="C8" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="D8" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
     </row>
     <row r="9" spans="1:4">
       <c r="A9" t="s">
         <v>4</v>
       </c>
       <c r="B9" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="C9" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="D9" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
     </row>
     <row r="10" spans="1:4">
       <c r="A10" t="s">
         <v>4</v>
       </c>
       <c r="B10" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="C10" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="D10"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>