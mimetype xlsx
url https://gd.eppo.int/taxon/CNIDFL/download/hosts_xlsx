--- v0 (2025-10-08)
+++ v1 (2025-12-18)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="CNIDFL" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="140">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="143">
   <si>
     <t>type</t>
   </si>
   <si>
     <t>EPPOCode</t>
   </si>
   <si>
     <t>Pref_name</t>
   </si>
   <si>
     <t>References</t>
   </si>
   <si>
     <t>Host</t>
   </si>
   <si>
     <t>ACRPA</t>
   </si>
   <si>
     <t>Acer palmatum</t>
   </si>
   <si>
     <t>* Furukawa M, Nakanishi K, Honma A, Takakura KI, Matsuyama K, Hidaka N, Sawada H, Nishida T (2021) Differential performance of contrasting defensive traits of cocoons of two moth species against bird predation. Entomological Science 24, 261–269
 * EFSA Panel on Plant Health (PLH), Bragard C, Baptista P, Chatzivassiliou E, Di Serio F, Gonthier P, Jaques Miret JA, Justesen AF, Magnusson CS, Milonas P, Navas‐Cortes JA (2024) Pest categorisation of Monema flavescens. EFSA Journal. 22(7), e8831</t>
   </si>
@@ -336,50 +336,59 @@
   </si>
   <si>
     <t>Pterocarya stenoptera</t>
   </si>
   <si>
     <t>PUNGR</t>
   </si>
   <si>
     <t>Punica granatum</t>
   </si>
   <si>
     <t>* Yu K, Zou YD, Bi SD, Zhao P, Zhao XJ, Dang FH, Yu XB (2010) Relationship between five major phytophaga pests and their natural predatoryenemies in pomegranate field. Zhongguo Shengtai Nongye Xuebao/Chinese Journal of Eco-Agriculture 18, 1317–1323
 * EFSA Panel on Plant Health (PLH), Bragard C, Baptista P, Chatzivassiliou E, Di Serio F, Gonthier P, Jaques Miret JA, Justesen AF, Magnusson CS, Milonas P, Navas‐Cortes JA (2024) Pest categorisation of Monema flavescens. EFSA Journal. 22(7), e8831</t>
   </si>
   <si>
     <t>PYUCO</t>
   </si>
   <si>
     <t>Pyrus communis</t>
   </si>
   <si>
     <t>PYUPY</t>
   </si>
   <si>
     <t>Pyrus pyrifolia</t>
+  </si>
+  <si>
+    <t>QUEPA</t>
+  </si>
+  <si>
+    <t>Quercus palustris</t>
+  </si>
+  <si>
+    <t>* Lee CY, Kim T, Lee B, Ahn S, Park Y, Kim J, Jung JK (2025) Distributional characteristics of insect communities in introduced pin oak trees with different environments of Korea, with special notes on major insect pests. Entomological Research 55(2), e70027. https://doi.org/10.1111/1748-5967.70027</t>
   </si>
   <si>
     <t>QUEGL</t>
   </si>
   <si>
     <t>Quercus serrata</t>
   </si>
   <si>
     <t>* Furukawa M, Nakanishi K, Honma A, Takakura KI, Matsuyama K, Hidaka N, Sawada H, Nishida T (2021) Differential performance of contrasting defensive traits of cocoons of two moth species against bird predation. Entomological Science 24, 261–271
 * EFSA Panel on Plant Health (PLH), Bragard C, Baptista P, Chatzivassiliou E, Di Serio F, Gonthier P, Jaques Miret JA, Justesen AF, Magnusson CS, Milonas P, Navas‐Cortes JA (2024) Pest categorisation of Monema flavescens. EFSA Journal. 22(7), e8831</t>
   </si>
   <si>
     <t>RHACT</t>
   </si>
   <si>
     <t>Rhamnus cathartica</t>
   </si>
   <si>
     <t>RHADA</t>
   </si>
   <si>
     <t>Rhamnus davurica</t>
   </si>
   <si>
     <t>* Ju RT, Wang F, Li YZ, Wu SY (2007) Niche and interspecies competition of four Limacodidae species on green belt plants in Shanghai. Chinese Journal of Ecology 26(04), 523–530
@@ -815,51 +824,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D51"/>
+  <dimension ref="A1:D52"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="35.277" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="364.482" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
@@ -1372,65 +1381,65 @@
     <row r="38" spans="1:4">
       <c r="A38" t="s">
         <v>4</v>
       </c>
       <c r="B38" t="s">
         <v>100</v>
       </c>
       <c r="C38" t="s">
         <v>101</v>
       </c>
       <c r="D38" t="s">
         <v>102</v>
       </c>
     </row>
     <row r="39" spans="1:4">
       <c r="A39" t="s">
         <v>4</v>
       </c>
       <c r="B39" t="s">
         <v>103</v>
       </c>
       <c r="C39" t="s">
         <v>104</v>
       </c>
       <c r="D39" t="s">
-        <v>13</v>
+        <v>105</v>
       </c>
     </row>
     <row r="40" spans="1:4">
       <c r="A40" t="s">
         <v>4</v>
       </c>
       <c r="B40" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="C40" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="D40" t="s">
-        <v>107</v>
+        <v>13</v>
       </c>
     </row>
     <row r="41" spans="1:4">
       <c r="A41" t="s">
         <v>4</v>
       </c>
       <c r="B41" t="s">
         <v>108</v>
       </c>
       <c r="C41" t="s">
         <v>109</v>
       </c>
       <c r="D41" t="s">
         <v>110</v>
       </c>
     </row>
     <row r="42" spans="1:4">
       <c r="A42" t="s">
         <v>4</v>
       </c>
       <c r="B42" t="s">
         <v>111</v>
       </c>
       <c r="C42" t="s">
         <v>112</v>
@@ -1470,65 +1479,65 @@
     <row r="45" spans="1:4">
       <c r="A45" t="s">
         <v>4</v>
       </c>
       <c r="B45" t="s">
         <v>120</v>
       </c>
       <c r="C45" t="s">
         <v>121</v>
       </c>
       <c r="D45" t="s">
         <v>122</v>
       </c>
     </row>
     <row r="46" spans="1:4">
       <c r="A46" t="s">
         <v>4</v>
       </c>
       <c r="B46" t="s">
         <v>123</v>
       </c>
       <c r="C46" t="s">
         <v>124</v>
       </c>
       <c r="D46" t="s">
-        <v>22</v>
+        <v>125</v>
       </c>
     </row>
     <row r="47" spans="1:4">
       <c r="A47" t="s">
         <v>4</v>
       </c>
       <c r="B47" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
       <c r="C47" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
       <c r="D47" t="s">
-        <v>127</v>
+        <v>22</v>
       </c>
     </row>
     <row r="48" spans="1:4">
       <c r="A48" t="s">
         <v>4</v>
       </c>
       <c r="B48" t="s">
         <v>128</v>
       </c>
       <c r="C48" t="s">
         <v>129</v>
       </c>
       <c r="D48" t="s">
         <v>130</v>
       </c>
     </row>
     <row r="49" spans="1:4">
       <c r="A49" t="s">
         <v>4</v>
       </c>
       <c r="B49" t="s">
         <v>131</v>
       </c>
       <c r="C49" t="s">
         <v>132</v>
@@ -1541,50 +1550,64 @@
       <c r="A50" t="s">
         <v>4</v>
       </c>
       <c r="B50" t="s">
         <v>134</v>
       </c>
       <c r="C50" t="s">
         <v>135</v>
       </c>
       <c r="D50" t="s">
         <v>136</v>
       </c>
     </row>
     <row r="51" spans="1:4">
       <c r="A51" t="s">
         <v>4</v>
       </c>
       <c r="B51" t="s">
         <v>137</v>
       </c>
       <c r="C51" t="s">
         <v>138</v>
       </c>
       <c r="D51" t="s">
         <v>139</v>
+      </c>
+    </row>
+    <row r="52" spans="1:4">
+      <c r="A52" t="s">
+        <v>4</v>
+      </c>
+      <c r="B52" t="s">
+        <v>140</v>
+      </c>
+      <c r="C52" t="s">
+        <v>141</v>
+      </c>
+      <c r="D52" t="s">
+        <v>142</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">