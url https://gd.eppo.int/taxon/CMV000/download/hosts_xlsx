--- v0 (2025-10-08)
+++ v1 (2026-03-03)
@@ -12,92 +12,102 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="CMV000" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="17">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="20">
   <si>
     <t>type</t>
   </si>
   <si>
     <t>EPPOCode</t>
   </si>
   <si>
     <t>Pref_name</t>
   </si>
   <si>
     <t>References</t>
   </si>
   <si>
     <t>Host</t>
   </si>
   <si>
     <t>CUMSA</t>
   </si>
   <si>
     <t>Cucumis sativus</t>
   </si>
   <si>
     <t>* Santhoshinii E, Rajinimala N, Selvarajan R, Kannan R, Gangadhar D, Siva M, Shanmugapriya D, Elanchenzhyan K (2025) Serological and molecular characterization of Cucumber Mosaic Virus (CMV) infecting cucumber (Cucumis sativus L.) in southern Tamil Nadu.Plant Science Today (Early Access) 12, 1-9 https://doi.org/10.14719/pst.8480</t>
   </si>
   <si>
     <t>IPOBA</t>
   </si>
   <si>
     <t>Ipomoea batatas</t>
   </si>
   <si>
     <t>* Mbewe W, Mtonga A, Chiipanthenga M, Masamba K, Chitedze G, Pamkomera P, Gondwe E, Mwenye O, Chipungu F (2021) Incidence and distribution of sweetpotato viruses and their implication on sweetpotato seed system in Malawi. Journal of Plant Pathology 103(3), 961-968. https://doi.org/10.1007/s42161-021-00830-4</t>
   </si>
   <si>
     <t>PARCR</t>
   </si>
   <si>
     <t>Petroselinum crispum</t>
   </si>
   <si>
     <t>* Đukanović J, Ristić D, Vučurović I, Blagojević J, Zečević K, Kovačević D, Stanković I (2025) First report of Cucumber mosaic virus infecting Petroselinum crispum in Serbia. In 16th International Symposium of Plant Virus Epidemiology–ISPVE 2025 June 30th to July 3rd São Paulo, Brazil 2025 (p. 127). Dados Internacionais de Catalogação na Publicação (CIP), Secretaria de Agricultura e Abastecimento do Estado de São Paulo, Núcleo de Documentação Científica–IB.</t>
+  </si>
+  <si>
+    <t>1ROSG</t>
+  </si>
+  <si>
+    <t>Rosa</t>
+  </si>
+  <si>
+    <t>* Paslay C, Ali A (2025) A comprehensive review of known and emerging viruses infecting rose species. Frontiers in Virology 5, 1669397. https://doi.org/10.3389/fviro.2025.1669397
+* Vazquez-Iglesias I, Boonham N, Robinson R, Clover GRG, Fox A (2023) A survey of rose viruses in England, Crop Protection 106231. https://doi.org/10.1016/j.cropro.2023.106231</t>
   </si>
   <si>
     <t>SOLTU</t>
   </si>
   <si>
     <t>Solanum tuberosum</t>
   </si>
   <si>
     <t>* Kreuze JF, Souza-Dias JA, Jeevalatha A, Figueira AR, Valkonen JP, Jones RA (2020) Viral diseases in potato. The potato crop: its agricultural, nutritional and social contribution to humankind 2020 (pp. 389-430). Cham: Springer International Publishing.
 * Salazar LF (2003) Potato viruses after the XXth century: effects, dissemination and their control. Crop Protection Department, Seminar Transcript CIP, PO Box 2003 (Vol. 1558). International Potato Center Lima, Peru.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
@@ -411,51 +421,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D5"/>
+  <dimension ref="A1:D6"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="544.867" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
@@ -493,50 +503,64 @@
       <c r="A4" t="s">
         <v>4</v>
       </c>
       <c r="B4" t="s">
         <v>11</v>
       </c>
       <c r="C4" t="s">
         <v>12</v>
       </c>
       <c r="D4" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="5" spans="1:4">
       <c r="A5" t="s">
         <v>4</v>
       </c>
       <c r="B5" t="s">
         <v>14</v>
       </c>
       <c r="C5" t="s">
         <v>15</v>
       </c>
       <c r="D5" t="s">
         <v>16</v>
+      </c>
+    </row>
+    <row r="6" spans="1:4">
+      <c r="A6" t="s">
+        <v>4</v>
+      </c>
+      <c r="B6" t="s">
+        <v>17</v>
+      </c>
+      <c r="C6" t="s">
+        <v>18</v>
+      </c>
+      <c r="D6" t="s">
+        <v>19</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">