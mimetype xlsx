--- v1 (2026-03-03)
+++ v2 (2026-03-23)
@@ -12,112 +12,140 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="CMV000" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="20">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="29">
   <si>
     <t>type</t>
   </si>
   <si>
     <t>EPPOCode</t>
   </si>
   <si>
     <t>Pref_name</t>
   </si>
   <si>
     <t>References</t>
   </si>
   <si>
     <t>Host</t>
   </si>
   <si>
+    <t>1CPSG</t>
+  </si>
+  <si>
+    <t>Capsicum</t>
+  </si>
+  <si>
+    <t>* Missihoun AA, Fanou AA, Nanoukon CNM, Agbo IR, Sedah P, Fays M, Desoignies N (2025) Surveys of virus diseases and molecular identification of viruses affecting pepper crops (Capsicum spp.) in southern Benin. Crop Protection 188, 106999.
+* Zhang T, Guo N, Zhang R, Wang Y, Xia G, Wang L, Wei B (2025) Molecular detection of viral diseases and the resistance of germplasm in pepper. Vegetable Research 5, e030 doi: 10.48130/vegres-0025-0024</t>
+  </si>
+  <si>
     <t>CUMSA</t>
   </si>
   <si>
     <t>Cucumis sativus</t>
   </si>
   <si>
     <t>* Santhoshinii E, Rajinimala N, Selvarajan R, Kannan R, Gangadhar D, Siva M, Shanmugapriya D, Elanchenzhyan K (2025) Serological and molecular characterization of Cucumber Mosaic Virus (CMV) infecting cucumber (Cucumis sativus L.) in southern Tamil Nadu.Plant Science Today (Early Access) 12, 1-9 https://doi.org/10.14719/pst.8480</t>
   </si>
   <si>
     <t>IPOBA</t>
   </si>
   <si>
     <t>Ipomoea batatas</t>
   </si>
   <si>
     <t>* Mbewe W, Mtonga A, Chiipanthenga M, Masamba K, Chitedze G, Pamkomera P, Gondwe E, Mwenye O, Chipungu F (2021) Incidence and distribution of sweetpotato viruses and their implication on sweetpotato seed system in Malawi. Journal of Plant Pathology 103(3), 961-968. https://doi.org/10.1007/s42161-021-00830-4</t>
   </si>
   <si>
     <t>PARCR</t>
   </si>
   <si>
     <t>Petroselinum crispum</t>
   </si>
   <si>
     <t>* Đukanović J, Ristić D, Vučurović I, Blagojević J, Zečević K, Kovačević D, Stanković I (2025) First report of Cucumber mosaic virus infecting Petroselinum crispum in Serbia. In 16th International Symposium of Plant Virus Epidemiology–ISPVE 2025 June 30th to July 3rd São Paulo, Brazil 2025 (p. 127). Dados Internacionais de Catalogação na Publicação (CIP), Secretaria de Agricultura e Abastecimento do Estado de São Paulo, Núcleo de Documentação Científica–IB.</t>
+  </si>
+  <si>
+    <t>PHYAN</t>
+  </si>
+  <si>
+    <t>Physalis angulata</t>
+  </si>
+  <si>
+    <t>* Jin B, Wang Y, Zhang N, Zhao Y, Fan H (2026) First report of cucumber mosaic virus infecting Physalis angulata L. in China. Journal of Plant Pathology. 6, 1</t>
   </si>
   <si>
     <t>1ROSG</t>
   </si>
   <si>
     <t>Rosa</t>
   </si>
   <si>
     <t>* Paslay C, Ali A (2025) A comprehensive review of known and emerging viruses infecting rose species. Frontiers in Virology 5, 1669397. https://doi.org/10.3389/fviro.2025.1669397
 * Vazquez-Iglesias I, Boonham N, Robinson R, Clover GRG, Fox A (2023) A survey of rose viruses in England, Crop Protection 106231. https://doi.org/10.1016/j.cropro.2023.106231</t>
   </si>
   <si>
     <t>SOLTU</t>
   </si>
   <si>
     <t>Solanum tuberosum</t>
   </si>
   <si>
     <t>* Kreuze JF, Souza-Dias JA, Jeevalatha A, Figueira AR, Valkonen JP, Jones RA (2020) Viral diseases in potato. The potato crop: its agricultural, nutritional and social contribution to humankind 2020 (pp. 389-430). Cham: Springer International Publishing.
 * Salazar LF (2003) Potato viruses after the XXth century: effects, dissemination and their control. Crop Protection Department, Seminar Transcript CIP, PO Box 2003 (Vol. 1558). International Potato Center Lima, Peru.</t>
+  </si>
+  <si>
+    <t>VITVI</t>
+  </si>
+  <si>
+    <t>Vitis vinifera</t>
+  </si>
+  <si>
+    <t>* Fuchs M (2025) Grapevine viruses: Did you say more than a hundred? Journal of Plant Pathology 107(1), 217-227. https://doi.org/10.1007/s42161-024-01819-5</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -421,51 +449,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D6"/>
+  <dimension ref="A1:D9"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="544.867" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
@@ -517,50 +545,92 @@
       <c r="A5" t="s">
         <v>4</v>
       </c>
       <c r="B5" t="s">
         <v>14</v>
       </c>
       <c r="C5" t="s">
         <v>15</v>
       </c>
       <c r="D5" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="6" spans="1:4">
       <c r="A6" t="s">
         <v>4</v>
       </c>
       <c r="B6" t="s">
         <v>17</v>
       </c>
       <c r="C6" t="s">
         <v>18</v>
       </c>
       <c r="D6" t="s">
         <v>19</v>
+      </c>
+    </row>
+    <row r="7" spans="1:4">
+      <c r="A7" t="s">
+        <v>4</v>
+      </c>
+      <c r="B7" t="s">
+        <v>20</v>
+      </c>
+      <c r="C7" t="s">
+        <v>21</v>
+      </c>
+      <c r="D7" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="8" spans="1:4">
+      <c r="A8" t="s">
+        <v>4</v>
+      </c>
+      <c r="B8" t="s">
+        <v>23</v>
+      </c>
+      <c r="C8" t="s">
+        <v>24</v>
+      </c>
+      <c r="D8" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="9" spans="1:4">
+      <c r="A9" t="s">
+        <v>4</v>
+      </c>
+      <c r="B9" t="s">
+        <v>26</v>
+      </c>
+      <c r="C9" t="s">
+        <v>27</v>
+      </c>
+      <c r="D9" t="s">
+        <v>28</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">